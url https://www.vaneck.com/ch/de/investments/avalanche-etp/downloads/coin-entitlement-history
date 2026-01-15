--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -1,81 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70b2901a41f444d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d83188a0cd94e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VAVA_coin_entitlement_history_20240227" sheetId="1" r:id="Ra84749ddd0434ffd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VAVA_coin_entitlement_history_20240227" sheetId="1" r:id="Re6793905ddc44a78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2400" uniqueCount="1500">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2410" uniqueCount="1506">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Datum</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Anteile</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>14.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVAX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969369,976363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.332.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10387590831150878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969409,81512253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10388017735989391</x:t>
+  </x:si>
+  <x:si>
     <x:t>12.01.2026</x:t>
   </x:si>
   <x:si>
-    <x:t>AVAX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>969449,65551933</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>9.332.000</x:t>
   </x:si>
   <x:si>
     <x:t>0,10388444658372588</x:t>
   </x:si>
   <x:si>
     <x:t>09.01.2026</x:t>
   </x:si>
   <x:si>
     <x:t>969569,18653407</x:t>
   </x:si>
   <x:si>
     <x:t>0,10389725530798007</x:t>
   </x:si>
   <x:si>
     <x:t>08.01.2026</x:t>
   </x:si>
   <x:si>
     <x:t>1007013,58248065</x:t>
   </x:si>
   <x:si>
     <x:t>9.692.000</x:t>
   </x:si>
   <x:si>
     <x:t>0,10390152522499485</x:t>
   </x:si>
@@ -4567,56 +4585,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf8c27f4a194b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra85fc0c0e9a240c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra84749ddd0434ffd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc697e3ef11924576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3883955624b247c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6793905ddc44a78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E480"/>
+  <x:dimension ref="A1:E482"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="27" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -4660,8113 +4678,8147 @@
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E5" s="1" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C6" s="1" t="s">
+      <x:c r="D6" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E6" s="1" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="B45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="B46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="B51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="B56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="B57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="B63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="B64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="B65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="B67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="B68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="B76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C76" s="1" t="s">
+      <x:c r="D76" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="B81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="B83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="B85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C85" s="1" t="s">
+      <x:c r="D85" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="B86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="B87" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C87" s="1" t="s">
+      <x:c r="D87" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="B88" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C88" s="1" t="s">
+      <x:c r="D88" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C90" s="1" t="s">
+      <x:c r="D90" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="B98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C98" s="1" t="s">
+      <x:c r="D98" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="B99" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C99" s="1" t="s">
+      <x:c r="D99" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="B101" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C101" s="1" t="s">
+      <x:c r="D101" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="B102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="B107" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C107" s="1" t="s">
+      <x:c r="D107" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="B108" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C108" s="1" t="s">
+      <x:c r="D108" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C117" s="1" t="s">
+      <x:c r="D117" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>373</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="B118" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C118" s="1" t="s">
+      <x:c r="D118" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="B126" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C126" s="1" t="s">
+      <x:c r="E126" s="1" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="B127" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C127" s="1" t="s">
+      <x:c r="D127" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>422</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="B133" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C133" s="1" t="s">
+      <x:c r="D133" s="1" t="s">
         <x:v>425</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C138" s="1" t="s">
+      <x:c r="D138" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C139" s="1" t="s">
+      <x:c r="D139" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="B141" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C141" s="1" t="s">
+      <x:c r="D141" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="B142" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C142" s="1" t="s">
+      <x:c r="D142" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
+      <x:c r="E142" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="B143" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="B144" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C144" s="1" t="s">
+      <x:c r="D144" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
+      <x:c r="E144" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="B145" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C145" s="1" t="s">
+      <x:c r="D145" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="B146" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C146" s="1" t="s">
+      <x:c r="D146" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>462</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E154" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="B155" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C155" s="1" t="s">
+      <x:c r="D155" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="B156" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C156" s="1" t="s">
+      <x:c r="E156" s="1" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C157" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="B157" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C157" s="1" t="s">
+      <x:c r="D157" s="1" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="E211" s="1" t="s">
         <x:v>666</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C212" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="B212" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C212" s="1" t="s">
+      <x:c r="D212" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="E212" s="1" t="s">
         <x:v>669</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C213" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="B213" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C213" s="1" t="s">
+      <x:c r="D213" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="D213" s="1" t="s">
+      <x:c r="E213" s="1" t="s">
         <x:v>673</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C214" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C214" s="1" t="s">
+      <x:c r="D214" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
         <x:v>676</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C215" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C215" s="1" t="s">
+      <x:c r="D215" s="1" t="s">
         <x:v>679</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>673</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
         <x:v>683</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="B217" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C217" s="1" t="s">
+      <x:c r="D217" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
         <x:v>686</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="B218" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C218" s="1" t="s">
+      <x:c r="D218" s="1" t="s">
         <x:v>689</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>683</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
         <x:v>726</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C231" s="1" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="B231" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C231" s="1" t="s">
+      <x:c r="D231" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C232" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="B232" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C232" s="1" t="s">
+      <x:c r="D232" s="1" t="s">
         <x:v>732</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>726</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="E235" s="1" t="s">
         <x:v>742</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C236" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="B236" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C236" s="1" t="s">
+      <x:c r="D236" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="E236" s="1" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C237" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="B237" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C237" s="1" t="s">
+      <x:c r="D237" s="1" t="s">
         <x:v>748</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>742</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
         <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
         <x:v>758</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C241" s="1" t="s">
+      <x:c r="D241" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
         <x:v>761</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C242" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
-      <x:c r="B242" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C242" s="1" t="s">
+      <x:c r="D242" s="1" t="s">
         <x:v>764</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>758</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="E247" s="1" t="s">
         <x:v>780</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>781</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C248" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="B248" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C248" s="1" t="s">
+      <x:c r="D248" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="E248" s="1" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C249" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="B249" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C249" s="1" t="s">
+      <x:c r="D249" s="1" t="s">
         <x:v>786</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>780</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="E251" s="1" t="s">
         <x:v>793</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C252" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="B252" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C252" s="1" t="s">
+      <x:c r="D252" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="E252" s="1" t="s">
         <x:v>796</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C253" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="B253" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C253" s="1" t="s">
+      <x:c r="D253" s="1" t="s">
         <x:v>799</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>793</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
         <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
         <x:v>806</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C256" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C256" s="1" t="s">
+      <x:c r="D256" s="1" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="E256" s="1" t="s">
         <x:v>809</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="B257" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C257" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="B257" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C257" s="1" t="s">
+      <x:c r="D257" s="1" t="s">
         <x:v>812</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>806</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="E265" s="1" t="s">
         <x:v>837</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C266" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="B266" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C266" s="1" t="s">
+      <x:c r="D266" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="E266" s="1" t="s">
         <x:v>840</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C267" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="B267" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C267" s="1" t="s">
+      <x:c r="D267" s="1" t="s">
         <x:v>843</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>837</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="E271" s="1" t="s">
         <x:v>856</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="B272" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C272" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="B272" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C272" s="1" t="s">
+      <x:c r="D272" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="E272" s="1" t="s">
         <x:v>859</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>860</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="B273" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C273" s="1" t="s">
         <x:v>861</x:v>
       </x:c>
-      <x:c r="B273" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C273" s="1" t="s">
+      <x:c r="D273" s="1" t="s">
         <x:v>862</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>856</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
         <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="E279" s="1" t="s">
         <x:v>881</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="B280" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C280" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="B280" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C280" s="1" t="s">
+      <x:c r="D280" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="E280" s="1" t="s">
         <x:v>884</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C281" s="1" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="D281" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="B281" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C281" s="1" t="s">
+      <x:c r="E281" s="1" t="s">
         <x:v>888</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="B282" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C282" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="B282" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C282" s="1" t="s">
+      <x:c r="D282" s="1" t="s">
         <x:v>891</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>885</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
         <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
         <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
         <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
         <x:v>913</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
         <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
         <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="E297" s="1" t="s">
         <x:v>937</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>938</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="B298" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C298" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="B298" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C298" s="1" t="s">
+      <x:c r="D298" s="1" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="E298" s="1" t="s">
         <x:v>940</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>941</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="B299" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C299" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="B299" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C299" s="1" t="s">
+      <x:c r="D299" s="1" t="s">
         <x:v>943</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>937</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
         <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
         <x:v>956</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
         <x:v>962</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
         <x:v>963</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
         <x:v>977</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
         <x:v>979</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
         <x:v>983</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="E313" s="1" t="s">
         <x:v>986</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="B314" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C314" s="1" t="s">
         <x:v>988</x:v>
       </x:c>
-      <x:c r="B314" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C314" s="1" t="s">
+      <x:c r="D314" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="E314" s="1" t="s">
         <x:v>989</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="B315" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C315" s="1" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="B315" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C315" s="1" t="s">
+      <x:c r="D315" s="1" t="s">
         <x:v>992</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>986</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
         <x:v>1011</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
         <x:v>1017</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
         <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
         <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
         <x:v>1095</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
         <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5" ht="15" customHeight="1">
       <x:c r="A352" s="1" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
         <x:v>1104</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5" ht="15" customHeight="1">
       <x:c r="A353" s="1" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
         <x:v>1107</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5" ht="15" customHeight="1">
       <x:c r="A354" s="1" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
         <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5" ht="15" customHeight="1">
       <x:c r="A355" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5" ht="15" customHeight="1">
       <x:c r="A356" s="1" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="E356" s="1" t="s">
         <x:v>1116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1117</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5" ht="15" customHeight="1">
       <x:c r="A357" s="1" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="B357" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C357" s="1" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="B357" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C357" s="1" t="s">
+      <x:c r="D357" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="E357" s="1" t="s">
         <x:v>1119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1120</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5" ht="15" customHeight="1">
       <x:c r="A358" s="1" t="s">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="B358" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C358" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
-      <x:c r="B358" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C358" s="1" t="s">
+      <x:c r="D358" s="1" t="s">
         <x:v>1122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1116</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
         <x:v>1123</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5" ht="15" customHeight="1">
       <x:c r="A359" s="1" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
         <x:v>1126</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5" ht="15" customHeight="1">
       <x:c r="A360" s="1" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5" ht="15" customHeight="1">
       <x:c r="A361" s="1" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
         <x:v>1132</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5" ht="15" customHeight="1">
       <x:c r="A362" s="1" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
         <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5" ht="15" customHeight="1">
       <x:c r="A363" s="1" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="E363" s="1" t="s">
         <x:v>1138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5" ht="15" customHeight="1">
       <x:c r="A364" s="1" t="s">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="B364" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C364" s="1" t="s">
         <x:v>1140</x:v>
       </x:c>
-      <x:c r="B364" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C364" s="1" t="s">
+      <x:c r="D364" s="1" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="E364" s="1" t="s">
         <x:v>1141</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1142</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5" ht="15" customHeight="1">
       <x:c r="A365" s="1" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="B365" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C365" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
-      <x:c r="B365" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C365" s="1" t="s">
+      <x:c r="D365" s="1" t="s">
         <x:v>1144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1138</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
         <x:v>1145</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5" ht="15" customHeight="1">
       <x:c r="A366" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
         <x:v>1148</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5" ht="15" customHeight="1">
       <x:c r="A367" s="1" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
         <x:v>1151</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5" ht="15" customHeight="1">
       <x:c r="A368" s="1" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
         <x:v>1154</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5" ht="15" customHeight="1">
       <x:c r="A369" s="1" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
         <x:v>1157</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5" ht="15" customHeight="1">
       <x:c r="A370" s="1" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
         <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5" ht="15" customHeight="1">
       <x:c r="A371" s="1" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="D371" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E371" s="1" t="s">
         <x:v>1163</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5" ht="15" customHeight="1">
       <x:c r="A372" s="1" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
         <x:v>1166</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5" ht="15" customHeight="1">
       <x:c r="A373" s="1" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
         <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5" ht="15" customHeight="1">
       <x:c r="A374" s="1" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
         <x:v>1172</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5" ht="15" customHeight="1">
       <x:c r="A375" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
         <x:v>1175</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5" ht="15" customHeight="1">
       <x:c r="A376" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="E376" s="1" t="s">
         <x:v>1178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1179</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5" ht="15" customHeight="1">
       <x:c r="A377" s="1" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="B377" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C377" s="1" t="s">
         <x:v>1180</x:v>
       </x:c>
-      <x:c r="B377" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C377" s="1" t="s">
+      <x:c r="D377" s="1" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="E377" s="1" t="s">
         <x:v>1181</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1182</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5" ht="15" customHeight="1">
       <x:c r="A378" s="1" t="s">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="B378" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C378" s="1" t="s">
         <x:v>1183</x:v>
       </x:c>
-      <x:c r="B378" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C378" s="1" t="s">
+      <x:c r="D378" s="1" t="s">
         <x:v>1184</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1178</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
         <x:v>1185</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5" ht="15" customHeight="1">
       <x:c r="A379" s="1" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
         <x:v>1188</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5" ht="15" customHeight="1">
       <x:c r="A380" s="1" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5" ht="15" customHeight="1">
       <x:c r="A381" s="1" t="s">
         <x:v>1192</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
         <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5" ht="15" customHeight="1">
       <x:c r="A382" s="1" t="s">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E382" s="1" t="s">
         <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5" ht="15" customHeight="1">
       <x:c r="A383" s="1" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
         <x:v>1200</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5" ht="15" customHeight="1">
       <x:c r="A384" s="1" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
         <x:v>1203</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5" ht="15" customHeight="1">
       <x:c r="A385" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="E385" s="1" t="s">
         <x:v>1206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1207</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5" ht="15" customHeight="1">
       <x:c r="A386" s="1" t="s">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="B386" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C386" s="1" t="s">
         <x:v>1208</x:v>
       </x:c>
-      <x:c r="B386" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C386" s="1" t="s">
+      <x:c r="D386" s="1" t="s">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="E386" s="1" t="s">
         <x:v>1209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1210</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5" ht="15" customHeight="1">
       <x:c r="A387" s="1" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="B387" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C387" s="1" t="s">
         <x:v>1211</x:v>
       </x:c>
-      <x:c r="B387" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C387" s="1" t="s">
+      <x:c r="D387" s="1" t="s">
         <x:v>1212</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1206</x:v>
       </x:c>
       <x:c r="E387" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5" ht="15" customHeight="1">
       <x:c r="A388" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
         <x:v>1216</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5" ht="15" customHeight="1">
       <x:c r="A389" s="1" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="E389" s="1" t="s">
         <x:v>1219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1220</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5" ht="15" customHeight="1">
       <x:c r="A390" s="1" t="s">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="B390" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C390" s="1" t="s">
         <x:v>1221</x:v>
       </x:c>
-      <x:c r="B390" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C390" s="1" t="s">
+      <x:c r="D390" s="1" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="E390" s="1" t="s">
         <x:v>1222</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1223</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5" ht="15" customHeight="1">
       <x:c r="A391" s="1" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="B391" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C391" s="1" t="s">
         <x:v>1224</x:v>
       </x:c>
-      <x:c r="B391" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C391" s="1" t="s">
+      <x:c r="D391" s="1" t="s">
         <x:v>1225</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1219</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5" ht="15" customHeight="1">
       <x:c r="A392" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
         <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5" ht="15" customHeight="1">
       <x:c r="A393" s="1" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
         <x:v>1232</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5" ht="15" customHeight="1">
       <x:c r="A394" s="1" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
         <x:v>1235</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5" ht="15" customHeight="1">
       <x:c r="A395" s="1" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
         <x:v>1238</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5" ht="15" customHeight="1">
       <x:c r="A396" s="1" t="s">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="D396" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
         <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5" ht="15" customHeight="1">
       <x:c r="A397" s="1" t="s">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5" ht="15" customHeight="1">
       <x:c r="A398" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5" ht="15" customHeight="1">
       <x:c r="A399" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="E399" s="1" t="s">
         <x:v>1250</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1251</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5" ht="15" customHeight="1">
       <x:c r="A400" s="1" t="s">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="B400" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C400" s="1" t="s">
         <x:v>1252</x:v>
       </x:c>
-      <x:c r="B400" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C400" s="1" t="s">
+      <x:c r="D400" s="1" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="E400" s="1" t="s">
         <x:v>1253</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1254</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5" ht="15" customHeight="1">
       <x:c r="A401" s="1" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="B401" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C401" s="1" t="s">
         <x:v>1255</x:v>
       </x:c>
-      <x:c r="B401" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C401" s="1" t="s">
+      <x:c r="D401" s="1" t="s">
         <x:v>1256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1250</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
         <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5" ht="15" customHeight="1">
       <x:c r="A402" s="1" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
         <x:v>1260</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5" ht="15" customHeight="1">
       <x:c r="A403" s="1" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
         <x:v>1263</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5" ht="15" customHeight="1">
       <x:c r="A404" s="1" t="s">
         <x:v>1264</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
         <x:v>1265</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
         <x:v>1266</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5" ht="15" customHeight="1">
       <x:c r="A405" s="1" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
         <x:v>1269</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5" ht="15" customHeight="1">
       <x:c r="A406" s="1" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
         <x:v>1272</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5" ht="15" customHeight="1">
       <x:c r="A407" s="1" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
         <x:v>1275</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5" ht="15" customHeight="1">
       <x:c r="A408" s="1" t="s">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
         <x:v>1278</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5" ht="15" customHeight="1">
       <x:c r="A409" s="1" t="s">
         <x:v>1279</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
         <x:v>1281</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5" ht="15" customHeight="1">
       <x:c r="A410" s="1" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="D410" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E410" s="1" t="s">
         <x:v>1284</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5" ht="15" customHeight="1">
       <x:c r="A411" s="1" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
         <x:v>1287</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5" ht="15" customHeight="1">
       <x:c r="A412" s="1" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
         <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5" ht="15" customHeight="1">
       <x:c r="A413" s="1" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
         <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5" ht="15" customHeight="1">
       <x:c r="A414" s="1" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
         <x:v>1296</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5" ht="15" customHeight="1">
       <x:c r="A415" s="1" t="s">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
         <x:v>1299</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5" ht="15" customHeight="1">
       <x:c r="A416" s="1" t="s">
         <x:v>1300</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
         <x:v>1302</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5" ht="15" customHeight="1">
       <x:c r="A417" s="1" t="s">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
         <x:v>1305</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5" ht="15" customHeight="1">
       <x:c r="A418" s="1" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5" ht="15" customHeight="1">
       <x:c r="A419" s="1" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
         <x:v>1311</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5" ht="15" customHeight="1">
       <x:c r="A420" s="1" t="s">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
         <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5" ht="15" customHeight="1">
       <x:c r="A421" s="1" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
         <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5" ht="15" customHeight="1">
       <x:c r="A422" s="1" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
         <x:v>1320</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5" ht="15" customHeight="1">
       <x:c r="A423" s="1" t="s">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
         <x:v>1323</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5" ht="15" customHeight="1">
       <x:c r="A424" s="1" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
         <x:v>1326</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5" ht="15" customHeight="1">
       <x:c r="A425" s="1" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
         <x:v>1329</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5" ht="15" customHeight="1">
       <x:c r="A426" s="1" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
         <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5" ht="15" customHeight="1">
       <x:c r="A427" s="1" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
         <x:v>1335</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5" ht="15" customHeight="1">
       <x:c r="A428" s="1" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
         <x:v>1338</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5" ht="15" customHeight="1">
       <x:c r="A429" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
         <x:v>1341</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5" ht="15" customHeight="1">
       <x:c r="A430" s="1" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
         <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5" ht="15" customHeight="1">
       <x:c r="A431" s="1" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
         <x:v>1347</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5" ht="15" customHeight="1">
       <x:c r="A432" s="1" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="D432" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E432" s="1" t="s">
         <x:v>1350</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5" ht="15" customHeight="1">
       <x:c r="A433" s="1" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E433" s="1" t="s">
         <x:v>1353</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5" ht="15" customHeight="1">
       <x:c r="A434" s="1" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
         <x:v>1356</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5" ht="15" customHeight="1">
       <x:c r="A435" s="1" t="s">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
         <x:v>1359</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5" ht="15" customHeight="1">
       <x:c r="A436" s="1" t="s">
         <x:v>1360</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
         <x:v>1362</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5" ht="15" customHeight="1">
       <x:c r="A437" s="1" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="E437" s="1" t="s">
         <x:v>1365</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1366</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5" ht="15" customHeight="1">
       <x:c r="A438" s="1" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="B438" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C438" s="1" t="s">
         <x:v>1367</x:v>
       </x:c>
-      <x:c r="B438" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C438" s="1" t="s">
+      <x:c r="D438" s="1" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="E438" s="1" t="s">
         <x:v>1368</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1369</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5" ht="15" customHeight="1">
       <x:c r="A439" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="B439" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C439" s="1" t="s">
         <x:v>1370</x:v>
       </x:c>
-      <x:c r="B439" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C439" s="1" t="s">
+      <x:c r="D439" s="1" t="s">
         <x:v>1371</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1365</x:v>
       </x:c>
       <x:c r="E439" s="1" t="s">
         <x:v>1372</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5" ht="15" customHeight="1">
       <x:c r="A440" s="1" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="D440" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E440" s="1" t="s">
         <x:v>1375</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5" ht="15" customHeight="1">
       <x:c r="A441" s="1" t="s">
         <x:v>1376</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="D441" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E441" s="1" t="s">
         <x:v>1378</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5" ht="15" customHeight="1">
       <x:c r="A442" s="1" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E442" s="1" t="s">
         <x:v>1381</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5" ht="15" customHeight="1">
       <x:c r="A443" s="1" t="s">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="D443" s="1" t="s">
+        <x:v>1371</x:v>
+      </x:c>
+      <x:c r="E443" s="1" t="s">
         <x:v>1384</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1385</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5" ht="15" customHeight="1">
       <x:c r="A444" s="1" t="s">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="B444" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C444" s="1" t="s">
         <x:v>1386</x:v>
       </x:c>
-      <x:c r="B444" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C444" s="1" t="s">
+      <x:c r="D444" s="1" t="s">
+        <x:v>1371</x:v>
+      </x:c>
+      <x:c r="E444" s="1" t="s">
         <x:v>1387</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1388</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5" ht="15" customHeight="1">
       <x:c r="A445" s="1" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="B445" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C445" s="1" t="s">
         <x:v>1389</x:v>
       </x:c>
-      <x:c r="B445" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C445" s="1" t="s">
+      <x:c r="D445" s="1" t="s">
         <x:v>1390</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1384</x:v>
       </x:c>
       <x:c r="E445" s="1" t="s">
         <x:v>1391</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5" ht="15" customHeight="1">
       <x:c r="A446" s="1" t="s">
         <x:v>1392</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
         <x:v>1393</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="E446" s="1" t="s">
         <x:v>1394</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5" ht="15" customHeight="1">
       <x:c r="A447" s="1" t="s">
         <x:v>1395</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
         <x:v>1396</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
         <x:v>1397</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5" ht="15" customHeight="1">
       <x:c r="A448" s="1" t="s">
         <x:v>1398</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="E448" s="1" t="s">
         <x:v>1400</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1401</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5" ht="15" customHeight="1">
       <x:c r="A449" s="1" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="B449" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C449" s="1" t="s">
         <x:v>1402</x:v>
       </x:c>
-      <x:c r="B449" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C449" s="1" t="s">
+      <x:c r="D449" s="1" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="E449" s="1" t="s">
         <x:v>1403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5" ht="15" customHeight="1">
       <x:c r="A450" s="1" t="s">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="B450" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C450" s="1" t="s">
         <x:v>1405</x:v>
       </x:c>
-      <x:c r="B450" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C450" s="1" t="s">
+      <x:c r="D450" s="1" t="s">
         <x:v>1406</x:v>
       </x:c>
-      <x:c r="D450" s="1" t="s">
+      <x:c r="E450" s="1" t="s">
         <x:v>1407</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1408</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5" ht="15" customHeight="1">
       <x:c r="A451" s="1" t="s">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="B451" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C451" s="1" t="s">
         <x:v>1409</x:v>
       </x:c>
-      <x:c r="B451" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C451" s="1" t="s">
+      <x:c r="D451" s="1" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="E451" s="1" t="s">
         <x:v>1410</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1411</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5" ht="15" customHeight="1">
       <x:c r="A452" s="1" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="B452" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C452" s="1" t="s">
         <x:v>1412</x:v>
       </x:c>
-      <x:c r="B452" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C452" s="1" t="s">
+      <x:c r="D452" s="1" t="s">
         <x:v>1413</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1407</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
         <x:v>1414</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5" ht="15" customHeight="1">
       <x:c r="A453" s="1" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
         <x:v>1416</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="E453" s="1" t="s">
         <x:v>1417</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1418</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5" ht="15" customHeight="1">
       <x:c r="A454" s="1" t="s">
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="B454" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C454" s="1" t="s">
         <x:v>1419</x:v>
       </x:c>
-      <x:c r="B454" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C454" s="1" t="s">
+      <x:c r="D454" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="E454" s="1" t="s">
         <x:v>1420</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1421</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5" ht="15" customHeight="1">
       <x:c r="A455" s="1" t="s">
+        <x:v>1421</x:v>
+      </x:c>
+      <x:c r="B455" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C455" s="1" t="s">
         <x:v>1422</x:v>
       </x:c>
-      <x:c r="B455" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C455" s="1" t="s">
+      <x:c r="D455" s="1" t="s">
         <x:v>1423</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1417</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
         <x:v>1424</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5" ht="15" customHeight="1">
       <x:c r="A456" s="1" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
         <x:v>1426</x:v>
       </x:c>
       <x:c r="D456" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="E456" s="1" t="s">
         <x:v>1427</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5" ht="15" customHeight="1">
       <x:c r="A457" s="1" t="s">
         <x:v>1428</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
         <x:v>1429</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
         <x:v>1430</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5" ht="15" customHeight="1">
       <x:c r="A458" s="1" t="s">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
         <x:v>1432</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="E458" s="1" t="s">
         <x:v>1433</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5" ht="15" customHeight="1">
       <x:c r="A459" s="1" t="s">
         <x:v>1434</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
         <x:v>1435</x:v>
       </x:c>
       <x:c r="D459" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="E459" s="1" t="s">
         <x:v>1436</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5" ht="15" customHeight="1">
       <x:c r="A460" s="1" t="s">
         <x:v>1437</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
         <x:v>1438</x:v>
       </x:c>
       <x:c r="D460" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="E460" s="1" t="s">
         <x:v>1439</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5" ht="15" customHeight="1">
       <x:c r="A461" s="1" t="s">
         <x:v>1440</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
         <x:v>1441</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="E461" s="1" t="s">
         <x:v>1442</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5" ht="15" customHeight="1">
       <x:c r="A462" s="1" t="s">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="D462" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="E462" s="1" t="s">
         <x:v>1445</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5" ht="15" customHeight="1">
       <x:c r="A463" s="1" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="D463" s="1" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="E463" s="1" t="s">
         <x:v>1448</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1449</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5" ht="15" customHeight="1">
       <x:c r="A464" s="1" t="s">
+        <x:v>1449</x:v>
+      </x:c>
+      <x:c r="B464" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C464" s="1" t="s">
         <x:v>1450</x:v>
       </x:c>
-      <x:c r="B464" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C464" s="1" t="s">
+      <x:c r="D464" s="1" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="E464" s="1" t="s">
         <x:v>1451</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1453</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5" ht="15" customHeight="1">
       <x:c r="A465" s="1" t="s">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="B465" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C465" s="1" t="s">
+        <x:v>1453</x:v>
+      </x:c>
+      <x:c r="D465" s="1" t="s">
         <x:v>1454</x:v>
       </x:c>
-      <x:c r="B465" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C465" s="1" t="s">
+      <x:c r="E465" s="1" t="s">
         <x:v>1455</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1456</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5" ht="15" customHeight="1">
       <x:c r="A466" s="1" t="s">
+        <x:v>1456</x:v>
+      </x:c>
+      <x:c r="B466" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C466" s="1" t="s">
         <x:v>1457</x:v>
       </x:c>
-      <x:c r="B466" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C466" s="1" t="s">
+      <x:c r="D466" s="1" t="s">
         <x:v>1458</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1452</x:v>
       </x:c>
       <x:c r="E466" s="1" t="s">
         <x:v>1459</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5" ht="15" customHeight="1">
       <x:c r="A467" s="1" t="s">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
         <x:v>1461</x:v>
       </x:c>
       <x:c r="D467" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="E467" s="1" t="s">
         <x:v>1462</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5" ht="15" customHeight="1">
       <x:c r="A468" s="1" t="s">
         <x:v>1463</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
         <x:v>1464</x:v>
       </x:c>
       <x:c r="D468" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="E468" s="1" t="s">
         <x:v>1465</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5" ht="15" customHeight="1">
       <x:c r="A469" s="1" t="s">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
         <x:v>1467</x:v>
       </x:c>
       <x:c r="D469" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="E469" s="1" t="s">
         <x:v>1468</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5" ht="15" customHeight="1">
       <x:c r="A470" s="1" t="s">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C470" s="1" t="s">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="D470" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="E470" s="1" t="s">
         <x:v>1471</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5" ht="15" customHeight="1">
       <x:c r="A471" s="1" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="D471" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="E471" s="1" t="s">
         <x:v>1474</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5" ht="15" customHeight="1">
       <x:c r="A472" s="1" t="s">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="D472" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="E472" s="1" t="s">
         <x:v>1477</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5" ht="15" customHeight="1">
       <x:c r="A473" s="1" t="s">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="E473" s="1" t="s">
         <x:v>1480</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1481</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5" ht="15" customHeight="1">
       <x:c r="A474" s="1" t="s">
+        <x:v>1481</x:v>
+      </x:c>
+      <x:c r="B474" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C474" s="1" t="s">
         <x:v>1482</x:v>
       </x:c>
-      <x:c r="B474" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C474" s="1" t="s">
+      <x:c r="D474" s="1" t="s">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="E474" s="1" t="s">
         <x:v>1483</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1484</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5" ht="15" customHeight="1">
       <x:c r="A475" s="1" t="s">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="B475" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C475" s="1" t="s">
         <x:v>1485</x:v>
       </x:c>
-      <x:c r="B475" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C475" s="1" t="s">
+      <x:c r="D475" s="1" t="s">
         <x:v>1486</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1480</x:v>
       </x:c>
       <x:c r="E475" s="1" t="s">
         <x:v>1487</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5" ht="15" customHeight="1">
       <x:c r="A476" s="1" t="s">
         <x:v>1488</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
         <x:v>1490</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5" ht="15" customHeight="1">
       <x:c r="A477" s="1" t="s">
         <x:v>1491</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
         <x:v>1493</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5" ht="15" customHeight="1">
       <x:c r="A478" s="1" t="s">
         <x:v>1494</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
         <x:v>1495</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
         <x:v>1496</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5" ht="15" customHeight="1">
       <x:c r="A479" s="1" t="s">
         <x:v>1497</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
         <x:v>1499</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5" ht="15" customHeight="1">
-      <x:c r="A480" s="2" t="s">
+      <x:c r="A480" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="B480" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C480" s="1" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="D480" s="1" t="s">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="E480" s="1" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="481" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A481" s="1" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="B481" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C481" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="D481" s="1" t="s">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="E481" s="1" t="s">
+        <x:v>1505</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="482" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A482" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B480" s="2" t="s">
+      <x:c r="B482" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C480" s="2" t="s">
+      <x:c r="C482" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D480" s="2" t="s">
+      <x:c r="D482" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E480" s="2" t="s">
+      <x:c r="E482" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A480:E480"/>
+    <x:mergeCell ref="A482:E482"/>
   </x:mergeCells>
 </x:worksheet>
 </file>