--- v1 (2026-01-15)
+++ v2 (2026-02-05)
@@ -1,81 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d83188a0cd94e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d531dd23d124216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VAVA_coin_entitlement_history_20240227" sheetId="1" r:id="Re6793905ddc44a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VAVA_coin_entitlement_history_20240227" sheetId="1" r:id="R2d12afc3910244b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2410" uniqueCount="1506">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2490" uniqueCount="1554">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Datum</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Anteile</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>04.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVAX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968533,74050472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.332.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10378629881105016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968573,54489698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10379056417670168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968613,3509251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10379482971764896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968692,9678892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10380336132546078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968732,77882532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10380762739234033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968772,59139757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10381189363454457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968812,40560602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10381616005208101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968852,22145074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10382042664495714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968892,03893179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10382469341317939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969011,50119362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10383749476999786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969051,32522068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10384176223967852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969091,15088442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10384602988474283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969130,97818489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1038502977051961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969170,80712217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10385456570104694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969290,30375551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10386737074105337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>969330,13924068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10387163943856409</x:t>
+  </x:si>
+  <x:si>
     <x:t>14.01.2026</x:t>
   </x:si>
   <x:si>
-    <x:t>AVAX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>969369,976363</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>9.332.000</x:t>
   </x:si>
   <x:si>
     <x:t>0,10387590831150878</x:t>
   </x:si>
   <x:si>
     <x:t>13.01.2026</x:t>
   </x:si>
   <x:si>
     <x:t>969409,81512253</x:t>
   </x:si>
   <x:si>
     <x:t>0,10388017735989391</x:t>
   </x:si>
   <x:si>
     <x:t>12.01.2026</x:t>
   </x:si>
   <x:si>
     <x:t>969449,65551933</x:t>
   </x:si>
   <x:si>
     <x:t>0,10388444658372588</x:t>
   </x:si>
   <x:si>
     <x:t>09.01.2026</x:t>
   </x:si>
@@ -4585,56 +4729,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc697e3ef11924576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3883955624b247c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6793905ddc44a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd796128cba484e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re94789774ff54677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2d12afc3910244b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E482"/>
+  <x:dimension ref="A1:E498"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="27" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -4712,8113 +4856,8385 @@
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E7" s="1" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E9" s="1" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B25" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="B25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="B26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="B47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="B48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="B49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="B50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="B51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="B124" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="B126" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C126" s="1" t="s">
+      <x:c r="D126" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
         <x:v>425</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
         <x:v>523</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
         <x:v>538</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="B172" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C172" s="1" t="s">
+      <x:c r="E172" s="1" t="s">
         <x:v>548</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="B173" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C173" s="1" t="s">
+      <x:c r="D173" s="1" t="s">
         <x:v>551</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E213" s="1" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C214" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C214" s="1" t="s">
+      <x:c r="D214" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
         <x:v>675</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C215" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C215" s="1" t="s">
+      <x:c r="D215" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
         <x:v>678</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C216" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
         <x:v>681</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
         <x:v>684</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E218" s="1" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="B229" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C229" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="E229" s="1" t="s">
         <x:v>721</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C230" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="D230" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
         <x:v>724</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C231" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="B231" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C231" s="1" t="s">
+      <x:c r="E231" s="1" t="s">
         <x:v>728</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C232" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="B232" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C232" s="1" t="s">
+      <x:c r="D232" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
         <x:v>731</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C233" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="D233" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="E233" s="1" t="s">
         <x:v>734</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C234" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="D234" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C234" s="1" t="s">
+      <x:c r="E234" s="1" t="s">
         <x:v>738</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="B235" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C235" s="1" t="s">
+      <x:c r="D235" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E235" s="1" t="s">
         <x:v>741</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C236" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="B236" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C236" s="1" t="s">
+      <x:c r="D236" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E236" s="1" t="s">
         <x:v>744</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C237" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="B237" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C237" s="1" t="s">
+      <x:c r="D237" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
         <x:v>747</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="D238" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E238" s="1" t="s">
         <x:v>750</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="D239" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E239" s="1" t="s">
         <x:v>753</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
         <x:v>756</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="D241" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
         <x:v>759</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C242" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
         <x:v>762</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C248" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="E248" s="1" t="s">
         <x:v>781</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C249" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="D249" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="E249" s="1" t="s">
         <x:v>784</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C253" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="D253" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
         <x:v>797</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C265" s="1" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="D265" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="E265" s="1" t="s">
         <x:v>835</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C266" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="D266" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="E266" s="1" t="s">
         <x:v>838</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C267" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="D267" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="E267" s="1" t="s">
         <x:v>841</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C269" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="E269" s="1" t="s">
         <x:v>848</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="B270" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C270" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="D270" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="E270" s="1" t="s">
         <x:v>851</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="B271" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C271" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="D271" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="E271" s="1" t="s">
         <x:v>854</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="B272" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C272" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="D272" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="E272" s="1" t="s">
         <x:v>857</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="B273" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C273" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="D273" s="1" t="s">
         <x:v>860</x:v>
       </x:c>
-      <x:c r="B273" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C273" s="1" t="s">
+      <x:c r="E273" s="1" t="s">
         <x:v>861</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="B274" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C274" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="D274" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E274" s="1" t="s">
         <x:v>864</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C275" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="D275" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E275" s="1" t="s">
         <x:v>867</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="B276" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C276" s="1" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="D276" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E276" s="1" t="s">
         <x:v>870</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="B277" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C277" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="D277" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E277" s="1" t="s">
         <x:v>873</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C278" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="D278" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E278" s="1" t="s">
         <x:v>876</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>878</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="B279" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C279" s="1" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="D279" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E279" s="1" t="s">
         <x:v>879</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>881</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="B280" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C280" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="D280" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E280" s="1" t="s">
         <x:v>882</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C281" s="1" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="D281" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E281" s="1" t="s">
         <x:v>885</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>895</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="B289" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C289" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="D289" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="E289" s="1" t="s">
         <x:v>911</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>913</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="B290" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C290" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="D290" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="E290" s="1" t="s">
         <x:v>914</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="B291" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C291" s="1" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="D291" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="E291" s="1" t="s">
         <x:v>917</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="B292" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C292" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="D292" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
         <x:v>920</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="B293" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="D293" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="E293" s="1" t="s">
         <x:v>923</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="B294" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C294" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="D294" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
         <x:v>926</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="D295" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="E295" s="1" t="s">
         <x:v>929</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="B296" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="D296" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="E296" s="1" t="s">
         <x:v>932</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="B297" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C297" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="D297" s="1" t="s">
         <x:v>935</x:v>
       </x:c>
-      <x:c r="B297" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C297" s="1" t="s">
+      <x:c r="E297" s="1" t="s">
         <x:v>936</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>937</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="B298" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C298" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="B298" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C298" s="1" t="s">
+      <x:c r="D298" s="1" t="s">
         <x:v>939</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>891</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
         <x:v>940</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E299" s="1" t="s">
         <x:v>943</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="B300" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C300" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
-      <x:c r="B300" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C300" s="1" t="s">
+      <x:c r="D300" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E300" s="1" t="s">
         <x:v>946</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="B301" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C301" s="1" t="s">
         <x:v>948</x:v>
       </x:c>
-      <x:c r="B301" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C301" s="1" t="s">
+      <x:c r="D301" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E301" s="1" t="s">
         <x:v>949</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="B302" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C302" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
-      <x:c r="B302" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C302" s="1" t="s">
+      <x:c r="D302" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E302" s="1" t="s">
         <x:v>952</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="B303" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C303" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="B303" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C303" s="1" t="s">
+      <x:c r="D303" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E303" s="1" t="s">
         <x:v>955</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>956</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="B304" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C304" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
-      <x:c r="B304" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C304" s="1" t="s">
+      <x:c r="D304" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E304" s="1" t="s">
         <x:v>958</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="B305" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C305" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="B305" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C305" s="1" t="s">
+      <x:c r="D305" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E305" s="1" t="s">
         <x:v>961</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>962</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="B306" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C306" s="1" t="s">
         <x:v>963</x:v>
       </x:c>
-      <x:c r="B306" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C306" s="1" t="s">
+      <x:c r="D306" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E306" s="1" t="s">
         <x:v>964</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="B307" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C307" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="B307" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C307" s="1" t="s">
+      <x:c r="D307" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
         <x:v>967</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>968</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="B308" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C308" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
-      <x:c r="B308" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C308" s="1" t="s">
+      <x:c r="D308" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E308" s="1" t="s">
         <x:v>970</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="B309" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C309" s="1" t="s">
         <x:v>972</x:v>
       </x:c>
-      <x:c r="B309" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C309" s="1" t="s">
+      <x:c r="D309" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E309" s="1" t="s">
         <x:v>973</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>974</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="B310" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C310" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
-      <x:c r="B310" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C310" s="1" t="s">
+      <x:c r="D310" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E310" s="1" t="s">
         <x:v>976</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>977</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="B311" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C311" s="1" t="s">
         <x:v>978</x:v>
       </x:c>
-      <x:c r="B311" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C311" s="1" t="s">
+      <x:c r="D311" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E311" s="1" t="s">
         <x:v>979</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="B312" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C312" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="B312" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C312" s="1" t="s">
+      <x:c r="D312" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E312" s="1" t="s">
         <x:v>982</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>983</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="B313" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C313" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="B313" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C313" s="1" t="s">
+      <x:c r="D313" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E313" s="1" t="s">
         <x:v>985</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="B314" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C314" s="1" t="s">
         <x:v>987</x:v>
       </x:c>
-      <x:c r="B314" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C314" s="1" t="s">
+      <x:c r="D314" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="E314" s="1" t="s">
         <x:v>988</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="B315" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C315" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
-      <x:c r="B315" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C315" s="1" t="s">
+      <x:c r="D315" s="1" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="D315" s="1" t="s">
+      <x:c r="E315" s="1" t="s">
         <x:v>992</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="B316" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C316" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
-      <x:c r="B316" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C316" s="1" t="s">
+      <x:c r="D316" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E316" s="1" t="s">
         <x:v>995</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="B317" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C317" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
-      <x:c r="B317" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C317" s="1" t="s">
+      <x:c r="D317" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E317" s="1" t="s">
         <x:v>998</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>999</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="B318" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C318" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="B318" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C318" s="1" t="s">
+      <x:c r="D318" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E318" s="1" t="s">
         <x:v>1001</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="B319" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C319" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="B319" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C319" s="1" t="s">
+      <x:c r="D319" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E319" s="1" t="s">
         <x:v>1004</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1005</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="B320" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C320" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
-      <x:c r="B320" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C320" s="1" t="s">
+      <x:c r="D320" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E320" s="1" t="s">
         <x:v>1007</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1008</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="B321" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C321" s="1" t="s">
         <x:v>1009</x:v>
       </x:c>
-      <x:c r="B321" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C321" s="1" t="s">
+      <x:c r="D321" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E321" s="1" t="s">
         <x:v>1010</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1011</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="B322" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C322" s="1" t="s">
         <x:v>1012</x:v>
       </x:c>
-      <x:c r="B322" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C322" s="1" t="s">
+      <x:c r="D322" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E322" s="1" t="s">
         <x:v>1013</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="B323" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C323" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
-      <x:c r="B323" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C323" s="1" t="s">
+      <x:c r="D323" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E323" s="1" t="s">
         <x:v>1016</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1017</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="B324" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C324" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
-      <x:c r="B324" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C324" s="1" t="s">
+      <x:c r="D324" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E324" s="1" t="s">
         <x:v>1019</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1020</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="B325" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C325" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
-      <x:c r="B325" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C325" s="1" t="s">
+      <x:c r="D325" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E325" s="1" t="s">
         <x:v>1022</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="B326" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C326" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
-      <x:c r="B326" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C326" s="1" t="s">
+      <x:c r="D326" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E326" s="1" t="s">
         <x:v>1025</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1026</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="B327" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C327" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
-      <x:c r="B327" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C327" s="1" t="s">
+      <x:c r="D327" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E327" s="1" t="s">
         <x:v>1028</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="B328" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C328" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
-      <x:c r="B328" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C328" s="1" t="s">
+      <x:c r="D328" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E328" s="1" t="s">
         <x:v>1031</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="B329" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C329" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
-      <x:c r="B329" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C329" s="1" t="s">
+      <x:c r="D329" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E329" s="1" t="s">
         <x:v>1034</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="B330" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C330" s="1" t="s">
         <x:v>1036</x:v>
       </x:c>
-      <x:c r="B330" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C330" s="1" t="s">
+      <x:c r="D330" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="E330" s="1" t="s">
         <x:v>1037</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1038</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="B331" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C331" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
-      <x:c r="B331" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C331" s="1" t="s">
+      <x:c r="D331" s="1" t="s">
         <x:v>1040</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>992</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
         <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
         <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
         <x:v>1095</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
         <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5" ht="15" customHeight="1">
       <x:c r="A352" s="1" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
         <x:v>1104</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5" ht="15" customHeight="1">
       <x:c r="A353" s="1" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
         <x:v>1107</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5" ht="15" customHeight="1">
       <x:c r="A354" s="1" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
         <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5" ht="15" customHeight="1">
       <x:c r="A355" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5" ht="15" customHeight="1">
       <x:c r="A356" s="1" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
         <x:v>1116</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5" ht="15" customHeight="1">
       <x:c r="A357" s="1" t="s">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
         <x:v>1119</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5" ht="15" customHeight="1">
       <x:c r="A358" s="1" t="s">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E358" s="1" t="s">
         <x:v>1122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1123</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5" ht="15" customHeight="1">
       <x:c r="A359" s="1" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="B359" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C359" s="1" t="s">
         <x:v>1124</x:v>
       </x:c>
-      <x:c r="B359" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C359" s="1" t="s">
+      <x:c r="D359" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E359" s="1" t="s">
         <x:v>1125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1126</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5" ht="15" customHeight="1">
       <x:c r="A360" s="1" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="B360" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C360" s="1" t="s">
         <x:v>1127</x:v>
       </x:c>
-      <x:c r="B360" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C360" s="1" t="s">
+      <x:c r="D360" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E360" s="1" t="s">
         <x:v>1128</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1129</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5" ht="15" customHeight="1">
       <x:c r="A361" s="1" t="s">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="B361" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C361" s="1" t="s">
         <x:v>1130</x:v>
       </x:c>
-      <x:c r="B361" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C361" s="1" t="s">
+      <x:c r="D361" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E361" s="1" t="s">
         <x:v>1131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1132</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5" ht="15" customHeight="1">
       <x:c r="A362" s="1" t="s">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c r="B362" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C362" s="1" t="s">
         <x:v>1133</x:v>
       </x:c>
-      <x:c r="B362" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C362" s="1" t="s">
+      <x:c r="D362" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E362" s="1" t="s">
         <x:v>1134</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5" ht="15" customHeight="1">
       <x:c r="A363" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="B363" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C363" s="1" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="B363" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C363" s="1" t="s">
+      <x:c r="D363" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E363" s="1" t="s">
         <x:v>1137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1138</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5" ht="15" customHeight="1">
       <x:c r="A364" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="B364" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C364" s="1" t="s">
         <x:v>1139</x:v>
       </x:c>
-      <x:c r="B364" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C364" s="1" t="s">
+      <x:c r="D364" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E364" s="1" t="s">
         <x:v>1140</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1141</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5" ht="15" customHeight="1">
       <x:c r="A365" s="1" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="B365" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C365" s="1" t="s">
         <x:v>1142</x:v>
       </x:c>
-      <x:c r="B365" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C365" s="1" t="s">
+      <x:c r="D365" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E365" s="1" t="s">
         <x:v>1143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1145</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5" ht="15" customHeight="1">
       <x:c r="A366" s="1" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="B366" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C366" s="1" t="s">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="D366" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E366" s="1" t="s">
         <x:v>1146</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1148</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5" ht="15" customHeight="1">
       <x:c r="A367" s="1" t="s">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="B367" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C367" s="1" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="D367" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E367" s="1" t="s">
         <x:v>1149</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1151</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5" ht="15" customHeight="1">
       <x:c r="A368" s="1" t="s">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="B368" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C368" s="1" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="D368" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E368" s="1" t="s">
         <x:v>1152</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1154</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5" ht="15" customHeight="1">
       <x:c r="A369" s="1" t="s">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="B369" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C369" s="1" t="s">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c r="D369" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E369" s="1" t="s">
         <x:v>1155</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1157</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5" ht="15" customHeight="1">
       <x:c r="A370" s="1" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="B370" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C370" s="1" t="s">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="D370" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E370" s="1" t="s">
         <x:v>1158</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5" ht="15" customHeight="1">
       <x:c r="A371" s="1" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="B371" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C371" s="1" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="D371" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E371" s="1" t="s">
         <x:v>1161</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1163</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5" ht="15" customHeight="1">
       <x:c r="A372" s="1" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="B372" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C372" s="1" t="s">
+        <x:v>1163</x:v>
+      </x:c>
+      <x:c r="D372" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E372" s="1" t="s">
         <x:v>1164</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1166</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5" ht="15" customHeight="1">
       <x:c r="A373" s="1" t="s">
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c r="B373" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C373" s="1" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="D373" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="E373" s="1" t="s">
         <x:v>1167</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5" ht="15" customHeight="1">
       <x:c r="A374" s="1" t="s">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="B374" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C374" s="1" t="s">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c r="D374" s="1" t="s">
         <x:v>1170</x:v>
       </x:c>
-      <x:c r="B374" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C374" s="1" t="s">
+      <x:c r="E374" s="1" t="s">
         <x:v>1171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1172</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5" ht="15" customHeight="1">
       <x:c r="A375" s="1" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="B375" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C375" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
-      <x:c r="B375" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C375" s="1" t="s">
+      <x:c r="D375" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="E375" s="1" t="s">
         <x:v>1174</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1175</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5" ht="15" customHeight="1">
       <x:c r="A376" s="1" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="B376" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C376" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
-      <x:c r="B376" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C376" s="1" t="s">
+      <x:c r="D376" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="E376" s="1" t="s">
         <x:v>1177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1178</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5" ht="15" customHeight="1">
       <x:c r="A377" s="1" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c r="B377" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C377" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
-      <x:c r="B377" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C377" s="1" t="s">
+      <x:c r="D377" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="E377" s="1" t="s">
         <x:v>1180</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1181</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5" ht="15" customHeight="1">
       <x:c r="A378" s="1" t="s">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="B378" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C378" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
-      <x:c r="B378" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C378" s="1" t="s">
+      <x:c r="D378" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="E378" s="1" t="s">
         <x:v>1183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1185</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5" ht="15" customHeight="1">
       <x:c r="A379" s="1" t="s">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="B379" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C379" s="1" t="s">
+        <x:v>1185</x:v>
+      </x:c>
+      <x:c r="D379" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="E379" s="1" t="s">
         <x:v>1186</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1188</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5" ht="15" customHeight="1">
       <x:c r="A380" s="1" t="s">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="B380" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C380" s="1" t="s">
+        <x:v>1188</x:v>
+      </x:c>
+      <x:c r="D380" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="E380" s="1" t="s">
         <x:v>1189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1191</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5" ht="15" customHeight="1">
       <x:c r="A381" s="1" t="s">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="B381" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C381" s="1" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="D381" s="1" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="B381" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C381" s="1" t="s">
+      <x:c r="E381" s="1" t="s">
         <x:v>1193</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5" ht="15" customHeight="1">
       <x:c r="A382" s="1" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="B382" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C382" s="1" t="s">
         <x:v>1195</x:v>
       </x:c>
-      <x:c r="B382" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C382" s="1" t="s">
+      <x:c r="D382" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E382" s="1" t="s">
         <x:v>1196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5" ht="15" customHeight="1">
       <x:c r="A383" s="1" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="B383" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C383" s="1" t="s">
         <x:v>1198</x:v>
       </x:c>
-      <x:c r="B383" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C383" s="1" t="s">
+      <x:c r="D383" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E383" s="1" t="s">
         <x:v>1199</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1200</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5" ht="15" customHeight="1">
       <x:c r="A384" s="1" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="B384" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C384" s="1" t="s">
         <x:v>1201</x:v>
       </x:c>
-      <x:c r="B384" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C384" s="1" t="s">
+      <x:c r="D384" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E384" s="1" t="s">
         <x:v>1202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1203</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5" ht="15" customHeight="1">
       <x:c r="A385" s="1" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="B385" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C385" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
-      <x:c r="B385" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C385" s="1" t="s">
+      <x:c r="D385" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E385" s="1" t="s">
         <x:v>1205</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1206</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5" ht="15" customHeight="1">
       <x:c r="A386" s="1" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="B386" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C386" s="1" t="s">
         <x:v>1207</x:v>
       </x:c>
-      <x:c r="B386" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C386" s="1" t="s">
+      <x:c r="D386" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E386" s="1" t="s">
         <x:v>1208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1209</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5" ht="15" customHeight="1">
       <x:c r="A387" s="1" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="B387" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C387" s="1" t="s">
         <x:v>1210</x:v>
       </x:c>
-      <x:c r="B387" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C387" s="1" t="s">
+      <x:c r="D387" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E387" s="1" t="s">
         <x:v>1211</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1213</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5" ht="15" customHeight="1">
       <x:c r="A388" s="1" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="B388" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C388" s="1" t="s">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="D388" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E388" s="1" t="s">
         <x:v>1214</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1216</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5" ht="15" customHeight="1">
       <x:c r="A389" s="1" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="B389" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C389" s="1" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="D389" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E389" s="1" t="s">
         <x:v>1217</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1219</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5" ht="15" customHeight="1">
       <x:c r="A390" s="1" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="B390" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C390" s="1" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="D390" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E390" s="1" t="s">
         <x:v>1220</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1222</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5" ht="15" customHeight="1">
       <x:c r="A391" s="1" t="s">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="B391" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C391" s="1" t="s">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="D391" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="E391" s="1" t="s">
         <x:v>1223</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1226</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5" ht="15" customHeight="1">
       <x:c r="A392" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1226</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5" ht="15" customHeight="1">
       <x:c r="A393" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5" ht="15" customHeight="1">
       <x:c r="A394" s="1" t="s">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="B394" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C394" s="1" t="s">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="D394" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E394" s="1" t="s">
         <x:v>1233</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1235</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5" ht="15" customHeight="1">
       <x:c r="A395" s="1" t="s">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="B395" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C395" s="1" t="s">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="D395" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E395" s="1" t="s">
         <x:v>1236</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1238</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5" ht="15" customHeight="1">
       <x:c r="A396" s="1" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="B396" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C396" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="D396" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E396" s="1" t="s">
         <x:v>1239</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5" ht="15" customHeight="1">
       <x:c r="A397" s="1" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="B397" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C397" s="1" t="s">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="D397" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E397" s="1" t="s">
         <x:v>1242</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1244</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5" ht="15" customHeight="1">
       <x:c r="A398" s="1" t="s">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="B398" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C398" s="1" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="D398" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E398" s="1" t="s">
         <x:v>1245</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1247</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5" ht="15" customHeight="1">
       <x:c r="A399" s="1" t="s">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="B399" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C399" s="1" t="s">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="D399" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E399" s="1" t="s">
         <x:v>1248</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1250</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5" ht="15" customHeight="1">
       <x:c r="A400" s="1" t="s">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="B400" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C400" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="D400" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E400" s="1" t="s">
         <x:v>1251</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1253</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5" ht="15" customHeight="1">
       <x:c r="A401" s="1" t="s">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="B401" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C401" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="D401" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="E401" s="1" t="s">
         <x:v>1254</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5" ht="15" customHeight="1">
       <x:c r="A402" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5" ht="15" customHeight="1">
       <x:c r="A403" s="1" t="s">
+        <x:v>1258</x:v>
+      </x:c>
+      <x:c r="B403" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C403" s="1" t="s">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="D403" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="E403" s="1" t="s">
         <x:v>1261</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1263</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5" ht="15" customHeight="1">
       <x:c r="A404" s="1" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="B404" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C404" s="1" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="D404" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="E404" s="1" t="s">
         <x:v>1264</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1266</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5" ht="15" customHeight="1">
       <x:c r="A405" s="1" t="s">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="B405" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C405" s="1" t="s">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="D405" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="E405" s="1" t="s">
         <x:v>1267</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1269</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5" ht="15" customHeight="1">
       <x:c r="A406" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="B406" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C406" s="1" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="D406" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="E406" s="1" t="s">
         <x:v>1270</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1272</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5" ht="15" customHeight="1">
       <x:c r="A407" s="1" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="B407" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C407" s="1" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="D407" s="1" t="s">
         <x:v>1273</x:v>
       </x:c>
-      <x:c r="B407" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C407" s="1" t="s">
+      <x:c r="E407" s="1" t="s">
         <x:v>1274</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1275</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5" ht="15" customHeight="1">
       <x:c r="A408" s="1" t="s">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="B408" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C408" s="1" t="s">
         <x:v>1276</x:v>
       </x:c>
-      <x:c r="B408" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C408" s="1" t="s">
+      <x:c r="D408" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="E408" s="1" t="s">
         <x:v>1277</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1278</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5" ht="15" customHeight="1">
       <x:c r="A409" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="B409" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C409" s="1" t="s">
         <x:v>1279</x:v>
       </x:c>
-      <x:c r="B409" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C409" s="1" t="s">
+      <x:c r="D409" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="E409" s="1" t="s">
         <x:v>1280</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1281</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5" ht="15" customHeight="1">
       <x:c r="A410" s="1" t="s">
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="B410" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C410" s="1" t="s">
         <x:v>1282</x:v>
       </x:c>
-      <x:c r="B410" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C410" s="1" t="s">
+      <x:c r="D410" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="E410" s="1" t="s">
         <x:v>1283</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1284</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5" ht="15" customHeight="1">
       <x:c r="A411" s="1" t="s">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="B411" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C411" s="1" t="s">
         <x:v>1285</x:v>
       </x:c>
-      <x:c r="B411" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C411" s="1" t="s">
+      <x:c r="D411" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="E411" s="1" t="s">
         <x:v>1286</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1287</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5" ht="15" customHeight="1">
       <x:c r="A412" s="1" t="s">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="B412" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C412" s="1" t="s">
         <x:v>1288</x:v>
       </x:c>
-      <x:c r="B412" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C412" s="1" t="s">
+      <x:c r="D412" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="E412" s="1" t="s">
         <x:v>1289</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1290</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5" ht="15" customHeight="1">
       <x:c r="A413" s="1" t="s">
+        <x:v>1290</x:v>
+      </x:c>
+      <x:c r="B413" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C413" s="1" t="s">
         <x:v>1291</x:v>
       </x:c>
-      <x:c r="B413" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C413" s="1" t="s">
+      <x:c r="D413" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="E413" s="1" t="s">
         <x:v>1292</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5" ht="15" customHeight="1">
       <x:c r="A414" s="1" t="s">
+        <x:v>1293</x:v>
+      </x:c>
+      <x:c r="B414" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C414" s="1" t="s">
         <x:v>1294</x:v>
       </x:c>
-      <x:c r="B414" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C414" s="1" t="s">
+      <x:c r="D414" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="E414" s="1" t="s">
         <x:v>1295</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1296</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5" ht="15" customHeight="1">
       <x:c r="A415" s="1" t="s">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="B415" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C415" s="1" t="s">
         <x:v>1297</x:v>
       </x:c>
-      <x:c r="B415" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C415" s="1" t="s">
+      <x:c r="D415" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="E415" s="1" t="s">
         <x:v>1298</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1299</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5" ht="15" customHeight="1">
       <x:c r="A416" s="1" t="s">
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="B416" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C416" s="1" t="s">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="B416" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C416" s="1" t="s">
+      <x:c r="D416" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="E416" s="1" t="s">
         <x:v>1301</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1302</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5" ht="15" customHeight="1">
       <x:c r="A417" s="1" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="B417" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C417" s="1" t="s">
         <x:v>1303</x:v>
       </x:c>
-      <x:c r="B417" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C417" s="1" t="s">
+      <x:c r="D417" s="1" t="s">
         <x:v>1304</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1256</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
         <x:v>1305</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5" ht="15" customHeight="1">
       <x:c r="A418" s="1" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5" ht="15" customHeight="1">
       <x:c r="A419" s="1" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
         <x:v>1311</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5" ht="15" customHeight="1">
       <x:c r="A420" s="1" t="s">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
         <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5" ht="15" customHeight="1">
       <x:c r="A421" s="1" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
         <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5" ht="15" customHeight="1">
       <x:c r="A422" s="1" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
         <x:v>1320</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5" ht="15" customHeight="1">
       <x:c r="A423" s="1" t="s">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
         <x:v>1323</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5" ht="15" customHeight="1">
       <x:c r="A424" s="1" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
         <x:v>1326</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5" ht="15" customHeight="1">
       <x:c r="A425" s="1" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
         <x:v>1329</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5" ht="15" customHeight="1">
       <x:c r="A426" s="1" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
         <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5" ht="15" customHeight="1">
       <x:c r="A427" s="1" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
         <x:v>1335</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5" ht="15" customHeight="1">
       <x:c r="A428" s="1" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
         <x:v>1338</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5" ht="15" customHeight="1">
       <x:c r="A429" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
         <x:v>1341</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5" ht="15" customHeight="1">
       <x:c r="A430" s="1" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
         <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5" ht="15" customHeight="1">
       <x:c r="A431" s="1" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
         <x:v>1347</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5" ht="15" customHeight="1">
       <x:c r="A432" s="1" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="D432" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E432" s="1" t="s">
         <x:v>1350</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5" ht="15" customHeight="1">
       <x:c r="A433" s="1" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E433" s="1" t="s">
         <x:v>1353</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5" ht="15" customHeight="1">
       <x:c r="A434" s="1" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
         <x:v>1356</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5" ht="15" customHeight="1">
       <x:c r="A435" s="1" t="s">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
         <x:v>1359</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5" ht="15" customHeight="1">
       <x:c r="A436" s="1" t="s">
         <x:v>1360</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
         <x:v>1362</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5" ht="15" customHeight="1">
       <x:c r="A437" s="1" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
         <x:v>1365</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5" ht="15" customHeight="1">
       <x:c r="A438" s="1" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E438" s="1" t="s">
         <x:v>1368</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5" ht="15" customHeight="1">
       <x:c r="A439" s="1" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E439" s="1" t="s">
         <x:v>1371</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1372</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5" ht="15" customHeight="1">
       <x:c r="A440" s="1" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="B440" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C440" s="1" t="s">
         <x:v>1373</x:v>
       </x:c>
-      <x:c r="B440" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C440" s="1" t="s">
+      <x:c r="D440" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E440" s="1" t="s">
         <x:v>1374</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1375</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5" ht="15" customHeight="1">
       <x:c r="A441" s="1" t="s">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="B441" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C441" s="1" t="s">
         <x:v>1376</x:v>
       </x:c>
-      <x:c r="B441" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C441" s="1" t="s">
+      <x:c r="D441" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E441" s="1" t="s">
         <x:v>1377</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1378</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5" ht="15" customHeight="1">
       <x:c r="A442" s="1" t="s">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="B442" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C442" s="1" t="s">
         <x:v>1379</x:v>
       </x:c>
-      <x:c r="B442" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C442" s="1" t="s">
+      <x:c r="D442" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E442" s="1" t="s">
         <x:v>1380</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1381</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5" ht="15" customHeight="1">
       <x:c r="A443" s="1" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="B443" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C443" s="1" t="s">
         <x:v>1382</x:v>
       </x:c>
-      <x:c r="B443" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C443" s="1" t="s">
+      <x:c r="D443" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E443" s="1" t="s">
         <x:v>1383</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1384</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5" ht="15" customHeight="1">
       <x:c r="A444" s="1" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="B444" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C444" s="1" t="s">
         <x:v>1385</x:v>
       </x:c>
-      <x:c r="B444" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C444" s="1" t="s">
+      <x:c r="D444" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E444" s="1" t="s">
         <x:v>1386</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1387</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5" ht="15" customHeight="1">
       <x:c r="A445" s="1" t="s">
+        <x:v>1387</x:v>
+      </x:c>
+      <x:c r="B445" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C445" s="1" t="s">
         <x:v>1388</x:v>
       </x:c>
-      <x:c r="B445" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C445" s="1" t="s">
+      <x:c r="D445" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E445" s="1" t="s">
         <x:v>1389</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1391</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5" ht="15" customHeight="1">
       <x:c r="A446" s="1" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="B446" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C446" s="1" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="D446" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E446" s="1" t="s">
         <x:v>1392</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1394</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5" ht="15" customHeight="1">
       <x:c r="A447" s="1" t="s">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="B447" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C447" s="1" t="s">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="D447" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E447" s="1" t="s">
         <x:v>1395</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1397</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5" ht="15" customHeight="1">
       <x:c r="A448" s="1" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="B448" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C448" s="1" t="s">
+        <x:v>1397</x:v>
+      </x:c>
+      <x:c r="D448" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E448" s="1" t="s">
         <x:v>1398</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1400</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5" ht="15" customHeight="1">
       <x:c r="A449" s="1" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="B449" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C449" s="1" t="s">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="D449" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E449" s="1" t="s">
         <x:v>1401</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1403</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5" ht="15" customHeight="1">
       <x:c r="A450" s="1" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="B450" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C450" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="D450" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E450" s="1" t="s">
         <x:v>1404</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1407</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5" ht="15" customHeight="1">
       <x:c r="A451" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C451" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="D451" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E451" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1407</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5" ht="15" customHeight="1">
       <x:c r="A452" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1410</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5" ht="15" customHeight="1">
       <x:c r="A453" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="E453" s="1" t="s">
         <x:v>1413</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1417</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5" ht="15" customHeight="1">
       <x:c r="A454" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1416</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5" ht="15" customHeight="1">
       <x:c r="A455" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1420</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5" ht="15" customHeight="1">
       <x:c r="A456" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="D456" s="1" t="s">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="E456" s="1" t="s">
         <x:v>1423</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1427</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5" ht="15" customHeight="1">
       <x:c r="A457" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1426</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5" ht="15" customHeight="1">
       <x:c r="A458" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="E458" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1429</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5" ht="15" customHeight="1">
       <x:c r="A459" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="D459" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="E459" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1432</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5" ht="15" customHeight="1">
       <x:c r="A460" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="D460" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="E460" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1435</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5" ht="15" customHeight="1">
       <x:c r="A461" s="1" t="s">
-        <x:v>1440</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="E461" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1439</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5" ht="15" customHeight="1">
       <x:c r="A462" s="1" t="s">
-        <x:v>1443</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
-        <x:v>1444</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="D462" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="E462" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1442</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5" ht="15" customHeight="1">
       <x:c r="A463" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="D463" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="E463" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1445</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5" ht="15" customHeight="1">
       <x:c r="A464" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="D464" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="E464" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1448</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5" ht="15" customHeight="1">
       <x:c r="A465" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C465" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="D465" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="E465" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1451</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5" ht="15" customHeight="1">
       <x:c r="A466" s="1" t="s">
-        <x:v>1456</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C466" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="D466" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="E466" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1455</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5" ht="15" customHeight="1">
       <x:c r="A467" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="D467" s="1" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="E467" s="1" t="s">
         <x:v>1458</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1462</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5" ht="15" customHeight="1">
       <x:c r="A468" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="D468" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="E468" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1462</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5" ht="15" customHeight="1">
       <x:c r="A469" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="D469" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="E469" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1465</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5" ht="15" customHeight="1">
       <x:c r="A470" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C470" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="D470" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="E470" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1468</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5" ht="15" customHeight="1">
       <x:c r="A471" s="1" t="s">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="B471" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C471" s="1" t="s">
+        <x:v>1470</x:v>
+      </x:c>
+      <x:c r="D471" s="1" t="s">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="E471" s="1" t="s">
         <x:v>1472</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1474</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5" ht="15" customHeight="1">
       <x:c r="A472" s="1" t="s">
+        <x:v>1473</x:v>
+      </x:c>
+      <x:c r="B472" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C472" s="1" t="s">
+        <x:v>1474</x:v>
+      </x:c>
+      <x:c r="D472" s="1" t="s">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="E472" s="1" t="s">
         <x:v>1475</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1477</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5" ht="15" customHeight="1">
       <x:c r="A473" s="1" t="s">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="B473" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C473" s="1" t="s">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="D473" s="1" t="s">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="E473" s="1" t="s">
         <x:v>1478</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1480</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5" ht="15" customHeight="1">
       <x:c r="A474" s="1" t="s">
+        <x:v>1479</x:v>
+      </x:c>
+      <x:c r="B474" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C474" s="1" t="s">
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="D474" s="1" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="E474" s="1" t="s">
         <x:v>1481</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1483</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5" ht="15" customHeight="1">
       <x:c r="A475" s="1" t="s">
+        <x:v>1482</x:v>
+      </x:c>
+      <x:c r="B475" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C475" s="1" t="s">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="D475" s="1" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="E475" s="1" t="s">
         <x:v>1484</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1487</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5" ht="15" customHeight="1">
       <x:c r="A476" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1487</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5" ht="15" customHeight="1">
       <x:c r="A477" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1490</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5" ht="15" customHeight="1">
       <x:c r="A478" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1493</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5" ht="15" customHeight="1">
       <x:c r="A479" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1496</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5" ht="15" customHeight="1">
       <x:c r="A480" s="1" t="s">
-        <x:v>1500</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1499</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5" ht="15" customHeight="1">
       <x:c r="A481" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="B481" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C481" s="1" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="D481" s="1" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="E481" s="1" t="s">
         <x:v>1503</x:v>
       </x:c>
-      <x:c r="B481" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C481" s="1" t="s">
+    </x:row>
+    <x:row r="482" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A482" s="1" t="s">
         <x:v>1504</x:v>
       </x:c>
-      <x:c r="D481" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E481" s="1" t="s">
+      <x:c r="B482" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C482" s="1" t="s">
         <x:v>1505</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A482" s="2" t="s">
+      <x:c r="D482" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E482" s="1" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="483" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A483" s="1" t="s">
+        <x:v>1508</x:v>
+      </x:c>
+      <x:c r="B483" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C483" s="1" t="s">
+        <x:v>1509</x:v>
+      </x:c>
+      <x:c r="D483" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E483" s="1" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="484" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A484" s="1" t="s">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="B484" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C484" s="1" t="s">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="D484" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E484" s="1" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="485" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A485" s="1" t="s">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="B485" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C485" s="1" t="s">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="D485" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E485" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="486" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A486" s="1" t="s">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="B486" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C486" s="1" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="D486" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E486" s="1" t="s">
+        <x:v>1519</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="487" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A487" s="1" t="s">
+        <x:v>1520</x:v>
+      </x:c>
+      <x:c r="B487" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C487" s="1" t="s">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="D487" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E487" s="1" t="s">
+        <x:v>1522</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="488" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A488" s="1" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="B488" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C488" s="1" t="s">
+        <x:v>1524</x:v>
+      </x:c>
+      <x:c r="D488" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E488" s="1" t="s">
+        <x:v>1525</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="489" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A489" s="1" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="B489" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C489" s="1" t="s">
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="D489" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E489" s="1" t="s">
+        <x:v>1528</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="490" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A490" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="B490" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C490" s="1" t="s">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="D490" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E490" s="1" t="s">
+        <x:v>1531</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="491" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A491" s="1" t="s">
+        <x:v>1532</x:v>
+      </x:c>
+      <x:c r="B491" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C491" s="1" t="s">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="D491" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="E491" s="1" t="s">
+        <x:v>1535</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="492" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A492" s="1" t="s">
+        <x:v>1536</x:v>
+      </x:c>
+      <x:c r="B492" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C492" s="1" t="s">
+        <x:v>1537</x:v>
+      </x:c>
+      <x:c r="D492" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="E492" s="1" t="s">
+        <x:v>1538</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="493" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A493" s="1" t="s">
+        <x:v>1539</x:v>
+      </x:c>
+      <x:c r="B493" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C493" s="1" t="s">
+        <x:v>1540</x:v>
+      </x:c>
+      <x:c r="D493" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="E493" s="1" t="s">
+        <x:v>1541</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="494" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A494" s="1" t="s">
+        <x:v>1542</x:v>
+      </x:c>
+      <x:c r="B494" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C494" s="1" t="s">
+        <x:v>1543</x:v>
+      </x:c>
+      <x:c r="D494" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="E494" s="1" t="s">
+        <x:v>1544</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="495" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A495" s="1" t="s">
+        <x:v>1545</x:v>
+      </x:c>
+      <x:c r="B495" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C495" s="1" t="s">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="D495" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="E495" s="1" t="s">
+        <x:v>1547</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="496" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A496" s="1" t="s">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="B496" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C496" s="1" t="s">
+        <x:v>1549</x:v>
+      </x:c>
+      <x:c r="D496" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="E496" s="1" t="s">
+        <x:v>1550</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="497" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A497" s="1" t="s">
+        <x:v>1551</x:v>
+      </x:c>
+      <x:c r="B497" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C497" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="D497" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="E497" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="498" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A498" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B482" s="2" t="s">
+      <x:c r="B498" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C482" s="2" t="s">
+      <x:c r="C498" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D482" s="2" t="s">
+      <x:c r="D498" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E482" s="2" t="s">
+      <x:c r="E498" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A482:E482"/>
+    <x:mergeCell ref="A498:E498"/>
   </x:mergeCells>
 </x:worksheet>
 </file>