--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,81 +1,219 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d531dd23d124216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R805af00ce4164a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VAVA_coin_entitlement_history_20240227" sheetId="1" r:id="R2d12afc3910244b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VAVA_coin_entitlement_history_20240227" sheetId="1" r:id="R8ccd09ef6bef431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2490" uniqueCount="1554">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2565" uniqueCount="1600">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Datum</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Anteile</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>25.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVAX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958364,75146444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.242.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10369668377671933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958404,13793586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10370094545940922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958443,52602597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1037052073172441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>967897,09428602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.332.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10371807697021218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>967936,87251366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10372233953211102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>967976,65237609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10372660226919095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968016,43223845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1037308650062634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968056,21537059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10373512809371946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968175,57457722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10374791840733176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968215,36424972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10375218219564081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968255,15555748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10375644615918131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968294,94850057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10376071029796079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968334,74307905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10376497461198564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968454,13662753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10377776860560758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>968493,93774826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10378203362068796</x:t>
+  </x:si>
+  <x:si>
     <x:t>04.02.2026</x:t>
   </x:si>
   <x:si>
-    <x:t>AVAX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>968533,74050472</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>9.332.000</x:t>
   </x:si>
   <x:si>
     <x:t>0,10378629881105016</x:t>
   </x:si>
   <x:si>
     <x:t>03.02.2026</x:t>
   </x:si>
   <x:si>
     <x:t>968573,54489698</x:t>
   </x:si>
   <x:si>
     <x:t>0,10379056417670168</x:t>
   </x:si>
   <x:si>
     <x:t>02.02.2026</x:t>
   </x:si>
   <x:si>
     <x:t>968613,3509251</x:t>
   </x:si>
   <x:si>
     <x:t>0,10379482971764896</x:t>
   </x:si>
   <x:si>
     <x:t>31.01.2026</x:t>
   </x:si>
@@ -4729,56 +4867,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd796128cba484e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re94789774ff54677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2d12afc3910244b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f02a540a5f4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re263dc8574e04000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ccd09ef6bef431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E498"/>
+  <x:dimension ref="A1:E513"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="27" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -4839,8402 +4977,8657 @@
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="B35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="B36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="B37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="B38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="B70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="B71" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C71" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="B72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="B73" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C73" s="1" t="s">
+      <x:c r="D73" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="B79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="B121" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="B122" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C122" s="1" t="s">
+      <x:c r="D122" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="B130" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="B133" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="B134" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C134" s="1" t="s">
+      <x:c r="D134" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C138" s="1" t="s">
+      <x:c r="D138" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
         <x:v>436</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C139" s="1" t="s">
+      <x:c r="D139" s="1" t="s">
         <x:v>439</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="B143" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
         <x:v>452</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
         <x:v>461</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
         <x:v>467</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
         <x:v>471</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="E156" s="1" t="s">
         <x:v>492</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
         <x:v>509</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
         <x:v>545</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="E173" s="1" t="s">
         <x:v>549</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C176" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="D176" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
         <x:v>559</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C177" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="D177" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="B177" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C177" s="1" t="s">
+      <x:c r="E177" s="1" t="s">
         <x:v>563</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C178" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C178" s="1" t="s">
+      <x:c r="D178" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C179" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="B179" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C179" s="1" t="s">
+      <x:c r="D179" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C180" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="B180" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C180" s="1" t="s">
+      <x:c r="D180" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E180" s="1" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="B181" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C181" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="B181" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C181" s="1" t="s">
+      <x:c r="D181" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E181" s="1" t="s">
         <x:v>575</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="B182" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C182" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="B182" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C182" s="1" t="s">
+      <x:c r="D182" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E182" s="1" t="s">
         <x:v>578</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C183" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="B183" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C183" s="1" t="s">
+      <x:c r="D183" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="B184" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C184" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="B184" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C184" s="1" t="s">
+      <x:c r="D184" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E184" s="1" t="s">
         <x:v>584</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="B185" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C185" s="1" t="s">
+      <x:c r="D185" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
         <x:v>587</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="B186" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C186" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="B186" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C186" s="1" t="s">
+      <x:c r="D186" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E186" s="1" t="s">
         <x:v>590</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="B187" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C187" s="1" t="s">
+      <x:c r="D187" s="1" t="s">
         <x:v>593</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
         <x:v>727</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C232" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="B232" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C232" s="1" t="s">
+      <x:c r="D232" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
         <x:v>730</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C233" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="B233" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C233" s="1" t="s">
+      <x:c r="D233" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E233" s="1" t="s">
         <x:v>733</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C234" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C234" s="1" t="s">
+      <x:c r="D234" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E234" s="1" t="s">
         <x:v>736</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="D235" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E235" s="1" t="s">
         <x:v>739</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C236" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E236" s="1" t="s">
         <x:v>742</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C237" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="D238" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E238" s="1" t="s">
         <x:v>748</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="D239" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E239" s="1" t="s">
         <x:v>751</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
         <x:v>754</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="D241" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
         <x:v>757</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C242" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
         <x:v>760</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C243" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="D243" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E243" s="1" t="s">
         <x:v>763</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C244" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="D244" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="B244" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C244" s="1" t="s">
+      <x:c r="E244" s="1" t="s">
         <x:v>767</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="B245" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C245" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="B245" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C245" s="1" t="s">
+      <x:c r="D245" s="1" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="E245" s="1" t="s">
         <x:v>770</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="B246" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C246" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="B246" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C246" s="1" t="s">
+      <x:c r="D246" s="1" t="s">
         <x:v>773</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>737</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="E248" s="1" t="s">
         <x:v>780</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>781</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C249" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="B249" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C249" s="1" t="s">
+      <x:c r="D249" s="1" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>780</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
         <x:v>796</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="B254" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C254" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="B254" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C254" s="1" t="s">
+      <x:c r="D254" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
         <x:v>799</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C255" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="B255" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C255" s="1" t="s">
+      <x:c r="D255" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
         <x:v>802</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C256" s="1" t="s">
         <x:v>804</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C256" s="1" t="s">
+      <x:c r="D256" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E256" s="1" t="s">
         <x:v>805</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="B257" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C257" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="B257" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C257" s="1" t="s">
+      <x:c r="D257" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E257" s="1" t="s">
         <x:v>808</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="B258" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C258" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="B258" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C258" s="1" t="s">
+      <x:c r="D258" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E258" s="1" t="s">
         <x:v>811</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="B259" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C259" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="D259" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E259" s="1" t="s">
         <x:v>814</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="B260" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C260" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="D260" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E260" s="1" t="s">
         <x:v>817</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="B261" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C261" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="D261" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E261" s="1" t="s">
         <x:v>820</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="B262" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C262" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="D262" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="E262" s="1" t="s">
         <x:v>823</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="B263" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C263" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="D263" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="B263" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C263" s="1" t="s">
+      <x:c r="E263" s="1" t="s">
         <x:v>827</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C264" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="B264" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C264" s="1" t="s">
+      <x:c r="D264" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="E264" s="1" t="s">
         <x:v>830</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C265" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="B265" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C265" s="1" t="s">
+      <x:c r="D265" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="E265" s="1" t="s">
         <x:v>833</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C266" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="D266" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="E266" s="1" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C267" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="D267" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="E267" s="1" t="s">
         <x:v>839</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="B268" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C268" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="D268" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="B268" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C268" s="1" t="s">
+      <x:c r="E268" s="1" t="s">
         <x:v>843</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C269" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="B269" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C269" s="1" t="s">
+      <x:c r="D269" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="E269" s="1" t="s">
         <x:v>846</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="B270" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C270" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="D270" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="E270" s="1" t="s">
         <x:v>849</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="B271" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C271" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="D271" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="E271" s="1" t="s">
         <x:v>852</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="B272" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C272" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="D272" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="E272" s="1" t="s">
         <x:v>855</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="B273" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C273" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="D273" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="B273" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C273" s="1" t="s">
+      <x:c r="E273" s="1" t="s">
         <x:v>859</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="B274" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C274" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="D274" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="E274" s="1" t="s">
         <x:v>862</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C275" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="D275" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="E275" s="1" t="s">
         <x:v>865</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="B276" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C276" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="D276" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="E276" s="1" t="s">
         <x:v>868</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="B277" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C277" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="D277" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="E277" s="1" t="s">
         <x:v>871</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C278" s="1" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="D278" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="E278" s="1" t="s">
         <x:v>874</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="B279" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C279" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="D279" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="E279" s="1" t="s">
         <x:v>877</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="B280" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C280" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="D280" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="B280" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C280" s="1" t="s">
+      <x:c r="E280" s="1" t="s">
         <x:v>881</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C281" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="B281" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C281" s="1" t="s">
+      <x:c r="D281" s="1" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="E281" s="1" t="s">
         <x:v>884</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>885</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="B282" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C282" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="B282" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C282" s="1" t="s">
+      <x:c r="D282" s="1" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="E282" s="1" t="s">
         <x:v>887</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="B283" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C283" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="B283" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C283" s="1" t="s">
+      <x:c r="D283" s="1" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="E283" s="1" t="s">
         <x:v>890</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="B284" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C284" s="1" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="D284" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="B284" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C284" s="1" t="s">
+      <x:c r="E284" s="1" t="s">
         <x:v>894</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>895</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="B285" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C285" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
-      <x:c r="B285" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C285" s="1" t="s">
+      <x:c r="D285" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="E285" s="1" t="s">
         <x:v>897</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="B286" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C286" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="B286" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C286" s="1" t="s">
+      <x:c r="D286" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="E286" s="1" t="s">
         <x:v>900</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="B287" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C287" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="B287" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C287" s="1" t="s">
+      <x:c r="D287" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="E287" s="1" t="s">
         <x:v>903</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="B288" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C288" s="1" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="B288" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C288" s="1" t="s">
+      <x:c r="D288" s="1" t="s">
         <x:v>906</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>891</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E289" s="1" t="s">
         <x:v>910</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="B290" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C290" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="B290" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C290" s="1" t="s">
+      <x:c r="D290" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E290" s="1" t="s">
         <x:v>913</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>914</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="B291" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C291" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="B291" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C291" s="1" t="s">
+      <x:c r="D291" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E291" s="1" t="s">
         <x:v>916</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>917</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="B292" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C292" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="B292" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C292" s="1" t="s">
+      <x:c r="D292" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
         <x:v>919</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="B293" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="B293" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C293" s="1" t="s">
+      <x:c r="D293" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E293" s="1" t="s">
         <x:v>922</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="B294" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C294" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="B294" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C294" s="1" t="s">
+      <x:c r="D294" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
         <x:v>925</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>926</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
-      <x:c r="B295" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C295" s="1" t="s">
+      <x:c r="D295" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E295" s="1" t="s">
         <x:v>928</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="B296" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
-      <x:c r="B296" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C296" s="1" t="s">
+      <x:c r="D296" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E296" s="1" t="s">
         <x:v>931</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>932</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="B297" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C297" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="B297" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C297" s="1" t="s">
+      <x:c r="D297" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="E297" s="1" t="s">
         <x:v>934</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>936</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="B298" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C298" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="D298" s="1" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="B298" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C298" s="1" t="s">
+      <x:c r="E298" s="1" t="s">
         <x:v>938</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>940</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="B299" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C299" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="D299" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="E299" s="1" t="s">
         <x:v>941</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>943</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="B300" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C300" s="1" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="D300" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="E300" s="1" t="s">
         <x:v>944</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="B301" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C301" s="1" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="D301" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="E301" s="1" t="s">
         <x:v>947</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="B302" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C302" s="1" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="D302" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="E302" s="1" t="s">
         <x:v>950</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>952</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="B303" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C303" s="1" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="D303" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="E303" s="1" t="s">
         <x:v>953</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="B304" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C304" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="D304" s="1" t="s">
         <x:v>956</x:v>
       </x:c>
-      <x:c r="B304" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C304" s="1" t="s">
+      <x:c r="E304" s="1" t="s">
         <x:v>957</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="B305" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C305" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
-      <x:c r="B305" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C305" s="1" t="s">
+      <x:c r="D305" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E305" s="1" t="s">
         <x:v>960</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>961</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="B306" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C306" s="1" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="B306" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C306" s="1" t="s">
+      <x:c r="D306" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E306" s="1" t="s">
         <x:v>963</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>964</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="B307" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C307" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
-      <x:c r="B307" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C307" s="1" t="s">
+      <x:c r="D307" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
         <x:v>966</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>967</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="B308" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C308" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
-      <x:c r="B308" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C308" s="1" t="s">
+      <x:c r="D308" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E308" s="1" t="s">
         <x:v>969</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>970</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="B309" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C309" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
-      <x:c r="B309" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C309" s="1" t="s">
+      <x:c r="D309" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E309" s="1" t="s">
         <x:v>972</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>973</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="B310" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C310" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
-      <x:c r="B310" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C310" s="1" t="s">
+      <x:c r="D310" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E310" s="1" t="s">
         <x:v>975</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>976</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="B311" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C311" s="1" t="s">
         <x:v>977</x:v>
       </x:c>
-      <x:c r="B311" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C311" s="1" t="s">
+      <x:c r="D311" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E311" s="1" t="s">
         <x:v>978</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>979</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="B312" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C312" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="B312" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C312" s="1" t="s">
+      <x:c r="D312" s="1" t="s">
         <x:v>981</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>939</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
         <x:v>982</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
         <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
         <x:v>1028</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
         <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1090</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1093</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1096</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1099</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1102</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5" ht="15" customHeight="1">
       <x:c r="A352" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5" ht="15" customHeight="1">
       <x:c r="A353" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1108</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5" ht="15" customHeight="1">
       <x:c r="A354" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5" ht="15" customHeight="1">
       <x:c r="A355" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5" ht="15" customHeight="1">
       <x:c r="A356" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5" ht="15" customHeight="1">
       <x:c r="A357" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1120</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5" ht="15" customHeight="1">
       <x:c r="A358" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1123</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5" ht="15" customHeight="1">
       <x:c r="A359" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1126</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5" ht="15" customHeight="1">
       <x:c r="A360" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1129</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5" ht="15" customHeight="1">
       <x:c r="A361" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1132</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5" ht="15" customHeight="1">
       <x:c r="A362" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5" ht="15" customHeight="1">
       <x:c r="A363" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1138</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5" ht="15" customHeight="1">
       <x:c r="A364" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1141</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5" ht="15" customHeight="1">
       <x:c r="A365" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5" ht="15" customHeight="1">
       <x:c r="A366" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5" ht="15" customHeight="1">
       <x:c r="A367" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1150</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5" ht="15" customHeight="1">
       <x:c r="A368" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5" ht="15" customHeight="1">
       <x:c r="A369" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5" ht="15" customHeight="1">
       <x:c r="A370" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1159</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5" ht="15" customHeight="1">
       <x:c r="A371" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="D371" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E371" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1162</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5" ht="15" customHeight="1">
       <x:c r="A372" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5" ht="15" customHeight="1">
       <x:c r="A373" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1168</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5" ht="15" customHeight="1">
       <x:c r="A374" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
         <x:v>1171</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5" ht="15" customHeight="1">
       <x:c r="A375" s="1" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
         <x:v>1174</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5" ht="15" customHeight="1">
       <x:c r="A376" s="1" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
         <x:v>1177</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5" ht="15" customHeight="1">
       <x:c r="A377" s="1" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
         <x:v>1180</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5" ht="15" customHeight="1">
       <x:c r="A378" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
         <x:v>1183</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5" ht="15" customHeight="1">
       <x:c r="A379" s="1" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
         <x:v>1186</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5" ht="15" customHeight="1">
       <x:c r="A380" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
         <x:v>1189</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5" ht="15" customHeight="1">
       <x:c r="A381" s="1" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E381" s="1" t="s">
         <x:v>1192</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5" ht="15" customHeight="1">
       <x:c r="A382" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="B382" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C382" s="1" t="s">
         <x:v>1194</x:v>
       </x:c>
-      <x:c r="B382" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C382" s="1" t="s">
+      <x:c r="D382" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E382" s="1" t="s">
         <x:v>1195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1196</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5" ht="15" customHeight="1">
       <x:c r="A383" s="1" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="B383" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C383" s="1" t="s">
         <x:v>1197</x:v>
       </x:c>
-      <x:c r="B383" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C383" s="1" t="s">
+      <x:c r="D383" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E383" s="1" t="s">
         <x:v>1198</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1199</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5" ht="15" customHeight="1">
       <x:c r="A384" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="B384" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C384" s="1" t="s">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="B384" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C384" s="1" t="s">
+      <x:c r="D384" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E384" s="1" t="s">
         <x:v>1201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1202</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5" ht="15" customHeight="1">
       <x:c r="A385" s="1" t="s">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="B385" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C385" s="1" t="s">
         <x:v>1203</x:v>
       </x:c>
-      <x:c r="B385" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C385" s="1" t="s">
+      <x:c r="D385" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E385" s="1" t="s">
         <x:v>1204</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1205</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5" ht="15" customHeight="1">
       <x:c r="A386" s="1" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="B386" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C386" s="1" t="s">
         <x:v>1206</x:v>
       </x:c>
-      <x:c r="B386" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C386" s="1" t="s">
+      <x:c r="D386" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E386" s="1" t="s">
         <x:v>1207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1208</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5" ht="15" customHeight="1">
       <x:c r="A387" s="1" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="B387" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C387" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
-      <x:c r="B387" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C387" s="1" t="s">
+      <x:c r="D387" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E387" s="1" t="s">
         <x:v>1210</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1211</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5" ht="15" customHeight="1">
       <x:c r="A388" s="1" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="B388" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C388" s="1" t="s">
         <x:v>1212</x:v>
       </x:c>
-      <x:c r="B388" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C388" s="1" t="s">
+      <x:c r="D388" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+      <x:c r="E388" s="1" t="s">
         <x:v>1213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1214</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5" ht="15" customHeight="1">
       <x:c r="A389" s="1" t="s">
+        <x:v>1214</x:v>
+      </x:c>
+      <x:c r="B389" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C389" s="1" t="s">
         <x:v>1215</x:v>
       </x:c>
-      <x:c r="B389" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C389" s="1" t="s">
+      <x:c r="D389" s="1" t="s">
         <x:v>1216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1192</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
         <x:v>1217</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5" ht="15" customHeight="1">
       <x:c r="A390" s="1" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5" ht="15" customHeight="1">
       <x:c r="A391" s="1" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
         <x:v>1223</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5" ht="15" customHeight="1">
       <x:c r="A392" s="1" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5" ht="15" customHeight="1">
       <x:c r="A393" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
         <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5" ht="15" customHeight="1">
       <x:c r="A394" s="1" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="E394" s="1" t="s">
         <x:v>1232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1233</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5" ht="15" customHeight="1">
       <x:c r="A395" s="1" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="B395" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C395" s="1" t="s">
         <x:v>1234</x:v>
       </x:c>
-      <x:c r="B395" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C395" s="1" t="s">
+      <x:c r="D395" s="1" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="E395" s="1" t="s">
         <x:v>1235</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1236</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5" ht="15" customHeight="1">
       <x:c r="A396" s="1" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="B396" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C396" s="1" t="s">
         <x:v>1237</x:v>
       </x:c>
-      <x:c r="B396" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C396" s="1" t="s">
+      <x:c r="D396" s="1" t="s">
         <x:v>1238</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1232</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
         <x:v>1239</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5" ht="15" customHeight="1">
       <x:c r="A397" s="1" t="s">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
         <x:v>1242</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5" ht="15" customHeight="1">
       <x:c r="A398" s="1" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5" ht="15" customHeight="1">
       <x:c r="A399" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5" ht="15" customHeight="1">
       <x:c r="A400" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
         <x:v>1251</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5" ht="15" customHeight="1">
       <x:c r="A401" s="1" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
         <x:v>1254</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5" ht="15" customHeight="1">
       <x:c r="A402" s="1" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
         <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5" ht="15" customHeight="1">
       <x:c r="A403" s="1" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="E403" s="1" t="s">
         <x:v>1260</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1261</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5" ht="15" customHeight="1">
       <x:c r="A404" s="1" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="B404" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C404" s="1" t="s">
         <x:v>1262</x:v>
       </x:c>
-      <x:c r="B404" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C404" s="1" t="s">
+      <x:c r="D404" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="E404" s="1" t="s">
         <x:v>1263</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1264</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5" ht="15" customHeight="1">
       <x:c r="A405" s="1" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="B405" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C405" s="1" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="B405" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C405" s="1" t="s">
+      <x:c r="D405" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="E405" s="1" t="s">
         <x:v>1266</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1267</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5" ht="15" customHeight="1">
       <x:c r="A406" s="1" t="s">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="B406" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C406" s="1" t="s">
         <x:v>1268</x:v>
       </x:c>
-      <x:c r="B406" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C406" s="1" t="s">
+      <x:c r="D406" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="E406" s="1" t="s">
         <x:v>1269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1270</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5" ht="15" customHeight="1">
       <x:c r="A407" s="1" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="B407" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C407" s="1" t="s">
         <x:v>1271</x:v>
       </x:c>
-      <x:c r="B407" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C407" s="1" t="s">
+      <x:c r="D407" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="E407" s="1" t="s">
         <x:v>1272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1274</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5" ht="15" customHeight="1">
       <x:c r="A408" s="1" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="B408" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C408" s="1" t="s">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="D408" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="E408" s="1" t="s">
         <x:v>1275</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1277</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5" ht="15" customHeight="1">
       <x:c r="A409" s="1" t="s">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="B409" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C409" s="1" t="s">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="D409" s="1" t="s">
         <x:v>1278</x:v>
       </x:c>
-      <x:c r="B409" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C409" s="1" t="s">
+      <x:c r="E409" s="1" t="s">
         <x:v>1279</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1280</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5" ht="15" customHeight="1">
       <x:c r="A410" s="1" t="s">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="B410" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C410" s="1" t="s">
         <x:v>1281</x:v>
       </x:c>
-      <x:c r="B410" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C410" s="1" t="s">
+      <x:c r="D410" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="E410" s="1" t="s">
         <x:v>1282</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1283</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5" ht="15" customHeight="1">
       <x:c r="A411" s="1" t="s">
+        <x:v>1283</x:v>
+      </x:c>
+      <x:c r="B411" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C411" s="1" t="s">
         <x:v>1284</x:v>
       </x:c>
-      <x:c r="B411" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C411" s="1" t="s">
+      <x:c r="D411" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="E411" s="1" t="s">
         <x:v>1285</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5" ht="15" customHeight="1">
       <x:c r="A412" s="1" t="s">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="B412" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C412" s="1" t="s">
         <x:v>1287</x:v>
       </x:c>
-      <x:c r="B412" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C412" s="1" t="s">
+      <x:c r="D412" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="E412" s="1" t="s">
         <x:v>1288</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5" ht="15" customHeight="1">
       <x:c r="A413" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="B413" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C413" s="1" t="s">
         <x:v>1290</x:v>
       </x:c>
-      <x:c r="B413" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C413" s="1" t="s">
+      <x:c r="D413" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="E413" s="1" t="s">
         <x:v>1291</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1292</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5" ht="15" customHeight="1">
       <x:c r="A414" s="1" t="s">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="B414" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C414" s="1" t="s">
         <x:v>1293</x:v>
       </x:c>
-      <x:c r="B414" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C414" s="1" t="s">
+      <x:c r="D414" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="E414" s="1" t="s">
         <x:v>1294</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5" ht="15" customHeight="1">
       <x:c r="A415" s="1" t="s">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="B415" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C415" s="1" t="s">
         <x:v>1296</x:v>
       </x:c>
-      <x:c r="B415" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C415" s="1" t="s">
+      <x:c r="D415" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="E415" s="1" t="s">
         <x:v>1297</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1298</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5" ht="15" customHeight="1">
       <x:c r="A416" s="1" t="s">
+        <x:v>1298</x:v>
+      </x:c>
+      <x:c r="B416" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C416" s="1" t="s">
         <x:v>1299</x:v>
       </x:c>
-      <x:c r="B416" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C416" s="1" t="s">
+      <x:c r="D416" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="E416" s="1" t="s">
         <x:v>1300</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1301</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5" ht="15" customHeight="1">
       <x:c r="A417" s="1" t="s">
+        <x:v>1301</x:v>
+      </x:c>
+      <x:c r="B417" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C417" s="1" t="s">
         <x:v>1302</x:v>
       </x:c>
-      <x:c r="B417" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C417" s="1" t="s">
+      <x:c r="D417" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="E417" s="1" t="s">
         <x:v>1303</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1305</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5" ht="15" customHeight="1">
       <x:c r="A418" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="B418" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C418" s="1" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="D418" s="1" t="s">
         <x:v>1306</x:v>
       </x:c>
-      <x:c r="B418" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C418" s="1" t="s">
+      <x:c r="E418" s="1" t="s">
         <x:v>1307</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1308</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5" ht="15" customHeight="1">
       <x:c r="A419" s="1" t="s">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="B419" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C419" s="1" t="s">
         <x:v>1309</x:v>
       </x:c>
-      <x:c r="B419" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C419" s="1" t="s">
+      <x:c r="D419" s="1" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="E419" s="1" t="s">
         <x:v>1310</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1311</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5" ht="15" customHeight="1">
       <x:c r="A420" s="1" t="s">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="B420" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C420" s="1" t="s">
         <x:v>1312</x:v>
       </x:c>
-      <x:c r="B420" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C420" s="1" t="s">
+      <x:c r="D420" s="1" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="E420" s="1" t="s">
         <x:v>1313</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5" ht="15" customHeight="1">
       <x:c r="A421" s="1" t="s">
+        <x:v>1314</x:v>
+      </x:c>
+      <x:c r="B421" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C421" s="1" t="s">
         <x:v>1315</x:v>
       </x:c>
-      <x:c r="B421" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C421" s="1" t="s">
+      <x:c r="D421" s="1" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="E421" s="1" t="s">
         <x:v>1316</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5" ht="15" customHeight="1">
       <x:c r="A422" s="1" t="s">
+        <x:v>1317</x:v>
+      </x:c>
+      <x:c r="B422" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C422" s="1" t="s">
         <x:v>1318</x:v>
       </x:c>
-      <x:c r="B422" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C422" s="1" t="s">
+      <x:c r="D422" s="1" t="s">
         <x:v>1319</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1304</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
         <x:v>1320</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5" ht="15" customHeight="1">
       <x:c r="A423" s="1" t="s">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
         <x:v>1323</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5" ht="15" customHeight="1">
       <x:c r="A424" s="1" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
         <x:v>1326</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5" ht="15" customHeight="1">
       <x:c r="A425" s="1" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
         <x:v>1329</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5" ht="15" customHeight="1">
       <x:c r="A426" s="1" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
         <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5" ht="15" customHeight="1">
       <x:c r="A427" s="1" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
         <x:v>1335</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5" ht="15" customHeight="1">
       <x:c r="A428" s="1" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
         <x:v>1338</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5" ht="15" customHeight="1">
       <x:c r="A429" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
         <x:v>1341</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5" ht="15" customHeight="1">
       <x:c r="A430" s="1" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
         <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5" ht="15" customHeight="1">
       <x:c r="A431" s="1" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
         <x:v>1347</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5" ht="15" customHeight="1">
       <x:c r="A432" s="1" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="D432" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E432" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1351</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5" ht="15" customHeight="1">
       <x:c r="A433" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E433" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1354</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5" ht="15" customHeight="1">
       <x:c r="A434" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1357</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5" ht="15" customHeight="1">
       <x:c r="A435" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5" ht="15" customHeight="1">
       <x:c r="A436" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1363</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5" ht="15" customHeight="1">
       <x:c r="A437" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1366</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5" ht="15" customHeight="1">
       <x:c r="A438" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E438" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1369</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5" ht="15" customHeight="1">
       <x:c r="A439" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E439" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1372</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5" ht="15" customHeight="1">
       <x:c r="A440" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="D440" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E440" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5" ht="15" customHeight="1">
       <x:c r="A441" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="D441" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E441" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>1378</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5" ht="15" customHeight="1">
       <x:c r="A442" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E442" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1381</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5" ht="15" customHeight="1">
       <x:c r="A443" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="D443" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E443" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5" ht="15" customHeight="1">
       <x:c r="A444" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C444" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="D444" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E444" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5" ht="15" customHeight="1">
       <x:c r="A445" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="D445" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E445" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5" ht="15" customHeight="1">
       <x:c r="A446" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E446" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5" ht="15" customHeight="1">
       <x:c r="A447" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1396</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5" ht="15" customHeight="1">
       <x:c r="A448" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E448" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5" ht="15" customHeight="1">
       <x:c r="A449" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C449" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="D449" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E449" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1402</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5" ht="15" customHeight="1">
       <x:c r="A450" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C450" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="D450" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E450" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1405</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5" ht="15" customHeight="1">
       <x:c r="A451" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C451" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="D451" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E451" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1408</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5" ht="15" customHeight="1">
       <x:c r="A452" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1411</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5" ht="15" customHeight="1">
       <x:c r="A453" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E453" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1414</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5" ht="15" customHeight="1">
       <x:c r="A454" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1417</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5" ht="15" customHeight="1">
       <x:c r="A455" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
         <x:v>1420</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5" ht="15" customHeight="1">
       <x:c r="A456" s="1" t="s">
         <x:v>1421</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
         <x:v>1422</x:v>
       </x:c>
       <x:c r="D456" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E456" s="1" t="s">
         <x:v>1423</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5" ht="15" customHeight="1">
       <x:c r="A457" s="1" t="s">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
         <x:v>1426</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5" ht="15" customHeight="1">
       <x:c r="A458" s="1" t="s">
         <x:v>1427</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
         <x:v>1428</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E458" s="1" t="s">
         <x:v>1429</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5" ht="15" customHeight="1">
       <x:c r="A459" s="1" t="s">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="D459" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E459" s="1" t="s">
         <x:v>1432</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5" ht="15" customHeight="1">
       <x:c r="A460" s="1" t="s">
         <x:v>1433</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
         <x:v>1434</x:v>
       </x:c>
       <x:c r="D460" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E460" s="1" t="s">
         <x:v>1435</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5" ht="15" customHeight="1">
       <x:c r="A461" s="1" t="s">
         <x:v>1436</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
         <x:v>1437</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="E461" s="1" t="s">
         <x:v>1438</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1439</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5" ht="15" customHeight="1">
       <x:c r="A462" s="1" t="s">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="B462" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C462" s="1" t="s">
         <x:v>1440</x:v>
       </x:c>
-      <x:c r="B462" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C462" s="1" t="s">
+      <x:c r="D462" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="E462" s="1" t="s">
         <x:v>1441</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1442</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5" ht="15" customHeight="1">
       <x:c r="A463" s="1" t="s">
+        <x:v>1442</x:v>
+      </x:c>
+      <x:c r="B463" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C463" s="1" t="s">
         <x:v>1443</x:v>
       </x:c>
-      <x:c r="B463" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C463" s="1" t="s">
+      <x:c r="D463" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="E463" s="1" t="s">
         <x:v>1444</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1445</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5" ht="15" customHeight="1">
       <x:c r="A464" s="1" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="B464" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C464" s="1" t="s">
         <x:v>1446</x:v>
       </x:c>
-      <x:c r="B464" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C464" s="1" t="s">
+      <x:c r="D464" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="E464" s="1" t="s">
         <x:v>1447</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1448</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5" ht="15" customHeight="1">
       <x:c r="A465" s="1" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="B465" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C465" s="1" t="s">
         <x:v>1449</x:v>
       </x:c>
-      <x:c r="B465" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C465" s="1" t="s">
+      <x:c r="D465" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="E465" s="1" t="s">
         <x:v>1450</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1451</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5" ht="15" customHeight="1">
       <x:c r="A466" s="1" t="s">
+        <x:v>1451</x:v>
+      </x:c>
+      <x:c r="B466" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C466" s="1" t="s">
         <x:v>1452</x:v>
       </x:c>
-      <x:c r="B466" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C466" s="1" t="s">
+      <x:c r="D466" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="E466" s="1" t="s">
         <x:v>1453</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1455</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5" ht="15" customHeight="1">
       <x:c r="A467" s="1" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="B467" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C467" s="1" t="s">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="D467" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="E467" s="1" t="s">
         <x:v>1456</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5" ht="15" customHeight="1">
       <x:c r="A468" s="1" t="s">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="B468" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C468" s="1" t="s">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="D468" s="1" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="E468" s="1" t="s">
         <x:v>1459</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1462</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5" ht="15" customHeight="1">
       <x:c r="A469" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="D469" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E469" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1462</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5" ht="15" customHeight="1">
       <x:c r="A470" s="1" t="s">
+        <x:v>1463</x:v>
+      </x:c>
+      <x:c r="B470" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C470" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+      <x:c r="D470" s="1" t="s">
+        <x:v>1465</x:v>
+      </x:c>
+      <x:c r="E470" s="1" t="s">
         <x:v>1466</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1468</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5" ht="15" customHeight="1">
       <x:c r="A471" s="1" t="s">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="B471" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C471" s="1" t="s">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="D471" s="1" t="s">
+        <x:v>1465</x:v>
+      </x:c>
+      <x:c r="E471" s="1" t="s">
         <x:v>1469</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1472</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5" ht="15" customHeight="1">
       <x:c r="A472" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="D472" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E472" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1472</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5" ht="15" customHeight="1">
       <x:c r="A473" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E473" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1475</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5" ht="15" customHeight="1">
       <x:c r="A474" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="D474" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E474" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1478</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5" ht="15" customHeight="1">
       <x:c r="A475" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="D475" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E475" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1481</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5" ht="15" customHeight="1">
       <x:c r="A476" s="1" t="s">
+        <x:v>1482</x:v>
+      </x:c>
+      <x:c r="B476" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C476" s="1" t="s">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="D476" s="1" t="s">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="E476" s="1" t="s">
         <x:v>1485</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1487</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5" ht="15" customHeight="1">
       <x:c r="A477" s="1" t="s">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="B477" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C477" s="1" t="s">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="D477" s="1" t="s">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="E477" s="1" t="s">
         <x:v>1488</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1490</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5" ht="15" customHeight="1">
       <x:c r="A478" s="1" t="s">
+        <x:v>1489</x:v>
+      </x:c>
+      <x:c r="B478" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C478" s="1" t="s">
+        <x:v>1490</x:v>
+      </x:c>
+      <x:c r="D478" s="1" t="s">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="E478" s="1" t="s">
         <x:v>1491</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1493</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5" ht="15" customHeight="1">
       <x:c r="A479" s="1" t="s">
+        <x:v>1492</x:v>
+      </x:c>
+      <x:c r="B479" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C479" s="1" t="s">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="D479" s="1" t="s">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="E479" s="1" t="s">
         <x:v>1494</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1496</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5" ht="15" customHeight="1">
       <x:c r="A480" s="1" t="s">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="B480" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C480" s="1" t="s">
+        <x:v>1496</x:v>
+      </x:c>
+      <x:c r="D480" s="1" t="s">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="E480" s="1" t="s">
         <x:v>1497</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1499</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5" ht="15" customHeight="1">
       <x:c r="A481" s="1" t="s">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="B481" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C481" s="1" t="s">
+        <x:v>1499</x:v>
+      </x:c>
+      <x:c r="D481" s="1" t="s">
         <x:v>1500</x:v>
       </x:c>
-      <x:c r="B481" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C481" s="1" t="s">
+      <x:c r="E481" s="1" t="s">
         <x:v>1501</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1503</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5" ht="15" customHeight="1">
       <x:c r="A482" s="1" t="s">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="B482" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C482" s="1" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="D482" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="E482" s="1" t="s">
         <x:v>1504</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1507</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5" ht="15" customHeight="1">
       <x:c r="A483" s="1" t="s">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="B483" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C483" s="1" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="D483" s="1" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="E483" s="1" t="s">
         <x:v>1508</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1510</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5" ht="15" customHeight="1">
       <x:c r="A484" s="1" t="s">
+        <x:v>1509</x:v>
+      </x:c>
+      <x:c r="B484" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C484" s="1" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="D484" s="1" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="E484" s="1" t="s">
         <x:v>1511</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1513</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5" ht="15" customHeight="1">
       <x:c r="A485" s="1" t="s">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="B485" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C485" s="1" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="D485" s="1" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="E485" s="1" t="s">
         <x:v>1514</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1516</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5" ht="15" customHeight="1">
       <x:c r="A486" s="1" t="s">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="B486" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C486" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="D486" s="1" t="s">
         <x:v>1517</x:v>
       </x:c>
-      <x:c r="B486" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C486" s="1" t="s">
+      <x:c r="E486" s="1" t="s">
         <x:v>1518</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1519</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5" ht="15" customHeight="1">
       <x:c r="A487" s="1" t="s">
+        <x:v>1519</x:v>
+      </x:c>
+      <x:c r="B487" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C487" s="1" t="s">
         <x:v>1520</x:v>
       </x:c>
-      <x:c r="B487" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C487" s="1" t="s">
+      <x:c r="D487" s="1" t="s">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="E487" s="1" t="s">
         <x:v>1521</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1522</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5" ht="15" customHeight="1">
       <x:c r="A488" s="1" t="s">
+        <x:v>1522</x:v>
+      </x:c>
+      <x:c r="B488" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C488" s="1" t="s">
         <x:v>1523</x:v>
       </x:c>
-      <x:c r="B488" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C488" s="1" t="s">
+      <x:c r="D488" s="1" t="s">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="E488" s="1" t="s">
         <x:v>1524</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1525</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5" ht="15" customHeight="1">
       <x:c r="A489" s="1" t="s">
+        <x:v>1525</x:v>
+      </x:c>
+      <x:c r="B489" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C489" s="1" t="s">
         <x:v>1526</x:v>
       </x:c>
-      <x:c r="B489" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C489" s="1" t="s">
+      <x:c r="D489" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="E489" s="1" t="s">
         <x:v>1527</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1528</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5" ht="15" customHeight="1">
       <x:c r="A490" s="1" t="s">
+        <x:v>1528</x:v>
+      </x:c>
+      <x:c r="B490" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C490" s="1" t="s">
         <x:v>1529</x:v>
       </x:c>
-      <x:c r="B490" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C490" s="1" t="s">
+      <x:c r="D490" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="E490" s="1" t="s">
         <x:v>1530</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1531</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5" ht="15" customHeight="1">
       <x:c r="A491" s="1" t="s">
+        <x:v>1531</x:v>
+      </x:c>
+      <x:c r="B491" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C491" s="1" t="s">
         <x:v>1532</x:v>
       </x:c>
-      <x:c r="B491" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C491" s="1" t="s">
+      <x:c r="D491" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="E491" s="1" t="s">
         <x:v>1533</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1535</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5" ht="15" customHeight="1">
       <x:c r="A492" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="B492" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C492" s="1" t="s">
+        <x:v>1535</x:v>
+      </x:c>
+      <x:c r="D492" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="E492" s="1" t="s">
         <x:v>1536</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1538</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5" ht="15" customHeight="1">
       <x:c r="A493" s="1" t="s">
+        <x:v>1537</x:v>
+      </x:c>
+      <x:c r="B493" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C493" s="1" t="s">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="D493" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="E493" s="1" t="s">
         <x:v>1539</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1541</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5" ht="15" customHeight="1">
       <x:c r="A494" s="1" t="s">
+        <x:v>1540</x:v>
+      </x:c>
+      <x:c r="B494" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C494" s="1" t="s">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="D494" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="E494" s="1" t="s">
         <x:v>1542</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1544</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5" ht="15" customHeight="1">
       <x:c r="A495" s="1" t="s">
+        <x:v>1543</x:v>
+      </x:c>
+      <x:c r="B495" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C495" s="1" t="s">
+        <x:v>1544</x:v>
+      </x:c>
+      <x:c r="D495" s="1" t="s">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="E495" s="1" t="s">
         <x:v>1545</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1547</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5" ht="15" customHeight="1">
       <x:c r="A496" s="1" t="s">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="B496" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C496" s="1" t="s">
+        <x:v>1547</x:v>
+      </x:c>
+      <x:c r="D496" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
-      <x:c r="B496" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C496" s="1" t="s">
+      <x:c r="E496" s="1" t="s">
         <x:v>1549</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1550</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5" ht="15" customHeight="1">
       <x:c r="A497" s="1" t="s">
+        <x:v>1550</x:v>
+      </x:c>
+      <x:c r="B497" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C497" s="1" t="s">
         <x:v>1551</x:v>
       </x:c>
-      <x:c r="B497" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C497" s="1" t="s">
+      <x:c r="D497" s="1" t="s">
         <x:v>1552</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1534</x:v>
       </x:c>
       <x:c r="E497" s="1" t="s">
         <x:v>1553</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5" ht="15" customHeight="1">
-      <x:c r="A498" s="2" t="s">
+      <x:c r="A498" s="1" t="s">
+        <x:v>1554</x:v>
+      </x:c>
+      <x:c r="B498" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C498" s="1" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="D498" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="E498" s="1" t="s">
+        <x:v>1556</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="499" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A499" s="1" t="s">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="B499" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C499" s="1" t="s">
+        <x:v>1558</x:v>
+      </x:c>
+      <x:c r="D499" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="E499" s="1" t="s">
+        <x:v>1559</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="500" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A500" s="1" t="s">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="B500" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C500" s="1" t="s">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="D500" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="E500" s="1" t="s">
+        <x:v>1562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="501" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A501" s="1" t="s">
+        <x:v>1563</x:v>
+      </x:c>
+      <x:c r="B501" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C501" s="1" t="s">
+        <x:v>1564</x:v>
+      </x:c>
+      <x:c r="D501" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="E501" s="1" t="s">
+        <x:v>1565</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="502" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A502" s="1" t="s">
+        <x:v>1566</x:v>
+      </x:c>
+      <x:c r="B502" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C502" s="1" t="s">
+        <x:v>1567</x:v>
+      </x:c>
+      <x:c r="D502" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="E502" s="1" t="s">
+        <x:v>1568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="503" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A503" s="1" t="s">
+        <x:v>1569</x:v>
+      </x:c>
+      <x:c r="B503" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C503" s="1" t="s">
+        <x:v>1570</x:v>
+      </x:c>
+      <x:c r="D503" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="E503" s="1" t="s">
+        <x:v>1571</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="504" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A504" s="1" t="s">
+        <x:v>1572</x:v>
+      </x:c>
+      <x:c r="B504" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C504" s="1" t="s">
+        <x:v>1573</x:v>
+      </x:c>
+      <x:c r="D504" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="E504" s="1" t="s">
+        <x:v>1574</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="505" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A505" s="1" t="s">
+        <x:v>1575</x:v>
+      </x:c>
+      <x:c r="B505" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C505" s="1" t="s">
+        <x:v>1576</x:v>
+      </x:c>
+      <x:c r="D505" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="E505" s="1" t="s">
+        <x:v>1577</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="506" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A506" s="1" t="s">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c r="B506" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C506" s="1" t="s">
+        <x:v>1579</x:v>
+      </x:c>
+      <x:c r="D506" s="1" t="s">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="E506" s="1" t="s">
+        <x:v>1581</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="507" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A507" s="1" t="s">
+        <x:v>1582</x:v>
+      </x:c>
+      <x:c r="B507" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C507" s="1" t="s">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="D507" s="1" t="s">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="E507" s="1" t="s">
+        <x:v>1584</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="508" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A508" s="1" t="s">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="B508" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C508" s="1" t="s">
+        <x:v>1586</x:v>
+      </x:c>
+      <x:c r="D508" s="1" t="s">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="E508" s="1" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="509" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A509" s="1" t="s">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="B509" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C509" s="1" t="s">
+        <x:v>1589</x:v>
+      </x:c>
+      <x:c r="D509" s="1" t="s">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="E509" s="1" t="s">
+        <x:v>1590</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="510" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A510" s="1" t="s">
+        <x:v>1591</x:v>
+      </x:c>
+      <x:c r="B510" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C510" s="1" t="s">
+        <x:v>1592</x:v>
+      </x:c>
+      <x:c r="D510" s="1" t="s">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="E510" s="1" t="s">
+        <x:v>1593</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="511" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A511" s="1" t="s">
+        <x:v>1594</x:v>
+      </x:c>
+      <x:c r="B511" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C511" s="1" t="s">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="D511" s="1" t="s">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="E511" s="1" t="s">
+        <x:v>1596</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="512" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A512" s="1" t="s">
+        <x:v>1597</x:v>
+      </x:c>
+      <x:c r="B512" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C512" s="1" t="s">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="D512" s="1" t="s">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="E512" s="1" t="s">
+        <x:v>1599</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="513" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B498" s="2" t="s">
+      <x:c r="B513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C498" s="2" t="s">
+      <x:c r="C513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D498" s="2" t="s">
+      <x:c r="D513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E498" s="2" t="s">
+      <x:c r="E513" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A498:E498"/>
+    <x:mergeCell ref="A513:E513"/>
   </x:mergeCells>
 </x:worksheet>
 </file>