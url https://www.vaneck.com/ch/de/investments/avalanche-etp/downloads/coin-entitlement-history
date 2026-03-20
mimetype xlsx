--- v3 (2026-02-25)
+++ v4 (2026-03-20)
@@ -1,81 +1,240 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R805af00ce4164a61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4efbc450f4146da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VAVA_coin_entitlement_history_20240227" sheetId="1" r:id="R8ccd09ef6bef431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VAVA_coin_entitlement_history_20240227" sheetId="1" r:id="Rc83ec5745b8b489e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2565" uniqueCount="1600">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2650" uniqueCount="1653">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Datum</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Anteile</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>19.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVAX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>988372,34397246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.540.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1036029710662956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>988412,9636833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10360722889762054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>988453,58506351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10361148690393186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>988494,20811316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1036157450852369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>988616,08727944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10362852067918658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>981609,68800754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.472.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10363277956160684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>957813,51078959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.242.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10363703860523588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>957852,87460635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10364129783665332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>957892,24004087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10364555724311512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958010,34605165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10365833651283814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958049,71795787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1036625966195488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958089,09148218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10366685690133955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958128,46662464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10367111735821684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958167,84338533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10367537799018936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958246,60176164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10368389977944602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958285,9833774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1036881609367453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958325,36661164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,10369242226916685</x:t>
+  </x:si>
+  <x:si>
     <x:t>25.02.2026</x:t>
   </x:si>
   <x:si>
-    <x:t>AVAX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>958364,75146444</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>9.242.000</x:t>
   </x:si>
   <x:si>
     <x:t>0,10369668377671933</x:t>
   </x:si>
   <x:si>
     <x:t>24.02.2026</x:t>
   </x:si>
   <x:si>
     <x:t>958404,13793586</x:t>
   </x:si>
   <x:si>
     <x:t>0,10370094545940922</x:t>
   </x:si>
   <x:si>
     <x:t>23.02.2026</x:t>
   </x:si>
   <x:si>
     <x:t>958443,52602597</x:t>
   </x:si>
   <x:si>
     <x:t>0,1037052073172441</x:t>
   </x:si>
   <x:si>
     <x:t>20.02.2026</x:t>
   </x:si>
@@ -4867,56 +5026,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f02a540a5f4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re263dc8574e04000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ccd09ef6bef431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7bf5c27c6c74a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R872b1d8f7bf64ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc83ec5745b8b489e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E513"/>
+  <x:dimension ref="A1:E530"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="27" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -4977,4403 +5136,4403 @@
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E6" s="1" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E7" s="1" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B24" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="B63" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C89" s="1" t="s">
+      <x:c r="D89" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C90" s="1" t="s">
+      <x:c r="D90" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="B91" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C91" s="1" t="s">
+      <x:c r="D91" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="B92" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C92" s="1" t="s">
+      <x:c r="D92" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="B93" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="B93" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C93" s="1" t="s">
+      <x:c r="D93" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="B94" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C94" s="1" t="s">
+      <x:c r="D94" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="B96" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C96" s="1" t="s">
+      <x:c r="D96" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="B97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C97" s="1" t="s">
+      <x:c r="D97" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>435</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C139" s="1" t="s">
+      <x:c r="D139" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="B147" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C147" s="1" t="s">
+      <x:c r="E147" s="1" t="s">
         <x:v>463</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="B148" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C148" s="1" t="s">
+      <x:c r="D148" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="B149" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C149" s="1" t="s">
+      <x:c r="D149" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="B150" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="B150" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C150" s="1" t="s">
+      <x:c r="E150" s="1" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="B151" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C151" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="B151" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C151" s="1" t="s">
+      <x:c r="D151" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="B152" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C152" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="B152" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C152" s="1" t="s">
+      <x:c r="D152" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B153" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C153" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="B153" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C153" s="1" t="s">
+      <x:c r="D153" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C154" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="B154" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C154" s="1" t="s">
+      <x:c r="D154" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
         <x:v>499</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="B159" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="B159" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C159" s="1" t="s">
+      <x:c r="D159" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C160" s="1" t="s">
+      <x:c r="D160" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E160" s="1" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C161" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C161" s="1" t="s">
+      <x:c r="D161" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="B162" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C162" s="1" t="s">
+      <x:c r="D162" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
         <x:v>511</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="B163" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C163" s="1" t="s">
+      <x:c r="D163" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
         <x:v>527</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
         <x:v>533</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
         <x:v>536</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
         <x:v>562</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="B181" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C181" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="D181" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="E181" s="1" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B182" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C182" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="D182" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="E182" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C183" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="D183" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="B184" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C184" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="D184" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="E184" s="1" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="D185" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
         <x:v>585</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B186" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C186" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="D186" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="E186" s="1" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="B187" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C187" s="1" t="s">
+      <x:c r="E187" s="1" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="B188" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D188" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="E188" s="1" t="s">
         <x:v>595</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C190" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="D190" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="E190" s="1" t="s">
         <x:v>602</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="B191" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C191" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="D191" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="E191" s="1" t="s">
         <x:v>605</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C192" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C192" s="1" t="s">
+      <x:c r="E192" s="1" t="s">
         <x:v>609</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C193" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="B193" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C193" s="1" t="s">
+      <x:c r="D193" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="E193" s="1" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="B194" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="B194" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C194" s="1" t="s">
+      <x:c r="D194" s="1" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>597</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E249" s="1" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C250" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="B250" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C250" s="1" t="s">
+      <x:c r="D250" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E250" s="1" t="s">
         <x:v>786</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C251" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="B251" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C251" s="1" t="s">
+      <x:c r="D251" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E251" s="1" t="s">
         <x:v>789</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C252" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="B252" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C252" s="1" t="s">
+      <x:c r="D252" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E252" s="1" t="s">
         <x:v>792</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C253" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
-      <x:c r="B253" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C253" s="1" t="s">
+      <x:c r="D253" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
         <x:v>795</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="B254" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C254" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
-      <x:c r="B254" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C254" s="1" t="s">
+      <x:c r="D254" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
         <x:v>798</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C255" s="1" t="s">
         <x:v>800</x:v>
       </x:c>
-      <x:c r="B255" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C255" s="1" t="s">
+      <x:c r="D255" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
         <x:v>801</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C256" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C256" s="1" t="s">
+      <x:c r="D256" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E256" s="1" t="s">
         <x:v>804</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="B257" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C257" s="1" t="s">
         <x:v>806</x:v>
       </x:c>
-      <x:c r="B257" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C257" s="1" t="s">
+      <x:c r="D257" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E257" s="1" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="B258" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C258" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="B258" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C258" s="1" t="s">
+      <x:c r="D258" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E258" s="1" t="s">
         <x:v>810</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="B259" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C259" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="B259" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C259" s="1" t="s">
+      <x:c r="D259" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E259" s="1" t="s">
         <x:v>813</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="B260" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C260" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="B260" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C260" s="1" t="s">
+      <x:c r="D260" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E260" s="1" t="s">
         <x:v>816</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="B261" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C261" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
-      <x:c r="B261" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C261" s="1" t="s">
+      <x:c r="D261" s="1" t="s">
         <x:v>819</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>783</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
         <x:v>828</x:v>
@@ -9397,4237 +9556,4526 @@
       </x:c>
       <x:c r="B265" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="E273" s="1" t="s">
         <x:v>858</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="B274" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C274" s="1" t="s">
         <x:v>860</x:v>
       </x:c>
-      <x:c r="B274" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C274" s="1" t="s">
+      <x:c r="D274" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="E274" s="1" t="s">
         <x:v>861</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C275" s="1" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="B275" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C275" s="1" t="s">
+      <x:c r="D275" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="E275" s="1" t="s">
         <x:v>864</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="B276" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C276" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
-      <x:c r="B276" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C276" s="1" t="s">
+      <x:c r="D276" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="E276" s="1" t="s">
         <x:v>867</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="B277" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C277" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="B277" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C277" s="1" t="s">
+      <x:c r="D277" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="E277" s="1" t="s">
         <x:v>870</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>871</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C278" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="B278" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C278" s="1" t="s">
+      <x:c r="D278" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="E278" s="1" t="s">
         <x:v>873</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="B279" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C279" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="B279" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C279" s="1" t="s">
+      <x:c r="D279" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="E279" s="1" t="s">
         <x:v>876</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>877</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="B280" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C280" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="B280" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C280" s="1" t="s">
+      <x:c r="D280" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="D280" s="1" t="s">
+      <x:c r="E280" s="1" t="s">
         <x:v>880</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>881</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C281" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="B281" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C281" s="1" t="s">
+      <x:c r="D281" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="E281" s="1" t="s">
         <x:v>883</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="B282" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C282" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="B282" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C282" s="1" t="s">
+      <x:c r="D282" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="E282" s="1" t="s">
         <x:v>886</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="B283" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C283" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
-      <x:c r="B283" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C283" s="1" t="s">
+      <x:c r="D283" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="E283" s="1" t="s">
         <x:v>889</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="B284" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C284" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
-      <x:c r="B284" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C284" s="1" t="s">
+      <x:c r="D284" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="E284" s="1" t="s">
         <x:v>892</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="B285" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C285" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="D285" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="B285" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C285" s="1" t="s">
+      <x:c r="E285" s="1" t="s">
         <x:v>896</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>897</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="B286" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C286" s="1" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="B286" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C286" s="1" t="s">
+      <x:c r="D286" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="E286" s="1" t="s">
         <x:v>899</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>900</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="B287" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C287" s="1" t="s">
         <x:v>901</x:v>
       </x:c>
-      <x:c r="B287" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C287" s="1" t="s">
+      <x:c r="D287" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="E287" s="1" t="s">
         <x:v>902</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>903</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="B288" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C288" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
-      <x:c r="B288" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C288" s="1" t="s">
+      <x:c r="D288" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="E288" s="1" t="s">
         <x:v>905</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="B289" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C289" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="D289" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="E289" s="1" t="s">
         <x:v>908</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="B290" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C290" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="D290" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="B290" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C290" s="1" t="s">
+      <x:c r="E290" s="1" t="s">
         <x:v>912</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>913</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="B291" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C291" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
-      <x:c r="B291" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C291" s="1" t="s">
+      <x:c r="D291" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E291" s="1" t="s">
         <x:v>915</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="B292" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C292" s="1" t="s">
         <x:v>917</x:v>
       </x:c>
-      <x:c r="B292" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C292" s="1" t="s">
+      <x:c r="D292" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
         <x:v>918</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="B293" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="B293" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C293" s="1" t="s">
+      <x:c r="D293" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E293" s="1" t="s">
         <x:v>921</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>922</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="B294" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C294" s="1" t="s">
         <x:v>923</x:v>
       </x:c>
-      <x:c r="B294" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C294" s="1" t="s">
+      <x:c r="D294" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
         <x:v>924</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
-      <x:c r="B295" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C295" s="1" t="s">
+      <x:c r="D295" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E295" s="1" t="s">
         <x:v>927</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="B296" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="B296" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C296" s="1" t="s">
+      <x:c r="D296" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E296" s="1" t="s">
         <x:v>930</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="B297" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C297" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="B297" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C297" s="1" t="s">
+      <x:c r="D297" s="1" t="s">
         <x:v>933</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>906</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="E298" s="1" t="s">
         <x:v>937</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>938</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="B299" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C299" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="B299" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C299" s="1" t="s">
+      <x:c r="D299" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="E299" s="1" t="s">
         <x:v>940</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>941</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="B300" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C300" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="B300" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C300" s="1" t="s">
+      <x:c r="D300" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="E300" s="1" t="s">
         <x:v>943</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="B301" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C301" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
-      <x:c r="B301" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C301" s="1" t="s">
+      <x:c r="D301" s="1" t="s">
         <x:v>946</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>937</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
         <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="E304" s="1" t="s">
         <x:v>956</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>957</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="B305" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C305" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="B305" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C305" s="1" t="s">
+      <x:c r="D305" s="1" t="s">
         <x:v>959</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>956</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
         <x:v>962</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
         <x:v>963</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
         <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
         <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
         <x:v>979</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="E312" s="1" t="s">
         <x:v>981</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>982</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="B313" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C313" s="1" t="s">
         <x:v>983</x:v>
       </x:c>
-      <x:c r="B313" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C313" s="1" t="s">
+      <x:c r="D313" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="E313" s="1" t="s">
         <x:v>984</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="B314" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C314" s="1" t="s">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="D314" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="E314" s="1" t="s">
         <x:v>987</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="B315" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C315" s="1" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="D315" s="1" t="s">
         <x:v>990</x:v>
       </x:c>
-      <x:c r="B315" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C315" s="1" t="s">
+      <x:c r="E315" s="1" t="s">
         <x:v>991</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="B316" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C316" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="B316" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C316" s="1" t="s">
+      <x:c r="D316" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="E316" s="1" t="s">
         <x:v>994</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="B317" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C317" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
-      <x:c r="B317" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C317" s="1" t="s">
+      <x:c r="D317" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="E317" s="1" t="s">
         <x:v>997</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>998</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c r="B318" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C318" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="B318" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C318" s="1" t="s">
+      <x:c r="D318" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="E318" s="1" t="s">
         <x:v>1000</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="B319" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C319" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
-      <x:c r="B319" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C319" s="1" t="s">
+      <x:c r="D319" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="E319" s="1" t="s">
         <x:v>1003</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1004</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="B320" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C320" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="B320" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C320" s="1" t="s">
+      <x:c r="D320" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="E320" s="1" t="s">
         <x:v>1006</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="B321" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C321" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="B321" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C321" s="1" t="s">
+      <x:c r="D321" s="1" t="s">
         <x:v>1009</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>985</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
         <x:v>1028</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1039</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1042</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1054</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1060</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1063</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1069</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1075</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1078</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1081</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1097</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1100</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1103</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5" ht="15" customHeight="1">
       <x:c r="A352" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1106</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5" ht="15" customHeight="1">
       <x:c r="A353" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5" ht="15" customHeight="1">
       <x:c r="A354" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1112</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5" ht="15" customHeight="1">
       <x:c r="A355" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5" ht="15" customHeight="1">
       <x:c r="A356" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1118</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5" ht="15" customHeight="1">
       <x:c r="A357" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1121</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5" ht="15" customHeight="1">
       <x:c r="A358" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5" ht="15" customHeight="1">
       <x:c r="A359" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5" ht="15" customHeight="1">
       <x:c r="A360" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1130</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5" ht="15" customHeight="1">
       <x:c r="A361" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1133</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5" ht="15" customHeight="1">
       <x:c r="A362" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1136</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5" ht="15" customHeight="1">
       <x:c r="A363" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1140</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5" ht="15" customHeight="1">
       <x:c r="A364" s="1" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="B364" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C364" s="1" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="D364" s="1" t="s">
         <x:v>1139</x:v>
       </x:c>
-      <x:c r="B364" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1143</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5" ht="15" customHeight="1">
       <x:c r="A365" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1146</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5" ht="15" customHeight="1">
       <x:c r="A366" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1149</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5" ht="15" customHeight="1">
       <x:c r="A367" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1152</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5" ht="15" customHeight="1">
       <x:c r="A368" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1155</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5" ht="15" customHeight="1">
       <x:c r="A369" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1158</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5" ht="15" customHeight="1">
       <x:c r="A370" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1161</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5" ht="15" customHeight="1">
       <x:c r="A371" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D371" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E371" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1164</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5" ht="15" customHeight="1">
       <x:c r="A372" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5" ht="15" customHeight="1">
       <x:c r="A373" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1170</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5" ht="15" customHeight="1">
       <x:c r="A374" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1173</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5" ht="15" customHeight="1">
       <x:c r="A375" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1176</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5" ht="15" customHeight="1">
       <x:c r="A376" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1179</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5" ht="15" customHeight="1">
       <x:c r="A377" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1182</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5" ht="15" customHeight="1">
       <x:c r="A378" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5" ht="15" customHeight="1">
       <x:c r="A379" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1188</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5" ht="15" customHeight="1">
       <x:c r="A380" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1191</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5" ht="15" customHeight="1">
       <x:c r="A381" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5" ht="15" customHeight="1">
       <x:c r="A382" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E382" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5" ht="15" customHeight="1">
       <x:c r="A383" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1200</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5" ht="15" customHeight="1">
       <x:c r="A384" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1203</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5" ht="15" customHeight="1">
       <x:c r="A385" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1206</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5" ht="15" customHeight="1">
       <x:c r="A386" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C386" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="D386" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E386" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1209</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5" ht="15" customHeight="1">
       <x:c r="A387" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E387" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1212</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5" ht="15" customHeight="1">
       <x:c r="A388" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1215</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5" ht="15" customHeight="1">
       <x:c r="A389" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1218</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5" ht="15" customHeight="1">
       <x:c r="A390" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1221</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5" ht="15" customHeight="1">
       <x:c r="A391" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1224</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5" ht="15" customHeight="1">
       <x:c r="A392" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1227</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5" ht="15" customHeight="1">
       <x:c r="A393" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5" ht="15" customHeight="1">
       <x:c r="A394" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1233</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5" ht="15" customHeight="1">
       <x:c r="A395" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5" ht="15" customHeight="1">
       <x:c r="A396" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D396" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
         <x:v>1239</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5" ht="15" customHeight="1">
       <x:c r="A397" s="1" t="s">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
         <x:v>1242</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5" ht="15" customHeight="1">
       <x:c r="A398" s="1" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5" ht="15" customHeight="1">
       <x:c r="A399" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5" ht="15" customHeight="1">
       <x:c r="A400" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
         <x:v>1251</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5" ht="15" customHeight="1">
       <x:c r="A401" s="1" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
         <x:v>1254</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5" ht="15" customHeight="1">
       <x:c r="A402" s="1" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
         <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5" ht="15" customHeight="1">
       <x:c r="A403" s="1" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
         <x:v>1260</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5" ht="15" customHeight="1">
       <x:c r="A404" s="1" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
         <x:v>1263</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5" ht="15" customHeight="1">
       <x:c r="A405" s="1" t="s">
         <x:v>1264</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
         <x:v>1265</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
         <x:v>1266</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5" ht="15" customHeight="1">
       <x:c r="A406" s="1" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5" ht="15" customHeight="1">
       <x:c r="A407" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1273</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5" ht="15" customHeight="1">
       <x:c r="A408" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5" ht="15" customHeight="1">
       <x:c r="A409" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
         <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5" ht="15" customHeight="1">
       <x:c r="A410" s="1" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="D410" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E410" s="1" t="s">
         <x:v>1282</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5" ht="15" customHeight="1">
       <x:c r="A411" s="1" t="s">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
         <x:v>1285</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5" ht="15" customHeight="1">
       <x:c r="A412" s="1" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
         <x:v>1288</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5" ht="15" customHeight="1">
       <x:c r="A413" s="1" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1292</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5" ht="15" customHeight="1">
       <x:c r="A414" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5" ht="15" customHeight="1">
       <x:c r="A415" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5" ht="15" customHeight="1">
       <x:c r="A416" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1301</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5" ht="15" customHeight="1">
       <x:c r="A417" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5" ht="15" customHeight="1">
       <x:c r="A418" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
         <x:v>1307</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5" ht="15" customHeight="1">
       <x:c r="A419" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
         <x:v>1310</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5" ht="15" customHeight="1">
       <x:c r="A420" s="1" t="s">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
         <x:v>1313</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5" ht="15" customHeight="1">
       <x:c r="A421" s="1" t="s">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
         <x:v>1316</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5" ht="15" customHeight="1">
       <x:c r="A422" s="1" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="E422" s="1" t="s">
         <x:v>1319</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1320</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5" ht="15" customHeight="1">
       <x:c r="A423" s="1" t="s">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="B423" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C423" s="1" t="s">
         <x:v>1321</x:v>
       </x:c>
-      <x:c r="B423" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C423" s="1" t="s">
+      <x:c r="D423" s="1" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="E423" s="1" t="s">
         <x:v>1322</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1323</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5" ht="15" customHeight="1">
       <x:c r="A424" s="1" t="s">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="B424" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C424" s="1" t="s">
         <x:v>1324</x:v>
       </x:c>
-      <x:c r="B424" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C424" s="1" t="s">
+      <x:c r="D424" s="1" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="E424" s="1" t="s">
         <x:v>1325</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1326</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5" ht="15" customHeight="1">
       <x:c r="A425" s="1" t="s">
+        <x:v>1326</x:v>
+      </x:c>
+      <x:c r="B425" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C425" s="1" t="s">
         <x:v>1327</x:v>
       </x:c>
-      <x:c r="B425" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C425" s="1" t="s">
+      <x:c r="D425" s="1" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="E425" s="1" t="s">
         <x:v>1328</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1329</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5" ht="15" customHeight="1">
       <x:c r="A426" s="1" t="s">
+        <x:v>1329</x:v>
+      </x:c>
+      <x:c r="B426" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C426" s="1" t="s">
         <x:v>1330</x:v>
       </x:c>
-      <x:c r="B426" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C426" s="1" t="s">
+      <x:c r="D426" s="1" t="s">
         <x:v>1331</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1319</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
         <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5" ht="15" customHeight="1">
       <x:c r="A427" s="1" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
         <x:v>1335</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5" ht="15" customHeight="1">
       <x:c r="A428" s="1" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
         <x:v>1338</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5" ht="15" customHeight="1">
       <x:c r="A429" s="1" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
         <x:v>1341</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5" ht="15" customHeight="1">
       <x:c r="A430" s="1" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
         <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5" ht="15" customHeight="1">
       <x:c r="A431" s="1" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
         <x:v>1347</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5" ht="15" customHeight="1">
       <x:c r="A432" s="1" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="D432" s="1" t="s">
+        <x:v>1331</x:v>
+      </x:c>
+      <x:c r="E432" s="1" t="s">
         <x:v>1350</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1351</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5" ht="15" customHeight="1">
       <x:c r="A433" s="1" t="s">
+        <x:v>1351</x:v>
+      </x:c>
+      <x:c r="B433" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C433" s="1" t="s">
         <x:v>1352</x:v>
       </x:c>
-      <x:c r="B433" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C433" s="1" t="s">
+      <x:c r="D433" s="1" t="s">
+        <x:v>1331</x:v>
+      </x:c>
+      <x:c r="E433" s="1" t="s">
         <x:v>1353</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1354</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5" ht="15" customHeight="1">
       <x:c r="A434" s="1" t="s">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="B434" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C434" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
-      <x:c r="B434" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C434" s="1" t="s">
+      <x:c r="D434" s="1" t="s">
+        <x:v>1331</x:v>
+      </x:c>
+      <x:c r="E434" s="1" t="s">
         <x:v>1356</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1357</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5" ht="15" customHeight="1">
       <x:c r="A435" s="1" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="B435" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C435" s="1" t="s">
         <x:v>1358</x:v>
       </x:c>
-      <x:c r="B435" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C435" s="1" t="s">
+      <x:c r="D435" s="1" t="s">
         <x:v>1359</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1350</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
         <x:v>1360</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5" ht="15" customHeight="1">
       <x:c r="A436" s="1" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
         <x:v>1363</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5" ht="15" customHeight="1">
       <x:c r="A437" s="1" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
         <x:v>1366</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5" ht="15" customHeight="1">
       <x:c r="A438" s="1" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="E438" s="1" t="s">
         <x:v>1369</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5" ht="15" customHeight="1">
       <x:c r="A439" s="1" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E439" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1373</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5" ht="15" customHeight="1">
       <x:c r="A440" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="D440" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E440" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5" ht="15" customHeight="1">
       <x:c r="A441" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="D441" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E441" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5" ht="15" customHeight="1">
       <x:c r="A442" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E442" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5" ht="15" customHeight="1">
       <x:c r="A443" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="D443" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E443" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5" ht="15" customHeight="1">
       <x:c r="A444" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C444" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="D444" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E444" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1388</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5" ht="15" customHeight="1">
       <x:c r="A445" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="D445" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E445" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5" ht="15" customHeight="1">
       <x:c r="A446" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E446" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5" ht="15" customHeight="1">
       <x:c r="A447" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1397</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5" ht="15" customHeight="1">
       <x:c r="A448" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E448" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1400</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5" ht="15" customHeight="1">
       <x:c r="A449" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C449" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="D449" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E449" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5" ht="15" customHeight="1">
       <x:c r="A450" s="1" t="s">
+        <x:v>1405</x:v>
+      </x:c>
+      <x:c r="B450" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C450" s="1" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="D450" s="1" t="s">
         <x:v>1403</x:v>
       </x:c>
-      <x:c r="B450" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E450" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1407</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5" ht="15" customHeight="1">
       <x:c r="A451" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C451" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="D451" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E451" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1410</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5" ht="15" customHeight="1">
       <x:c r="A452" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1413</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5" ht="15" customHeight="1">
       <x:c r="A453" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E453" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1416</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5" ht="15" customHeight="1">
       <x:c r="A454" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1419</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5" ht="15" customHeight="1">
       <x:c r="A455" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1422</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5" ht="15" customHeight="1">
       <x:c r="A456" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="D456" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E456" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>1425</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5" ht="15" customHeight="1">
       <x:c r="A457" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1428</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5" ht="15" customHeight="1">
       <x:c r="A458" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E458" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>1431</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5" ht="15" customHeight="1">
       <x:c r="A459" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="D459" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E459" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1434</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5" ht="15" customHeight="1">
       <x:c r="A460" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="D460" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E460" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1437</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5" ht="15" customHeight="1">
       <x:c r="A461" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E461" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1440</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5" ht="15" customHeight="1">
       <x:c r="A462" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
-        <x:v>1440</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="D462" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E462" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1443</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5" ht="15" customHeight="1">
       <x:c r="A463" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
-        <x:v>1443</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="D463" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E463" s="1" t="s">
-        <x:v>1444</x:v>
+        <x:v>1446</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5" ht="15" customHeight="1">
       <x:c r="A464" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="D464" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E464" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1449</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5" ht="15" customHeight="1">
       <x:c r="A465" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C465" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="D465" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E465" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1452</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5" ht="15" customHeight="1">
       <x:c r="A466" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C466" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="D466" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E466" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1455</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5" ht="15" customHeight="1">
       <x:c r="A467" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="D467" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E467" s="1" t="s">
-        <x:v>1456</x:v>
+        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5" ht="15" customHeight="1">
       <x:c r="A468" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="D468" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E468" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1461</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5" ht="15" customHeight="1">
       <x:c r="A469" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="D469" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E469" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5" ht="15" customHeight="1">
       <x:c r="A470" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C470" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="D470" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E470" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1467</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5" ht="15" customHeight="1">
       <x:c r="A471" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="D471" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E471" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1470</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5" ht="15" customHeight="1">
       <x:c r="A472" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="D472" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E472" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1473</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5" ht="15" customHeight="1">
       <x:c r="A473" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E473" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1476</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5" ht="15" customHeight="1">
       <x:c r="A474" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="D474" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E474" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1479</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5" ht="15" customHeight="1">
       <x:c r="A475" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="D475" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E475" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1482</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5" ht="15" customHeight="1">
       <x:c r="A476" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
         <x:v>1485</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5" ht="15" customHeight="1">
       <x:c r="A477" s="1" t="s">
         <x:v>1486</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
         <x:v>1487</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
         <x:v>1488</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5" ht="15" customHeight="1">
       <x:c r="A478" s="1" t="s">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
         <x:v>1490</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
         <x:v>1491</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5" ht="15" customHeight="1">
       <x:c r="A479" s="1" t="s">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
         <x:v>1493</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
         <x:v>1494</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5" ht="15" customHeight="1">
       <x:c r="A480" s="1" t="s">
         <x:v>1495</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
         <x:v>1496</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
         <x:v>1497</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5" ht="15" customHeight="1">
       <x:c r="A481" s="1" t="s">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
         <x:v>1499</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="E481" s="1" t="s">
         <x:v>1500</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1501</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5" ht="15" customHeight="1">
       <x:c r="A482" s="1" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="B482" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C482" s="1" t="s">
         <x:v>1502</x:v>
       </x:c>
-      <x:c r="B482" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C482" s="1" t="s">
+      <x:c r="D482" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="E482" s="1" t="s">
         <x:v>1503</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1504</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5" ht="15" customHeight="1">
       <x:c r="A483" s="1" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="B483" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C483" s="1" t="s">
         <x:v>1505</x:v>
       </x:c>
-      <x:c r="B483" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C483" s="1" t="s">
+      <x:c r="D483" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="E483" s="1" t="s">
         <x:v>1506</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1508</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5" ht="15" customHeight="1">
       <x:c r="A484" s="1" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="B484" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C484" s="1" t="s">
+        <x:v>1508</x:v>
+      </x:c>
+      <x:c r="D484" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="E484" s="1" t="s">
         <x:v>1509</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1511</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5" ht="15" customHeight="1">
       <x:c r="A485" s="1" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="B485" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C485" s="1" t="s">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="D485" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="E485" s="1" t="s">
         <x:v>1512</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1514</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5" ht="15" customHeight="1">
       <x:c r="A486" s="1" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="B486" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C486" s="1" t="s">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="D486" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="E486" s="1" t="s">
         <x:v>1515</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1518</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5" ht="15" customHeight="1">
       <x:c r="A487" s="1" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="B487" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C487" s="1" t="s">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="D487" s="1" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="E487" s="1" t="s">
         <x:v>1519</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1521</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5" ht="15" customHeight="1">
       <x:c r="A488" s="1" t="s">
+        <x:v>1520</x:v>
+      </x:c>
+      <x:c r="B488" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C488" s="1" t="s">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="D488" s="1" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="E488" s="1" t="s">
         <x:v>1522</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1524</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5" ht="15" customHeight="1">
       <x:c r="A489" s="1" t="s">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="B489" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C489" s="1" t="s">
+        <x:v>1524</x:v>
+      </x:c>
+      <x:c r="D489" s="1" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="E489" s="1" t="s">
         <x:v>1525</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1527</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5" ht="15" customHeight="1">
       <x:c r="A490" s="1" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="B490" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C490" s="1" t="s">
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="D490" s="1" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="E490" s="1" t="s">
         <x:v>1528</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1530</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5" ht="15" customHeight="1">
       <x:c r="A491" s="1" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="B491" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C491" s="1" t="s">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="D491" s="1" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="E491" s="1" t="s">
         <x:v>1531</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1533</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5" ht="15" customHeight="1">
       <x:c r="A492" s="1" t="s">
+        <x:v>1532</x:v>
+      </x:c>
+      <x:c r="B492" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C492" s="1" t="s">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="D492" s="1" t="s">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="E492" s="1" t="s">
         <x:v>1534</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1536</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5" ht="15" customHeight="1">
       <x:c r="A493" s="1" t="s">
+        <x:v>1535</x:v>
+      </x:c>
+      <x:c r="B493" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C493" s="1" t="s">
+        <x:v>1536</x:v>
+      </x:c>
+      <x:c r="D493" s="1" t="s">
         <x:v>1537</x:v>
       </x:c>
-      <x:c r="B493" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C493" s="1" t="s">
+      <x:c r="E493" s="1" t="s">
         <x:v>1538</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5" ht="15" customHeight="1">
       <x:c r="A494" s="1" t="s">
+        <x:v>1539</x:v>
+      </x:c>
+      <x:c r="B494" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C494" s="1" t="s">
         <x:v>1540</x:v>
       </x:c>
-      <x:c r="B494" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C494" s="1" t="s">
+      <x:c r="D494" s="1" t="s">
+        <x:v>1537</x:v>
+      </x:c>
+      <x:c r="E494" s="1" t="s">
         <x:v>1541</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1542</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5" ht="15" customHeight="1">
       <x:c r="A495" s="1" t="s">
+        <x:v>1542</x:v>
+      </x:c>
+      <x:c r="B495" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C495" s="1" t="s">
         <x:v>1543</x:v>
       </x:c>
-      <x:c r="B495" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C495" s="1" t="s">
+      <x:c r="D495" s="1" t="s">
+        <x:v>1537</x:v>
+      </x:c>
+      <x:c r="E495" s="1" t="s">
         <x:v>1544</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1545</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5" ht="15" customHeight="1">
       <x:c r="A496" s="1" t="s">
+        <x:v>1545</x:v>
+      </x:c>
+      <x:c r="B496" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C496" s="1" t="s">
         <x:v>1546</x:v>
       </x:c>
-      <x:c r="B496" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C496" s="1" t="s">
+      <x:c r="D496" s="1" t="s">
+        <x:v>1537</x:v>
+      </x:c>
+      <x:c r="E496" s="1" t="s">
         <x:v>1547</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1549</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5" ht="15" customHeight="1">
       <x:c r="A497" s="1" t="s">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="B497" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C497" s="1" t="s">
+        <x:v>1549</x:v>
+      </x:c>
+      <x:c r="D497" s="1" t="s">
+        <x:v>1537</x:v>
+      </x:c>
+      <x:c r="E497" s="1" t="s">
         <x:v>1550</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1553</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5" ht="15" customHeight="1">
       <x:c r="A498" s="1" t="s">
+        <x:v>1551</x:v>
+      </x:c>
+      <x:c r="B498" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C498" s="1" t="s">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="D498" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E498" s="1" t="s">
         <x:v>1554</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1556</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5" ht="15" customHeight="1">
       <x:c r="A499" s="1" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="B499" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C499" s="1" t="s">
+        <x:v>1556</x:v>
+      </x:c>
+      <x:c r="D499" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E499" s="1" t="s">
         <x:v>1557</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1559</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5" ht="15" customHeight="1">
       <x:c r="A500" s="1" t="s">
+        <x:v>1558</x:v>
+      </x:c>
+      <x:c r="B500" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C500" s="1" t="s">
+        <x:v>1559</x:v>
+      </x:c>
+      <x:c r="D500" s="1" t="s">
         <x:v>1560</x:v>
       </x:c>
-      <x:c r="B500" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C500" s="1" t="s">
+      <x:c r="E500" s="1" t="s">
         <x:v>1561</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1562</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5" ht="15" customHeight="1">
       <x:c r="A501" s="1" t="s">
+        <x:v>1562</x:v>
+      </x:c>
+      <x:c r="B501" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C501" s="1" t="s">
         <x:v>1563</x:v>
       </x:c>
-      <x:c r="B501" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C501" s="1" t="s">
+      <x:c r="D501" s="1" t="s">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="E501" s="1" t="s">
         <x:v>1564</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1565</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5" ht="15" customHeight="1">
       <x:c r="A502" s="1" t="s">
+        <x:v>1565</x:v>
+      </x:c>
+      <x:c r="B502" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C502" s="1" t="s">
         <x:v>1566</x:v>
       </x:c>
-      <x:c r="B502" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C502" s="1" t="s">
+      <x:c r="D502" s="1" t="s">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="E502" s="1" t="s">
         <x:v>1567</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1568</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5" ht="15" customHeight="1">
       <x:c r="A503" s="1" t="s">
+        <x:v>1568</x:v>
+      </x:c>
+      <x:c r="B503" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C503" s="1" t="s">
         <x:v>1569</x:v>
       </x:c>
-      <x:c r="B503" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C503" s="1" t="s">
+      <x:c r="D503" s="1" t="s">
         <x:v>1570</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1552</x:v>
       </x:c>
       <x:c r="E503" s="1" t="s">
         <x:v>1571</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5" ht="15" customHeight="1">
       <x:c r="A504" s="1" t="s">
         <x:v>1572</x:v>
       </x:c>
       <x:c r="B504" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C504" s="1" t="s">
         <x:v>1573</x:v>
       </x:c>
       <x:c r="D504" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="E504" s="1" t="s">
         <x:v>1574</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5" ht="15" customHeight="1">
       <x:c r="A505" s="1" t="s">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="B505" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C505" s="1" t="s">
         <x:v>1576</x:v>
       </x:c>
       <x:c r="D505" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="E505" s="1" t="s">
         <x:v>1577</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5" ht="15" customHeight="1">
       <x:c r="A506" s="1" t="s">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="B506" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C506" s="1" t="s">
         <x:v>1579</x:v>
       </x:c>
       <x:c r="D506" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E506" s="1" t="s">
         <x:v>1580</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1581</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5" ht="15" customHeight="1">
       <x:c r="A507" s="1" t="s">
+        <x:v>1581</x:v>
+      </x:c>
+      <x:c r="B507" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C507" s="1" t="s">
         <x:v>1582</x:v>
       </x:c>
-      <x:c r="B507" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C507" s="1" t="s">
+      <x:c r="D507" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E507" s="1" t="s">
         <x:v>1583</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1584</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5" ht="15" customHeight="1">
       <x:c r="A508" s="1" t="s">
+        <x:v>1584</x:v>
+      </x:c>
+      <x:c r="B508" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C508" s="1" t="s">
         <x:v>1585</x:v>
       </x:c>
-      <x:c r="B508" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C508" s="1" t="s">
+      <x:c r="D508" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E508" s="1" t="s">
         <x:v>1586</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1587</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5" ht="15" customHeight="1">
       <x:c r="A509" s="1" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="B509" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C509" s="1" t="s">
         <x:v>1588</x:v>
       </x:c>
-      <x:c r="B509" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C509" s="1" t="s">
+      <x:c r="D509" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E509" s="1" t="s">
         <x:v>1589</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1590</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5" ht="15" customHeight="1">
       <x:c r="A510" s="1" t="s">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="B510" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C510" s="1" t="s">
         <x:v>1591</x:v>
       </x:c>
-      <x:c r="B510" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C510" s="1" t="s">
+      <x:c r="D510" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E510" s="1" t="s">
         <x:v>1592</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1593</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5" ht="15" customHeight="1">
       <x:c r="A511" s="1" t="s">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="B511" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C511" s="1" t="s">
         <x:v>1594</x:v>
       </x:c>
-      <x:c r="B511" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C511" s="1" t="s">
+      <x:c r="D511" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E511" s="1" t="s">
         <x:v>1595</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1596</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5" ht="15" customHeight="1">
       <x:c r="A512" s="1" t="s">
+        <x:v>1596</x:v>
+      </x:c>
+      <x:c r="B512" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C512" s="1" t="s">
         <x:v>1597</x:v>
       </x:c>
-      <x:c r="B512" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C512" s="1" t="s">
+      <x:c r="D512" s="1" t="s">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="E512" s="1" t="s">
         <x:v>1598</x:v>
       </x:c>
-      <x:c r="D512" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E512" s="1" t="s">
+    </x:row>
+    <x:row r="513" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A513" s="1" t="s">
         <x:v>1599</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A513" s="2" t="s">
+      <x:c r="B513" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C513" s="1" t="s">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="D513" s="1" t="s">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="E513" s="1" t="s">
+        <x:v>1602</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="514" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A514" s="1" t="s">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="B514" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C514" s="1" t="s">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="D514" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E514" s="1" t="s">
+        <x:v>1606</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="515" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A515" s="1" t="s">
+        <x:v>1607</x:v>
+      </x:c>
+      <x:c r="B515" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C515" s="1" t="s">
+        <x:v>1608</x:v>
+      </x:c>
+      <x:c r="D515" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E515" s="1" t="s">
+        <x:v>1609</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="516" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A516" s="1" t="s">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="B516" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C516" s="1" t="s">
+        <x:v>1611</x:v>
+      </x:c>
+      <x:c r="D516" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E516" s="1" t="s">
+        <x:v>1612</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="517" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A517" s="1" t="s">
+        <x:v>1613</x:v>
+      </x:c>
+      <x:c r="B517" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C517" s="1" t="s">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="D517" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E517" s="1" t="s">
+        <x:v>1615</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="518" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A518" s="1" t="s">
+        <x:v>1616</x:v>
+      </x:c>
+      <x:c r="B518" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C518" s="1" t="s">
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="D518" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E518" s="1" t="s">
+        <x:v>1618</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="519" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A519" s="1" t="s">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="B519" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C519" s="1" t="s">
+        <x:v>1620</x:v>
+      </x:c>
+      <x:c r="D519" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E519" s="1" t="s">
+        <x:v>1621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="520" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A520" s="1" t="s">
+        <x:v>1622</x:v>
+      </x:c>
+      <x:c r="B520" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C520" s="1" t="s">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="D520" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E520" s="1" t="s">
+        <x:v>1624</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="521" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A521" s="1" t="s">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="B521" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C521" s="1" t="s">
+        <x:v>1626</x:v>
+      </x:c>
+      <x:c r="D521" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E521" s="1" t="s">
+        <x:v>1627</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="522" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A522" s="1" t="s">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="B522" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C522" s="1" t="s">
+        <x:v>1629</x:v>
+      </x:c>
+      <x:c r="D522" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="E522" s="1" t="s">
+        <x:v>1630</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="523" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A523" s="1" t="s">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="B523" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C523" s="1" t="s">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="D523" s="1" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="E523" s="1" t="s">
+        <x:v>1634</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="524" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A524" s="1" t="s">
+        <x:v>1635</x:v>
+      </x:c>
+      <x:c r="B524" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C524" s="1" t="s">
+        <x:v>1636</x:v>
+      </x:c>
+      <x:c r="D524" s="1" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="E524" s="1" t="s">
+        <x:v>1637</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="525" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A525" s="1" t="s">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="B525" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C525" s="1" t="s">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="D525" s="1" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="E525" s="1" t="s">
+        <x:v>1640</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="526" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A526" s="1" t="s">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="B526" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C526" s="1" t="s">
+        <x:v>1642</x:v>
+      </x:c>
+      <x:c r="D526" s="1" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="E526" s="1" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="527" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A527" s="1" t="s">
+        <x:v>1644</x:v>
+      </x:c>
+      <x:c r="B527" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C527" s="1" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="D527" s="1" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="E527" s="1" t="s">
+        <x:v>1646</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="528" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A528" s="1" t="s">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="B528" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C528" s="1" t="s">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="D528" s="1" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="E528" s="1" t="s">
+        <x:v>1649</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="529" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A529" s="1" t="s">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="B529" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C529" s="1" t="s">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="D529" s="1" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="E529" s="1" t="s">
+        <x:v>1652</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="530" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A530" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B513" s="2" t="s">
+      <x:c r="B530" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C513" s="2" t="s">
+      <x:c r="C530" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D513" s="2" t="s">
+      <x:c r="D530" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E513" s="2" t="s">
+      <x:c r="E530" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A513:E513"/>
+    <x:mergeCell ref="A530:E530"/>
   </x:mergeCells>
 </x:worksheet>
 </file>