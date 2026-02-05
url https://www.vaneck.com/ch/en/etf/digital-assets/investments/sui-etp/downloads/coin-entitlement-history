--- v0 (2026-01-15)
+++ v1 (2026-02-05)
@@ -1,77 +1,233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05d0f451f6d6451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb36055ed2149ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="Rd419ebe156354b55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="R24048892225548c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1520" uniqueCount="1063">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1595" uniqueCount="1114">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39352500.6956438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,178,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.287698920858989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39547072.3691638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,223,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28787513489795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39548697.6581087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.288051356186566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39551948.4363874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.288403820490881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39626479.7867269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.288580063498582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39628108.3391244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.288756313758052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39629736.9584514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.288932571260974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40832316.1187108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,520,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.289108835999034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40833994.2280626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.289285107989769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40839028.9699269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.289813967429296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41784505.2141607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.289990268394322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43467967.7541794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,132,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.290166576606731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44284919.3314335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,322,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.290342892020297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44286739.3344198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.2905192147277464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44292199.7921775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.291048226329926</x:t>
+  </x:si>
+  <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>SUI</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>43736160.8993732</x:t>
   </x:si>
   <x:si>
     <x:t>10,192,000</x:t>
   </x:si>
   <x:si>
     <x:t>4.291224578038972</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>42978380.3837162</x:t>
   </x:si>
   <x:si>
     <x:t>10,015,000</x:t>
   </x:si>
   <x:si>
     <x:t>4.291400936966171</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>42679736.2801146</x:t>
@@ -1553,53 +1709,50 @@
     <x:t>4.326997604309475</x:t>
   </x:si>
   <x:si>
     <x:t>26/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>42518825.8089508</x:t>
   </x:si>
   <x:si>
     <x:t>4.3271754334368815</x:t>
   </x:si>
   <x:si>
     <x:t>25/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>42217658.5007685</x:t>
   </x:si>
   <x:si>
     <x:t>4.32735326986147</x:t>
   </x:si>
   <x:si>
     <x:t>24/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>42150153.0463388</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>9,740,000</x:t>
   </x:si>
   <x:si>
     <x:t>4.3275311135871455</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>42151885.3155983</x:t>
   </x:si>
   <x:si>
     <x:t>4.3277089646404825</x:t>
   </x:si>
   <x:si>
     <x:t>20/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>42157082.5505411</x:t>
   </x:si>
   <x:si>
     <x:t>4.328242561657198</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2025</x:t>
   </x:si>
@@ -3256,56 +3409,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99883ad9dc094dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9e6426d51cc84976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd419ebe156354b55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd142749e3e84334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1aea89d4cb75469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R24048892225548c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E304"/>
+  <x:dimension ref="A1:E319"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -3349,5121 +3502,5376 @@
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="E5" s="1" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C6" s="1" t="s">
+      <x:c r="D6" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="E9" s="1" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="B14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="B53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="B54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="B55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="B56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="B59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="B61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="B62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="B63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="B64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="B65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="B67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="B68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="B69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C90" s="1" t="s">
+      <x:c r="D90" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="B91" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C91" s="1" t="s">
+      <x:c r="D91" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="B92" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C92" s="1" t="s">
+      <x:c r="D92" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="B96" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C96" s="1" t="s">
+      <x:c r="D96" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="B99" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C99" s="1" t="s">
+      <x:c r="D99" s="1" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="B101" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C101" s="1" t="s">
+      <x:c r="D101" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="B104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C104" s="1" t="s">
+      <x:c r="D104" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="B109" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>412</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="B121" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="B122" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C122" s="1" t="s">
+      <x:c r="D122" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="B124" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C124" s="1" t="s">
+      <x:c r="D124" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="B126" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C126" s="1" t="s">
+      <x:c r="D126" s="1" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C132" s="1" t="s">
+      <x:c r="D132" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="B135" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C135" s="1" t="s">
+      <x:c r="D135" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>504</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="B145" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C145" s="1" t="s">
+      <x:c r="E145" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="B146" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="B146" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C146" s="1" t="s">
+      <x:c r="D146" s="1" t="s">
         <x:v>511</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>499</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="B151" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C151" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="B151" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="D153" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C166" s="1" t="s">
+      <x:c r="D166" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="B168" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C168" s="1" t="s">
+      <x:c r="E168" s="1" t="s">
         <x:v>586</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="B169" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C169" s="1" t="s">
+      <x:c r="D169" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
         <x:v>589</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="B170" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C170" s="1" t="s">
+      <x:c r="D170" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
         <x:v>595</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
         <x:v>599</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="E173" s="1" t="s">
         <x:v>603</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="B174" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C174" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="D174" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="B174" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C174" s="1" t="s">
+      <x:c r="E174" s="1" t="s">
         <x:v>607</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="B175" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C175" s="1" t="s">
+      <x:c r="E175" s="1" t="s">
         <x:v>611</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C176" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="D176" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
         <x:v>614</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
         <x:v>624</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C193" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="D193" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="E193" s="1" t="s">
         <x:v>676</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="B195" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C195" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="D195" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="E195" s="1" t="s">
         <x:v>683</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="B196" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C196" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D196" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="E196" s="1" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C197" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="D197" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="B197" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C197" s="1" t="s">
+      <x:c r="E197" s="1" t="s">
         <x:v>691</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="B198" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C198" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
-      <x:c r="B198" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C198" s="1" t="s">
+      <x:c r="D198" s="1" t="s">
         <x:v>694</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>685</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="B207" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C209" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="D209" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="B209" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C211" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="D211" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
-      <x:c r="B211" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
-      <x:c r="B220" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="D225" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="D225" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>792</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="E238" s="1" t="s">
         <x:v>828</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
         <x:v>830</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C239" s="1" t="s">
+      <x:c r="D239" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="E239" s="1" t="s">
         <x:v>831</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="B240" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C240" s="1" t="s">
+      <x:c r="D240" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="D240" s="1" t="s">
+      <x:c r="E240" s="1" t="s">
         <x:v>835</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>836</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C241" s="1" t="s">
+      <x:c r="D241" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
         <x:v>838</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C242" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
         <x:v>841</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C243" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="D243" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="E243" s="1" t="s">
         <x:v>844</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C244" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="D244" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
-      <x:c r="B244" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C244" s="1" t="s">
+      <x:c r="E244" s="1" t="s">
         <x:v>848</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="B245" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C245" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="E245" s="1" t="s">
         <x:v>851</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C248" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E248" s="1" t="s">
         <x:v>861</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C249" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="D249" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="E249" s="1" t="s">
         <x:v>865</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C250" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="D250" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="B250" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C250" s="1" t="s">
+      <x:c r="E250" s="1" t="s">
         <x:v>869</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C251" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="B251" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C251" s="1" t="s">
+      <x:c r="D251" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="E251" s="1" t="s">
         <x:v>872</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C252" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="B252" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C252" s="1" t="s">
+      <x:c r="D252" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="D252" s="1" t="s">
+      <x:c r="E252" s="1" t="s">
         <x:v>876</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>877</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C253" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="B253" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C253" s="1" t="s">
+      <x:c r="D253" s="1" t="s">
         <x:v>879</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>876</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
         <x:v>883</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C255" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="B255" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C255" s="1" t="s">
+      <x:c r="D255" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="D255" s="1" t="s">
+      <x:c r="E255" s="1" t="s">
         <x:v>887</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>888</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C256" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C256" s="1" t="s">
+      <x:c r="D256" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="D256" s="1" t="s">
+      <x:c r="E256" s="1" t="s">
         <x:v>891</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="B257" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C257" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="B257" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C257" s="1" t="s">
+      <x:c r="D257" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="E257" s="1" t="s">
         <x:v>894</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>896</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="B258" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C258" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="D258" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="E258" s="1" t="s">
         <x:v>897</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>900</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="B259" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C259" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="D259" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="E259" s="1" t="s">
         <x:v>901</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="B260" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C260" s="1" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="D260" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="E260" s="1" t="s">
         <x:v>905</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>918</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>939</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>943</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="E275" s="1" t="s">
         <x:v>959</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>963</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>962</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>966</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="E278" s="1" t="s">
         <x:v>970</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>974</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>974</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>981</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="B286" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C286" s="1" t="s">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c r="D286" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="E286" s="1" t="s">
         <x:v>1000</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="B287" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C287" s="1" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="D287" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="B287" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C287" s="1" t="s">
+      <x:c r="E287" s="1" t="s">
         <x:v>1004</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1006</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="B288" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C288" s="1" t="s">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="D288" s="1" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="E288" s="1" t="s">
         <x:v>1007</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="B289" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C289" s="1" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="D289" s="1" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="E289" s="1" t="s">
         <x:v>1011</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1013</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="B290" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C290" s="1" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="D290" s="1" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="E290" s="1" t="s">
         <x:v>1014</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1017</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="B291" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C291" s="1" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="D291" s="1" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="E291" s="1" t="s">
         <x:v>1018</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1021</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="B292" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C292" s="1" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="D292" s="1" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
         <x:v>1022</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1025</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1025</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="B294" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C294" s="1" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="D294" s="1" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
         <x:v>1029</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="D295" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
-      <x:c r="B295" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C295" s="1" t="s">
+      <x:c r="E295" s="1" t="s">
         <x:v>1033</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="B296" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="D296" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="E296" s="1" t="s">
         <x:v>1036</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1039</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1039</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1043</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="B299" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C299" s="1" t="s">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="D299" s="1" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="E299" s="1" t="s">
         <x:v>1047</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="B300" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C300" s="1" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="D300" s="1" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="E300" s="1" t="s">
         <x:v>1050</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="B301" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C301" s="1" t="s">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="D301" s="1" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="E301" s="1" t="s">
         <x:v>1053</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="B302" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C302" s="1" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="D302" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
-      <x:c r="B302" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C302" s="1" t="s">
+      <x:c r="E302" s="1" t="s">
         <x:v>1057</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="B303" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C303" s="1" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="D303" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="B303" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C303" s="1" t="s">
+      <x:c r="E303" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="D303" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E303" s="1" t="s">
+    </x:row>
+    <x:row r="304" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A304" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A304" s="2" t="s">
+      <x:c r="B304" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C304" s="1" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="D304" s="1" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="E304" s="1" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="305" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A305" s="1" t="s">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="B305" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C305" s="1" t="s">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="D305" s="1" t="s">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="E305" s="1" t="s">
+        <x:v>1068</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="306" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A306" s="1" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="B306" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C306" s="1" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="D306" s="1" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="E306" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="307" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A307" s="1" t="s">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="B307" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C307" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="D307" s="1" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="308" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A308" s="1" t="s">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="B308" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C308" s="1" t="s">
+        <x:v>1078</x:v>
+      </x:c>
+      <x:c r="D308" s="1" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="E308" s="1" t="s">
+        <x:v>1079</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="309" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A309" s="1" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="B309" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C309" s="1" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="D309" s="1" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="E309" s="1" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="310" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A310" s="1" t="s">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="B310" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C310" s="1" t="s">
+        <x:v>1084</x:v>
+      </x:c>
+      <x:c r="D310" s="1" t="s">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="E310" s="1" t="s">
+        <x:v>1086</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="311" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A311" s="1" t="s">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="B311" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C311" s="1" t="s">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="D311" s="1" t="s">
+        <x:v>1089</x:v>
+      </x:c>
+      <x:c r="E311" s="1" t="s">
+        <x:v>1090</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="312" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A312" s="1" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="B312" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C312" s="1" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="D312" s="1" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="E312" s="1" t="s">
+        <x:v>1094</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="313" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A313" s="1" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="B313" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C313" s="1" t="s">
+        <x:v>1096</x:v>
+      </x:c>
+      <x:c r="D313" s="1" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="E313" s="1" t="s">
+        <x:v>1097</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="314" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A314" s="1" t="s">
+        <x:v>1098</x:v>
+      </x:c>
+      <x:c r="B314" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C314" s="1" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="D314" s="1" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="E314" s="1" t="s">
+        <x:v>1100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="315" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A315" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="B315" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C315" s="1" t="s">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="D315" s="1" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="E315" s="1" t="s">
+        <x:v>1103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="316" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A316" s="1" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="B316" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C316" s="1" t="s">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="D316" s="1" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="E316" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="317" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A317" s="1" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="B317" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C317" s="1" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="D317" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="E317" s="1" t="s">
+        <x:v>1110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="318" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A318" s="1" t="s">
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c r="B318" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C318" s="1" t="s">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="D318" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="E318" s="1" t="s">
+        <x:v>1113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="319" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A319" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B304" s="2" t="s">
+      <x:c r="B319" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C304" s="2" t="s">
+      <x:c r="C319" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D304" s="2" t="s">
+      <x:c r="D319" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E304" s="2" t="s">
+      <x:c r="E319" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A304:E304"/>
+    <x:mergeCell ref="A319:E319"/>
   </x:mergeCells>
 </x:worksheet>
 </file>