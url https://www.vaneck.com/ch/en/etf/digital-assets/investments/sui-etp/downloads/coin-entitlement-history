--- v1 (2026-02-05)
+++ v2 (2026-02-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb36055ed2149ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a607349a284719" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="R24048892225548c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="Rb8eae637922e4f71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1595" uniqueCount="1114">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
@@ -3409,51 +3409,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd142749e3e84334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1aea89d4cb75469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R24048892225548c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e7c662bc8743d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0d50d55eaa6d44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8eae637922e4f71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E319"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>