--- v2 (2026-02-05)
+++ v3 (2026-02-26)
@@ -1,81 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a607349a284719" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34035b8eb97d4cc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="Rb8eae637922e4f71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="Rf0192846d4c24286"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1595" uniqueCount="1114">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1670" uniqueCount="1162">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39455633.2249315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.283999264379099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39457254.7559489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.284175326378817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39458876.3536072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.284351395614245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39558016.6659365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,232,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.284880488078044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39559642.4046654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.285056586293913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39561268.2102083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.285232691746999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39562894.0157485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.2854087971997945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39564519.9549247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.285584917127893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39569398.1733974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.286113320342006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39270984.1168787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,162,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.286289469207455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39272598.0592647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.286465625329043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39274212.0679799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.286641788690232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39275826.1430268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28681795929129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39280668.7661861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.287346514536794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39350883.4695878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,178,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28752271405402</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>SUI</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>39352500.6956438</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>9,178,000</x:t>
   </x:si>
   <x:si>
     <x:t>4.287698920858989</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>39547072.3691638</x:t>
   </x:si>
   <x:si>
     <x:t>9,223,000</x:t>
   </x:si>
   <x:si>
     <x:t>4.28787513489795</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>39548697.6581087</x:t>
   </x:si>
   <x:si>
     <x:t>4.288051356186566</x:t>
   </x:si>
@@ -3409,56 +3553,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e7c662bc8743d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0d50d55eaa6d44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8eae637922e4f71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763c0935d98e4727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4ec23893a54647bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0192846d4c24286" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E319"/>
+  <x:dimension ref="A1:E334"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -3485,5393 +3629,5648 @@
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C3" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D3" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5" ht="15" customHeight="1">
       <x:c r="A4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E4" s="1" t="s">
         <x:v>14</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C5" s="1" t="s">
+      <x:c r="D5" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E5" s="1" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B6" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="B6" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C6" s="1" t="s">
+      <x:c r="D6" s="1" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E7" s="1" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B8" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E9" s="1" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="B10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="B12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="B35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="B36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="B37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="B38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="B46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="B47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="B48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="B49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="B51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="B54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="B55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="B56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="B60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="B61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
         <x:v>511</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
         <x:v>571</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
         <x:v>575</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C166" s="1" t="s">
+      <x:c r="D166" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
         <x:v>578</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="B167" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C167" s="1" t="s">
+      <x:c r="D167" s="1" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
         <x:v>585</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="B169" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C169" s="1" t="s">
+      <x:c r="D169" s="1" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>585</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="E174" s="1" t="s">
         <x:v>606</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="B175" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C175" s="1" t="s">
+      <x:c r="D175" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
         <x:v>609</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C176" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="D176" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C177" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D177" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C178" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
         <x:v>618</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="E202" s="1" t="s">
         <x:v>701</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>704</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C215" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
         <x:v>750</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C216" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
         <x:v>753</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
         <x:v>756</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="E218" s="1" t="s">
         <x:v>759</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C219" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="E219" s="1" t="s">
         <x:v>763</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="E220" s="1" t="s">
         <x:v>767</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="B221" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C221" s="1" t="s">
+      <x:c r="E221" s="1" t="s">
         <x:v>771</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C222" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="B222" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C222" s="1" t="s">
+      <x:c r="D222" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="E222" s="1" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C223" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="B223" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C223" s="1" t="s">
+      <x:c r="D223" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="D223" s="1" t="s">
+      <x:c r="E223" s="1" t="s">
         <x:v>778</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="B224" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C224" s="1" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="B224" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C224" s="1" t="s">
+      <x:c r="D224" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="E224" s="1" t="s">
         <x:v>781</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C225" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="D225" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
-      <x:c r="B225" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C225" s="1" t="s">
+      <x:c r="E225" s="1" t="s">
         <x:v>785</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C226" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="B226" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C226" s="1" t="s">
+      <x:c r="D226" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E226" s="1" t="s">
         <x:v>788</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C227" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="B227" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C227" s="1" t="s">
+      <x:c r="D227" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
         <x:v>791</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>792</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="B228" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C228" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
-      <x:c r="B228" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C228" s="1" t="s">
+      <x:c r="D228" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E228" s="1" t="s">
         <x:v>794</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="B229" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C229" s="1" t="s">
         <x:v>796</x:v>
       </x:c>
-      <x:c r="B229" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C229" s="1" t="s">
+      <x:c r="D229" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E229" s="1" t="s">
         <x:v>797</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C230" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="B230" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C230" s="1" t="s">
+      <x:c r="D230" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
         <x:v>800</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C231" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="B231" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C231" s="1" t="s">
+      <x:c r="D231" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
         <x:v>803</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C232" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="B232" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C232" s="1" t="s">
+      <x:c r="D232" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
         <x:v>806</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C233" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="B233" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C233" s="1" t="s">
+      <x:c r="D233" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="D233" s="1" t="s">
+      <x:c r="E233" s="1" t="s">
         <x:v>810</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C234" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C234" s="1" t="s">
+      <x:c r="D234" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="D234" s="1" t="s">
+      <x:c r="E234" s="1" t="s">
         <x:v>814</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="B235" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C235" s="1" t="s">
+      <x:c r="D235" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="E235" s="1" t="s">
         <x:v>817</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C236" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="E236" s="1" t="s">
         <x:v>820</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C237" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
         <x:v>823</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="D238" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="B238" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C238" s="1" t="s">
+      <x:c r="E238" s="1" t="s">
         <x:v>827</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C239" s="1" t="s">
+      <x:c r="D239" s="1" t="s">
         <x:v>830</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
         <x:v>834</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C241" s="1" t="s">
+      <x:c r="D241" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
         <x:v>837</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C242" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="B242" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C242" s="1" t="s">
+      <x:c r="D242" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
         <x:v>840</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C243" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="B243" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C243" s="1" t="s">
+      <x:c r="D243" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="E243" s="1" t="s">
         <x:v>843</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C244" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="B244" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C244" s="1" t="s">
+      <x:c r="D244" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="E244" s="1" t="s">
         <x:v>846</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="B245" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C245" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="E245" s="1" t="s">
         <x:v>849</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="B246" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C246" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="E246" s="1" t="s">
         <x:v>852</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="B247" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C247" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="D247" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="E247" s="1" t="s">
         <x:v>855</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C248" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="B248" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C248" s="1" t="s">
+      <x:c r="E248" s="1" t="s">
         <x:v>859</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C249" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="D249" s="1" t="s">
         <x:v>862</x:v>
       </x:c>
-      <x:c r="B249" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C249" s="1" t="s">
+      <x:c r="E249" s="1" t="s">
         <x:v>863</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C250" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="D250" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
-      <x:c r="B250" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C250" s="1" t="s">
+      <x:c r="E250" s="1" t="s">
         <x:v>867</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C251" s="1" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="D251" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="E251" s="1" t="s">
         <x:v>870</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C252" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="D252" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="E252" s="1" t="s">
         <x:v>873</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
         <x:v>879</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>896</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>909</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>913</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>917</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>939</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>942</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>945</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>956</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>963</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>966</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>976</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>979</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>983</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>991</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>999</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1003</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1022</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1026</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1036</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1070</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1073</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1081</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1087</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1095</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c r="B318" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C318" s="1" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="D318" s="1" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="E318" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="319" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A319" s="1" t="s">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="B319" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C319" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
-      <x:c r="B318" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C318" s="1" t="s">
+      <x:c r="D319" s="1" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="E319" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
-      <x:c r="D318" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E318" s="1" t="s">
+    </x:row>
+    <x:row r="320" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A320" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A319" s="2" t="s">
+      <x:c r="B320" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C320" s="1" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="D320" s="1" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="E320" s="1" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="321" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A321" s="1" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="B321" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C321" s="1" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="D321" s="1" t="s">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="E321" s="1" t="s">
+        <x:v>1120</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="322" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A322" s="1" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="B322" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C322" s="1" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="D322" s="1" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="E322" s="1" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="323" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A323" s="1" t="s">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="B323" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C323" s="1" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="D323" s="1" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="E323" s="1" t="s">
+        <x:v>1127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="324" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A324" s="1" t="s">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="B324" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C324" s="1" t="s">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="D324" s="1" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="E324" s="1" t="s">
+        <x:v>1130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="325" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A325" s="1" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="B325" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C325" s="1" t="s">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c r="D325" s="1" t="s">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="E325" s="1" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="326" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A326" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="B326" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C326" s="1" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="D326" s="1" t="s">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="E326" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="327" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A327" s="1" t="s">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="B327" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C327" s="1" t="s">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="D327" s="1" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="E327" s="1" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="328" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A328" s="1" t="s">
+        <x:v>1143</x:v>
+      </x:c>
+      <x:c r="B328" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C328" s="1" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="D328" s="1" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="E328" s="1" t="s">
+        <x:v>1145</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="329" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A329" s="1" t="s">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="B329" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C329" s="1" t="s">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="D329" s="1" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="E329" s="1" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="330" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A330" s="1" t="s">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c r="B330" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C330" s="1" t="s">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="D330" s="1" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="E330" s="1" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="331" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A331" s="1" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="B331" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C331" s="1" t="s">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="D331" s="1" t="s">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="E331" s="1" t="s">
+        <x:v>1154</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="332" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A332" s="1" t="s">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="B332" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C332" s="1" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="D332" s="1" t="s">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="E332" s="1" t="s">
+        <x:v>1158</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="333" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A333" s="1" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="B333" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C333" s="1" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="D333" s="1" t="s">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="E333" s="1" t="s">
+        <x:v>1161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="334" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A334" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B319" s="2" t="s">
+      <x:c r="B334" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C319" s="2" t="s">
+      <x:c r="C334" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D319" s="2" t="s">
+      <x:c r="D334" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E319" s="2" t="s">
+      <x:c r="E334" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A319:E319"/>
+    <x:mergeCell ref="A334:E334"/>
   </x:mergeCells>
 </x:worksheet>
 </file>