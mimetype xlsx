--- v3 (2026-02-26)
+++ v4 (2026-02-26)
@@ -1,81 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34035b8eb97d4cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf547de2995f4446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="Rf0192846d4c24286"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="R302d43b0f0964201"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1670" uniqueCount="1162">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1675" uniqueCount="1165">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39454011.7605524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28382320961481</x:t>
+  </x:si>
+  <x:si>
     <x:t>25/02/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>SUI</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>39455633.2249315</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>9,210,000</x:t>
   </x:si>
   <x:si>
     <x:t>4.283999264379099</x:t>
   </x:si>
   <x:si>
     <x:t>24/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>39457254.7559489</x:t>
   </x:si>
   <x:si>
     <x:t>4.284175326378817</x:t>
   </x:si>
   <x:si>
     <x:t>23/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>39458876.3536072</x:t>
   </x:si>
   <x:si>
     <x:t>4.284351395614245</x:t>
   </x:si>
   <x:si>
     <x:t>20/02/2026</x:t>
   </x:si>
@@ -3553,56 +3562,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763c0935d98e4727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4ec23893a54647bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0192846d4c24286" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583426c22d414996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R33b43b98f42e49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R302d43b0f0964201" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E334"/>
+  <x:dimension ref="A1:E335"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -3663,5614 +3672,5631 @@
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E6" s="1" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="B13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="B23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B26" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="B26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="B31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="B34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="B35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="B36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B38" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="B38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="B39" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="B39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="B40" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="B40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="B50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="B53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="B56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="B61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="B66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="B69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="B70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="B72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="B79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="B83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="B84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C84" s="1" t="s">
+      <x:c r="D84" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C89" s="1" t="s">
+      <x:c r="D89" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C90" s="1" t="s">
+      <x:c r="D90" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="B93" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="B93" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C93" s="1" t="s">
+      <x:c r="D93" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="B94" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C94" s="1" t="s">
+      <x:c r="D94" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="B95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C95" s="1" t="s">
+      <x:c r="D95" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="B96" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C96" s="1" t="s">
+      <x:c r="D96" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="B98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C98" s="1" t="s">
+      <x:c r="D98" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="B99" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C99" s="1" t="s">
+      <x:c r="D99" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="B100" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C100" s="1" t="s">
+      <x:c r="D100" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="B102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="B103" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="B104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C104" s="1" t="s">
+      <x:c r="D104" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="B108" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="B108" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C108" s="1" t="s">
+      <x:c r="D108" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="B110" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C110" s="1" t="s">
+      <x:c r="D110" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C112" s="1" t="s">
+      <x:c r="D112" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="B113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C113" s="1" t="s">
+      <x:c r="D113" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="B115" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C115" s="1" t="s">
+      <x:c r="D115" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C117" s="1" t="s">
+      <x:c r="D117" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
+      <x:c r="E117" s="1" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="B118" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C118" s="1" t="s">
+      <x:c r="D118" s="1" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="B121" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C121" s="1" t="s">
+      <x:c r="D121" s="1" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>413</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="B126" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C126" s="1" t="s">
+      <x:c r="D126" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="B128" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C128" s="1" t="s">
+      <x:c r="D128" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="D128" s="1" t="s">
+      <x:c r="E128" s="1" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="B129" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="B129" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C129" s="1" t="s">
+      <x:c r="D129" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>441</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="B133" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C133" s="1" t="s">
+      <x:c r="D133" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="B134" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C134" s="1" t="s">
+      <x:c r="D134" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="B136" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C136" s="1" t="s">
+      <x:c r="D136" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="D136" s="1" t="s">
+      <x:c r="E136" s="1" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C137" s="1" t="s">
+      <x:c r="D137" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C138" s="1" t="s">
+      <x:c r="D138" s="1" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="B140" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C140" s="1" t="s">
+      <x:c r="D140" s="1" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
         <x:v>488</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="B142" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C142" s="1" t="s">
+      <x:c r="D142" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
+      <x:c r="E142" s="1" t="s">
         <x:v>492</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="B143" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B144" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="B144" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C144" s="1" t="s">
+      <x:c r="D144" s="1" t="s">
         <x:v>499</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>496</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="B147" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C147" s="1" t="s">
+      <x:c r="D147" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
+      <x:c r="E147" s="1" t="s">
         <x:v>510</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="B148" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="B148" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C148" s="1" t="s">
+      <x:c r="D148" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
+      <x:c r="E148" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="B149" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="B149" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C149" s="1" t="s">
+      <x:c r="D149" s="1" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>514</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="B154" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C154" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="B154" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C154" s="1" t="s">
+      <x:c r="D154" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
+      <x:c r="E154" s="1" t="s">
         <x:v>534</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="B155" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="B155" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C155" s="1" t="s">
+      <x:c r="D155" s="1" t="s">
         <x:v>537</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="B158" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C158" s="1" t="s">
+      <x:c r="D158" s="1" t="s">
         <x:v>547</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>544</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
         <x:v>551</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C160" s="1" t="s">
+      <x:c r="D160" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
+      <x:c r="E160" s="1" t="s">
         <x:v>555</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C161" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C161" s="1" t="s">
+      <x:c r="D161" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="E161" s="1" t="s">
         <x:v>559</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="B162" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C162" s="1" t="s">
+      <x:c r="D162" s="1" t="s">
         <x:v>562</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>559</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="B164" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C164" s="1" t="s">
+      <x:c r="D164" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="D164" s="1" t="s">
+      <x:c r="E164" s="1" t="s">
         <x:v>570</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C165" s="1" t="s">
+      <x:c r="D165" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
         <x:v>574</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C166" s="1" t="s">
+      <x:c r="D166" s="1" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>574</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="B168" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C168" s="1" t="s">
+      <x:c r="D168" s="1" t="s">
         <x:v>584</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>581</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="B170" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C170" s="1" t="s">
+      <x:c r="D170" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="D170" s="1" t="s">
+      <x:c r="E170" s="1" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="B171" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C171" s="1" t="s">
+      <x:c r="D171" s="1" t="s">
         <x:v>595</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>592</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
         <x:v>599</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="B173" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C173" s="1" t="s">
+      <x:c r="D173" s="1" t="s">
         <x:v>602</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>599</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
         <x:v>633</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="B184" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C184" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="B184" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C184" s="1" t="s">
+      <x:c r="D184" s="1" t="s">
         <x:v>636</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="E187" s="1" t="s">
         <x:v>646</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="B188" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="B188" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C188" s="1" t="s">
+      <x:c r="D188" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="D188" s="1" t="s">
+      <x:c r="E188" s="1" t="s">
         <x:v>650</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C189" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="B189" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C189" s="1" t="s">
+      <x:c r="D189" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="D189" s="1" t="s">
+      <x:c r="E189" s="1" t="s">
         <x:v>654</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C190" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="B190" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C190" s="1" t="s">
+      <x:c r="D190" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="D190" s="1" t="s">
+      <x:c r="E190" s="1" t="s">
         <x:v>658</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="B191" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C191" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="B191" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C191" s="1" t="s">
+      <x:c r="D191" s="1" t="s">
         <x:v>661</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>658</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="E193" s="1" t="s">
         <x:v>668</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="B194" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="B194" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C194" s="1" t="s">
+      <x:c r="D194" s="1" t="s">
         <x:v>671</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="E195" s="1" t="s">
         <x:v>675</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="B196" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C196" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="B196" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C196" s="1" t="s">
+      <x:c r="D196" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="D196" s="1" t="s">
+      <x:c r="E196" s="1" t="s">
         <x:v>679</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C197" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="B197" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C197" s="1" t="s">
+      <x:c r="D197" s="1" t="s">
         <x:v>682</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="E200" s="1" t="s">
         <x:v>692</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="B201" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C201" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="B201" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C201" s="1" t="s">
+      <x:c r="D201" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="D201" s="1" t="s">
+      <x:c r="E201" s="1" t="s">
         <x:v>696</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="B202" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C202" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="B202" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C202" s="1" t="s">
+      <x:c r="D202" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="D202" s="1" t="s">
+      <x:c r="E202" s="1" t="s">
         <x:v>700</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C203" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="B203" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C203" s="1" t="s">
+      <x:c r="D203" s="1" t="s">
         <x:v>703</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>700</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
         <x:v>707</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="B205" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C205" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="B205" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C205" s="1" t="s">
+      <x:c r="D205" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="D205" s="1" t="s">
+      <x:c r="E205" s="1" t="s">
         <x:v>711</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C206" s="1" t="s">
+      <x:c r="D206" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="D206" s="1" t="s">
+      <x:c r="E206" s="1" t="s">
         <x:v>715</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
-      <x:c r="B207" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C207" s="1" t="s">
+      <x:c r="D207" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="D207" s="1" t="s">
+      <x:c r="E207" s="1" t="s">
         <x:v>719</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="B208" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C208" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="B208" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C208" s="1" t="s">
+      <x:c r="D208" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="D208" s="1" t="s">
+      <x:c r="E208" s="1" t="s">
         <x:v>723</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C209" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="B209" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C209" s="1" t="s">
+      <x:c r="D209" s="1" t="s">
         <x:v>726</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
         <x:v>730</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C211" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="B211" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C211" s="1" t="s">
+      <x:c r="D211" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="D211" s="1" t="s">
+      <x:c r="E211" s="1" t="s">
         <x:v>734</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C212" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
-      <x:c r="B212" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C212" s="1" t="s">
+      <x:c r="D212" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="D212" s="1" t="s">
+      <x:c r="E212" s="1" t="s">
         <x:v>738</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C213" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="B213" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C213" s="1" t="s">
+      <x:c r="D213" s="1" t="s">
         <x:v>741</x:v>
       </x:c>
-      <x:c r="D213" s="1" t="s">
+      <x:c r="E213" s="1" t="s">
         <x:v>742</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C214" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="B214" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C214" s="1" t="s">
+      <x:c r="D214" s="1" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>742</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
         <x:v>749</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C216" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="B216" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C216" s="1" t="s">
+      <x:c r="D216" s="1" t="s">
         <x:v>752</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>749</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="E219" s="1" t="s">
         <x:v>762</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="B220" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C220" s="1" t="s">
+      <x:c r="D220" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
-      <x:c r="D220" s="1" t="s">
+      <x:c r="E220" s="1" t="s">
         <x:v>766</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
-      <x:c r="B221" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C221" s="1" t="s">
+      <x:c r="D221" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="D221" s="1" t="s">
+      <x:c r="E221" s="1" t="s">
         <x:v>770</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C222" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="B222" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C222" s="1" t="s">
+      <x:c r="D222" s="1" t="s">
         <x:v>773</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>770</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
         <x:v>777</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="B224" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C224" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="B224" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C224" s="1" t="s">
+      <x:c r="D224" s="1" t="s">
         <x:v>780</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>777</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="E225" s="1" t="s">
         <x:v>784</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C226" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="B226" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C226" s="1" t="s">
+      <x:c r="D226" s="1" t="s">
         <x:v>787</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>784</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
         <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="E233" s="1" t="s">
         <x:v>809</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C234" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C234" s="1" t="s">
+      <x:c r="D234" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="D234" s="1" t="s">
+      <x:c r="E234" s="1" t="s">
         <x:v>813</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="B235" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C235" s="1" t="s">
+      <x:c r="D235" s="1" t="s">
         <x:v>816</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>813</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="E238" s="1" t="s">
         <x:v>826</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C239" s="1" t="s">
+      <x:c r="D239" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="D239" s="1" t="s">
+      <x:c r="E239" s="1" t="s">
         <x:v>830</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="B240" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C240" s="1" t="s">
+      <x:c r="D240" s="1" t="s">
         <x:v>833</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>830</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="E248" s="1" t="s">
         <x:v>858</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C249" s="1" t="s">
         <x:v>860</x:v>
       </x:c>
-      <x:c r="B249" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C249" s="1" t="s">
+      <x:c r="D249" s="1" t="s">
         <x:v>861</x:v>
       </x:c>
-      <x:c r="D249" s="1" t="s">
+      <x:c r="E249" s="1" t="s">
         <x:v>862</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C250" s="1" t="s">
         <x:v>864</x:v>
       </x:c>
-      <x:c r="B250" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C250" s="1" t="s">
+      <x:c r="D250" s="1" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="D250" s="1" t="s">
+      <x:c r="E250" s="1" t="s">
         <x:v>866</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C251" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="B251" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C251" s="1" t="s">
+      <x:c r="D251" s="1" t="s">
         <x:v>869</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>866</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
         <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
         <x:v>882</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C256" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C256" s="1" t="s">
+      <x:c r="D256" s="1" t="s">
         <x:v>885</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>882</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="E259" s="1" t="s">
         <x:v>895</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>896</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="B260" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C260" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="B260" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C260" s="1" t="s">
+      <x:c r="D260" s="1" t="s">
         <x:v>898</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>895</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
         <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="E263" s="1" t="s">
         <x:v>908</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>909</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C264" s="1" t="s">
         <x:v>910</x:v>
       </x:c>
-      <x:c r="B264" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C264" s="1" t="s">
+      <x:c r="D264" s="1" t="s">
         <x:v>911</x:v>
       </x:c>
-      <x:c r="D264" s="1" t="s">
+      <x:c r="E264" s="1" t="s">
         <x:v>912</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>913</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C265" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
-      <x:c r="B265" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C265" s="1" t="s">
+      <x:c r="D265" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="D265" s="1" t="s">
+      <x:c r="E265" s="1" t="s">
         <x:v>916</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>917</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C266" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
-      <x:c r="B266" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C266" s="1" t="s">
+      <x:c r="D266" s="1" t="s">
         <x:v>919</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>916</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="E267" s="1" t="s">
         <x:v>923</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="B268" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C268" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="B268" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C268" s="1" t="s">
+      <x:c r="D268" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
-      <x:c r="D268" s="1" t="s">
+      <x:c r="E268" s="1" t="s">
         <x:v>927</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>928</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C269" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="B269" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C269" s="1" t="s">
+      <x:c r="D269" s="1" t="s">
         <x:v>930</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>927</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="E270" s="1" t="s">
         <x:v>934</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="B271" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C271" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
-      <x:c r="B271" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C271" s="1" t="s">
+      <x:c r="D271" s="1" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="D271" s="1" t="s">
+      <x:c r="E271" s="1" t="s">
         <x:v>938</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>939</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="B272" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C272" s="1" t="s">
         <x:v>940</x:v>
       </x:c>
-      <x:c r="B272" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C272" s="1" t="s">
+      <x:c r="D272" s="1" t="s">
         <x:v>941</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>938</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
         <x:v>945</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="E274" s="1" t="s">
         <x:v>948</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C275" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
-      <x:c r="B275" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C275" s="1" t="s">
+      <x:c r="D275" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
-      <x:c r="D275" s="1" t="s">
+      <x:c r="E275" s="1" t="s">
         <x:v>952</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="B276" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C276" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="B276" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C276" s="1" t="s">
+      <x:c r="D276" s="1" t="s">
         <x:v>955</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>952</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
         <x:v>956</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
         <x:v>961</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="E278" s="1" t="s">
         <x:v>962</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>963</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="B279" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C279" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
-      <x:c r="B279" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C279" s="1" t="s">
+      <x:c r="D279" s="1" t="s">
         <x:v>965</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>770</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
         <x:v>972</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="E282" s="1" t="s">
         <x:v>975</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>976</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="B283" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C283" s="1" t="s">
         <x:v>977</x:v>
       </x:c>
-      <x:c r="B283" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C283" s="1" t="s">
+      <x:c r="D283" s="1" t="s">
         <x:v>978</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>975</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
         <x:v>979</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="E284" s="1" t="s">
         <x:v>982</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>983</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="B285" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C285" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="B285" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C285" s="1" t="s">
+      <x:c r="D285" s="1" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="D285" s="1" t="s">
+      <x:c r="E285" s="1" t="s">
         <x:v>986</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="B286" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C286" s="1" t="s">
         <x:v>988</x:v>
       </x:c>
-      <x:c r="B286" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C286" s="1" t="s">
+      <x:c r="D286" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
-      <x:c r="D286" s="1" t="s">
+      <x:c r="E286" s="1" t="s">
         <x:v>990</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>991</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="B287" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C287" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="B287" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C287" s="1" t="s">
+      <x:c r="D287" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="D287" s="1" t="s">
+      <x:c r="E287" s="1" t="s">
         <x:v>994</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="B288" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C288" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
-      <x:c r="B288" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C288" s="1" t="s">
+      <x:c r="D288" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
-      <x:c r="D288" s="1" t="s">
+      <x:c r="E288" s="1" t="s">
         <x:v>998</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>999</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="B289" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C289" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="B289" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C289" s="1" t="s">
+      <x:c r="D289" s="1" t="s">
         <x:v>1001</x:v>
       </x:c>
-      <x:c r="D289" s="1" t="s">
+      <x:c r="E289" s="1" t="s">
         <x:v>1002</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1003</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="B290" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C290" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="B290" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C290" s="1" t="s">
+      <x:c r="D290" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
-      <x:c r="D290" s="1" t="s">
+      <x:c r="E290" s="1" t="s">
         <x:v>1006</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="B291" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C291" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="B291" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C291" s="1" t="s">
+      <x:c r="D291" s="1" t="s">
         <x:v>1009</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1006</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
         <x:v>1013</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="B293" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
-      <x:c r="B293" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C293" s="1" t="s">
+      <x:c r="D293" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
-      <x:c r="D293" s="1" t="s">
+      <x:c r="E293" s="1" t="s">
         <x:v>1017</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="B294" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C294" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
-      <x:c r="B294" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C294" s="1" t="s">
+      <x:c r="D294" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
-      <x:c r="D294" s="1" t="s">
+      <x:c r="E294" s="1" t="s">
         <x:v>1021</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1022</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
-      <x:c r="B295" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C295" s="1" t="s">
+      <x:c r="D295" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
-      <x:c r="D295" s="1" t="s">
+      <x:c r="E295" s="1" t="s">
         <x:v>1025</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1026</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="B296" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
-      <x:c r="B296" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C296" s="1" t="s">
+      <x:c r="D296" s="1" t="s">
         <x:v>1028</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1025</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="E298" s="1" t="s">
         <x:v>1035</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1036</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="B299" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C299" s="1" t="s">
         <x:v>1037</x:v>
       </x:c>
-      <x:c r="B299" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C299" s="1" t="s">
+      <x:c r="D299" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
-      <x:c r="D299" s="1" t="s">
+      <x:c r="E299" s="1" t="s">
         <x:v>1039</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="B300" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C300" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
-      <x:c r="B300" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C300" s="1" t="s">
+      <x:c r="D300" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
-      <x:c r="D300" s="1" t="s">
+      <x:c r="E300" s="1" t="s">
         <x:v>1043</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="B301" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C301" s="1" t="s">
         <x:v>1045</x:v>
       </x:c>
-      <x:c r="B301" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C301" s="1" t="s">
+      <x:c r="D301" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
-      <x:c r="D301" s="1" t="s">
+      <x:c r="E301" s="1" t="s">
         <x:v>1047</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="B302" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C302" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
-      <x:c r="B302" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C302" s="1" t="s">
+      <x:c r="D302" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="D302" s="1" t="s">
+      <x:c r="E302" s="1" t="s">
         <x:v>1051</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="B303" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C303" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
-      <x:c r="B303" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C303" s="1" t="s">
+      <x:c r="D303" s="1" t="s">
         <x:v>1054</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1051</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="E304" s="1" t="s">
         <x:v>1058</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="B305" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C305" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="B305" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C305" s="1" t="s">
+      <x:c r="D305" s="1" t="s">
         <x:v>1061</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1058</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="E306" s="1" t="s">
         <x:v>1065</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="B307" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C307" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
-      <x:c r="B307" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C307" s="1" t="s">
+      <x:c r="D307" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
-      <x:c r="D307" s="1" t="s">
+      <x:c r="E307" s="1" t="s">
         <x:v>1069</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1070</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="B308" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C308" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
-      <x:c r="B308" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C308" s="1" t="s">
+      <x:c r="D308" s="1" t="s">
         <x:v>1072</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1069</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="E309" s="1" t="s">
         <x:v>1076</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="B310" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C310" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="B310" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C310" s="1" t="s">
+      <x:c r="D310" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
-      <x:c r="D310" s="1" t="s">
+      <x:c r="E310" s="1" t="s">
         <x:v>1080</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1081</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="B311" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C311" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
-      <x:c r="B311" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C311" s="1" t="s">
+      <x:c r="D311" s="1" t="s">
         <x:v>1083</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1021</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
         <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="E313" s="1" t="s">
         <x:v>1090</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="B314" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C314" s="1" t="s">
         <x:v>1092</x:v>
       </x:c>
-      <x:c r="B314" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C314" s="1" t="s">
+      <x:c r="D314" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
-      <x:c r="D314" s="1" t="s">
+      <x:c r="E314" s="1" t="s">
         <x:v>1094</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1095</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="B315" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C315" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
-      <x:c r="B315" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C315" s="1" t="s">
+      <x:c r="D315" s="1" t="s">
         <x:v>1097</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1094</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
         <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="E317" s="1" t="s">
         <x:v>1104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="B318" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C318" s="1" t="s">
         <x:v>1106</x:v>
       </x:c>
-      <x:c r="B318" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C318" s="1" t="s">
+      <x:c r="D318" s="1" t="s">
         <x:v>1107</x:v>
       </x:c>
-      <x:c r="D318" s="1" t="s">
+      <x:c r="E318" s="1" t="s">
         <x:v>1108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="B319" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C319" s="1" t="s">
         <x:v>1110</x:v>
       </x:c>
-      <x:c r="B319" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C319" s="1" t="s">
+      <x:c r="D319" s="1" t="s">
         <x:v>1111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1108</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c r="E320" s="1" t="s">
         <x:v>1115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1116</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="B321" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C321" s="1" t="s">
         <x:v>1117</x:v>
       </x:c>
-      <x:c r="B321" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C321" s="1" t="s">
+      <x:c r="D321" s="1" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="D321" s="1" t="s">
+      <x:c r="E321" s="1" t="s">
         <x:v>1119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1120</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="B322" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C322" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
-      <x:c r="B322" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C322" s="1" t="s">
+      <x:c r="D322" s="1" t="s">
         <x:v>1122</x:v>
       </x:c>
-      <x:c r="D322" s="1" t="s">
+      <x:c r="E322" s="1" t="s">
         <x:v>1123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="B323" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C323" s="1" t="s">
         <x:v>1125</x:v>
       </x:c>
-      <x:c r="B323" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C323" s="1" t="s">
+      <x:c r="D323" s="1" t="s">
         <x:v>1126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1123</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
         <x:v>1127</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
         <x:v>1130</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="E325" s="1" t="s">
         <x:v>1133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1134</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="B326" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C326" s="1" t="s">
         <x:v>1135</x:v>
       </x:c>
-      <x:c r="B326" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C326" s="1" t="s">
+      <x:c r="D326" s="1" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="D326" s="1" t="s">
+      <x:c r="E326" s="1" t="s">
         <x:v>1137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1138</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="B327" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C327" s="1" t="s">
         <x:v>1139</x:v>
       </x:c>
-      <x:c r="B327" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C327" s="1" t="s">
+      <x:c r="D327" s="1" t="s">
         <x:v>1140</x:v>
       </x:c>
-      <x:c r="D327" s="1" t="s">
+      <x:c r="E327" s="1" t="s">
         <x:v>1141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1142</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="B328" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C328" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
-      <x:c r="B328" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C328" s="1" t="s">
+      <x:c r="D328" s="1" t="s">
         <x:v>1144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1141</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
         <x:v>1145</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
         <x:v>1148</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
         <x:v>1151</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
         <x:v>1154</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="E332" s="1" t="s">
         <x:v>1157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1158</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="B333" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C333" s="1" t="s">
         <x:v>1159</x:v>
       </x:c>
-      <x:c r="B333" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C333" s="1" t="s">
+      <x:c r="D333" s="1" t="s">
         <x:v>1160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1157</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
         <x:v>1161</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5" ht="15" customHeight="1">
-      <x:c r="A334" s="2" t="s">
+      <x:c r="A334" s="1" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="B334" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C334" s="1" t="s">
+        <x:v>1163</x:v>
+      </x:c>
+      <x:c r="D334" s="1" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="E334" s="1" t="s">
+        <x:v>1164</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="335" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A335" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B334" s="2" t="s">
+      <x:c r="B335" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C334" s="2" t="s">
+      <x:c r="C335" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D334" s="2" t="s">
+      <x:c r="D335" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E334" s="2" t="s">
+      <x:c r="E335" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A334:E334"/>
+    <x:mergeCell ref="A335:E335"/>
   </x:mergeCells>
 </x:worksheet>
 </file>