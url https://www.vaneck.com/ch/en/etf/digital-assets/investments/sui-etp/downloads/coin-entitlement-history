--- v4 (2026-02-26)
+++ v5 (2026-03-21)
@@ -1,81 +1,246 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf547de2995f4446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b65494223d44418" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="R302d43b0f0964201"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSUI_coin_entitlement_history_20240227" sheetId="1" r:id="R69b2000ae92d4ce1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1675" uniqueCount="1165">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1760" uniqueCount="1220">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>20/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40787951.7720567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.279952966637639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40789628.0581413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.280128862344313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39909561.6321172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,324,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.280304765349335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39911201.8184933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.280480675514082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39912842.072277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.280656592908302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39789317.1831092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,294,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.281183256198537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39790952.4277295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.281359202467129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39621326.3335544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,254,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.281535155992479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39622954.6741575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.281711116723309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39624583.0816814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.2818870846856925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39629468.7058058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.282415031965183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39631097.3810406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.282591028856776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39632726.1232101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.2827670329814245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39634354.9323169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28294304433941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39447526.5693638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28311906290595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39450769.031698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.283471121791314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39452390.3628088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.283647162085646</x:t>
+  </x:si>
+  <x:si>
     <x:t>26/02/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>SUI</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>39454011.7605524</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>9,210,000</x:t>
   </x:si>
   <x:si>
     <x:t>4.28382320961481</x:t>
   </x:si>
   <x:si>
     <x:t>25/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>39455633.2249315</x:t>
   </x:si>
   <x:si>
     <x:t>4.283999264379099</x:t>
   </x:si>
   <x:si>
     <x:t>24/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>39457254.7559489</x:t>
   </x:si>
   <x:si>
     <x:t>4.284175326378817</x:t>
   </x:si>
   <x:si>
     <x:t>23/02/2026</x:t>
   </x:si>
@@ -3562,56 +3727,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583426c22d414996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R33b43b98f42e49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R302d43b0f0964201" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9826861a89f4c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R22db37be596b48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69b2000ae92d4ce1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E335"/>
+  <x:dimension ref="A1:E352"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -3655,5648 +3820,5937 @@
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B11" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="B18" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B24" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="B24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B27" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="B27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B28" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="B28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="B29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B30" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B48" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B50" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="B53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B54" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="B55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="B67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="B70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="B71" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C71" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="B72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="B73" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="B76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C76" s="1" t="s">
+      <x:c r="D76" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
         <x:v>547</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="B181" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C181" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="D181" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="E181" s="1" t="s">
         <x:v>625</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="B182" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C182" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="D182" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="B182" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C182" s="1" t="s">
+      <x:c r="E182" s="1" t="s">
         <x:v>629</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C183" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="B183" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C183" s="1" t="s">
+      <x:c r="D183" s="1" t="s">
         <x:v>632</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="E184" s="1" t="s">
         <x:v>636</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="B185" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C185" s="1" t="s">
+      <x:c r="D185" s="1" t="s">
         <x:v>639</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="E191" s="1" t="s">
         <x:v>661</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C192" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C192" s="1" t="s">
+      <x:c r="D192" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="E192" s="1" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C193" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="B193" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C193" s="1" t="s">
+      <x:c r="D193" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="E193" s="1" t="s">
         <x:v>667</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="B194" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="B194" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C194" s="1" t="s">
+      <x:c r="D194" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="E194" s="1" t="s">
         <x:v>670</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="B195" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C195" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="D195" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E195" s="1" t="s">
         <x:v>673</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="B196" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C196" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="D196" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E196" s="1" t="s">
         <x:v>676</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E198" s="1" t="s">
         <x:v>682</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C231" s="1" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
         <x:v>801</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C232" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="D232" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
         <x:v>804</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C233" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="D233" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="B233" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C233" s="1" t="s">
+      <x:c r="E233" s="1" t="s">
         <x:v>808</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C234" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="B234" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C234" s="1" t="s">
+      <x:c r="D234" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="E234" s="1" t="s">
         <x:v>811</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="D235" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="E235" s="1" t="s">
         <x:v>814</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C237" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="D238" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="B238" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C238" s="1" t="s">
+      <x:c r="E238" s="1" t="s">
         <x:v>825</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C239" s="1" t="s">
+      <x:c r="D239" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="D239" s="1" t="s">
+      <x:c r="E239" s="1" t="s">
         <x:v>829</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="B240" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C240" s="1" t="s">
+      <x:c r="D240" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
         <x:v>832</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="D241" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C241" s="1" t="s">
+      <x:c r="E241" s="1" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C242" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
-      <x:c r="B242" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C242" s="1" t="s">
+      <x:c r="D242" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
         <x:v>839</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C243" s="1" t="s">
         <x:v>841</x:v>
       </x:c>
-      <x:c r="B243" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C243" s="1" t="s">
+      <x:c r="D243" s="1" t="s">
         <x:v>842</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>833</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="E249" s="1" t="s">
         <x:v>861</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C250" s="1" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="B250" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C250" s="1" t="s">
+      <x:c r="D250" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="E250" s="1" t="s">
         <x:v>864</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C251" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="D251" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="B251" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C251" s="1" t="s">
+      <x:c r="E251" s="1" t="s">
         <x:v>868</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C252" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="D252" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="B252" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C252" s="1" t="s">
+      <x:c r="E252" s="1" t="s">
         <x:v>872</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C253" s="1" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="B253" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C253" s="1" t="s">
+      <x:c r="D253" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
         <x:v>875</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="B254" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C254" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
-      <x:c r="B254" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C254" s="1" t="s">
+      <x:c r="D254" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
         <x:v>878</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C255" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="B255" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C255" s="1" t="s">
+      <x:c r="D255" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
         <x:v>881</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C256" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="B256" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C256" s="1" t="s">
+      <x:c r="D256" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="D256" s="1" t="s">
+      <x:c r="E256" s="1" t="s">
         <x:v>885</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="B257" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C257" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="B257" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C257" s="1" t="s">
+      <x:c r="D257" s="1" t="s">
         <x:v>888</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>885</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E260" s="1" t="s">
         <x:v>898</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="B261" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C261" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
-      <x:c r="B261" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C261" s="1" t="s">
+      <x:c r="D261" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E261" s="1" t="s">
         <x:v>901</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="B262" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C262" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="B262" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C262" s="1" t="s">
+      <x:c r="D262" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E262" s="1" t="s">
         <x:v>904</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="B263" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C263" s="1" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="B263" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C263" s="1" t="s">
+      <x:c r="D263" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E263" s="1" t="s">
         <x:v>907</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>908</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C264" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="B264" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C264" s="1" t="s">
+      <x:c r="D264" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E264" s="1" t="s">
         <x:v>910</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C265" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="D265" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E265" s="1" t="s">
         <x:v>913</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C266" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="D266" s="1" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="E266" s="1" t="s">
         <x:v>917</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C267" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="D267" s="1" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="E267" s="1" t="s">
         <x:v>921</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="B268" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C268" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="D268" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="B268" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C268" s="1" t="s">
+      <x:c r="E268" s="1" t="s">
         <x:v>925</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C269" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="E269" s="1" t="s">
         <x:v>928</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>937</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="E273" s="1" t="s">
         <x:v>941</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>945</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>954</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>957</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>963</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>967</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="E284" s="1" t="s">
         <x:v>978</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>982</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="15" customHeight="1">
       <x:c r="A285" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>982</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5" ht="15" customHeight="1">
       <x:c r="A286" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5" ht="15" customHeight="1">
       <x:c r="A287" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="15" customHeight="1">
       <x:c r="A288" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>993</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="15" customHeight="1">
       <x:c r="A289" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>997</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="15" customHeight="1">
       <x:c r="A290" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1003</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1011</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1014</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1017</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1021</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1024</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1045</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1061</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1076</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1087</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1090</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1102</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1106</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1113</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1117</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1120</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1131</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1142</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1145</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1149</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1153</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="B334" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C334" s="1" t="s">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="D334" s="1" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="E334" s="1" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="335" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A335" s="1" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="B335" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C335" s="1" t="s">
+        <x:v>1161</x:v>
+      </x:c>
+      <x:c r="D335" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
-      <x:c r="B334" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C334" s="1" t="s">
+      <x:c r="E335" s="1" t="s">
         <x:v>1163</x:v>
       </x:c>
-      <x:c r="D334" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E334" s="1" t="s">
+    </x:row>
+    <x:row r="336" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A336" s="1" t="s">
         <x:v>1164</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A335" s="2" t="s">
+      <x:c r="B336" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C336" s="1" t="s">
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c r="D336" s="1" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="E336" s="1" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="337" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A337" s="1" t="s">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="B337" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C337" s="1" t="s">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c r="D337" s="1" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="E337" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="338" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A338" s="1" t="s">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="B338" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C338" s="1" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="D338" s="1" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="E338" s="1" t="s">
+        <x:v>1174</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="339" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A339" s="1" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="B339" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C339" s="1" t="s">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="D339" s="1" t="s">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="E339" s="1" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="340" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A340" s="1" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="B340" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C340" s="1" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="D340" s="1" t="s">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="E340" s="1" t="s">
+        <x:v>1182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="341" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A341" s="1" t="s">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="B341" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C341" s="1" t="s">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="D341" s="1" t="s">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="E341" s="1" t="s">
+        <x:v>1185</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="342" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A342" s="1" t="s">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="B342" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C342" s="1" t="s">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="D342" s="1" t="s">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="E342" s="1" t="s">
+        <x:v>1188</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="343" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A343" s="1" t="s">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="B343" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C343" s="1" t="s">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="D343" s="1" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="E343" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="344" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A344" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="B344" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C344" s="1" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="D344" s="1" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="E344" s="1" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="345" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A345" s="1" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="B345" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C345" s="1" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="D345" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="E345" s="1" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="346" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A346" s="1" t="s">
+        <x:v>1201</x:v>
+      </x:c>
+      <x:c r="B346" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C346" s="1" t="s">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="D346" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="E346" s="1" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="347" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A347" s="1" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="B347" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C347" s="1" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="D347" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="E347" s="1" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="348" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A348" s="1" t="s">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="B348" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C348" s="1" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="D348" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="E348" s="1" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="349" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A349" s="1" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="B349" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C349" s="1" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="D349" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="E349" s="1" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="350" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A350" s="1" t="s">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="B350" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C350" s="1" t="s">
+        <x:v>1214</x:v>
+      </x:c>
+      <x:c r="D350" s="1" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="E350" s="1" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="351" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A351" s="1" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="B351" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C351" s="1" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="D351" s="1" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="E351" s="1" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A352" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B335" s="2" t="s">
+      <x:c r="B352" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C335" s="2" t="s">
+      <x:c r="C352" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D335" s="2" t="s">
+      <x:c r="D352" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E335" s="2" t="s">
+      <x:c r="E352" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A335:E335"/>
+    <x:mergeCell ref="A352:E352"/>
   </x:mergeCells>
 </x:worksheet>
 </file>