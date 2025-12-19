--- v0 (2025-12-17)
+++ v1 (2025-12-19)
@@ -1,6357 +1,6315 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7887f96d06a34fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56549717dd424af1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HYEM_au_20251216" sheetId="1" r:id="R44accc2b27bd461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HYEM_au_20251218" sheetId="1" r:id="Rc59042b5948f45f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3460" uniqueCount="2105">
-[...1 lines deleted...]
-    <x:t>Tous les fonds de placement 12/16/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3460" uniqueCount="2091">
+  <x:si>
+    <x:t>Tous les fonds de placement 12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Quantité</x:t>
   </x:si>
   <x:si>
     <x:t>Nom de la position</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Échéance</x:t>
   </x:si>
   <x:si>
     <x:t>Notation composite</x:t>
   </x:si>
   <x:si>
     <x:t>% de l’actif net</x:t>
   </x:si>
   <x:si>
     <x:t>État</x:t>
   </x:si>
   <x:si>
     <x:t>Valeur de marché</x:t>
   </x:si>
   <x:si>
     <x:t>Provincia De Buenos Aires/Government Bo</x:t>
   </x:si>
   <x:si>
     <x:t>XS2385150417</x:t>
   </x:si>
   <x:si>
     <x:t>6.375%</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2037</x:t>
   </x:si>
   <x:si>
     <x:t>CCC-</x:t>
   </x:si>
   <x:si>
-    <x:t>1,7206</x:t>
+    <x:t>1,7202</x:t>
   </x:si>
   <x:si>
     <x:t>Argentina</x:t>
   </x:si>
   <x:si>
-    <x:t>$715 113.00</x:t>
+    <x:t>$715 789.00</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Nutresa Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US40055CAB90</x:t>
   </x:si>
   <x:si>
     <x:t>9.000%</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBB-</x:t>
   </x:si>
   <x:si>
-    <x:t>0,6853</x:t>
+    <x:t>0,6837</x:t>
   </x:si>
   <x:si>
     <x:t>Colombie</x:t>
   </x:si>
   <x:si>
-    <x:t>$284 824.00</x:t>
+    <x:t>$284 500.00</x:t>
   </x:si>
   <x:si>
     <x:t>Saavi Energia Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>US78518PAA30</x:t>
   </x:si>
   <x:si>
     <x:t>8.875%</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
-    <x:t>0,6739</x:t>
+    <x:t>0,6737</x:t>
   </x:si>
   <x:si>
     <x:t>Luxembourg</x:t>
   </x:si>
   <x:si>
-    <x:t>$280 076.00</x:t>
+    <x:t>$280 323.00</x:t>
   </x:si>
   <x:si>
     <x:t>Bapco Energies Bsc Closed</x:t>
   </x:si>
   <x:si>
     <x:t>US67778M2D18</x:t>
   </x:si>
   <x:si>
     <x:t>8.375%</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2028</x:t>
   </x:si>
   <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
-    <x:t>0,6553</x:t>
+    <x:t>0,6551</x:t>
   </x:si>
   <x:si>
     <x:t>Bahreïn</x:t>
   </x:si>
   <x:si>
-    <x:t>$272 376.00</x:t>
+    <x:t>$272 607.00</x:t>
   </x:si>
   <x:si>
     <x:t>Samarco Mineracao Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US79588YAA73</x:t>
   </x:si>
   <x:si>
     <x:t>9.500%</x:t>
   </x:si>
   <x:si>
     <x:t>30/06/2031</x:t>
   </x:si>
   <x:si>
     <x:t>B   </x:t>
   </x:si>
   <x:si>
-    <x:t>0,6354</x:t>
+    <x:t>0,6359</x:t>
   </x:si>
   <x:si>
     <x:t>Brésil</x:t>
   </x:si>
   <x:si>
-    <x:t>$264 093.00</x:t>
+    <x:t>$264 599.00</x:t>
   </x:si>
   <x:si>
     <x:t>China Citic Bank International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS2461766805</x:t>
   </x:si>
   <x:si>
     <x:t>4.800%</x:t>
   </x:si>
   <x:si>
     <x:t>22/10/2099</x:t>
   </x:si>
   <x:si>
-    <x:t>0,6106</x:t>
+    <x:t>0,6104</x:t>
   </x:si>
   <x:si>
     <x:t>Chine</x:t>
   </x:si>
   <x:si>
-    <x:t>$253 800.00</x:t>
+    <x:t>$254 003.00</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Finance Pays-Bas</x:t>
   </x:si>
   <x:si>
     <x:t>US88167AAF84</x:t>
   </x:si>
   <x:si>
     <x:t>4.100%</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2046</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5981</x:t>
+    <x:t>0,5968</x:t>
   </x:si>
   <x:si>
     <x:t>Israël</x:t>
   </x:si>
   <x:si>
-    <x:t>$248 583.00</x:t>
+    <x:t>$248 338.00</x:t>
   </x:si>
   <x:si>
     <x:t>US40055CAA18</x:t>
   </x:si>
   <x:si>
     <x:t>8.000%</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5946</x:t>
-[...2 lines deleted...]
-    <x:t>$247 127.00</x:t>
+    <x:t>0,5893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245 225.00</x:t>
   </x:si>
   <x:si>
     <x:t>First Quantum Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US335934AV79</x:t>
   </x:si>
   <x:si>
     <x:t>9.375%</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5870</x:t>
+    <x:t>0,5863</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
-    <x:t>$243 986.00</x:t>
+    <x:t>$243 978.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Panama Generation Holdings Srl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US00109AAB35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,5320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Panama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221 379.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Varlik Fonu Yonetimi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2764457235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,5304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turquie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220 701.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecopetrol Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US279158AS81</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5301</x:t>
-[...23 lines deleted...]
-    <x:t>$220 047.00</x:t>
+    <x:t>0,5295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220 341.00</x:t>
   </x:si>
   <x:si>
     <x:t>Compagnie pétrolière nationale de la République d’Azerbaïdjan</x:t>
   </x:si>
   <x:si>
     <x:t>XS1196496688</x:t>
   </x:si>
   <x:si>
     <x:t>6.950%</x:t>
   </x:si>
   <x:si>
     <x:t>18/03/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5289</x:t>
+    <x:t>0,5292</x:t>
   </x:si>
   <x:si>
     <x:t>Azerbaïdjan</x:t>
   </x:si>
   <x:si>
-    <x:t>$219 810.00</x:t>
-[...20 lines deleted...]
-    <x:t>$218 788.00</x:t>
+    <x:t>$220 190.00</x:t>
   </x:si>
   <x:si>
     <x:t>Latam Airlines Group Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US51817RAE62</x:t>
   </x:si>
   <x:si>
     <x:t>7.625%</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5214</x:t>
+    <x:t>0,5213</x:t>
   </x:si>
   <x:si>
     <x:t>Chili</x:t>
   </x:si>
   <x:si>
-    <x:t>$216 718.00</x:t>
+    <x:t>$216 920.00</x:t>
   </x:si>
   <x:si>
     <x:t>Otp Bank Nyrt</x:t>
   </x:si>
   <x:si>
     <x:t>XS2586007036</x:t>
   </x:si>
   <x:si>
     <x:t>8.750%</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5183</x:t>
+    <x:t>0,5186</x:t>
   </x:si>
   <x:si>
     <x:t>Hongrie</x:t>
   </x:si>
   <x:si>
-    <x:t>$215 407.00</x:t>
+    <x:t>$215 796.00</x:t>
   </x:si>
   <x:si>
     <x:t>Arada Sukuk 2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS2841181972</x:t>
   </x:si>
   <x:si>
     <x:t>24/06/2029</x:t>
   </x:si>
   <x:si>
     <x:t>B+</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5156</x:t>
+    <x:t>0,5153</x:t>
   </x:si>
   <x:si>
     <x:t>Royaume-Uni</x:t>
   </x:si>
   <x:si>
-    <x:t>$214 277.00</x:t>
+    <x:t>$214 413.00</x:t>
   </x:si>
   <x:si>
     <x:t>Digicel International Finance Ltd / Dif</x:t>
   </x:si>
   <x:si>
     <x:t>US25381MAA53</x:t>
   </x:si>
   <x:si>
     <x:t>8.625%</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5140</x:t>
+    <x:t>0,5144</x:t>
   </x:si>
   <x:si>
     <x:t>Bermudes</x:t>
   </x:si>
   <x:si>
-    <x:t>$213 629.00</x:t>
+    <x:t>$214 052.00</x:t>
   </x:si>
   <x:si>
     <x:t>US51817RAD89</x:t>
   </x:si>
   <x:si>
     <x:t>7.875%</x:t>
   </x:si>
   <x:si>
     <x:t>15/04/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5139</x:t>
-[...2 lines deleted...]
-    <x:t>$213 606.00</x:t>
+    <x:t>0,5121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213 109.00</x:t>
   </x:si>
   <x:si>
     <x:t>Cemex Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>US151290CC53</x:t>
   </x:si>
   <x:si>
     <x:t>7.200%</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2049</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5105</x:t>
+    <x:t>0,5102</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
-    <x:t>$212 170.00</x:t>
+    <x:t>$212 308.00</x:t>
   </x:si>
   <x:si>
     <x:t>US88167AAK79</x:t>
   </x:si>
   <x:si>
     <x:t>6.750%</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5100</x:t>
-[...2 lines deleted...]
-    <x:t>$211 965.00</x:t>
+    <x:t>0,5099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212 186.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Czechoslovak Group As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3105190147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BB+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,5090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>République tchèque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211 804.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maf Global Securities Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2399467807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,5086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211 640.00</x:t>
   </x:si>
   <x:si>
     <x:t>Arabian Centres Sukuk Iii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS2756519232</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5094</x:t>
-[...41 lines deleted...]
-    <x:t>$211 434.00</x:t>
+    <x:t>$211 638.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Binghatti Sukuk Spc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2753304349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.625%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,5070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210 984.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irb Infrastructure Developers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS2775699734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.110%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,5069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210 916.00</x:t>
   </x:si>
   <x:si>
     <x:t>Piramal Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS2863565326</x:t>
   </x:si>
   <x:si>
     <x:t>7.800%</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BB-</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5068</x:t>
-[...41 lines deleted...]
-    <x:t>$210 297.00</x:t>
+    <x:t>0,5058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210 473.00</x:t>
   </x:si>
   <x:si>
     <x:t>US67778M2A78</x:t>
   </x:si>
   <x:si>
     <x:t>7.500%</x:t>
   </x:si>
   <x:si>
     <x:t>25/10/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5055</x:t>
-[...2 lines deleted...]
-    <x:t>$210 106.00</x:t>
+    <x:t>0,5051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210 172.00</x:t>
   </x:si>
   <x:si>
     <x:t>Dar Al-Arkan Sukuk Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS3101460304</x:t>
   </x:si>
   <x:si>
     <x:t>7.250%</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5048</x:t>
-[...2 lines deleted...]
-    <x:t>$209 790.00</x:t>
+    <x:t>0,5046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209 985.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleos Mexicanos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71654QDD16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.690%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,5041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209 780.00</x:t>
   </x:si>
   <x:si>
     <x:t>Alpha Star Holding Viii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS2701661303</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,5037</x:t>
+    <x:t>0,5040</x:t>
   </x:si>
   <x:si>
     <x:t>Émirats arabes unis</x:t>
   </x:si>
   <x:si>
-    <x:t>$209 346.00</x:t>
-[...17 lines deleted...]
-    <x:t>$208 977.00</x:t>
+    <x:t>$209 723.00</x:t>
   </x:si>
   <x:si>
     <x:t>XS3173762439</x:t>
   </x:si>
   <x:si>
     <x:t>6.875%</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4986</x:t>
-[...2 lines deleted...]
-    <x:t>$207 215.00</x:t>
+    <x:t>0,4997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207 925.00</x:t>
   </x:si>
   <x:si>
     <x:t>Wynn Macau Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US98313RAL06</x:t>
   </x:si>
   <x:si>
     <x:t>15/02/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4965</x:t>
-[...2 lines deleted...]
-    <x:t>$206 370.00</x:t>
+    <x:t>0,4985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207 452.00</x:t>
   </x:si>
   <x:si>
     <x:t>Muangthai Capital Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>XS2892939575</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4963</x:t>
+    <x:t>0,4961</x:t>
   </x:si>
   <x:si>
     <x:t>Thaïlande</x:t>
   </x:si>
   <x:si>
-    <x:t>$206 265.00</x:t>
+    <x:t>$206 417.00</x:t>
   </x:si>
   <x:si>
     <x:t>Gc Treasury Center Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US36830AAB35</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2076</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4951</x:t>
-[...2 lines deleted...]
-    <x:t>$205 787.00</x:t>
+    <x:t>0,4957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206 259.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omniyat Sukuk 1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XS3065329446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,4934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205 305.00</x:t>
   </x:si>
   <x:si>
     <x:t>Greenko Wind Projects Mauritius Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US39531JAB08</x:t>
   </x:si>
   <x:si>
     <x:t>27/09/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4929</x:t>
+    <x:t>0,4932</x:t>
   </x:si>
   <x:si>
     <x:t>Mauritius</x:t>
   </x:si>
   <x:si>
-    <x:t>$204 869.00</x:t>
-[...14 lines deleted...]
-    <x:t>$204 601.00</x:t>
+    <x:t>$205 221.00</x:t>
   </x:si>
   <x:si>
     <x:t>US98313RAH93</x:t>
   </x:si>
   <x:si>
     <x:t>5.625%</x:t>
   </x:si>
   <x:si>
     <x:t>26/08/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4893</x:t>
+    <x:t>0,4892</x:t>
   </x:si>
   <x:si>
     <x:t>États-Unis</x:t>
   </x:si>
   <x:si>
-    <x:t>$203 352.00</x:t>
+    <x:t>$203 545.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mumtalakat Sukuk Holding Co</x:t>
   </x:si>
   <x:si>
     <x:t>XS2103157991</x:t>
   </x:si>
   <x:si>
     <x:t>21/01/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4826</x:t>
-[...2 lines deleted...]
-    <x:t>$200 578.00</x:t>
+    <x:t>0,4837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201 287.00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfamc Iii Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS1711550373</x:t>
   </x:si>
   <x:si>
     <x:t>4.250%</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4815</x:t>
-[...2 lines deleted...]
-    <x:t>$200 126.00</x:t>
+    <x:t>0,4809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200 131.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sammaan Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS3206027693</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4814</x:t>
-[...2 lines deleted...]
-    <x:t>$200 100.00</x:t>
+    <x:t>0,4806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199 997.00</x:t>
   </x:si>
   <x:si>
     <x:t>Fortune Star Bvi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS2281321799</x:t>
   </x:si>
   <x:si>
     <x:t>5.050%</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4806</x:t>
-[...2 lines deleted...]
-    <x:t>$199 755.00</x:t>
+    <x:t>0,4805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199 949.00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfamc Iv Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS2001732283</x:t>
   </x:si>
   <x:si>
     <x:t>4.500%</x:t>
   </x:si>
   <x:si>
     <x:t>29/05/2029</x:t>
   </x:si>
   <x:si>
     <x:t>0,4801</x:t>
   </x:si>
   <x:si>
-    <x:t>$199 549.00</x:t>
+    <x:t>$199 763.00</x:t>
   </x:si>
   <x:si>
     <x:t>Al Jawaher Assets Co Spc</x:t>
   </x:si>
   <x:si>
     <x:t>US009931AA45</x:t>
   </x:si>
   <x:si>
     <x:t>4.662%</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2030</x:t>
   </x:si>
   <x:si>
     <x:t>0,4799</x:t>
   </x:si>
   <x:si>
     <x:t>Oman</x:t>
   </x:si>
   <x:si>
-    <x:t>$199 444.00</x:t>
+    <x:t>$199 680.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bangkok Bank Pcl/Hong Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US059895AT92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.733%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/09/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,4617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192 122.00</x:t>
   </x:si>
   <x:si>
     <x:t>Petroleos Del Peru Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US716564AB55</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2047</x:t>
   </x:si>
   <x:si>
     <x:t>B-</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4743</x:t>
+    <x:t>0,4574</x:t>
   </x:si>
   <x:si>
     <x:t>Pérou</x:t>
   </x:si>
   <x:si>
-    <x:t>$197 133.00</x:t>
-[...17 lines deleted...]
-    <x:t>$191 524.00</x:t>
+    <x:t>$190 346.00</x:t>
   </x:si>
   <x:si>
     <x:t>Upl Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS2189565992</x:t>
   </x:si>
   <x:si>
     <x:t>4.625%</x:t>
   </x:si>
   <x:si>
     <x:t>16/06/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4537</x:t>
-[...2 lines deleted...]
-    <x:t>$188 568.00</x:t>
+    <x:t>0,4522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188 166.00</x:t>
   </x:si>
   <x:si>
     <x:t>Turkiye Ihracat Kredi Bankasi As</x:t>
   </x:si>
   <x:si>
     <x:t>US90015LAJ61</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4522</x:t>
-[...2 lines deleted...]
-    <x:t>$187 946.00</x:t>
+    <x:t>0,4517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187 966.00</x:t>
   </x:si>
   <x:si>
     <x:t>Eskom Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>US29646AAC09</x:t>
   </x:si>
   <x:si>
     <x:t>6.350%</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4456</x:t>
+    <x:t>0,4457</x:t>
   </x:si>
   <x:si>
     <x:t>Afrique du Sud</x:t>
   </x:si>
   <x:si>
-    <x:t>$185 187.00</x:t>
+    <x:t>$185 462.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US335934AU96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,4446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185 014.00</x:t>
   </x:si>
   <x:si>
     <x:t>US279158AV11</x:t>
   </x:si>
   <x:si>
     <x:t>19/01/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4452</x:t>
-[...2 lines deleted...]
-    <x:t>$185 047.00</x:t>
+    <x:t>$184 989.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ypf Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US984245BB55</x:t>
   </x:si>
   <x:si>
     <x:t>17/01/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4451</x:t>
-[...14 lines deleted...]
-    <x:t>$184 880.00</x:t>
+    <x:t>0,4438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184 678.00</x:t>
   </x:si>
   <x:si>
     <x:t>Longfor Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS1743535491</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4371</x:t>
-[...2 lines deleted...]
-    <x:t>$181 654.00</x:t>
+    <x:t>0,4390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182 672.00</x:t>
   </x:si>
   <x:si>
     <x:t>US279158AN94</x:t>
   </x:si>
   <x:si>
     <x:t>29/04/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4317</x:t>
-[...2 lines deleted...]
-    <x:t>$179 425.00</x:t>
+    <x:t>0,4307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179 233.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71643VAB18</x:t>
   </x:si>
   <x:si>
     <x:t>6.700%</x:t>
   </x:si>
   <x:si>
     <x:t>16/02/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,4292</x:t>
-[...2 lines deleted...]
-    <x:t>$178 374.00</x:t>
+    <x:t>0,4298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178 836.00</x:t>
   </x:si>
   <x:si>
     <x:t>Turkcell Iletisim Hizmetleri As</x:t>
   </x:si>
   <x:si>
     <x:t>US900111AD77</x:t>
   </x:si>
   <x:si>
     <x:t>7.650%</x:t>
   </x:si>
   <x:si>
     <x:t>24/01/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3949</x:t>
-[...2 lines deleted...]
-    <x:t>$164 136.00</x:t>
+    <x:t>0,3945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164 178.00</x:t>
   </x:si>
   <x:si>
     <x:t>US335934AW52</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3936</x:t>
-[...2 lines deleted...]
-    <x:t>$163 596.00</x:t>
+    <x:t>0,3930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163 542.00</x:t>
   </x:si>
   <x:si>
     <x:t>Transnet/South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>US89378TAD54</x:t>
   </x:si>
   <x:si>
     <x:t>0,3926</x:t>
   </x:si>
   <x:si>
-    <x:t>$163 176.00</x:t>
+    <x:t>$163 373.00</x:t>
   </x:si>
   <x:si>
     <x:t>Vedanta Resources Finance Ii Plc</x:t>
   </x:si>
   <x:si>
     <x:t>US92243XAH44</x:t>
   </x:si>
   <x:si>
     <x:t>10.875%</x:t>
   </x:si>
   <x:si>
     <x:t>17/09/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3894</x:t>
-[...2 lines deleted...]
-    <x:t>$161 858.00</x:t>
+    <x:t>0,3900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162 269.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edo Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US28135J2A42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,3881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161 488.00</x:t>
   </x:si>
   <x:si>
     <x:t>Allwyn Entertainment Financing Uk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>US02007VAA89</x:t>
   </x:si>
   <x:si>
     <x:t>30/04/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3884</x:t>
-[...20 lines deleted...]
-    <x:t>$161 345.00</x:t>
+    <x:t>0,3873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161 172.00</x:t>
   </x:si>
   <x:si>
     <x:t>US335934AX36</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3847</x:t>
-[...2 lines deleted...]
-    <x:t>$159 881.00</x:t>
+    <x:t>0,3851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160 248.00</x:t>
   </x:si>
   <x:si>
     <x:t>Melco Resorts Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US58547DAH26</x:t>
   </x:si>
   <x:si>
     <x:t>17/04/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3840</x:t>
-[...2 lines deleted...]
-    <x:t>$159 607.00</x:t>
+    <x:t>0,3838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159 721.00</x:t>
   </x:si>
   <x:si>
     <x:t>US984245AY67</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3816</x:t>
-[...2 lines deleted...]
-    <x:t>$158 621.00</x:t>
+    <x:t>0,3821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158 979.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Argentina Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US879273AV26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.250%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,3803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158 249.00</x:t>
   </x:si>
   <x:si>
     <x:t>US279158AW93</x:t>
   </x:si>
   <x:si>
     <x:t>7.750%</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3814</x:t>
-[...20 lines deleted...]
-    <x:t>$157 085.00</x:t>
+    <x:t>0,3799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158 089.00</x:t>
   </x:si>
   <x:si>
     <x:t>Delhi International Airport Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US246724AA69</x:t>
   </x:si>
   <x:si>
     <x:t>6.450%</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3776</x:t>
-[...2 lines deleted...]
-    <x:t>$156 948.00</x:t>
+    <x:t>0,3774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157 046.00</x:t>
   </x:si>
   <x:si>
     <x:t>Azule Energy Finance Plc</x:t>
   </x:si>
   <x:si>
     <x:t>US05501YAA64</x:t>
   </x:si>
   <x:si>
     <x:t>8.125%</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3737</x:t>
-[...2 lines deleted...]
-    <x:t>$155 314.00</x:t>
+    <x:t>0,3725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155 003.00</x:t>
   </x:si>
   <x:si>
     <x:t>Muthoot Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US62828L2D42</x:t>
   </x:si>
   <x:si>
     <x:t>23/04/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3696</x:t>
-[...2 lines deleted...]
-    <x:t>$153 605.00</x:t>
+    <x:t>0,3695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153 771.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sasol Financing Usa Llc</x:t>
   </x:si>
   <x:si>
     <x:t>US80386WAF23</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3693</x:t>
-[...2 lines deleted...]
-    <x:t>$153 474.00</x:t>
+    <x:t>0,3690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153 537.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pluspetrol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US72942BAA35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.500%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,3661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152 354.00</x:t>
   </x:si>
   <x:si>
     <x:t>Avianca Midco 2 Plc</x:t>
   </x:si>
   <x:si>
     <x:t>US05369YAC30</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3669</x:t>
-[...20 lines deleted...]
-    <x:t>$152 033.00</x:t>
+    <x:t>0,3642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151 538.00</x:t>
   </x:si>
   <x:si>
     <x:t>US80386WAB19</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3597</x:t>
-[...2 lines deleted...]
-    <x:t>$149 491.00</x:t>
+    <x:t>0,3614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150 402.00</x:t>
   </x:si>
   <x:si>
     <x:t>Central American Bottling Corp / Cbc Bo</x:t>
   </x:si>
   <x:si>
     <x:t>US15239XAA63</x:t>
   </x:si>
   <x:si>
     <x:t>5.250%</x:t>
   </x:si>
   <x:si>
     <x:t>27/04/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3587</x:t>
+    <x:t>0,3584</x:t>
   </x:si>
   <x:si>
     <x:t>Guatemala</x:t>
   </x:si>
   <x:si>
-    <x:t>$149 090.00</x:t>
+    <x:t>$149 126.00</x:t>
   </x:si>
   <x:si>
     <x:t>US98313RAE62</x:t>
   </x:si>
   <x:si>
     <x:t>5.125%</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3575</x:t>
-[...2 lines deleted...]
-    <x:t>$148 597.00</x:t>
+    <x:t>0,3573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148 692.00</x:t>
   </x:si>
   <x:si>
     <x:t>Total Play Telecomunicaciones Sa De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>US89157PAD06</x:t>
   </x:si>
   <x:si>
     <x:t>11.125%</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3556</x:t>
-[...2 lines deleted...]
-    <x:t>$147 803.00</x:t>
+    <x:t>0,3543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147 426.00</x:t>
   </x:si>
   <x:si>
     <x:t>Studio City Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US86389QAG73</x:t>
   </x:si>
   <x:si>
     <x:t>5.000%</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3534</x:t>
-[...2 lines deleted...]
-    <x:t>$146 883.00</x:t>
+    <x:t>0,3538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147 229.00</x:t>
   </x:si>
   <x:si>
     <x:t>Empresas Publicas De Medellin Esp</x:t>
   </x:si>
   <x:si>
     <x:t>US29246BAE83</x:t>
   </x:si>
   <x:si>
     <x:t>18/07/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3467</x:t>
-[...2 lines deleted...]
-    <x:t>$144 111.00</x:t>
+    <x:t>0,3466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144 241.00</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Aval Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US40053FAC23</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3450</x:t>
-[...2 lines deleted...]
-    <x:t>$143 377.00</x:t>
+    <x:t>0,3454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143 745.00</x:t>
   </x:si>
   <x:si>
     <x:t>US984245AX84</x:t>
   </x:si>
   <x:si>
     <x:t>17/01/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3318</x:t>
-[...2 lines deleted...]
-    <x:t>$137 896.00</x:t>
+    <x:t>0,3324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138 319.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US879273AU43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,3310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137 736.00</x:t>
   </x:si>
   <x:si>
     <x:t>US88167AAQ40</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3296</x:t>
+    <x:t>0,3294</x:t>
   </x:si>
   <x:si>
     <x:t>Pays-Bas</x:t>
   </x:si>
   <x:si>
-    <x:t>$136 995.00</x:t>
-[...11 lines deleted...]
-    <x:t>$136 810.00</x:t>
+    <x:t>$137 085.00</x:t>
   </x:si>
   <x:si>
     <x:t>Panama Infrastructure Receivable Purcha</x:t>
   </x:si>
   <x:si>
     <x:t>US69828QAD97</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3255</x:t>
-[...2 lines deleted...]
-    <x:t>$135 298.00</x:t>
+    <x:t>0,3289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136 845.00</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Finance Co Llc</x:t>
   </x:si>
   <x:si>
     <x:t>US88163VAD10</x:t>
   </x:si>
   <x:si>
     <x:t>6.150%</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3202</x:t>
-[...2 lines deleted...]
-    <x:t>$133 098.00</x:t>
+    <x:t>0,3220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133 985.00</x:t>
   </x:si>
   <x:si>
     <x:t>US279158AJ82</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2045</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3155</x:t>
-[...2 lines deleted...]
-    <x:t>$131 149.00</x:t>
+    <x:t>0,3138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130 592.00</x:t>
   </x:si>
   <x:si>
     <x:t>US05369YAA73</x:t>
   </x:si>
   <x:si>
     <x:t>14/02/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3117</x:t>
-[...2 lines deleted...]
-    <x:t>$129 570.00</x:t>
+    <x:t>0,3121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129 867.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Aeromexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US40054JAD19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,3095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128 783.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mazoon Assets Co Saoc</x:t>
   </x:si>
   <x:si>
     <x:t>US57886LAD47</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3094</x:t>
-[...2 lines deleted...]
-    <x:t>$128 576.00</x:t>
+    <x:t>0,3091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128 635.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sable International Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US785712AK68</x:t>
   </x:si>
   <x:si>
     <x:t>7.125%</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3092</x:t>
-[...2 lines deleted...]
-    <x:t>$128 495.00</x:t>
+    <x:t>0,3089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128 522.00</x:t>
   </x:si>
   <x:si>
     <x:t>US58547DAE94</x:t>
   </x:si>
   <x:si>
     <x:t>5.750%</x:t>
   </x:si>
   <x:si>
     <x:t>21/07/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3076</x:t>
-[...17 lines deleted...]
-    <x:t>$127 301.00</x:t>
+    <x:t>0,3074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127 924.00</x:t>
   </x:si>
   <x:si>
     <x:t>Tecpetrol Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US87876TAH77</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3020</x:t>
-[...2 lines deleted...]
-    <x:t>$125 535.00</x:t>
+    <x:t>0,3028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126 016.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QCC42</x:t>
   </x:si>
   <x:si>
     <x:t>21/09/2047</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3019</x:t>
-[...2 lines deleted...]
-    <x:t>$125 483.00</x:t>
+    <x:t>0,3022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125 733.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pampa Energia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US697660AF56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124 789.00</x:t>
   </x:si>
   <x:si>
     <x:t>Orbia Advance Corp Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>US68560EAC21</x:t>
   </x:si>
   <x:si>
     <x:t>6.800%</x:t>
   </x:si>
   <x:si>
     <x:t>13/05/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,3016</x:t>
-[...17 lines deleted...]
-    <x:t>$124 786.00</x:t>
+    <x:t>0,2993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124 528.00</x:t>
   </x:si>
   <x:si>
     <x:t>US58547DAD12</x:t>
   </x:si>
   <x:si>
     <x:t>5.375%</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2963</x:t>
-[...2 lines deleted...]
-    <x:t>$123 165.00</x:t>
+    <x:t>0,2971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123 635.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comision Ejecutiva Hidroelectrica Del R</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US200444AA57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.650%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Salvador</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111 280.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbek Industrial And Construction Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US917935AA60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.950%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekistan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111 243.00</x:t>
   </x:si>
   <x:si>
     <x:t>US279158AT64</x:t>
   </x:si>
   <x:si>
     <x:t>19/01/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2674</x:t>
-[...44 lines deleted...]
-    <x:t>$110 803.00</x:t>
+    <x:t>0,2669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111 058.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Vakiflar Bankasi Tao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US90015WAM55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110 894.00</x:t>
   </x:si>
   <x:si>
     <x:t>Yapi Ve Kredi Bankasi As</x:t>
   </x:si>
   <x:si>
     <x:t>US984848AR26</x:t>
   </x:si>
   <x:si>
     <x:t>0,2664</x:t>
   </x:si>
   <x:si>
-    <x:t>$110 720.00</x:t>
-[...8 lines deleted...]
-    <x:t>12/10/2028</x:t>
+    <x:t>$110 858.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US29646AAD81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.450%</x:t>
   </x:si>
   <x:si>
     <x:t>0,2662</x:t>
   </x:si>
   <x:si>
-    <x:t>$110 624.00</x:t>
-[...11 lines deleted...]
-    <x:t>$110 517.00</x:t>
+    <x:t>$110 767.00</x:t>
   </x:si>
   <x:si>
     <x:t>Jscb Agrobank</x:t>
   </x:si>
   <x:si>
     <x:t>US201281AA02</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2652</x:t>
-[...2 lines deleted...]
-    <x:t>$110 212.00</x:t>
+    <x:t>0,2657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110 571.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tc Ziraat Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US90014TAL52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.994%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110 110.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zorlu Enerji Elektrik Uretim As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US98977LAA44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.000%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/04/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109 943.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US90014TAK79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109 908.00</x:t>
   </x:si>
   <x:si>
     <x:t>Energean Israel Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IL0011736738</x:t>
   </x:si>
   <x:si>
     <x:t>30/03/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2644</x:t>
-[...50 lines deleted...]
-    <x:t>$109 601.00</x:t>
+    <x:t>$109 903.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Province de Cordoue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US74408DAF15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.750%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCC </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109 504.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mgm China Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US55300RAJ05</x:t>
   </x:si>
   <x:si>
     <x:t>26/06/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2631</x:t>
-[...23 lines deleted...]
-    <x:t>$108 921.00</x:t>
+    <x:t>0,2630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109 445.00</x:t>
   </x:si>
   <x:si>
     <x:t>IL0011971442</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2619</x:t>
-[...2 lines deleted...]
-    <x:t>$108 851.00</x:t>
+    <x:t>0,2623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109 141.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eregli Demir Ve Celik Fabrikalari Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US29482KAA97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109 106.00</x:t>
   </x:si>
   <x:si>
     <x:t>US90015WAP86</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2034</x:t>
   </x:si>
   <x:si>
     <x:t>0,2617</x:t>
   </x:si>
   <x:si>
-    <x:t>$108 790.00</x:t>
-[...14 lines deleted...]
-    <x:t>$108 688.00</x:t>
+    <x:t>$108 915.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeropuertos Dominicanos Siglo Xxi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US007866AE69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>République dominicaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108 678.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzbekneftegaz Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US91825MAC73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108 483.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US984245AV29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108 381.00</x:t>
   </x:si>
   <x:si>
     <x:t>Yinson Bergenia Production Bv</x:t>
   </x:si>
   <x:si>
     <x:t>US98585VAA61</x:t>
   </x:si>
   <x:si>
     <x:t>8.498%</x:t>
   </x:si>
   <x:si>
     <x:t>31/01/2045</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2608</x:t>
-[...38 lines deleted...]
-    <x:t>$108 089.00</x:t>
+    <x:t>0,2604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108 349.00</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Davivienda Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US059501AG10</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2595</x:t>
-[...17 lines deleted...]
-    <x:t>$107 741.00</x:t>
+    <x:t>0,2602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108 287.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C&amp;W Senior Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US12665MAA09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108 032.00</x:t>
   </x:si>
   <x:si>
     <x:t>Turkiye Garanti Bankasi As</x:t>
   </x:si>
   <x:si>
     <x:t>US900148AG22</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2588</x:t>
-[...17 lines deleted...]
-    <x:t>$107 450.00</x:t>
+    <x:t>0,2591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107 800.00</x:t>
   </x:si>
   <x:si>
     <x:t>US900148AH05</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2036</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2582</x:t>
-[...2 lines deleted...]
-    <x:t>$107 323.00</x:t>
+    <x:t>0,2589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107 740.00</x:t>
   </x:si>
   <x:si>
     <x:t>US28135J2B25</x:t>
   </x:si>
   <x:si>
     <x:t>5.662%</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>$107 296.00</x:t>
+    <x:t>0,2579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107 329.00</x:t>
   </x:si>
   <x:si>
     <x:t>US90015WAR43</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2566</x:t>
-[...2 lines deleted...]
-    <x:t>$106 666.00</x:t>
+    <x:t>0,2575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107 143.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US46579RAE45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106 736.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ocp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US67091TAE55</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2051</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2564</x:t>
+    <x:t>0,2561</x:t>
   </x:si>
   <x:si>
     <x:t>Morocco</x:t>
   </x:si>
   <x:si>
-    <x:t>$106 553.00</x:t>
+    <x:t>$106 564.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heritage Petroleum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US42727GAA67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinité-et-Tobago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106 245.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seplat Energy Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US81733MAA36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.125%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/03/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nigéria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106 182.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itau Unibanco Holding Sa/Îles Caïmans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US46556V2A91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/02/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 994.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nickel Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US653890AB97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indonésie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 977.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Is Bankasi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US90016BAH15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 867.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Maple Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US58407HAA77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.960%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapour</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 848.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US92243XAM39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.475%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 732.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oryx Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US67114NAA90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 716.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iifl Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US44964HAA23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/07/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 714.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US67091TAB17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/04/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 602.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ihs Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US44963HAD70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 543.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Navoi Mining &amp; Metallurgical Combinat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US63890CAC82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 419.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oztel Holdings Spc Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US692733AB47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 406.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capstone Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US14071LAA61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 305.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US984848AT81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 228.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mersin Uluslararasi Liman Isletmeciligi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US590454AC80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 166.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sisecam Uk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US829688AB65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105 105.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Otomotiv Sanayi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US345409AC02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104 983.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rede D'Or Finance Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US75735GAC24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104 903.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US62828L2C68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104 846.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turk Telekomunikasyon As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US90011QAD25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.375%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104 772.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golomt Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US381930AA49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104 446.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otel Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US688919AA75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104 321.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Axian Telecom Holding &amp; Management Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US05465QAA76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104 306.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US92243XAL55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.850%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/04/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103 938.00</x:t>
   </x:si>
   <x:si>
     <x:t>US716564AA72</x:t>
   </x:si>
   <x:si>
     <x:t>4.750%</x:t>
   </x:si>
   <x:si>
     <x:t>19/06/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2561</x:t>
-[...389 lines deleted...]
-    <x:t>24/04/2033</x:t>
+    <x:t>0,2496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103 883.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Navoiyuran State Enterprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US85679AAA60</x:t>
   </x:si>
   <x:si>
     <x:t>0,2494</x:t>
   </x:si>
   <x:si>
-    <x:t>$103 641.00</x:t>
+    <x:t>$103 783.00</x:t>
   </x:si>
   <x:si>
     <x:t>Volcan Cia Minera Saa</x:t>
   </x:si>
   <x:si>
     <x:t>US92863UAD81</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2493</x:t>
-[...2 lines deleted...]
-    <x:t>$103 622.00</x:t>
+    <x:t>$103 776.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinidad Generation Unltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US89636DAB29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US44963HAC97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103 608.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bidvest Group Uk Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US088932AA63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.200%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103 531.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continuum Green Energy India Pvt / Co-I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US89629LAA52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103 425.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US90011QAE08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103 424.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shriram Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US82556FAB85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103 419.00</x:t>
   </x:si>
   <x:si>
     <x:t>US984245AQ34</x:t>
   </x:si>
   <x:si>
     <x:t>21/07/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>$103 606.00</x:t>
-[...92 lines deleted...]
-    <x:t>$103 264.00</x:t>
+    <x:t>0,2479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103 168.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US82556FAA03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102 997.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orazul Energy Peru Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US685948AA92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102 973.00</x:t>
   </x:si>
   <x:si>
     <x:t>We Soda Investments Holding Plc</x:t>
   </x:si>
   <x:si>
     <x:t>US92943TAA16</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2483</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>0,2471</x:t>
   </x:si>
   <x:si>
-    <x:t>$102 695.00</x:t>
+    <x:t>$102 826.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortebank Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US34955XAB73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kazakhstan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102 813.00</x:t>
   </x:si>
   <x:si>
     <x:t>US86389QAF90</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2469</x:t>
-[...17 lines deleted...]
-    <x:t>$102 257.00</x:t>
+    <x:t>$102 805.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ittihad International Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US46576EAA47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102 235.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jsw Infrastructure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US46654XAA72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102 155.00</x:t>
   </x:si>
   <x:si>
     <x:t>Silk Road Group Holding Llc</x:t>
   </x:si>
   <x:si>
     <x:t>US82710NAA63</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2458</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Géorgie</x:t>
   </x:si>
   <x:si>
-    <x:t>$102 165.00</x:t>
-[...32 lines deleted...]
-    <x:t>$102 037.00</x:t>
+    <x:t>$102 141.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US90015LAL18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102 119.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US58547DAJ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102 064.00</x:t>
   </x:si>
   <x:si>
     <x:t>Biocon Biologics Global Plc</x:t>
   </x:si>
   <x:si>
     <x:t>US090978AA56</x:t>
   </x:si>
   <x:si>
     <x:t>6.670%</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>$102 018.00</x:t>
-[...11 lines deleted...]
-    <x:t>$101 928.00</x:t>
+    <x:t>0,2451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102 007.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inretail Shopping Malls</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US45780UAC80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.650%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 786.00</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Energy Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US46143NAB64</x:t>
   </x:si>
   <x:si>
     <x:t>26/04/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2451</x:t>
-[...29 lines deleted...]
-    <x:t>$101 698.00</x:t>
+    <x:t>0,2441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 578.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Limak Yenilenebilir Enerji As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US53263MAA09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 534.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oq Saoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US67624L2A50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 530.00</x:t>
   </x:si>
   <x:si>
     <x:t>US57886LAA08</x:t>
   </x:si>
   <x:si>
     <x:t>5.200%</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2443</x:t>
-[...17 lines deleted...]
-    <x:t>$101 499.00</x:t>
+    <x:t>0,2439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 482.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecommunications Co Telekom Srbija Ad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US87945BAA89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 468.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Threelands Energy Ltd Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US88580LAA44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.450%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 462.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energuate Trust 2 0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US29277RAB15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 414.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US55300RAG65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 401.00</x:t>
   </x:si>
   <x:si>
     <x:t>Banco De Bogota Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US059514AE90</x:t>
   </x:si>
   <x:si>
     <x:t>03/08/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>$101 481.00</x:t>
-[...8 lines deleted...]
-    <x:t>$101 479.00</x:t>
+    <x:t>0,2436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 355.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US98313RAD89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 166.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sorik Marapi Geothermal Power Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US74390TAA79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 097.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uzauto Motors Aj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US46653NAB82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101 007.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inversiones Cmpc Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US46128MAU53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100 940.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ciudad Autonoma De Buenos Aires/Governm</x:t>
   </x:si>
   <x:si>
     <x:t>US11943HAD17</x:t>
   </x:si>
   <x:si>
     <x:t>26/11/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2441</x:t>
-[...110 lines deleted...]
-    <x:t>$100 895.00</x:t>
+    <x:t>0,2422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100 788.00</x:t>
   </x:si>
   <x:si>
     <x:t>US88167AAP66</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2421</x:t>
-[...17 lines deleted...]
-    <x:t>$100 468.00</x:t>
+    <x:t>0,2419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100 664.00</x:t>
   </x:si>
   <x:si>
     <x:t>Instituto Costarricense De Electricidad</x:t>
   </x:si>
   <x:si>
     <x:t>US45777VAD91</x:t>
   </x:si>
   <x:si>
     <x:t>15/05/2043</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2410</x:t>
+    <x:t>0,2412</x:t>
   </x:si>
   <x:si>
     <x:t>Costa Rica</x:t>
   </x:si>
   <x:si>
-    <x:t>$100 186.00</x:t>
+    <x:t>$100 370.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transportadora De Gas Del Sur Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US893870AZ87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/11/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100 189.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montego Bay Airport Revenue Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US61238BAA98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.600%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/06/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100 108.00</x:t>
   </x:si>
   <x:si>
     <x:t>Indika Energy Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>US69369KAA34</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2029</x:t>
   </x:si>
   <x:si>
     <x:t>0,2405</x:t>
   </x:si>
   <x:si>
-    <x:t>$99 971.00</x:t>
+    <x:t>$100 094.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mobiliare Latam Sa / Mobiliare Latam Me</x:t>
   </x:si>
   <x:si>
     <x:t>US60742RAA59</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2401</x:t>
-[...35 lines deleted...]
-    <x:t>$99 670.00</x:t>
+    <x:t>$100 069.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrorio Luxembourg Holding Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US74259PAA57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99 631.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jsw Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US46635UAC36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99 423.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QDE98</x:t>
   </x:si>
   <x:si>
     <x:t>5.950%</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2395</x:t>
-[...35 lines deleted...]
-    <x:t>$99 306.00</x:t>
+    <x:t>0,2386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99 294.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sael/Sprepl/Ssspl/Jgpepl/Skrepl/Ubepl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US78637MAA62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99 116.00</x:t>
   </x:si>
   <x:si>
     <x:t>Gdz Elektrik Dagitim As</x:t>
   </x:si>
   <x:si>
     <x:t>US36270TAA16</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2384</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>0,2379</x:t>
   </x:si>
   <x:si>
-    <x:t>$98 873.00</x:t>
+    <x:t>$98 990.00</x:t>
   </x:si>
   <x:si>
     <x:t>India Clean Energy Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>US45409MAA18</x:t>
   </x:si>
   <x:si>
     <x:t>18/04/2027</x:t>
   </x:si>
   <x:si>
+    <x:t>0,2368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98 554.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IL0011736811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/03/2031</x:t>
+  </x:si>
+  <x:si>
     <x:t>0,2365</x:t>
   </x:si>
   <x:si>
-    <x:t>$98 315.00</x:t>
-[...11 lines deleted...]
-    <x:t>$98 016.00</x:t>
+    <x:t>$98 392.00</x:t>
   </x:si>
   <x:si>
     <x:t>Renew Wind Energy Ap2 / Renew Power Pvt</x:t>
   </x:si>
   <x:si>
     <x:t>US75973PAA75</x:t>
   </x:si>
   <x:si>
     <x:t>14/07/2028</x:t>
   </x:si>
   <x:si>
     <x:t>0,2357</x:t>
   </x:si>
   <x:si>
-    <x:t>$97 946.00</x:t>
+    <x:t>$98 074.00</x:t>
   </x:si>
   <x:si>
     <x:t>Agrosuper Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US00857LAA52</x:t>
   </x:si>
   <x:si>
     <x:t>4.600%</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2032</x:t>
   </x:si>
   <x:si>
     <x:t>0,2350</x:t>
   </x:si>
   <x:si>
-    <x:t>$97 653.00</x:t>
+    <x:t>$97 802.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ct Trust</x:t>
   </x:si>
   <x:si>
     <x:t>US12659BAA26</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2032</x:t>
   </x:si>
   <x:si>
     <x:t>0,2344</x:t>
   </x:si>
   <x:si>
-    <x:t>$97 415.00</x:t>
+    <x:t>$97 532.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seaspan Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US81254UAK25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97 271.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecomunicaciones Digitales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US12686LAA70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96 995.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US91825MAB90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96 795.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adecoagro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US00676LAC00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/07/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,2322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96 604.00</x:t>
   </x:si>
   <x:si>
     <x:t>Geopark Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US37255BAC37</x:t>
   </x:si>
   <x:si>
     <x:t>31/01/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2333</x:t>
-[...59 lines deleted...]
-    <x:t>$96 270.00</x:t>
+    <x:t>0,2309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96 081.00</x:t>
   </x:si>
   <x:si>
     <x:t>Canpack Sa / Canpack Us Llc</x:t>
   </x:si>
   <x:si>
     <x:t>US13806CAA09</x:t>
   </x:si>
   <x:si>
     <x:t>3.875%</x:t>
   </x:si>
   <x:si>
     <x:t>15/11/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2302</x:t>
+    <x:t>0,2305</x:t>
   </x:si>
   <x:si>
     <x:t>Pologne</x:t>
   </x:si>
   <x:si>
-    <x:t>$95 671.00</x:t>
+    <x:t>$95 932.00</x:t>
   </x:si>
   <x:si>
     <x:t>Banco General Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US059597AF16</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2169</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2296</x:t>
-[...2 lines deleted...]
-    <x:t>$95 438.00</x:t>
+    <x:t>0,2299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95 666.00</x:t>
   </x:si>
   <x:si>
     <x:t>US67091TAD72</x:t>
   </x:si>
   <x:si>
     <x:t>3.750%</x:t>
   </x:si>
   <x:si>
     <x:t>23/06/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2292</x:t>
-[...2 lines deleted...]
-    <x:t>$95 279.00</x:t>
+    <x:t>0,2294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95 444.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sierracol Energy Andina Llc</x:t>
   </x:si>
   <x:si>
     <x:t>US82653LAA98</x:t>
   </x:si>
   <x:si>
     <x:t>15/06/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2287</x:t>
-[...2 lines deleted...]
-    <x:t>$95 061.00</x:t>
+    <x:t>0,2272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94 551.00</x:t>
   </x:si>
   <x:si>
     <x:t>Enfragen Energia Sur Sa / Enfragen Spai</x:t>
   </x:si>
   <x:si>
     <x:t>US29280LAA17</x:t>
   </x:si>
   <x:si>
     <x:t>30/12/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2270</x:t>
-[...2 lines deleted...]
-    <x:t>$94 349.00</x:t>
+    <x:t>0,2268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94 390.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minerva Luxembourg Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US603374AF69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94 369.00</x:t>
   </x:si>
   <x:si>
     <x:t>Georgian Railway Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>US37363BAB45</x:t>
   </x:si>
   <x:si>
     <x:t>4.000%</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$94 342.00</x:t>
-[...14 lines deleted...]
-    <x:t>$94 110.00</x:t>
+    <x:t>0,2266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94 278.00</x:t>
   </x:si>
   <x:si>
     <x:t>US279158AE95</x:t>
   </x:si>
   <x:si>
     <x:t>18/09/2043</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2245</x:t>
-[...2 lines deleted...]
-    <x:t>$93 301.00</x:t>
+    <x:t>0,2238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93 142.00</x:t>
   </x:si>
   <x:si>
     <x:t>Csn Resources Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US12644VAF58</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2223</x:t>
-[...2 lines deleted...]
-    <x:t>$92 389.00</x:t>
+    <x:t>0,2230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92 789.00</x:t>
   </x:si>
   <x:si>
     <x:t>Peru Lng Srl</x:t>
   </x:si>
   <x:si>
     <x:t>US715604AA27</x:t>
   </x:si>
   <x:si>
     <x:t>22/03/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2211</x:t>
-[...2 lines deleted...]
-    <x:t>$91 893.00</x:t>
+    <x:t>0,2210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91 975.00</x:t>
   </x:si>
   <x:si>
     <x:t>Braskem Idesa Sapi</x:t>
   </x:si>
   <x:si>
     <x:t>US10554NAB47</x:t>
   </x:si>
   <x:si>
     <x:t>6.990%</x:t>
   </x:si>
   <x:si>
     <x:t>20/02/2032</x:t>
   </x:si>
   <x:si>
     <x:t>D</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2174</x:t>
-[...2 lines deleted...]
-    <x:t>$90 347.00</x:t>
+    <x:t>0,2190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91 110.00</x:t>
   </x:si>
   <x:si>
     <x:t>US279158AP43</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2163</x:t>
-[...2 lines deleted...]
-    <x:t>$89 921.00</x:t>
+    <x:t>0,2155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89 686.00</x:t>
   </x:si>
   <x:si>
     <x:t>Leviathan Bond Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IL0011677825</x:t>
   </x:si>
   <x:si>
     <x:t>30/06/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2124</x:t>
+    <x:t>0,2121</x:t>
   </x:si>
   <x:si>
     <x:t>$88 277.00</x:t>
   </x:si>
   <x:si>
     <x:t>US88167AAR23</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0,2116</x:t>
   </x:si>
   <x:si>
-    <x:t>$87 940.00</x:t>
+    <x:t>$88 048.00</x:t>
   </x:si>
   <x:si>
     <x:t>US80386WAD74</x:t>
   </x:si>
   <x:si>
     <x:t>0,2063</x:t>
   </x:si>
   <x:si>
-    <x:t>$85 761.00</x:t>
+    <x:t>$85 830.00</x:t>
   </x:si>
   <x:si>
     <x:t>India Green Power Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>US45410LAA08</x:t>
   </x:si>
   <x:si>
     <x:t>22/02/2027</x:t>
   </x:si>
   <x:si>
     <x:t>0,2061</x:t>
   </x:si>
   <x:si>
-    <x:t>$85 652.00</x:t>
+    <x:t>$85 757.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QDF63</x:t>
   </x:si>
   <x:si>
     <x:t>28/01/2060</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2027</x:t>
-[...2 lines deleted...]
-    <x:t>$84 247.00</x:t>
+    <x:t>0,2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84 235.00</x:t>
   </x:si>
   <x:si>
     <x:t>US88167AAS06</x:t>
   </x:si>
   <x:si>
     <x:t>15/09/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2024</x:t>
-[...2 lines deleted...]
-    <x:t>$84 141.00</x:t>
+    <x:t>0,2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84 140.00</x:t>
   </x:si>
   <x:si>
     <x:t>US984848AQ43</x:t>
   </x:si>
   <x:si>
     <x:t>16/10/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,2008</x:t>
-[...2 lines deleted...]
-    <x:t>$83 465.00</x:t>
+    <x:t>0,2006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83 454.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mc Brazil Downstream Trading Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US55292WAA80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83 153.00</x:t>
   </x:si>
   <x:si>
     <x:t>US881937AA41</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1996</x:t>
-[...14 lines deleted...]
-    <x:t>$82 658.00</x:t>
+    <x:t>0,1995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83 016.00</x:t>
   </x:si>
   <x:si>
     <x:t>Yinson Boronia Production Bv</x:t>
   </x:si>
   <x:si>
     <x:t>US98584XAA37</x:t>
   </x:si>
   <x:si>
     <x:t>8.947%</x:t>
   </x:si>
   <x:si>
     <x:t>31/07/2042</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1988</x:t>
-[...2 lines deleted...]
-    <x:t>$82 631.00</x:t>
+    <x:t>0,1991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82 854.00</x:t>
   </x:si>
   <x:si>
     <x:t>US11942GAD43</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2027</x:t>
   </x:si>
   <x:si>
     <x:t>0,1952</x:t>
   </x:si>
   <x:si>
-    <x:t>$81 118.00</x:t>
+    <x:t>$81 206.00</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bradesco Sa/Îles Caïmans</x:t>
   </x:si>
   <x:si>
     <x:t>US05947KBB52</x:t>
   </x:si>
   <x:si>
     <x:t>22/01/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1945</x:t>
-[...2 lines deleted...]
-    <x:t>$80 823.00</x:t>
+    <x:t>0,1946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80 969.00</x:t>
   </x:si>
   <x:si>
     <x:t>US893870AY13</x:t>
   </x:si>
   <x:si>
     <x:t>24/07/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1935</x:t>
-[...2 lines deleted...]
-    <x:t>$80 444.00</x:t>
+    <x:t>0,1940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80 720.00</x:t>
   </x:si>
   <x:si>
     <x:t>US92243XAK72</x:t>
   </x:si>
   <x:si>
     <x:t>11.250%</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1934</x:t>
-[...2 lines deleted...]
-    <x:t>$80 375.00</x:t>
+    <x:t>0,1933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80 420.00</x:t>
   </x:si>
   <x:si>
     <x:t>US90014TAM36</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1922</x:t>
-[...2 lines deleted...]
-    <x:t>$79 896.00</x:t>
+    <x:t>0,1926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80 151.00</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Minas Buenaventura Saa</x:t>
   </x:si>
   <x:si>
     <x:t>US204448AB05</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>$79 879.00</x:t>
+    <x:t>0,1924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80 068.00</x:t>
   </x:si>
   <x:si>
     <x:t>US697660AE81</x:t>
   </x:si>
   <x:si>
     <x:t>7.950%</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1906</x:t>
-[...2 lines deleted...]
-    <x:t>$79 203.00</x:t>
+    <x:t>0,1903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79 176.00</x:t>
   </x:si>
   <x:si>
     <x:t>IL0011677908</x:t>
   </x:si>
   <x:si>
     <x:t>30/06/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1893</x:t>
-[...2 lines deleted...]
-    <x:t>$78 681.00</x:t>
+    <x:t>0,1892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78 731.00</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Internacional Del Peru Saa Interb</x:t>
   </x:si>
   <x:si>
     <x:t>US05968DAG51</x:t>
   </x:si>
   <x:si>
     <x:t>6.397%</x:t>
   </x:si>
   <x:si>
     <x:t>30/04/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1888</x:t>
-[...2 lines deleted...]
-    <x:t>$78 467.00</x:t>
+    <x:t>0,1889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78 599.00</x:t>
   </x:si>
   <x:si>
     <x:t>Petrobras Global Finance Bv</x:t>
   </x:si>
   <x:si>
     <x:t>US71647NAY58</x:t>
   </x:si>
   <x:si>
     <x:t>5.999%</x:t>
   </x:si>
   <x:si>
     <x:t>27/01/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1886</x:t>
-[...2 lines deleted...]
-    <x:t>$78 375.00</x:t>
+    <x:t>0,1887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78 512.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QDC33</x:t>
   </x:si>
   <x:si>
     <x:t>6.840%</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1883</x:t>
-[...2 lines deleted...]
-    <x:t>$78 245.00</x:t>
+    <x:t>0,1884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78 395.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empresa De Transmision Electrica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US29247QAA22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78 229.00</x:t>
   </x:si>
   <x:si>
     <x:t>US92943TAC71</x:t>
   </x:si>
   <x:si>
     <x:t>14/02/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1880</x:t>
-[...17 lines deleted...]
-    <x:t>$78 075.00</x:t>
+    <x:t>0,1879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78 195.00</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>US29261HAB15</x:t>
   </x:si>
   <x:si>
     <x:t>28/05/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1873</x:t>
-[...2 lines deleted...]
-    <x:t>$77 844.00</x:t>
+    <x:t>0,1875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78 017.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QCG55</x:t>
   </x:si>
   <x:si>
     <x:t>13/03/2027</x:t>
   </x:si>
   <x:si>
     <x:t>0,1863</x:t>
   </x:si>
   <x:si>
-    <x:t>$77 451.00</x:t>
+    <x:t>$77 531.00</x:t>
   </x:si>
   <x:si>
     <x:t>Kingston Airport Revenue Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US49647QAA67</x:t>
   </x:si>
   <x:si>
     <x:t>15/12/2036</x:t>
   </x:si>
   <x:si>
+    <x:t>0,1860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77 379.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US40054JAC36</x:t>
+  </x:si>
+  <x:si>
     <x:t>0,1854</x:t>
   </x:si>
   <x:si>
-    <x:t>$77 068.00</x:t>
-[...8 lines deleted...]
-    <x:t>$76 595.00</x:t>
+    <x:t>$77 136.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vista Energy Argentina Sau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US92841RAB69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76 806.00</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Do Brasil Sa/Cayman</x:t>
   </x:si>
   <x:si>
     <x:t>US05959LAH69</x:t>
   </x:si>
   <x:si>
     <x:t>4.875%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1840</x:t>
-[...17 lines deleted...]
-    <x:t>$76 398.00</x:t>
+    <x:t>0,1831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76 175.00</x:t>
   </x:si>
   <x:si>
     <x:t>Alsea Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>US021151AA35</x:t>
   </x:si>
   <x:si>
     <x:t>14/12/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1810</x:t>
-[...2 lines deleted...]
-    <x:t>$75 210.00</x:t>
+    <x:t>0,1808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75 245.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US984245AW02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74 374.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US68560EAD04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/05/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74 316.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestel Elektronik Sanayi Ve Ticaret As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US92548MAA53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCC+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74 313.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US92841RAA86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74 253.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US74408DAE40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74 160.00</x:t>
   </x:si>
   <x:si>
     <x:t>Brf Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US10552TAG22</x:t>
   </x:si>
   <x:si>
     <x:t>24/01/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1788</x:t>
-[...62 lines deleted...]
-    <x:t>$73 698.00</x:t>
+    <x:t>0,1779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74 007.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71647NAN93</x:t>
   </x:si>
   <x:si>
     <x:t>6.850%</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2115</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1723</x:t>
-[...2 lines deleted...]
-    <x:t>$71 596.00</x:t>
+    <x:t>0,1721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71 626.00</x:t>
   </x:si>
   <x:si>
     <x:t>Poinsettia Finance Ltd Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>US73050QAA67</x:t>
   </x:si>
   <x:si>
     <x:t>17/06/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0,1718</x:t>
   </x:si>
   <x:si>
-    <x:t>$71 388.00</x:t>
+    <x:t>$71 469.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US706451BG56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71 363.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Csn Inova Ventures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US12642KAB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71 344.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anadolu Efes Biracilik Ve Malt Sanayii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US032523AB81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71 259.00</x:t>
   </x:si>
   <x:si>
     <x:t>Stillwater Mining Co</x:t>
   </x:si>
   <x:si>
     <x:t>US86074QAQ55</x:t>
   </x:si>
   <x:si>
     <x:t>16/11/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1717</x:t>
-[...44 lines deleted...]
-    <x:t>$70 623.00</x:t>
+    <x:t>$71 256.00</x:t>
   </x:si>
   <x:si>
     <x:t>US29246BAF58</x:t>
   </x:si>
   <x:si>
     <x:t>15/02/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1688</x:t>
-[...2 lines deleted...]
-    <x:t>$70 170.00</x:t>
+    <x:t>0,1685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70 130.00</x:t>
   </x:si>
   <x:si>
     <x:t>US984245AS99</x:t>
   </x:si>
   <x:si>
     <x:t>27/06/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1676</x:t>
-[...2 lines deleted...]
-    <x:t>$69 658.00</x:t>
+    <x:t>0,1683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70 031.00</x:t>
   </x:si>
   <x:si>
     <x:t>Marb Bondco Plc</x:t>
   </x:si>
   <x:si>
     <x:t>US566007AC41</x:t>
   </x:si>
   <x:si>
     <x:t>29/01/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1667</x:t>
-[...2 lines deleted...]
-    <x:t>$69 269.00</x:t>
+    <x:t>0,1669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69 441.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US88167AAT88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68 338.00</x:t>
   </x:si>
   <x:si>
     <x:t>Falabella Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US30607FAA84</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1644</x:t>
-[...14 lines deleted...]
-    <x:t>$68 278.00</x:t>
+    <x:t>0,1640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68 243.00</x:t>
   </x:si>
   <x:si>
     <x:t>Playtika Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>US72815LAA52</x:t>
   </x:si>
   <x:si>
     <x:t>15/03/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1623</x:t>
-[...2 lines deleted...]
-    <x:t>$67 454.00</x:t>
+    <x:t>0,1619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67 380.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ai Candelaria -Spain- Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US00870WAA45</x:t>
   </x:si>
   <x:si>
     <x:t>15/06/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1611</x:t>
+    <x:t>0,1604</x:t>
   </x:si>
   <x:si>
     <x:t>Espagne</x:t>
   </x:si>
   <x:si>
-    <x:t>$66 973.00</x:t>
+    <x:t>$66 757.00</x:t>
   </x:si>
   <x:si>
     <x:t>Nemak Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>US64045DAC83</x:t>
   </x:si>
   <x:si>
     <x:t>3.625%</x:t>
   </x:si>
   <x:si>
     <x:t>28/06/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1593</x:t>
-[...2 lines deleted...]
-    <x:t>$66 218.00</x:t>
+    <x:t>0,1596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66 427.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US984245AR17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/12/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66 355.00</x:t>
   </x:si>
   <x:si>
     <x:t>Star Energy Geothermal Wayang Windu Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US85511XAC48</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1591</x:t>
-[...14 lines deleted...]
-    <x:t>$65 576.00</x:t>
+    <x:t>0,1594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66 349.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QDP46</x:t>
   </x:si>
   <x:si>
     <x:t>10.000%</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1440</x:t>
-[...2 lines deleted...]
-    <x:t>$59 871.00</x:t>
+    <x:t>0,1436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59 769.00</x:t>
   </x:si>
   <x:si>
     <x:t>US10554NAA63</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1401</x:t>
-[...2 lines deleted...]
-    <x:t>$58 250.00</x:t>
+    <x:t>0,1406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58 492.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mong Duong Finance Holdings Bv</x:t>
   </x:si>
   <x:si>
     <x:t>US60935DAA37</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1389</x:t>
-[...2 lines deleted...]
-    <x:t>$57 722.00</x:t>
+    <x:t>0,1387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57 701.00</x:t>
   </x:si>
   <x:si>
     <x:t>US603374AH26</x:t>
   </x:si>
   <x:si>
     <x:t>13/09/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1344</x:t>
-[...2 lines deleted...]
-    <x:t>$55 843.00</x:t>
+    <x:t>0,1342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55 863.00</x:t>
   </x:si>
   <x:si>
     <x:t>Istanbul Metropolitan Municipality</x:t>
   </x:si>
   <x:si>
     <x:t>US46522TAC27</x:t>
   </x:si>
   <x:si>
     <x:t>10.500%</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2028</x:t>
   </x:si>
   <x:si>
     <x:t>0,1328</x:t>
   </x:si>
   <x:si>
-    <x:t>$55 185.00</x:t>
+    <x:t>$55 245.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Costa Rica Senior Secured Finan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US530371AA13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55 085.00</x:t>
   </x:si>
   <x:si>
     <x:t>US05968DAF78</x:t>
   </x:si>
   <x:si>
     <x:t>16/01/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1324</x:t>
-[...17 lines deleted...]
-    <x:t>$54 818.00</x:t>
+    <x:t>0,1321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54 975.00</x:t>
   </x:si>
   <x:si>
     <x:t>Akbank Tas</x:t>
   </x:si>
   <x:si>
     <x:t>US00971YAL48</x:t>
   </x:si>
   <x:si>
     <x:t>7.498%</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>0,1312</x:t>
   </x:si>
   <x:si>
-    <x:t>$54 518.00</x:t>
+    <x:t>$54 614.00</x:t>
   </x:si>
   <x:si>
     <x:t>US279158AQ26</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2051</x:t>
   </x:si>
   <x:si>
     <x:t>0,1310</x:t>
   </x:si>
   <x:si>
-    <x:t>$54 428.00</x:t>
+    <x:t>$54 525.00</x:t>
   </x:si>
   <x:si>
     <x:t>Aegea Finance Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>US00775CAC01</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1308</x:t>
-[...2 lines deleted...]
-    <x:t>$54 359.00</x:t>
+    <x:t>$54 514.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecobank Transnational Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US27889PAC77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.125%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Togo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54 254.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ld Celulose International Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US50206BAA08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autriche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54 159.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US03512TAB70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/04/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tanzania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54 151.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulker Biskuvi Sanayi As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US903742AB05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54 144.00</x:t>
   </x:si>
   <x:si>
     <x:t>US46522TAB44</x:t>
   </x:si>
   <x:si>
     <x:t>10.750%</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1305</x:t>
-[...20 lines deleted...]
-    <x:t>$54 075.00</x:t>
+    <x:t>$54 120.00</x:t>
   </x:si>
   <x:si>
     <x:t>US45777VAE74</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1300</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>0,1299</x:t>
   </x:si>
   <x:si>
-    <x:t>Togo</x:t>
-[...17 lines deleted...]
-    <x:t>$54 002.00</x:t>
+    <x:t>$54 065.00</x:t>
   </x:si>
   <x:si>
     <x:t>US63890CAB00</x:t>
   </x:si>
   <x:si>
     <x:t>17/10/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0,1298</x:t>
   </x:si>
   <x:si>
-    <x:t>$53 950.00</x:t>
+    <x:t>$54 005.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71654QDL32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 848.00</x:t>
   </x:si>
   <x:si>
     <x:t>Turkiye Sinai Kalkinma Bankasi As</x:t>
   </x:si>
   <x:si>
     <x:t>US90015YAH27</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1294</x:t>
-[...11 lines deleted...]
-    <x:t>$53 767.00</x:t>
+    <x:t>$53 827.00</x:t>
   </x:si>
   <x:si>
     <x:t>Pegasus Hava Tasimaciligi As</x:t>
   </x:si>
   <x:si>
     <x:t>US705567AB14</x:t>
   </x:si>
   <x:si>
     <x:t>0,1292</x:t>
   </x:si>
   <x:si>
-    <x:t>$53 680.00</x:t>
+    <x:t>$53 759.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US900148AF49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 752.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fs Luxembourg Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US30315XAD66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/06/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 708.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multibank Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US625454AB93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 513.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klabin Austria Gmbh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US49836AAB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 406.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US98379XAB01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 218.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71647NBK46</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1289</x:t>
-[...71 lines deleted...]
-    <x:t>$53 257.00</x:t>
+    <x:t>0,1277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 157.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medco Cypress Tree Pte Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US58406VAA70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 136.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US90015WAQ69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 101.00</x:t>
   </x:si>
   <x:si>
     <x:t>Gran Tierra Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>US38500TAC53</x:t>
   </x:si>
   <x:si>
-    <x:t>$53 252.00</x:t>
-[...8 lines deleted...]
-    <x:t>19/05/2030</x:t>
+    <x:t>$53 083.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US984848AU54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2030</x:t>
   </x:si>
   <x:si>
     <x:t>0,1275</x:t>
   </x:si>
   <x:si>
-    <x:t>$53 000.00</x:t>
+    <x:t>$53 045.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Energy Llc/Argentine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US69784DAD03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53 001.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico Remittances Funding Fiduciary Es</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US593035AB42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.500%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/10/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 976.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71647NAK54</x:t>
   </x:si>
   <x:si>
     <x:t>17/03/2044</x:t>
   </x:si>
   <x:si>
-    <x:t>$52 989.00</x:t>
-[...35 lines deleted...]
-    <x:t>$52 849.00</x:t>
+    <x:t>0,1271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 882.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aris Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US04040YAB56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 820.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enfragen Energia Sur Sau/ Enfragen Chil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US29281MAA80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.499%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/06/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 758.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Termocandelaria Power Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US88087AAA60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/09/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 747.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Btg Pactual Sa/Cayman Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US05971AAK79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 652.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Macro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US05963GAK40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/06/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 608.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Limak Cimento Sanayi Ve Ticaret As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US53263AAA60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 567.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US87876TAG94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 564.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Andes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US00111VAC19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.150%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 521.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71645WAQ42</x:t>
   </x:si>
   <x:si>
     <x:t>20/01/2040</x:t>
   </x:si>
   <x:si>
-    <x:t>$52 848.00</x:t>
+    <x:t>0,1260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 449.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US90015YAG44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 417.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tav Havalimanlari Holding As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US87216EAA47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 413.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Oil Services Holding Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US650921AA71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 391.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US63890CAA27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 364.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puma International Financing Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US74588YAB65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 337.00</x:t>
   </x:si>
   <x:si>
     <x:t>Centrais Eletricas Brasileiras Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US15234VAA52</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1269</x:t>
-[...38 lines deleted...]
-    <x:t>$52 671.00</x:t>
+    <x:t>0,1257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 316.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US059578AK04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 300.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcor Saic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US03965PAE16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 208.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US829688AA82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52 134.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US92243XAJ00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.250%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 993.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karoon Usa Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US48575AAA97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 940.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71645WAS08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 920.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco De Galicia Y Buenos Aires Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US059538AS70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 913.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71647NBH17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.600%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 723.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gol Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US36254VAN82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.375%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 702.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecommunications Services Of Trinidad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US87929TAA97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 628.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceanica Lux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US67525AAA07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.000%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 569.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Votorantim Sa/Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US05975C2A01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 401.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sabesp Lux Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US785170AB72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/08/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 394.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Studio City Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US86400GAC33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Îles Vierges</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 344.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US49836AAA25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 328.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trident Energy Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US89616MAB63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 287.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omgrid Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US68217JAA25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.196%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/05/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 238.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US58547DAC39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 179.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rumo Luxembourg Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US781467AC98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51 046.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caixa Economica Federal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US12803Y2A67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 998.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US900111AB12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 987.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ypf Energia Electrica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US98424MAB90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 943.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71647NBE85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.093%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 935.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohi Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US67712MAB54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/07/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 892.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US00775CAB28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 581.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bapco Energies Sukuk Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US65526QAA85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 488.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irsa Inversiones Y Representaciones Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US450047AJ43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 486.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amaggi Luxembourg International Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US02265WAA36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 423.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71647NBL29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 328.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banistmo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US06034LAB62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 300.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oleoducto Central Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US680617AC18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50 215.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Limak Iskenderun Uluslararasi Liman Isl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US53263TAA51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 950.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US72942BAB18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 921.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US37954JAC09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/04/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 882.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aes Espana Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US00109YAA38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 879.00</x:t>
   </x:si>
   <x:si>
     <x:t>Frontera Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>US35905BAC19</x:t>
   </x:si>
   <x:si>
     <x:t>21/06/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>$52 659.00</x:t>
-[...569 lines deleted...]
-    <x:t>$50 199.00</x:t>
+    <x:t>0,1197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 822.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empresa Distribuidora Y Comercializador</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US29244AAM45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/10/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 695.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empresa Generadora De Electricidad Hain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US29249FAA49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 674.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ultrapar International Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US90401CAC38</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1204</x:t>
-[...32 lines deleted...]
-    <x:t>$49 848.00</x:t>
+    <x:t>0,1193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 647.00</x:t>
   </x:si>
   <x:si>
     <x:t>Cosan Luxembourg Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US22113AAB17</x:t>
   </x:si>
   <x:si>
     <x:t>20/09/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>$49 836.00</x:t>
-[...56 lines deleted...]
-    <x:t>$49 715.00</x:t>
+    <x:t>0,1191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 559.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmr Hyderabad International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US36256WAA27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 390.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US15236FAB67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 302.00</x:t>
   </x:si>
   <x:si>
     <x:t>US75735GAA67</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1194</x:t>
-[...26 lines deleted...]
-    <x:t>$49 270.00</x:t>
+    <x:t>0,1184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49 260.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jsw Hydro Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US46653YAA64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48 846.00</x:t>
   </x:si>
   <x:si>
     <x:t>Msu Energy Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US55377JAC18</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1173</x:t>
-[...17 lines deleted...]
-    <x:t>$48 709.00</x:t>
+    <x:t>0,1168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48 586.00</x:t>
   </x:si>
   <x:si>
     <x:t>San Miguel Industrias Pet Sa / Ng Pet R</x:t>
   </x:si>
   <x:si>
     <x:t>US79911QAA22</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2028</x:t>
   </x:si>
   <x:si>
     <x:t>0,1166</x:t>
   </x:si>
   <x:si>
-    <x:t>$48 461.00</x:t>
+    <x:t>$48 529.00</x:t>
   </x:si>
   <x:si>
     <x:t>Minsur Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US60447KAB61</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0,1157</x:t>
   </x:si>
   <x:si>
-    <x:t>$48 107.00</x:t>
+    <x:t>$48 130.00</x:t>
   </x:si>
   <x:si>
     <x:t>Kernel Holding Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US49229QAC87</x:t>
   </x:si>
   <x:si>
     <x:t>0,1155</x:t>
   </x:si>
   <x:si>
     <x:t>Ukraine</x:t>
   </x:si>
   <x:si>
-    <x:t>$47 986.00</x:t>
+    <x:t>$48 047.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sierracol Energy Andina Llc/Sierracol E</x:t>
   </x:si>
   <x:si>
     <x:t>US82653NAA54</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1146</x:t>
+    <x:t>0,1145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47 638.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Gas Co Of Trinidad &amp; Tobago Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USP70809AB71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.050%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>$47 628.00</x:t>
   </x:si>
   <x:si>
     <x:t>Natura &amp;Co Luxembourg Holdings Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>US63883KAB17</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1145</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>0,1144</x:t>
   </x:si>
   <x:si>
-    <x:t>$47 545.00</x:t>
+    <x:t>$47 602.00</x:t>
   </x:si>
   <x:si>
     <x:t>B3 Sa - Brasil Bolsa Balcao</x:t>
   </x:si>
   <x:si>
     <x:t>US11778EAA47</x:t>
   </x:si>
   <x:si>
     <x:t>20/09/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1143</x:t>
-[...2 lines deleted...]
-    <x:t>$47 523.00</x:t>
+    <x:t>0,1127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46 914.00</x:t>
   </x:si>
   <x:si>
     <x:t>Acu Petroleo Luxembourg Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>US00110RAA59</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2032</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1123</x:t>
-[...2 lines deleted...]
-    <x:t>$46 661.00</x:t>
+    <x:t>0,1121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46 634.00</x:t>
   </x:si>
   <x:si>
     <x:t>Colombia Telecomunicaciones Sa Esp</x:t>
   </x:si>
   <x:si>
     <x:t>US19533PAC41</x:t>
   </x:si>
   <x:si>
     <x:t>17/07/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1122</x:t>
-[...2 lines deleted...]
-    <x:t>$46 633.00</x:t>
+    <x:t>0,1117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46 486.00</x:t>
   </x:si>
   <x:si>
     <x:t>Kosmos Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US500688AF35</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2027</x:t>
   </x:si>
   <x:si>
     <x:t>0,1116</x:t>
   </x:si>
   <x:si>
-    <x:t>$46 387.00</x:t>
+    <x:t>$46 430.00</x:t>
   </x:si>
   <x:si>
     <x:t>Nak Naftogaz Ukraine Via Kondor Finance</x:t>
   </x:si>
   <x:si>
     <x:t>US50050MAB19</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1106</x:t>
-[...2 lines deleted...]
-    <x:t>$45 987.00</x:t>
+    <x:t>0,1100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45 758.00</x:t>
   </x:si>
   <x:si>
     <x:t>Vanke Real Estate Hong Kong Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>XS1713193586</x:t>
   </x:si>
   <x:si>
     <x:t>3.975%</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1096</x:t>
-[...2 lines deleted...]
-    <x:t>$45 557.00</x:t>
+    <x:t>0,1094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45 540.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71647NAA72</x:t>
   </x:si>
   <x:si>
     <x:t>20/05/2043</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1078</x:t>
-[...2 lines deleted...]
-    <x:t>$44 802.00</x:t>
+    <x:t>0,1075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44 713.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71654QAZ54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43 669.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metalsa Sapi De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US59132VAB45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43 576.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telefonica Moviles Chile Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US87938XAB73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.537%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42 792.00</x:t>
   </x:si>
   <x:si>
     <x:t>US500688AJ56</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1073</x:t>
-[...47 lines deleted...]
-    <x:t>$42 585.00</x:t>
+    <x:t>$42 775.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mhp Lux Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US59318YAB48</x:t>
   </x:si>
   <x:si>
     <x:t>19/09/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,1021</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chypre</x:t>
   </x:si>
   <x:si>
-    <x:t>$42 430.00</x:t>
+    <x:t>$42 756.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metinvest Bv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US591555AG25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,1008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41 962.00</x:t>
   </x:si>
   <x:si>
     <x:t>Simpar Europe Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US82883PAA21</x:t>
   </x:si>
   <x:si>
     <x:t>26/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0,1003</x:t>
   </x:si>
   <x:si>
-    <x:t>$41 669.00</x:t>
+    <x:t>$41 741.00</x:t>
   </x:si>
   <x:si>
     <x:t>Cap Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US13911YAA47</x:t>
   </x:si>
   <x:si>
     <x:t>3.900%</x:t>
   </x:si>
   <x:si>
     <x:t>27/04/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0,0996</x:t>
   </x:si>
   <x:si>
-    <x:t>$41 401.00</x:t>
-[...11 lines deleted...]
-    <x:t>$41 282.00</x:t>
+    <x:t>$41 436.00</x:t>
   </x:si>
   <x:si>
     <x:t>Braskem Netherlands Finance Bv</x:t>
   </x:si>
   <x:si>
     <x:t>US10554TAD72</x:t>
   </x:si>
   <x:si>
     <x:t>0,0930</x:t>
   </x:si>
   <x:si>
-    <x:t>$38 654.00</x:t>
+    <x:t>$38 679.00</x:t>
   </x:si>
   <x:si>
     <x:t>US12644VAD01</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0911</x:t>
-[...2 lines deleted...]
-    <x:t>$37 857.00</x:t>
+    <x:t>0,0927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38 557.00</x:t>
   </x:si>
   <x:si>
     <x:t>US591555AF42</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0908</x:t>
-[...2 lines deleted...]
-    <x:t>$37 731.00</x:t>
+    <x:t>0,0918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38 184.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generacion Mediterranea Sa / Central Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US36875KAJ07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,0878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36 544.00</x:t>
   </x:si>
   <x:si>
     <x:t>Greenko Power Ii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US39530MAA62</x:t>
   </x:si>
   <x:si>
     <x:t>4.300%</x:t>
   </x:si>
   <x:si>
     <x:t>13/12/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0868</x:t>
-[...17 lines deleted...]
-    <x:t>$35 858.00</x:t>
+    <x:t>0,0865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36 013.00</x:t>
   </x:si>
   <x:si>
     <x:t>US500688AD86</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0862</x:t>
-[...2 lines deleted...]
-    <x:t>$35 822.00</x:t>
+    <x:t>0,0834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34 686.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mv24 Capital Bv</x:t>
   </x:si>
   <x:si>
     <x:t>US55388RAA41</x:t>
   </x:si>
   <x:si>
     <x:t>6.748%</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0826</x:t>
-[...2 lines deleted...]
-    <x:t>$34 311.00</x:t>
+    <x:t>0,0830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34 537.00</x:t>
   </x:si>
   <x:si>
     <x:t>US10554TAB17</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0749</x:t>
-[...2 lines deleted...]
-    <x:t>$31 133.00</x:t>
+    <x:t>0,0747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31 095.00</x:t>
   </x:si>
   <x:si>
     <x:t>US10554TAG04</x:t>
   </x:si>
   <x:si>
     <x:t>13/02/2033</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0728</x:t>
-[...2 lines deleted...]
-    <x:t>$30 248.00</x:t>
+    <x:t>0,0717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29 838.00</x:t>
   </x:si>
   <x:si>
     <x:t>Rutas 2 &amp; 7 Finance Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US78319MAA18</x:t>
   </x:si>
   <x:si>
     <x:t>30/09/2036</x:t>
   </x:si>
   <x:si>
     <x:t>0,0670</x:t>
   </x:si>
   <x:si>
     <x:t>Paraguay</x:t>
   </x:si>
   <x:si>
     <x:t>$27 860.00</x:t>
   </x:si>
   <x:si>
     <x:t>US30315XAC83</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2031</x:t>
   </x:si>
   <x:si>
+    <x:t>0,0646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26 882.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Usiminas International Sarl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US91734JAB61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2032</x:t>
+  </x:si>
+  <x:si>
     <x:t>0,0645</x:t>
   </x:si>
   <x:si>
-    <x:t>$26 828.00</x:t>
+    <x:t>$26 849.00</x:t>
   </x:si>
   <x:si>
     <x:t>3r Lux Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>US88563PAA66</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0643</x:t>
-[...11 lines deleted...]
-    <x:t>27/01/2032</x:t>
+    <x:t>0,0641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26 653.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71647NAS80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>0,0639</x:t>
   </x:si>
   <x:si>
-    <x:t>$26 566.00</x:t>
-[...11 lines deleted...]
-    <x:t>$26 535.00</x:t>
+    <x:t>$26 610.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71654QCP54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,0628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26 147.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71647NAZ24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26 114.00</x:t>
   </x:si>
   <x:si>
     <x:t>Provincia De Mendoza Argentina</x:t>
   </x:si>
   <x:si>
     <x:t>US586805AJ20</x:t>
   </x:si>
   <x:si>
     <x:t>2.750%</x:t>
   </x:si>
   <x:si>
     <x:t>19/03/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0628</x:t>
-[...2 lines deleted...]
-    <x:t>$26 094.00</x:t>
+    <x:t>$26 111.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QDB59</x:t>
   </x:si>
   <x:si>
     <x:t>6.490%</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>0,0627</x:t>
   </x:si>
   <x:si>
-    <x:t>$26 073.00</x:t>
+    <x:t>$26 078.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US05971AAL52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,0626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26 061.00</x:t>
   </x:si>
   <x:si>
     <x:t>Nbm Us Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>US62877VAB71</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>$26 056.00</x:t>
-[...23 lines deleted...]
-    <x:t>$26 023.00</x:t>
+    <x:t>0,0625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25 997.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71654QCK67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,0616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25 638.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US75735KAA79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,0614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25 560.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ero Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>US296006AA71</x:t>
   </x:si>
   <x:si>
     <x:t>15/02/2030</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0617</x:t>
-[...29 lines deleted...]
-    <x:t>$25 547.00</x:t>
+    <x:t>$25 537.00</x:t>
   </x:si>
   <x:si>
     <x:t>Camposol Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US134638AE50</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0614</x:t>
-[...2 lines deleted...]
-    <x:t>$25 514.00</x:t>
+    <x:t>0,0613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25 520.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71647NBD03</x:t>
   </x:si>
   <x:si>
     <x:t>6.900%</x:t>
   </x:si>
   <x:si>
     <x:t>19/03/2049</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0610</x:t>
-[...2 lines deleted...]
-    <x:t>$25 349.00</x:t>
+    <x:t>0,0609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25 334.00</x:t>
   </x:si>
   <x:si>
     <x:t>US05947KBA79</x:t>
   </x:si>
   <x:si>
     <x:t>18/03/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0609</x:t>
-[...2 lines deleted...]
-    <x:t>$25 326.00</x:t>
+    <x:t>0,0608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25 281.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US46635UAD19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,0595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24 754.00</x:t>
   </x:si>
   <x:si>
     <x:t>US697660AG30</x:t>
   </x:si>
   <x:si>
     <x:t>14/11/2037</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0595</x:t>
-[...11 lines deleted...]
-    <x:t>$24 703.00</x:t>
+    <x:t>$24 750.00</x:t>
   </x:si>
   <x:si>
     <x:t>Iochpe-Maxion Austria Gmbh / Maxion Whe</x:t>
   </x:si>
   <x:si>
     <x:t>US46188AAA25</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2028</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0590</x:t>
-[...2 lines deleted...]
-    <x:t>$24 542.00</x:t>
+    <x:t>0,0591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24 590.00</x:t>
   </x:si>
   <x:si>
     <x:t>Movida Europe Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US62459LAC37</x:t>
   </x:si>
   <x:si>
     <x:t>7.850%</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0583</x:t>
-[...2 lines deleted...]
-    <x:t>$24 214.00</x:t>
+    <x:t>0,0579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24 098.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US71647NBJ72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,0501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20 851.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QBR20</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2045</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0502</x:t>
-[...14 lines deleted...]
-    <x:t>$20 832.00</x:t>
+    <x:t>$20 835.00</x:t>
   </x:si>
   <x:si>
     <x:t>Tupy Overseas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>US89990BAB62</x:t>
   </x:si>
   <x:si>
     <x:t>16/02/2031</x:t>
   </x:si>
   <x:si>
     <x:t>0,0496</x:t>
   </x:si>
   <x:si>
-    <x:t>$20 631.00</x:t>
+    <x:t>$20 644.00</x:t>
   </x:si>
   <x:si>
     <x:t>US10554TAH86</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0493</x:t>
-[...2 lines deleted...]
-    <x:t>$20 498.00</x:t>
+    <x:t>0,0488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20 293.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QCL41</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2048</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0486</x:t>
-[...2 lines deleted...]
-    <x:t>$20 191.00</x:t>
+    <x:t>$20 287.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QBE17</x:t>
   </x:si>
   <x:si>
     <x:t>27/06/2044</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0472</x:t>
-[...2 lines deleted...]
-    <x:t>$19 613.00</x:t>
+    <x:t>0,0468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19 474.00</x:t>
   </x:si>
   <x:si>
     <x:t>US71654QBX97</x:t>
   </x:si>
   <x:si>
     <x:t>23/01/2046</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0467</x:t>
-[...2 lines deleted...]
-    <x:t>$19 403.00</x:t>
+    <x:t>0,0465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19 331.00</x:t>
   </x:si>
   <x:si>
     <x:t>US10554TAJ43</x:t>
   </x:si>
   <x:si>
     <x:t>15/10/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0464</x:t>
-[...2 lines deleted...]
-    <x:t>$19 293.00</x:t>
+    <x:t>0,0461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19 195.00</x:t>
   </x:si>
   <x:si>
     <x:t>US10554TAE55</x:t>
   </x:si>
   <x:si>
     <x:t>31/01/2050</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0444</x:t>
-[...2 lines deleted...]
-    <x:t>$18 449.00</x:t>
+    <x:t>0,0443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18 423.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ambipar Lux Sarl</x:t>
   </x:si>
   <x:si>
     <x:t>US02319WAA99</x:t>
   </x:si>
   <x:si>
     <x:t>9.875%</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2031</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0404</x:t>
-[...2 lines deleted...]
-    <x:t>$16 782.00</x:t>
+    <x:t>0,0396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16 493.00</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil Minas Spe Via State Of Minas Ger</x:t>
   </x:si>
   <x:si>
     <x:t>US105860AA87</x:t>
   </x:si>
   <x:si>
     <x:t>5.333%</x:t>
   </x:si>
   <x:si>
     <x:t>15/02/2028</x:t>
   </x:si>
   <x:si>
     <x:t>0,0369</x:t>
   </x:si>
   <x:si>
-    <x:t>$15 339.00</x:t>
+    <x:t>$15 348.00</x:t>
   </x:si>
   <x:si>
     <x:t>Braskem America Finance Co</x:t>
   </x:si>
   <x:si>
     <x:t>US10554CAA09</x:t>
   </x:si>
   <x:si>
     <x:t>22/07/2041</x:t>
   </x:si>
   <x:si>
-    <x:t>0,0225</x:t>
-[...2 lines deleted...]
-    <x:t>$9 363.00</x:t>
+    <x:t>0,0226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9 420.00</x:t>
   </x:si>
   <x:si>
     <x:t>US69784DAB47</x:t>
   </x:si>
   <x:si>
     <x:t>30/04/2027</x:t>
   </x:si>
   <x:si>
     <x:t>0,0150</x:t>
   </x:si>
   <x:si>
-    <x:t>$6 244.00</x:t>
+    <x:t>$6 258.00</x:t>
   </x:si>
   <x:si>
     <x:t>US74408DAD66</x:t>
   </x:si>
   <x:si>
     <x:t>0,0004</x:t>
   </x:si>
   <x:si>
     <x:t>$150.00</x:t>
   </x:si>
   <x:si>
     <x:t>Digicel Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>US25381HAD08</x:t>
   </x:si>
   <x:si>
     <x:t>31/12/2030</x:t>
   </x:si>
   <x:si>
     <x:t>0,0000</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre/Espèces</x:t>
   </x:si>
   <x:si>
-    <x:t>0,8847</x:t>
-[...2 lines deleted...]
-    <x:t>$367 710.00</x:t>
+    <x:t>0,9149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$380 859.00</x:t>
   </x:si>
   <x:si>
     <x:t>Notation composite. Mélange uniformément pondéré des notations Moody’s, S&amp;P, Fitch et DBRS d’un titre. « Not Rated » signifie qu’un titre est noté par moins de deux des quatre agences de notation. Ce composite n’est pas destiné à être une évaluation de crédit.</x:t>
   </x:si>
   <x:si>
     <x:t>             </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -6382,100 +6340,100 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2979fb230a84f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R44142ef472634560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R44accc2b27bd461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6e5a4ca7c34e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb68769785a094475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc59042b5948f45f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I432"/>
   <x:cols>
     <x:col min="1" max="1" width="14" customWidth="1"/>
     <x:col min="2" max="2" width="78" customWidth="1"/>
     <x:col min="3" max="3" width="19" customWidth="1"/>
     <x:col min="4" max="4" width="13" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="26" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
     <x:col min="8" max="8" width="31" customWidth="1"/>
     <x:col min="9" max="9" width="24" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9" ht="30" customHeight="1">
       <x:c r="A2" s="2" t="s">
-        <x:v>2103</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I2" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -6759,144 +6717,144 @@
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
@@ -7078,11874 +7036,11874 @@
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="H36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="I39" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="H40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="H46" s="1" t="s">
+      <x:c r="I46" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="G48" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="H51" s="1" t="s">
+      <x:c r="I51" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>422</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>456</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="H84" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E84" s="1" t="s">
+      <x:c r="I84" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>486</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>499</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>504</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>510</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E92" s="1" t="s">
+      <x:c r="H92" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="F96" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>541</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>543</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="F100" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>558</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
         <x:v>563</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
         <x:v>567</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E105" s="1" t="s">
+      <x:c r="F105" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="F105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G105" s="1" t="s">
+      <x:c r="H105" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I105" s="1" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="F107" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="H107" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
         <x:v>596</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="F109" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E109" s="1" t="s">
+      <x:c r="G109" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="F109" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G109" s="1" t="s">
+      <x:c r="H109" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
         <x:v>603</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="D110" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
+      <x:c r="F110" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="E110" s="1" t="s">
+      <x:c r="H110" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I110" s="1" t="s">
         <x:v>608</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E112" s="1" t="s">
+      <x:c r="H112" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
         <x:v>617</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
         <x:v>621</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="F114" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="H114" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
+      <x:c r="I114" s="1" t="s">
         <x:v>628</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="H115" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="I115" s="1" t="s">
         <x:v>633</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="F116" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
+      <x:c r="H117" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
         <x:v>644</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
+      <x:c r="H118" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
         <x:v>649</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="H119" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
         <x:v>654</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="F120" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
+      <x:c r="H120" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I120" s="1" t="s">
         <x:v>659</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="H124" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I124" s="1" t="s">
         <x:v>676</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="H125" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
+      <x:c r="I125" s="1" t="s">
         <x:v>682</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
+      <x:c r="H126" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="D126" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G126" s="1" t="s">
+      <x:c r="I126" s="1" t="s">
         <x:v>688</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="C127" s="1" t="s">
+      <x:c r="D127" s="1" t="s">
         <x:v>691</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="I128" s="1" t="s">
         <x:v>701</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="C129" s="1" t="s">
+      <x:c r="D129" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
         <x:v>704</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>705</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="H129" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="I129" s="1" t="s">
         <x:v>706</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
+      <x:c r="D130" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E130" s="1" t="s">
+      <x:c r="F130" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="F130" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H130" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I130" s="1" t="s">
         <x:v>711</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E131" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G131" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="H131" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="F131" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G131" s="1" t="s">
+      <x:c r="I131" s="1" t="s">
         <x:v>716</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
+      <x:c r="F132" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G132" s="1" t="s">
         <x:v>720</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>716</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
+      <x:c r="D133" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="E133" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F133" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="H133" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I133" s="1" t="s">
         <x:v>726</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
+      <x:c r="F134" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G134" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
+      <x:c r="H134" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I134" s="1" t="s">
         <x:v>731</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
+      <x:c r="H136" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I136" s="1" t="s">
         <x:v>740</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="F137" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G137" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="H137" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="I137" s="1" t="s">
         <x:v>745</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>749</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E138" s="1" t="s">
+      <x:c r="F138" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G138" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="H138" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="I138" s="1" t="s">
         <x:v>750</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E139" s="1" t="s">
+      <x:c r="F139" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="F139" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
+      <x:c r="D140" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E140" s="1" t="s">
+      <x:c r="F140" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="F140" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G140" s="1" t="s">
+      <x:c r="H140" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I140" s="1" t="s">
         <x:v>759</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
+      <x:c r="D141" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E141" s="1" t="s">
+      <x:c r="F141" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
-      <x:c r="F141" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G141" s="1" t="s">
+      <x:c r="H141" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I141" s="1" t="s">
         <x:v>764</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
+      <x:c r="D142" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E142" s="1" t="s">
+      <x:c r="F142" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
-      <x:c r="F142" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G142" s="1" t="s">
+      <x:c r="H142" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I142" s="1" t="s">
         <x:v>769</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E143" s="1" t="s">
+      <x:c r="F143" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="F143" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G143" s="1" t="s">
+      <x:c r="H143" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I143" s="1" t="s">
         <x:v>774</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="C144" s="1" t="s">
+      <x:c r="D144" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E144" s="1" t="s">
+      <x:c r="F144" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G144" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="F144" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G144" s="1" t="s">
+      <x:c r="H144" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I144" s="1" t="s">
         <x:v>779</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="C145" s="1" t="s">
+      <x:c r="F145" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E145" s="1" t="s">
+      <x:c r="H145" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I145" s="1" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
         <x:v>786</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
+      <x:c r="F147" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
-      <x:c r="F147" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G147" s="1" t="s">
+      <x:c r="H147" s="1" t="s">
         <x:v>794</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:9" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I148" s="1" t="s">
         <x:v>800</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:9" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
+      <x:c r="D149" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E149" s="1" t="s">
+      <x:c r="F149" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="H149" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="I149" s="1" t="s">
         <x:v>804</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:9" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="C150" s="1" t="s">
+      <x:c r="F150" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E150" s="1" t="s">
+      <x:c r="H150" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I150" s="1" t="s">
         <x:v>809</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:9" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
+      <x:c r="F151" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G151" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
+      <x:c r="H151" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="I151" s="1" t="s">
         <x:v>814</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:9" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="C152" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="F152" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
-      <x:c r="C152" s="1" t="s">
+      <x:c r="H152" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="I152" s="1" t="s">
         <x:v>818</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:9" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G153" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="H153" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="I153" s="1" t="s">
         <x:v>822</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:9" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="D154" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E154" s="1" t="s">
         <x:v>825</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F154" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:9" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="H155" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I155" s="1" t="s">
         <x:v>829</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:9" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="D156" s="1" t="s">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="E156" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="C156" s="1" t="s">
+      <x:c r="F156" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G156" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E156" s="1" t="s">
+      <x:c r="H156" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I156" s="1" t="s">
         <x:v>835</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>836</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:9" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="C157" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="C157" s="1" t="s">
+      <x:c r="D157" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
         <x:v>838</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>839</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="H157" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I157" s="1" t="s">
         <x:v>840</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:9" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="C158" s="1" t="s">
+      <x:c r="F158" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="H158" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I158" s="1" t="s">
         <x:v>843</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:9" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="F159" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="H159" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="I159" s="1" t="s">
         <x:v>847</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:9" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="H160" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I160" s="1" t="s">
         <x:v>851</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:9" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:9" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:9" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:9" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:9" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>871</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:9" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:9" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:9" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:9" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>891</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:9" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>895</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:9" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:9" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:9" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:9" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>917</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:9" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:9" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>925</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:9" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>931</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:9" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="C178" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="F178" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G178" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="H178" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I178" s="1" t="s">
         <x:v>936</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>940</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:9" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="C179" s="1" t="s">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="D179" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="F179" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G179" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="H179" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I179" s="1" t="s">
         <x:v>941</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>946</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:9" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:9" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>949</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:9" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>954</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:9" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:9" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>964</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:9" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:9" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>974</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:9" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:9" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:9" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:9" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:9" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:9" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1004</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:9" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:9" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1015</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:9" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1020</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:9" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1025</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:9" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:9" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:9" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1039</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:9" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:9" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1050</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:9" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:9" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1060</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:9" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:9" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1069</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:9" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:9" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1079</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:9" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:9" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:9" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1096</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:9" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1101</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:9" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1106</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:9" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:9" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1116</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:9" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1120</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:9" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1125</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:9" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1130</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:9" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1137</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:9" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1141</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:9" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1146</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:9" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1150</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:9" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1153</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:9" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1158</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:9" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1162</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:9" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1166</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:9" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1170</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:9" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1174</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:9" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1178</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:9" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:9" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1188</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:9" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:9" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:9" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1202</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:9" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1205</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:9" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1210</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:9" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1215</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:9" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1219</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:9" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1225</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:9" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1231</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:9" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1235</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:9" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1240</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:9" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1244</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:9" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1249</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:9" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1253</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:9" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1258</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:9" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1261</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:9" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1266</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:9" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1272</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:9" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1277</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:9" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1280</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:9" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1284</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:9" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:9" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:9" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:9" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1302</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:9" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1307</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:9" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:9" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1315</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:9" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1319</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:9" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:9" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1329</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:9" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1333</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:9" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1337</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:9" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1342</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:9" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1346</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:9" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1351</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:9" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1356</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:9" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1362</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:9" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>1368</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:9" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1372</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:9" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1376</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:9" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1381</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:9" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1384</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:9" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1388</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:9" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1392</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:9" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1398</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:9" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1403</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:9" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1407</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:9" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1413</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:9" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1417</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:9" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1421</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:9" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1427</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:9" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1440</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1433</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:9" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1443</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>1444</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>1439</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:9" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>1444</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1443</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:9" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
-        <x:v>1455</x:v>
+        <x:v>1446</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:9" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1456</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1450</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:9" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1454</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:9" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>1458</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:9" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1461</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:9" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1465</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:9" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1468</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:9" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1473</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:9" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1478</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:9" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1483</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:9" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1488</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:9" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1500</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1492</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:9" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1504</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
-        <x:v>1505</x:v>
+        <x:v>1496</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:9" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1500</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:9" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1503</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:9" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1515</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1507</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:9" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1512</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:9" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1518</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:9" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1522</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:9" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>1532</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1527</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:9" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1533</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:9" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1543</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1537</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:9" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
-        <x:v>1549</x:v>
+        <x:v>1542</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:9" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>1547</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:9" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1552</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:9" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1555</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:9" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1561</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:9" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1565</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:9" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1568</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:9" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
-        <x:v>1584</x:v>
+        <x:v>1572</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:9" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1577</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:9" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1589</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1590</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
-        <x:v>1591</x:v>
+        <x:v>1581</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:9" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1592</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1593</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>1594</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>1590</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
-        <x:v>1595</x:v>
+        <x:v>1584</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:9" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>1597</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>1598</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
-        <x:v>1599</x:v>
+        <x:v>1589</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:9" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1600</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1591</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:9" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1603</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1604</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1605</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1597</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:9" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>1611</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>1612</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
-        <x:v>1613</x:v>
+        <x:v>1601</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:9" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>1614</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>1615</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
-        <x:v>1617</x:v>
+        <x:v>1606</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:9" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1618</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
-        <x:v>1620</x:v>
+        <x:v>1612</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:9" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1622</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>1623</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>1616</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
-        <x:v>1624</x:v>
+        <x:v>1615</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:9" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1625</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
-        <x:v>1628</x:v>
+        <x:v>1619</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:9" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
-        <x:v>1633</x:v>
+        <x:v>1624</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:9" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>1636</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1632</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
-        <x:v>1637</x:v>
+        <x:v>1630</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:9" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1635</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:9" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1643</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1644</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
-        <x:v>1647</x:v>
+        <x:v>1640</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:9" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1650</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>1652</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
-        <x:v>1653</x:v>
+        <x:v>1645</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:9" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1654</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1655</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1657</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1649</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:9" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1655</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:9" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1659</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:9" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
-        <x:v>1672</x:v>
+        <x:v>1663</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:9" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1673</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>1674</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
         <x:v>1668</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1669</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:9" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1673</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:9" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1678</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:9" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1688</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
-        <x:v>1690</x:v>
+        <x:v>1682</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:9" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1686</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:9" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>1696</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="H341" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I341" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1690</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:9" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>1699</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1694</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:9" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1699</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:9" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1702</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:9" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1706</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:9" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
-        <x:v>1717</x:v>
+        <x:v>1710</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:9" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1714</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:9" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="F348" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G348" s="1" t="s">
-        <x:v>1724</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="H348" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I348" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1718</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:9" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1726</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
-        <x:v>1730</x:v>
+        <x:v>1722</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:9" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1731</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I350" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1727</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:9" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1732</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:9" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1735</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:9" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1740</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:9" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1745</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:9" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1750</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:9" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1760</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>1761</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1755</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:9" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1759</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:9" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
-        <x:v>1771</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
-        <x:v>1772</x:v>
+        <x:v>1764</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:9" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>1773</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>1775</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
-        <x:v>1777</x:v>
+        <x:v>1769</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:9" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="F360" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G360" s="1" t="s">
-        <x:v>1779</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="H360" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I360" s="1" t="s">
-        <x:v>1780</x:v>
+        <x:v>1774</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:9" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F361" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G361" s="1" t="s">
-        <x:v>1784</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="H361" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I361" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1777</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:9" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1786</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
-        <x:v>1788</x:v>
+        <x:v>1780</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:9" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1789</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1790</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1785</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:9" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>1794</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F364" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G364" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="H364" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I364" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1789</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:9" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1799</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>1800</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="F365" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G365" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="H365" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I365" s="1" t="s">
-        <x:v>1802</x:v>
+        <x:v>1794</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:9" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1803</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
-        <x:v>1804</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="F366" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G366" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="H366" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I366" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1799</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:9" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1808</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>1809</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="F367" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G367" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="H367" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="I367" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1804</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:9" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>1813</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1814</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>1815</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="F368" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G368" s="1" t="s">
-        <x:v>1816</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
-        <x:v>1817</x:v>
+        <x:v>1809</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:9" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1818</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1819</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="F369" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G369" s="1" t="s">
-        <x:v>1821</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="H369" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I369" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>1814</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:9" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>1823</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
-        <x:v>1824</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1825</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
-        <x:v>1826</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="F370" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G370" s="1" t="s">
-        <x:v>1827</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="H370" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I370" s="1" t="s">
-        <x:v>1828</x:v>
+        <x:v>1819</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:9" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>1829</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
-        <x:v>1830</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="D371" s="1" t="s">
-        <x:v>1795</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="E371" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="F371" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G371" s="1" t="s">
-        <x:v>1832</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="H371" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I371" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1824</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:9" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>1834</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>1835</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>1836</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="F372" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G372" s="1" t="s">
-        <x:v>1837</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="H372" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I372" s="1" t="s">
-        <x:v>1838</x:v>
+        <x:v>1829</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:9" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>1839</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>1840</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="H373" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="I373" s="1" t="s">
-        <x:v>1843</x:v>
+        <x:v>1834</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:9" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>1844</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1845</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>1846</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
-        <x:v>1847</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>1839</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:9" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>1849</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
-        <x:v>1851</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
-        <x:v>1852</x:v>
+        <x:v>1843</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:9" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>1853</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1854</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1855</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>1856</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
-        <x:v>1857</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
-        <x:v>1858</x:v>
+        <x:v>1849</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:9" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
-        <x:v>1859</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
-        <x:v>1860</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="F377" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G377" s="1" t="s">
-        <x:v>1861</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="H377" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I377" s="1" t="s">
-        <x:v>1862</x:v>
+        <x:v>1853</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:9" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>1844</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>1863</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>1864</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="F378" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G378" s="1" t="s">
-        <x:v>1865</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="H378" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I378" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>1857</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:9" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
-        <x:v>1867</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
-        <x:v>1868</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="F379" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G379" s="1" t="s">
-        <x:v>1869</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="H379" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I379" s="1" t="s">
-        <x:v>1870</x:v>
+        <x:v>1862</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:9" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>1871</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>1872</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
-        <x:v>1873</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="F380" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G380" s="1" t="s">
-        <x:v>1874</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="H380" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I380" s="1" t="s">
-        <x:v>1875</x:v>
+        <x:v>1868</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:9" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>1876</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>1877</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1878</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>1879</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="F381" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G381" s="1" t="s">
-        <x:v>1880</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="H381" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I381" s="1" t="s">
-        <x:v>1881</x:v>
+        <x:v>1871</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:9" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>1882</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
-        <x:v>1883</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E382" s="1" t="s">
-        <x:v>1884</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="F382" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G382" s="1" t="s">
-        <x:v>1885</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="H382" s="1" t="s">
-        <x:v>1886</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="I382" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1876</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:9" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>1888</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
-        <x:v>1890</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="F383" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="G383" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="H383" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="I383" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1880</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:9" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>1893</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
-        <x:v>1896</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="F384" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G384" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="H384" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I384" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1885</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:9" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="F385" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G385" s="1" t="s">
-        <x:v>1901</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="H385" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I385" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1891</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:9" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C386" s="1" t="s">
-        <x:v>1904</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="D386" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E386" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="F386" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G386" s="1" t="s">
-        <x:v>1905</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="H386" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I386" s="1" t="s">
-        <x:v>1906</x:v>
+        <x:v>1895</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:9" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E387" s="1" t="s">
-        <x:v>1908</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="F387" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G387" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="H387" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I387" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1899</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:9" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
-        <x:v>1597</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="F388" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="G388" s="1" t="s">
-        <x:v>1912</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="H388" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="I388" s="1" t="s">
-        <x:v>1913</x:v>
+        <x:v>1902</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:9" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>1915</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
-        <x:v>1916</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
-        <x:v>1917</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="F389" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G389" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="H389" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I389" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1907</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:9" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>1920</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
-        <x:v>1921</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
-        <x:v>1922</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="F390" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G390" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="H390" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I390" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1913</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:9" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>1844</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
-        <x:v>1925</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F391" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G391" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="H391" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I391" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1916</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:9" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="F392" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G392" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="H392" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I392" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>1922</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:9" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="F393" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G393" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="H393" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I393" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1925</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:9" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="F394" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G394" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="H394" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I394" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1929</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:9" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>1942</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="F395" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G395" s="1" t="s">
-        <x:v>1944</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="H395" s="1" t="s">
-        <x:v>1945</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="I395" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1935</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:9" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="D396" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
-        <x:v>1948</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="F396" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G396" s="1" t="s">
-        <x:v>1949</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="H396" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I396" s="1" t="s">
-        <x:v>1950</x:v>
+        <x:v>1939</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:9" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
-        <x:v>1952</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="F397" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G397" s="1" t="s">
-        <x:v>1954</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="H397" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I397" s="1" t="s">
-        <x:v>1955</x:v>
+        <x:v>1944</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:9" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>1956</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
-        <x:v>1957</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
-        <x:v>1958</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="F398" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G398" s="1" t="s">
-        <x:v>1959</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="H398" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I398" s="1" t="s">
-        <x:v>1960</x:v>
+        <x:v>1949</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:9" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>1961</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
-        <x:v>1962</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="F399" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G399" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="H399" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I399" s="1" t="s">
-        <x:v>1964</x:v>
+        <x:v>1953</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:9" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>1965</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
-        <x:v>1966</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1967</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
-        <x:v>1968</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="F400" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G400" s="1" t="s">
-        <x:v>1969</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="H400" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I400" s="1" t="s">
-        <x:v>1970</x:v>
+        <x:v>1957</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:9" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
-        <x:v>1971</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1972</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="F401" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G401" s="1" t="s">
-        <x:v>1974</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="H401" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I401" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1959</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:9" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>1976</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
-        <x:v>1977</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
-        <x:v>1978</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="F402" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G402" s="1" t="s">
-        <x:v>1974</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="H402" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I402" s="1" t="s">
-        <x:v>1979</x:v>
+        <x:v>1964</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:9" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="F403" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G403" s="1" t="s">
-        <x:v>1974</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="H403" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I403" s="1" t="s">
-        <x:v>1981</x:v>
+        <x:v>1969</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:9" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
-        <x:v>1982</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="F404" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G404" s="1" t="s">
-        <x:v>1974</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="H404" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I404" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1972</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:9" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>1984</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
-        <x:v>1985</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="F405" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G405" s="1" t="s">
-        <x:v>1986</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="H405" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I405" s="1" t="s">
-        <x:v>1987</x:v>
+        <x:v>1977</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:9" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>1988</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>1989</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
-        <x:v>1990</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="F406" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G406" s="1" t="s">
-        <x:v>1991</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="H406" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I406" s="1" t="s">
-        <x:v>1992</x:v>
+        <x:v>1982</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:9" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>1993</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
-        <x:v>1994</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>1995</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="F407" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G407" s="1" t="s">
-        <x:v>1996</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="H407" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I407" s="1" t="s">
-        <x:v>1997</x:v>
+        <x:v>1986</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:9" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
-        <x:v>1999</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
-        <x:v>2000</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
-        <x:v>2001</x:v>
+        <x:v>1990</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:9" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>2003</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>2004</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="F409" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G409" s="1" t="s">
-        <x:v>2005</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="H409" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I409" s="1" t="s">
-        <x:v>2006</x:v>
+        <x:v>1995</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:9" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
-        <x:v>2007</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="D410" s="1" t="s">
-        <x:v>2008</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="E410" s="1" t="s">
-        <x:v>2009</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="F410" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G410" s="1" t="s">
-        <x:v>2010</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="H410" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I410" s="1" t="s">
-        <x:v>2011</x:v>
+        <x:v>2000</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:9" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
-        <x:v>2012</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="F411" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G411" s="1" t="s">
-        <x:v>2014</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="H411" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I411" s="1" t="s">
-        <x:v>2015</x:v>
+        <x:v>2004</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:9" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>2016</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
-        <x:v>2018</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
-        <x:v>2019</x:v>
+        <x:v>2007</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:9" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>2020</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>2021</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
-        <x:v>2022</x:v>
+        <x:v>2010</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:9" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>2023</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
-        <x:v>2024</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>2025</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F414" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G414" s="1" t="s">
-        <x:v>2026</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="H414" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="I414" s="1" t="s">
-        <x:v>2027</x:v>
+        <x:v>2015</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:9" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>2028</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>2029</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>2030</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>2031</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F415" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G415" s="1" t="s">
-        <x:v>2032</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
-        <x:v>2033</x:v>
+        <x:v>2021</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:9" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>2034</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>2035</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
-        <x:v>2036</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
-        <x:v>2037</x:v>
+        <x:v>2025</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:9" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>2038</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
-        <x:v>2039</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="F417" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G417" s="1" t="s">
-        <x:v>2040</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H417" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I417" s="1" t="s">
-        <x:v>2041</x:v>
+        <x:v>2028</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:9" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>2042</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
-        <x:v>2043</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
-        <x:v>2044</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="F418" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G418" s="1" t="s">
-        <x:v>2045</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="H418" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I418" s="1" t="s">
-        <x:v>2046</x:v>
+        <x:v>2033</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:9" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
-        <x:v>2047</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
-        <x:v>2048</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="F419" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G419" s="1" t="s">
-        <x:v>2049</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="H419" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I419" s="1" t="s">
-        <x:v>2050</x:v>
+        <x:v>2037</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:9" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>2051</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
-        <x:v>2052</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>2053</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
-        <x:v>2054</x:v>
+        <x:v>2040</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:9" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
-        <x:v>2055</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>2056</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>2057</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
-        <x:v>2058</x:v>
+        <x:v>2044</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:9" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>2059</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>2060</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="F422" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G422" s="1" t="s">
-        <x:v>2061</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="H422" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
-        <x:v>2062</x:v>
+        <x:v>2048</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:9" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>2063</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="F423" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G423" s="1" t="s">
-        <x:v>2065</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="H423" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I423" s="1" t="s">
-        <x:v>2066</x:v>
+        <x:v>2052</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:9" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
-        <x:v>2067</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>2068</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
-        <x:v>2070</x:v>
+        <x:v>2056</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:9" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>2071</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
-        <x:v>2072</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
-        <x:v>2073</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
-        <x:v>2074</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="F425" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G425" s="1" t="s">
-        <x:v>2075</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="H425" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I425" s="1" t="s">
-        <x:v>2076</x:v>
+        <x:v>2062</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:9" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>2077</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>2079</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
-        <x:v>2080</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="F426" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G426" s="1" t="s">
-        <x:v>2081</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="H426" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I426" s="1" t="s">
-        <x:v>2082</x:v>
+        <x:v>2068</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:9" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>2083</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
-        <x:v>2085</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="F427" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G427" s="1" t="s">
-        <x:v>2086</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="H427" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I427" s="1" t="s">
-        <x:v>2087</x:v>
+        <x:v>2073</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:9" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
-        <x:v>2088</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
-        <x:v>2089</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
-        <x:v>2090</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
-        <x:v>2091</x:v>
+        <x:v>2077</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:9" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>2092</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
-        <x:v>2093</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
-        <x:v>2094</x:v>
+        <x:v>2080</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:9" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>2095</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
-        <x:v>2096</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
-        <x:v>2097</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="F430" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G430" s="1" t="s">
-        <x:v>2098</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="H430" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I430" s="1" t="s">
-        <x:v>2099</x:v>
+        <x:v>2085</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:9" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>2100</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F431" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="G431" s="1" t="s">
-        <x:v>2101</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="H431" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I431" s="1" t="s">
-        <x:v>2102</x:v>
+        <x:v>2088</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:9" ht="15" customHeight="1">
       <x:c r="A432" s="2" t="s">
-        <x:v>2104</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="B432" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C432" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D432" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E432" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F432" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G432" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H432" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I432" s="2" t="s">
         <x:v>1</x:v>
       </x:c>