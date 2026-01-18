--- v0 (2026-01-14)
+++ v1 (2026-01-18)
@@ -1,81 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R581de1d9d1624f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad6da4a21524d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VTIA_coin_entitlement_history_20240227" sheetId="1" r:id="Rb3c2b4d84eb74ea9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VTIA_coin_entitlement_history_20240227" sheetId="1" r:id="R71fa1feaa4184ada"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1025" uniqueCount="620">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1040" uniqueCount="629">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>16/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8930398.76451116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,402,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6250437285453145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8930765.78228304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625151611488254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8931132.81513846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6252594988649203</x:t>
+  </x:si>
+  <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>TIA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8931499.86307804</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>3,402,000</x:t>
   </x:si>
   <x:si>
     <x:t>2.6253673906754966</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>8931866.9261024</x:t>
   </x:si>
   <x:si>
     <x:t>2.6254752869201647</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>8932968.20569037</x:t>
   </x:si>
   <x:si>
     <x:t>2.625799002260544</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
@@ -1927,56 +1954,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00b367c440f4e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0600aac6f81340bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3c2b4d84eb74ea9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fc2abcb30140a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4ce6927c82cb47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71fa1feaa4184ada" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E205"/>
+  <x:dimension ref="A1:E208"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -3176,2282 +3203,2333 @@
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="B76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C76" s="1" t="s">
+      <x:c r="D76" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="B110" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="B110" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C110" s="1" t="s">
+      <x:c r="D110" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="B111" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="B111" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C111" s="1" t="s">
+      <x:c r="D111" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="B112" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="B112" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C112" s="1" t="s">
+      <x:c r="D112" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="B156" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C156" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="B156" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C156" s="1" t="s">
+      <x:c r="D156" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E156" s="1" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="B157" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C157" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="B157" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C157" s="1" t="s">
+      <x:c r="D157" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
         <x:v>475</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="B158" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="B158" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C158" s="1" t="s">
+      <x:c r="D158" s="1" t="s">
         <x:v>478</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E202" s="1" t="s">
         <x:v>611</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C203" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="B203" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C203" s="1" t="s">
+      <x:c r="D203" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E203" s="1" t="s">
         <x:v>614</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="B204" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C204" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="B204" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C204" s="1" t="s">
+    </x:row>
+    <x:row r="205" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A205" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E204" s="1" t="s">
+      <x:c r="B205" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C205" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A205" s="2" t="s">
+      <x:c r="D205" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E205" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A206" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="E206" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A207" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="E207" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A208" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B205" s="2" t="s">
+      <x:c r="B208" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C205" s="2" t="s">
+      <x:c r="C208" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D205" s="2" t="s">
+      <x:c r="D208" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E205" s="2" t="s">
+      <x:c r="E208" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A205:E205"/>
+    <x:mergeCell ref="A208:E208"/>
   </x:mergeCells>
 </x:worksheet>
 </file>