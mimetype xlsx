--- v1 (2026-01-18)
+++ v2 (2026-02-08)
@@ -1,81 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad6da4a21524d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a4f85afd3f441e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VTIA_coin_entitlement_history_20240227" sheetId="1" r:id="R71fa1feaa4184ada"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VTIA_coin_entitlement_history_20240227" sheetId="1" r:id="Rcb5a41e520204f1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1040" uniqueCount="629">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1120" uniqueCount="677">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8922694.87450243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,402,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6227792106121193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8923061.57566307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6228870004888503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8923428.29189424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6229947947954853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8923795.02319656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6231025935322045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8924161.76957065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.623210396699192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8924895.30753662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6234260163246974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8925262.09912974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6235338327835804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8925628.9057971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.623641653673457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8925995.72753933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.623749478994512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8926362.56435704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6238573087469255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8926729.41625086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.623965142930882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8927830.06239514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6242886720738214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8928196.97459958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.624396523985767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8928563.90188322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6245043803301646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8928930.84424668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.624612241107196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8929297.80169059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6247201063170458</x:t>
+  </x:si>
+  <x:si>
     <x:t>16/01/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>TIA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8930398.76451116</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>3,402,000</x:t>
   </x:si>
   <x:si>
     <x:t>2.6250437285453145</x:t>
   </x:si>
   <x:si>
     <x:t>15/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>8930765.78228304</x:t>
   </x:si>
   <x:si>
     <x:t>2.625151611488254</x:t>
   </x:si>
   <x:si>
     <x:t>14/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>8931132.81513846</x:t>
   </x:si>
   <x:si>
     <x:t>2.6252594988649203</x:t>
   </x:si>
   <x:si>
     <x:t>13/01/2026</x:t>
   </x:si>
@@ -1954,56 +2098,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fc2abcb30140a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4ce6927c82cb47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71fa1feaa4184ada" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re573382190a34370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6d8ab5aec1084598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb5a41e520204f1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E208"/>
+  <x:dimension ref="A1:E224"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -3254,2282 +3398,2554 @@
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="B79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="B80" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="B80" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="B81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C81" s="1" t="s">
+      <x:c r="D81" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="B82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="B83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="B84" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="B84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C84" s="1" t="s">
+      <x:c r="D84" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="B85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C85" s="1" t="s">
+      <x:c r="D85" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="B86" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="B86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C86" s="1" t="s">
+      <x:c r="D86" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="B87" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="B87" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C87" s="1" t="s">
+      <x:c r="D87" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="B88" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="B88" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C88" s="1" t="s">
+      <x:c r="D88" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="B89" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="B89" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C89" s="1" t="s">
+      <x:c r="D89" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="B90" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="B90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C90" s="1" t="s">
+      <x:c r="D90" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="B91" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="B91" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C91" s="1" t="s">
+      <x:c r="D91" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="B92" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="B92" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C92" s="1" t="s">
+      <x:c r="D92" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="B113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C113" s="1" t="s">
+      <x:c r="D113" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="B114" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C114" s="1" t="s">
+      <x:c r="D114" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="B115" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="B115" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C115" s="1" t="s">
+      <x:c r="D115" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="B116" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="B116" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C116" s="1" t="s">
+      <x:c r="D116" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="B117" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C117" s="1" t="s">
+      <x:c r="D117" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="B118" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C118" s="1" t="s">
+      <x:c r="D118" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="B119" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="B119" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C119" s="1" t="s">
+      <x:c r="D119" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="B120" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="B120" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C120" s="1" t="s">
+      <x:c r="D120" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E120" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="B121" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="B121" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C121" s="1" t="s">
+      <x:c r="D121" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="B122" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="B122" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C122" s="1" t="s">
+      <x:c r="D122" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="B123" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C123" s="1" t="s">
+      <x:c r="D123" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="B124" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C124" s="1" t="s">
+      <x:c r="D124" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
         <x:v>375</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="B126" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="B126" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C126" s="1" t="s">
+      <x:c r="D126" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="B127" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C127" s="1" t="s">
+      <x:c r="D127" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="B128" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C128" s="1" t="s">
+      <x:c r="D128" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
         <x:v>478</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="B159" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="B159" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C159" s="1" t="s">
+      <x:c r="D159" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C160" s="1" t="s">
+      <x:c r="D160" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E160" s="1" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="B161" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C161" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="B161" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C161" s="1" t="s">
+      <x:c r="D161" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="B162" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C162" s="1" t="s">
+      <x:c r="D162" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="B163" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C163" s="1" t="s">
+      <x:c r="D163" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="B164" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C164" s="1" t="s">
+      <x:c r="D164" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="B165" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C165" s="1" t="s">
+      <x:c r="D165" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
         <x:v>499</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="B166" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C166" s="1" t="s">
+      <x:c r="D166" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="B167" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C167" s="1" t="s">
+      <x:c r="D167" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="B168" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C168" s="1" t="s">
+      <x:c r="D168" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="B169" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C169" s="1" t="s">
+      <x:c r="D169" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
         <x:v>511</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="B170" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C170" s="1" t="s">
+      <x:c r="D170" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="B171" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C171" s="1" t="s">
+      <x:c r="D171" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="B172" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C172" s="1" t="s">
+      <x:c r="D172" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="B173" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C173" s="1" t="s">
+      <x:c r="D173" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E173" s="1" t="s">
         <x:v>523</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="B174" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C174" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="B174" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C174" s="1" t="s">
+      <x:c r="D174" s="1" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>478</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E205" s="1" t="s">
         <x:v>620</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C206" s="1" t="s">
+      <x:c r="D206" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E206" s="1" t="s">
         <x:v>623</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E207" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="B207" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C207" s="1" t="s">
+    </x:row>
+    <x:row r="208" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A208" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="D207" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E207" s="1" t="s">
+      <x:c r="B208" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C208" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A208" s="2" t="s">
+      <x:c r="D208" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A209" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C209" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="D209" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E209" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A210" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="B210" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C210" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="D210" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A211" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="B211" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C211" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="D211" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E211" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A212" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="B212" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C212" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D212" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E212" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A213" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="B213" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C213" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="D213" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E213" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A214" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="B214" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C214" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="D214" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A215" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C215" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A216" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="B216" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C216" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A217" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A218" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E218" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A219" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C219" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E219" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A220" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="B220" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="E220" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A221" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A222" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C222" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="D222" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E222" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A223" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C223" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="D223" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A224" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B208" s="2" t="s">
+      <x:c r="B224" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C208" s="2" t="s">
+      <x:c r="C224" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D208" s="2" t="s">
+      <x:c r="D224" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E208" s="2" t="s">
+      <x:c r="E224" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A208:E208"/>
+    <x:mergeCell ref="A224:E224"/>
   </x:mergeCells>
 </x:worksheet>
 </file>