--- v2 (2026-02-08)
+++ v3 (2026-02-28)
@@ -1,81 +1,216 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a4f85afd3f441e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6685bd007d264535" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VTIA_coin_entitlement_history_20240227" sheetId="1" r:id="Rcb5a41e520204f1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VTIA_coin_entitlement_history_20240227" sheetId="1" r:id="R230da5d05f3440e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1120" uniqueCount="677">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1195" uniqueCount="722">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>27/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8914997.64538165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,402,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62051665061189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8915364.03020481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6206243475028836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8915730.4300855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.620732048819959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8916096.84502434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.620839754563298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8916463.27502194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6209474647330806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8917562.65537354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6212706218029216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8917929.1456124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6213783496803056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8918295.65091312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.621486081985044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8918662.15621322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6215938142896005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8919028.6916389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.621701555449412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8920128.38830074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.622024805496984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8920494.98398501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6221325643694917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8920861.59473548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6222403276706294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8921228.22055276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.622348095400576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8921594.86143748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.622455867559518</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/02/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>TIA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8922694.87450243</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>3,402,000</x:t>
   </x:si>
   <x:si>
     <x:t>2.6227792106121193</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>8923061.57566307</x:t>
   </x:si>
   <x:si>
     <x:t>2.6228870004888503</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>8923428.29189424</x:t>
   </x:si>
   <x:si>
     <x:t>2.6229947947954853</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026</x:t>
   </x:si>
@@ -2098,56 +2233,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re573382190a34370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6d8ab5aec1084598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb5a41e520204f1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R035be8f088514911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6ef4d81f935d40a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R230da5d05f3440e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E224"/>
+  <x:dimension ref="A1:E239"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -3670,2282 +3805,2537 @@
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="B93" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="B93" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C93" s="1" t="s">
+      <x:c r="D93" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="B94" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="B94" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C94" s="1" t="s">
+      <x:c r="D94" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="B95" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="B95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C95" s="1" t="s">
+      <x:c r="D95" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B96" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="B96" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C96" s="1" t="s">
+      <x:c r="D96" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="B97" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="B97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C97" s="1" t="s">
+      <x:c r="D97" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B98" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="B98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C98" s="1" t="s">
+      <x:c r="D98" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="B99" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="B99" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C99" s="1" t="s">
+      <x:c r="D99" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="B100" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C100" s="1" t="s">
+      <x:c r="D100" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="B101" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C101" s="1" t="s">
+      <x:c r="D101" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="B102" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="B102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="B103" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="B103" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="B104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C104" s="1" t="s">
+      <x:c r="D104" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B105" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="B105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="B106" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="B106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="B107" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="B107" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C107" s="1" t="s">
+      <x:c r="D107" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="B129" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="B129" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C129" s="1" t="s">
+      <x:c r="D129" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="B130" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="B130" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C130" s="1" t="s">
+      <x:c r="D130" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="B132" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C132" s="1" t="s">
+      <x:c r="D132" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="B133" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C133" s="1" t="s">
+      <x:c r="D133" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E133" s="1" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="B134" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C134" s="1" t="s">
+      <x:c r="D134" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="B135" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C135" s="1" t="s">
+      <x:c r="D135" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="B136" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C136" s="1" t="s">
+      <x:c r="D136" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="B137" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C137" s="1" t="s">
+      <x:c r="D137" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="B138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C138" s="1" t="s">
+      <x:c r="D138" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C139" s="1" t="s">
+      <x:c r="D139" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="B140" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C140" s="1" t="s">
+      <x:c r="D140" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="B141" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C141" s="1" t="s">
+      <x:c r="D141" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="B142" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="B142" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C142" s="1" t="s">
+      <x:c r="D142" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="B143" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="B143" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
         <x:v>432</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E174" s="1" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="B175" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C175" s="1" t="s">
+      <x:c r="D175" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="B176" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C176" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="B176" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C176" s="1" t="s">
+      <x:c r="D176" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="B177" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C177" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="B177" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C177" s="1" t="s">
+      <x:c r="D177" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C178" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C178" s="1" t="s">
+      <x:c r="D178" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
         <x:v>538</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B179" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C179" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="B179" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C179" s="1" t="s">
+      <x:c r="D179" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C180" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="B180" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C180" s="1" t="s">
+      <x:c r="D180" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E180" s="1" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="B181" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C181" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="B181" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C181" s="1" t="s">
+      <x:c r="D181" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E181" s="1" t="s">
         <x:v>547</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="B182" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C182" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="B182" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C182" s="1" t="s">
+      <x:c r="D182" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E182" s="1" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="B183" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C183" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="B183" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C183" s="1" t="s">
+      <x:c r="D183" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="B184" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C184" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="B184" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C184" s="1" t="s">
+      <x:c r="D184" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E184" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="B185" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C185" s="1" t="s">
+      <x:c r="D185" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
         <x:v>559</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="B186" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C186" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="B186" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C186" s="1" t="s">
+      <x:c r="D186" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E186" s="1" t="s">
         <x:v>562</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="B187" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C187" s="1" t="s">
+      <x:c r="D187" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E187" s="1" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="B188" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="B188" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C188" s="1" t="s">
+      <x:c r="D188" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E188" s="1" t="s">
         <x:v>568</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C189" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="B189" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C189" s="1" t="s">
+      <x:c r="D189" s="1" t="s">
         <x:v>571</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
         <x:v>668</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C222" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="B222" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C222" s="1" t="s">
+      <x:c r="D222" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E222" s="1" t="s">
         <x:v>671</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C223" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="D223" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="B223" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C223" s="1" t="s">
+    </x:row>
+    <x:row r="224" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A224" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E223" s="1" t="s">
+      <x:c r="B224" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C224" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A224" s="2" t="s">
+      <x:c r="D224" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E224" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A225" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="B225" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C225" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="D225" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E225" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A226" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C226" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="D226" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E226" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A227" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="B227" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C227" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D227" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A228" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="B228" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C228" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E228" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A229" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="B229" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C229" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E229" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A230" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C230" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="D230" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E230" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A231" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="B231" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C231" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="D231" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E231" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A232" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C232" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="D232" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
+        <x:v>701</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A233" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="B233" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C233" s="1" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="D233" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E233" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A234" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C234" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="D234" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E234" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A235" s="1" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="B235" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C235" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="D235" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E235" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A236" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C236" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="E236" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A237" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="B237" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C237" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A238" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="D238" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="E238" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A239" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B224" s="2" t="s">
+      <x:c r="B239" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C224" s="2" t="s">
+      <x:c r="C239" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D224" s="2" t="s">
+      <x:c r="D239" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E224" s="2" t="s">
+      <x:c r="E239" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A224:E224"/>
+    <x:mergeCell ref="A239:E239"/>
   </x:mergeCells>
 </x:worksheet>
 </file>