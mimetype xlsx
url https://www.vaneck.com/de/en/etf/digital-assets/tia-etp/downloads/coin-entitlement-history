--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -1,81 +1,231 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6685bd007d264535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re403251680a348bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VTIA_coin_entitlement_history_20240227" sheetId="1" r:id="R230da5d05f3440e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VTIA_coin_entitlement_history_20240227" sheetId="1" r:id="R0da6ba5d45174523"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1195" uniqueCount="722">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1275" uniqueCount="772">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>20/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9221497.76605437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,522,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6182560380620017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9221876.74729056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.618363642047291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9222255.74410196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.618471250454844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9222634.75648921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.618578863284841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9223013.78445295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.618686480537465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9224150.96180954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6190093588329186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9224530.05208565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6191169937778676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9224909.15794146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6192246331463545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9225288.2793776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.619332276938558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9225667.41639471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6194399251546594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9226804.9209383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.619762896348183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9148588.00328571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,492,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6198705622238574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8913165.94710714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,402,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.619978232541781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8913532.25665193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.620085907305094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8913898.58125116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62019358649358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8914631.2756154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.620408958146796</x:t>
+  </x:si>
+  <x:si>
     <x:t>27/02/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>TIA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8914997.64538165</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>3,402,000</x:t>
   </x:si>
   <x:si>
     <x:t>2.62051665061189</x:t>
   </x:si>
   <x:si>
     <x:t>26/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>8915364.03020481</x:t>
   </x:si>
   <x:si>
     <x:t>2.6206243475028836</x:t>
   </x:si>
   <x:si>
     <x:t>25/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>8915730.4300855</x:t>
   </x:si>
   <x:si>
     <x:t>2.620732048819959</x:t>
   </x:si>
   <x:si>
     <x:t>24/02/2026</x:t>
   </x:si>
@@ -2233,56 +2383,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R035be8f088514911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6ef4d81f935d40a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R230da5d05f3440e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1c46cde2b464fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfd8fef6d56e64f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0da6ba5d45174523" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E239"/>
+  <x:dimension ref="A1:E255"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="24" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -2479,3863 +2629,4135 @@
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5" ht="15" customHeight="1">
       <x:c r="A39" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5" ht="15" customHeight="1">
       <x:c r="A40" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="B124" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="B124" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="B160" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C160" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D160" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="B160" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="B206" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C206" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="B206" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>688</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
-      <x:c r="A239" s="2" t="s">
+      <x:c r="A239" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="D239" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E239" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="240" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A240" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
+        <x:v>727</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A241" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="D241" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A242" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C242" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A243" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C243" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="D243" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E243" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="244" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A244" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C244" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="D244" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E244" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A245" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="B245" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C245" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E245" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="246" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A246" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="B246" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C246" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E246" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="247" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A247" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="B247" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C247" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="D247" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E247" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="248" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A248" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C248" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E248" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="249" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A249" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C249" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="D249" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E249" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A250" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C250" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="D250" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E250" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="251" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A251" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C251" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="D251" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E251" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="252" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A252" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C252" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="D252" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="E252" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="253" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A253" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C253" s="1" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="D253" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="254" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A254" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="B254" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C254" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="D254" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
+        <x:v>771</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="255" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A255" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B239" s="2" t="s">
+      <x:c r="B255" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C239" s="2" t="s">
+      <x:c r="C255" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D239" s="2" t="s">
+      <x:c r="D255" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E239" s="2" t="s">
+      <x:c r="E255" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A239:E239"/>
+    <x:mergeCell ref="A255:E255"/>
   </x:mergeCells>
 </x:worksheet>
 </file>