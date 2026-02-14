--- v0 (2026-01-23)
+++ v1 (2026-02-14)
@@ -1,1824 +1,1824 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b98b215b384a76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R507c9fe4853d4e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDIV_asof_20260122" sheetId="1" r:id="R373a76e75bc145cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDIV_asof_20260212" sheetId="1" r:id="R10219d99d9e04381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="592">
-[...1 lines deleted...]
-    <x:t>All Holdings  01/22/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="592">
+  <x:si>
+    <x:t>All Holdings  02/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>XOM US</x:t>
   </x:si>
   <x:si>
     <x:t>US30231G1022</x:t>
   </x:si>
   <x:si>
-    <x:t>2,551,729</x:t>
-[...5 lines deleted...]
-    <x:t>5.49%</x:t>
+    <x:t>2,846,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 359,030,307.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VZ US</x:t>
   </x:si>
   <x:si>
     <x:t>US92343V1044</x:t>
   </x:si>
   <x:si>
-    <x:t>6,539,461</x:t>
-[...5 lines deleted...]
-    <x:t>4.15%</x:t>
+    <x:t>7,293,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 303,531,731.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nestle Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0038863350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,640,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 229,614,844.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PFE US</x:t>
   </x:si>
   <x:si>
     <x:t>US7170811035</x:t>
   </x:si>
   <x:si>
-    <x:t>8,899,289</x:t>
-[...5 lines deleted...]
-    <x:t>3.74%</x:t>
+    <x:t>9,925,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 229,415,094.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0012032048</x:t>
   </x:si>
   <x:si>
-    <x:t>498,765</x:t>
-[...20 lines deleted...]
-    <x:t>$ 186,745,336.00</x:t>
+    <x:t>556,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 219,293,201.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Totalenergies Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000120271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,039,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 195,417,538.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Shell Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SHEL LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00BP6MXD84</x:t>
   </x:si>
   <x:si>
-    <x:t>5,278,963</x:t>
-[...23 lines deleted...]
-    <x:t>2.95%</x:t>
+    <x:t>5,887,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 195,357,350.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US7134481081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,370,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 192,793,974.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allianz Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALV GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE0008404005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>421,527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 154,700,409.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>DK0062498333</x:t>
   </x:si>
   <x:si>
-    <x:t>2,906,961</x:t>
-[...41 lines deleted...]
-    <x:t>2.64%</x:t>
+    <x:t>3,242,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 133,022,746.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unilever Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULVR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BVZK7T90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,121,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 130,533,513.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US1101221083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,562,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 129,081,321.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comcast Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMCSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US20030N1019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,652,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 124,559,853.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBVA SM</x:t>
   </x:si>
   <x:si>
     <x:t>ES0113211835</x:t>
   </x:si>
   <x:si>
-    <x:t>5,206,863</x:t>
-[...59 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>5,807,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 114,957,879.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB0007980591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,818,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 114,806,287.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iberdrola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBE SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0144580Y14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,714,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 114,343,183.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurich Insurance Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZURN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0011075394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 109,572,030.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>SAN FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000120578</x:t>
   </x:si>
   <x:si>
-    <x:t>1,241,322</x:t>
-[...23 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>1,384,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 109,513,555.00</x:t>
   </x:si>
   <x:si>
     <x:t>Dbs Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DBS SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1L01001701</x:t>
   </x:si>
   <x:si>
-    <x:t>2,537,320</x:t>
-[...38 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>2,830,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 109,111,402.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Spa</x:t>
   </x:si>
   <x:si>
     <x:t>ENEL IM</x:t>
   </x:si>
   <x:si>
     <x:t>IT0003128367</x:t>
   </x:si>
   <x:si>
-    <x:t>9,698,364</x:t>
-[...2 lines deleted...]
-    <x:t>$ 87,605,322.00</x:t>
+    <x:t>10,816,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 103,669,812.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US20825C1045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,109,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 103,428,624.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Axa Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CS FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000120628</x:t>
   </x:si>
   <x:si>
-    <x:t>2,220,241</x:t>
-[...23 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>2,476,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 93,902,130.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000NAB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,327,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 92,936,671.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>BNS CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA0641491075</x:t>
   </x:si>
   <x:si>
-    <x:t>1,265,031</x:t>
-[...23 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>1,410,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 90,164,260.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anz Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000ANZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,691,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 89,407,284.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000WBC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,552,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 87,424,951.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Grid Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NG/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BDR05C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,389,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 83,749,477.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Montreal</x:t>
   </x:si>
   <x:si>
     <x:t>BMO CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA0636711016</x:t>
   </x:si>
   <x:si>
-    <x:t>619,326</x:t>
-[...5 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>690,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 81,539,745.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Cvs Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CVS US</x:t>
   </x:si>
   <x:si>
     <x:t>US1266501006</x:t>
   </x:si>
   <x:si>
-    <x:t>1,033,476</x:t>
-[...38 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>1,152,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 75,581,044.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Mercedes-Benz Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>MBG GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0007100000</x:t>
   </x:si>
   <x:si>
-    <x:t>1,146,500</x:t>
-[...23 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>1,278,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 73,028,613.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinci Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DG FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000125486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>516,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 69,262,858.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Muenchener Rueckversicherungs-Gesellsch</x:t>
   </x:si>
   <x:si>
     <x:t>MUV2 GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0008430026</x:t>
   </x:si>
   <x:si>
-    <x:t>113,976</x:t>
-[...2 lines deleted...]
-    <x:t>$ 58,218,941.00</x:t>
+    <x:t>127,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 68,874,700.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.10%</x:t>
   </x:si>
   <x:si>
-    <x:t>Vinci Sa</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Canadian Imperial Bank Of Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>CM CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA1360691010</x:t>
   </x:si>
   <x:si>
-    <x:t>677,358</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>755,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 60,665,669.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Tokio Marine Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8766 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3910660004</x:t>
   </x:si>
   <x:si>
-    <x:t>1,576,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>1,747,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 60,186,601.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Diageo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>DGE LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB0002374006</x:t>
   </x:si>
   <x:si>
-    <x:t>2,513,691</x:t>
-[...2 lines deleted...]
-    <x:t>$ 48,943,605.00</x:t>
+    <x:t>2,803,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 59,557,004.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT0003132476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,172,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 57,421,535.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.92%</x:t>
   </x:si>
   <x:si>
-    <x:t>Eni Spa</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Oversea-Chinese Banking Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OCBC SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1S04926220</x:t>
   </x:si>
   <x:si>
-    <x:t>3,364,800</x:t>
-[...2 lines deleted...]
-    <x:t>$ 46,073,655.00</x:t>
+    <x:t>3,752,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 54,541,611.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.87%</x:t>
   </x:si>
   <x:si>
+    <x:t>Swiss Re Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SREN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0126881561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>355,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 50,412,121.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manulife Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MFC CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA56501R1064</x:t>
   </x:si>
   <x:si>
-    <x:t>1,428,542</x:t>
-[...23 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>1,593,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 48,010,798.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Post Ag</x:t>
   </x:si>
   <x:si>
     <x:t>DHL GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0005552004</x:t>
   </x:si>
   <x:si>
-    <x:t>881,112</x:t>
-[...5 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>982,738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 47,937,960.00</x:t>
   </x:si>
   <x:si>
     <x:t>United Overseas Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>UOB SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1M31001969</x:t>
   </x:si>
   <x:si>
-    <x:t>1,626,600</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>1,814,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 47,793,122.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000133308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,622,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 45,381,688.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Caixabank Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CABK SM</x:t>
   </x:si>
   <x:si>
     <x:t>ES0140609019</x:t>
   </x:si>
   <x:si>
-    <x:t>3,799,396</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>4,237,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 44,452,592.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Reckitt Benckiser Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RKT LN</x:t>
   </x:si>
   <x:si>
-    <x:t>GB00B24CGK77</x:t>
-[...8 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>GB00BSZBP530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>590,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 43,382,476.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000RIO1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>417,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 42,298,087.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000MQG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>321,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 42,136,409.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Komatsu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6301 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3304200003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>964,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 41,468,991.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Honda Motor Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7267 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3854600008</x:t>
   </x:si>
   <x:si>
-    <x:t>4,129,400</x:t>
-[...59 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>4,578,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 40,654,063.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>E.On Se</x:t>
   </x:si>
   <x:si>
     <x:t>EOAN GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE000ENAG999</x:t>
   </x:si>
   <x:si>
-    <x:t>1,843,802</x:t>
-[...2 lines deleted...]
-    <x:t>$ 31,335,415.00</x:t>
+    <x:t>2,056,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 37,684,721.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Life Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLF CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA8667961053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 36,909,376.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
+    <x:t>Softbank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9434 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3732000009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,205,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 34,187,544.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assicurazioni Generali Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT0000062072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>964,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 33,386,471.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Volkswagen Ag</x:t>
   </x:si>
   <x:si>
     <x:t>VOW3 GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0007664039</x:t>
   </x:si>
   <x:si>
-    <x:t>289,652</x:t>
-[...5 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>323,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 33,049,038.00</x:t>
   </x:si>
   <x:si>
     <x:t>Aviva Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AV/ LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00BPQY8M80</x:t>
   </x:si>
   <x:si>
-    <x:t>4,063,261</x:t>
-[...53 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>4,531,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 32,239,600.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orix Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8591 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3200450009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,020,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 31,602,912.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Leumi Le-Israel Bm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IL0006046119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,381,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 30,465,309.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cie Generale Des Etablissements Micheli</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ML FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR001400AJ45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>872,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 29,635,940.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSCO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BLGZ9862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,391,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 29,459,000.00</x:t>
   </x:si>
   <x:si>
     <x:t>Kbc Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>KBC BB</x:t>
   </x:si>
   <x:si>
     <x:t>BE0003565737</x:t>
   </x:si>
   <x:si>
-    <x:t>226,905</x:t>
-[...20 lines deleted...]
-    <x:t>$ 26,451,913.00</x:t>
+    <x:t>253,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 29,458,163.00</x:t>
   </x:si>
   <x:si>
     <x:t>Bayerische Motoren Werke Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BMW GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0005190003</x:t>
   </x:si>
   <x:si>
-    <x:t>297,187</x:t>
-[...20 lines deleted...]
-    <x:t>$ 25,743,123.00</x:t>
+    <x:t>331,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 29,076,110.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Nutrien Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>NTR CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA67077M1086</x:t>
   </x:si>
   <x:si>
-    <x:t>426,432</x:t>
-[...23 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>475,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 28,192,451.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Swiss Life Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SLHN SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0014852781</x:t>
   </x:si>
   <x:si>
-    <x:t>26,863</x:t>
-[...2 lines deleted...]
-    <x:t>$ 24,502,402.00</x:t>
+    <x:t>29,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 28,106,787.00</x:t>
   </x:si>
   <x:si>
     <x:t>Bper Banca Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BPE IM</x:t>
   </x:si>
   <x:si>
     <x:t>IT0000066123</x:t>
   </x:si>
   <x:si>
-    <x:t>2,042,144</x:t>
-[...35 lines deleted...]
-    <x:t>$ 23,116,015.00</x:t>
+    <x:t>2,277,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 27,890,241.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinor Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NO0010096985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,139,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 27,206,979.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dai-Ichi Life Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8750 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3476480003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,346,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 27,056,287.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veolia Environnement Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000124141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>796,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 26,548,978.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Orlen Sa</x:t>
   </x:si>
   <x:si>
     <x:t>PKN PW</x:t>
   </x:si>
   <x:si>
     <x:t>PLPKN0000018</x:t>
   </x:si>
   <x:si>
-    <x:t>896,356</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>999,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 26,227,571.00</x:t>
   </x:si>
   <x:si>
     <x:t>Nomura Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8604 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3762600009</x:t>
   </x:si>
   <x:si>
-    <x:t>2,886,800</x:t>
-[...2 lines deleted...]
-    <x:t>$ 21,952,052.00</x:t>
+    <x:t>3,201,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 25,466,149.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.41%</x:t>
   </x:si>
   <x:si>
-    <x:t>Dai-Ichi Life Holdings Inc</x:t>
-[...44 lines deleted...]
-    <x:t>$ 21,396,713.00</x:t>
+    <x:t>Astellas Pharma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4503 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3942400007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,773,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 24,135,313.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Qbe Insurance Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>QBE AU</x:t>
   </x:si>
   <x:si>
     <x:t>AU000000QBE9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,739,141</x:t>
-[...20 lines deleted...]
-    <x:t>$ 19,310,799.00</x:t>
+    <x:t>1,939,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 22,782,723.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
+    <x:t>Canon Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7751 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3242800005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 21,621,872.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Telegraph &amp; Telephone Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9432 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3735400008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,283,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 20,530,099.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Yusen Kk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9101 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3753000003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>728,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 20,502,156.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Mitsui Trust Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8309 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3892100003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 20,281,851.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Corp Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA7392391016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>477,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 18,893,904.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santos Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000STO6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,510,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 18,460,143.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bt Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT/A LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB0030913577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,469,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 18,038,942.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snam Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT0003153415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,902,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 18,002,341.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Publicis Groupe Sa</x:t>
   </x:si>
   <x:si>
     <x:t>PUB FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000130577</x:t>
   </x:si>
   <x:si>
-    <x:t>219,719</x:t>
-[...101 lines deleted...]
-    <x:t>$ 15,007,155.00</x:t>
+    <x:t>245,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 17,649,293.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
-    <x:t>Snam Spa</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Ageas Sa/Nv</x:t>
   </x:si>
   <x:si>
     <x:t>AGS BB</x:t>
   </x:si>
   <x:si>
     <x:t>BE0974264930</x:t>
   </x:si>
   <x:si>
-    <x:t>244,101</x:t>
-[...2 lines deleted...]
-    <x:t>$ 14,401,959.00</x:t>
+    <x:t>272,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 16,947,936.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
-    <x:t>Bt Group Plc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Edp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>EDP PL</x:t>
   </x:si>
   <x:si>
     <x:t>PTEDP0AM0009</x:t>
   </x:si>
   <x:si>
-    <x:t>3,404,720</x:t>
-[...2 lines deleted...]
-    <x:t>$ 14,340,681.00</x:t>
+    <x:t>3,797,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 16,556,742.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terna - Rete Elettrica Nazionale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRN IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT0003242622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,635,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 16,151,161.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poste Italiane Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PST IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT0003796171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>682,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 15,610,360.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Restaurant Brands International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QSR CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA76131D1033</x:t>
   </x:si>
   <x:si>
-    <x:t>243,319</x:t>
-[...38 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>271,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 15,152,758.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsui Osk Lines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>9104 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3362700001</x:t>
   </x:si>
   <x:si>
-    <x:t>468,700</x:t>
-[...2 lines deleted...]
-    <x:t>$ 11,977,086.00</x:t>
+    <x:t>519,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 14,925,230.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daiwa Securities Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8601 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3502200003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,570,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 14,487,229.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Sekisui House Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1928 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3420600003</x:t>
   </x:si>
   <x:si>
-    <x:t>618,600</x:t>
-[...2 lines deleted...]
-    <x:t>$ 11,960,535.00</x:t>
+    <x:t>686,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 14,222,966.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omv Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AT0000743059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>239,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 13,244,862.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Ab</x:t>
   </x:si>
   <x:si>
     <x:t>EVO SS</x:t>
   </x:si>
   <x:si>
     <x:t>SE0012673267</x:t>
   </x:si>
   <x:si>
-    <x:t>206,842</x:t>
-[...38 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>230,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 11,714,593.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keppel Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEP SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SG1U68934629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,254,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 10,593,375.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mizrahi Tefahot Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MZTF IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IL0006954379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>147,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 10,511,284.00</x:t>
   </x:si>
   <x:si>
     <x:t>Great-West Lifeco Inc</x:t>
   </x:si>
   <x:si>
     <x:t>GWO CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA39138C1068</x:t>
   </x:si>
   <x:si>
-    <x:t>239,316</x:t>
-[...5 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>266,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 10,080,970.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insurance Australia Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000IAG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,461,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 10,046,717.00</x:t>
   </x:si>
   <x:si>
     <x:t>Subaru Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7270 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3814800003</x:t>
   </x:si>
   <x:si>
-    <x:t>506,400</x:t>
-[...53 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>561,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 9,735,443.00</x:t>
   </x:si>
   <x:si>
     <x:t>Tenaris Sa</x:t>
   </x:si>
   <x:si>
     <x:t>TEN IM</x:t>
   </x:si>
   <x:si>
     <x:t>LU2598331598</x:t>
   </x:si>
   <x:si>
-    <x:t>355,647</x:t>
-[...2 lines deleted...]
-    <x:t>$ 6,730,619.00</x:t>
+    <x:t>396,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 7,859,957.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Orkla Asa</x:t>
   </x:si>
   <x:si>
     <x:t>ORK NO</x:t>
   </x:si>
   <x:si>
     <x:t>NO0003733800</x:t>
   </x:si>
   <x:si>
-    <x:t>595,239</x:t>
-[...2 lines deleted...]
-    <x:t>$ 5,800,051.00</x:t>
+    <x:t>663,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 7,594,608.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtr Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HK0066009694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,789,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 7,117,739.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>Mtr Corp Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>$ 5,753,761.00</x:t>
+    <x:t>Mitsubishi Hc Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8593 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3499800005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>727,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 5,950,697.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Ck Infrastructure Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1038 HK</x:t>
   </x:si>
   <x:si>
     <x:t>BMG2178K1009</x:t>
   </x:si>
   <x:si>
-    <x:t>709,500</x:t>
-[...2 lines deleted...]
-    <x:t>$ 4,904,806.00</x:t>
+    <x:t>791,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 5,495,540.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
-    <x:t>Mitsubishi Hc Capital Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Wilmar International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WIL SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1T56930848</x:t>
   </x:si>
   <x:si>
-    <x:t>1,947,000</x:t>
-[...2 lines deleted...]
-    <x:t>$ 4,182,207.00</x:t>
+    <x:t>2,171,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 5,202,084.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>IBE/D SM</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$ 22,482,802.00</x:t>
+    <x:t>$ 32,018,858.00</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1843,56 +1843,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdceb065181b34d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R781d5387a3934a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R373a76e75bc145cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1561f3a29e464085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcf734dc110f14905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R10219d99d9e04381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:G106"/>
+  <x:dimension ref="A1:G105"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="19" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
@@ -2040,97 +2040,97 @@
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
@@ -2293,281 +2293,281 @@
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
+      <x:c r="G20" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
+      <x:c r="G22" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
+      <x:c r="G23" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
+      <x:c r="G24" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
+      <x:c r="G25" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
+      <x:c r="G26" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
+      <x:c r="G27" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
+      <x:c r="G28" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
@@ -2845,1485 +2845,1462 @@
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
+      <x:c r="G44" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
+      <x:c r="G45" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
+      <x:c r="G46" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
+      <x:c r="G47" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
+      <x:c r="G48" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
+      <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
+      <x:c r="G50" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
+      <x:c r="G51" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
+      <x:c r="G52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
+      <x:c r="G53" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>452</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>531</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7" ht="15" customHeight="1">
-      <x:c r="A105" s="1">
-[...22 lines deleted...]
-      <x:c r="A106" s="2" t="s">
+      <x:c r="A105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B106" s="2" t="s">
+      <x:c r="B105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C106" s="2" t="s">
+      <x:c r="C105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D106" s="2" t="s">
+      <x:c r="D105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E106" s="2" t="s">
+      <x:c r="E105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F106" s="2" t="s">
+      <x:c r="F105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G106" s="2" t="s">
+      <x:c r="G105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
-    <x:mergeCell ref="A106:G106"/>
+    <x:mergeCell ref="A105:G105"/>
   </x:mergeCells>
 </x:worksheet>
 </file>