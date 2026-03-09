--- v1 (2026-02-14)
+++ v2 (2026-03-09)
@@ -1,1824 +1,1830 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R507c9fe4853d4e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66fe05f1dc294bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDIV_asof_20260212" sheetId="1" r:id="R10219d99d9e04381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDIV_asof_20260306" sheetId="1" r:id="R496f9274c6674d50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="592">
-[...1 lines deleted...]
-    <x:t>All Holdings  02/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="594">
+  <x:si>
+    <x:t>All Holdings  03/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>XOM US</x:t>
   </x:si>
   <x:si>
     <x:t>US30231G1022</x:t>
   </x:si>
   <x:si>
-    <x:t>2,846,044</x:t>
-[...5 lines deleted...]
-    <x:t>5.73%</x:t>
+    <x:t>3,094,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 404,106,614.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VZ US</x:t>
   </x:si>
   <x:si>
     <x:t>US92343V1044</x:t>
   </x:si>
   <x:si>
-    <x:t>7,293,719</x:t>
-[...5 lines deleted...]
-    <x:t>4.85%</x:t>
+    <x:t>7,930,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 350,117,472.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Nestle Sa</x:t>
   </x:si>
   <x:si>
     <x:t>NESN SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0038863350</x:t>
   </x:si>
   <x:si>
-    <x:t>2,640,746</x:t>
-[...5 lines deleted...]
-    <x:t>3.67%</x:t>
+    <x:t>2,871,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 255,190,161.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PFE US</x:t>
   </x:si>
   <x:si>
     <x:t>US7170811035</x:t>
   </x:si>
   <x:si>
-    <x:t>9,925,728</x:t>
-[...5 lines deleted...]
-    <x:t>3.66%</x:t>
+    <x:t>10,791,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 252,117,806.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shell Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHEL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BP6MXD84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,401,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 231,408,969.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0012032048</x:t>
   </x:si>
   <x:si>
-    <x:t>556,293</x:t>
-[...5 lines deleted...]
-    <x:t>3.50%</x:t>
+    <x:t>604,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 228,590,963.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Totalenergies Se</x:t>
   </x:si>
   <x:si>
     <x:t>TTE FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000120271</x:t>
   </x:si>
   <x:si>
-    <x:t>3,039,153</x:t>
-[...20 lines deleted...]
-    <x:t>$ 195,357,350.00</x:t>
+    <x:t>3,304,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 224,691,924.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PEP US</x:t>
   </x:si>
   <x:si>
     <x:t>US7134481081</x:t>
   </x:si>
   <x:si>
-    <x:t>1,370,428</x:t>
-[...5 lines deleted...]
-    <x:t>3.08%</x:t>
+    <x:t>1,489,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 205,163,485.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Allianz Se</x:t>
   </x:si>
   <x:si>
     <x:t>ALV GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0008404005</x:t>
   </x:si>
   <x:si>
-    <x:t>421,527</x:t>
-[...5 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>458,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 159,305,428.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US1101221083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,786,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 145,092,511.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comcast Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMCSA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US20030N1019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,058,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 139,404,783.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB0007980591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,721,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 136,552,882.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unilever Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULVR LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BVZK7T90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,306,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 131,352,045.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US20825C1045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,205,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 121,927,657.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iberdrola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBE SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0144580Y14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,212,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 119,379,471.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>DK0062498333</x:t>
   </x:si>
   <x:si>
-    <x:t>3,242,249</x:t>
-[...59 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>3,525,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 116,969,367.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zurich Insurance Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZURN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0011075394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 116,284,531.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBVA SM</x:t>
   </x:si>
   <x:si>
     <x:t>ES0113211835</x:t>
   </x:si>
   <x:si>
-    <x:t>5,807,420</x:t>
-[...56 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>6,314,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 115,989,429.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>SAN FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000120578</x:t>
   </x:si>
   <x:si>
-    <x:t>1,384,495</x:t>
-[...2 lines deleted...]
-    <x:t>$ 109,513,555.00</x:t>
+    <x:t>1,505,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 114,988,416.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Dbs Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>DBS SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1L01001701</x:t>
   </x:si>
   <x:si>
-    <x:t>2,830,020</x:t>
-[...5 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>3,076,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 114,227,183.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Spa</x:t>
   </x:si>
   <x:si>
     <x:t>ENEL IM</x:t>
   </x:si>
   <x:si>
     <x:t>IT0003128367</x:t>
   </x:si>
   <x:si>
-    <x:t>10,816,967</x:t>
-[...23 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>11,760,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 110,608,979.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>National Australia Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000NAB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,617,544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 102,471,036.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Axa Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CS FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000120628</x:t>
   </x:si>
   <x:si>
-    <x:t>2,476,322</x:t>
-[...23 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>2,692,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 102,013,558.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westpac Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WBC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000WBC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,862,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 95,817,390.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>BNS CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA0641491075</x:t>
   </x:si>
   <x:si>
-    <x:t>1,410,939</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>1,534,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 95,320,986.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Montreal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA0636711016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>751,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 91,943,217.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Anz Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ANZ AU</x:t>
   </x:si>
   <x:si>
     <x:t>AU000000ANZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>3,691,954</x:t>
-[...23 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>4,014,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 91,408,768.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>National Grid Plc</x:t>
   </x:si>
   <x:si>
     <x:t>NG/ LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00BDR05C01</x:t>
   </x:si>
   <x:si>
-    <x:t>5,389,741</x:t>
-[...2 lines deleted...]
-    <x:t>$ 83,749,477.00</x:t>
+    <x:t>5,859,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 90,432,751.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>Bank Of Montreal</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Cvs Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CVS US</x:t>
   </x:si>
   <x:si>
     <x:t>US1266501006</x:t>
   </x:si>
   <x:si>
-    <x:t>1,152,676</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>1,253,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 84,339,366.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Mercedes-Benz Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>MBG GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0007100000</x:t>
   </x:si>
   <x:si>
-    <x:t>1,278,736</x:t>
-[...5 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>1,390,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 76,160,360.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Muenchener Rueckversicherungs-Gesellsch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUV2 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE0008430026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 72,588,942.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Vinci Sa</x:t>
   </x:si>
   <x:si>
     <x:t>DG FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000125486</x:t>
   </x:si>
   <x:si>
-    <x:t>516,887</x:t>
-[...23 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>561,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 72,495,678.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENI IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT0003132476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,448,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 70,787,646.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian Imperial Bank Of Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>CM CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA1360691010</x:t>
   </x:si>
   <x:si>
-    <x:t>755,484</x:t>
-[...5 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>821,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 70,470,146.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Tokio Marine Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8766 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3910660004</x:t>
   </x:si>
   <x:si>
-    <x:t>1,747,600</x:t>
-[...2 lines deleted...]
-    <x:t>$ 60,186,601.00</x:t>
+    <x:t>1,911,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 64,613,952.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.96%</x:t>
   </x:si>
   <x:si>
+    <x:t>Oversea-Chinese Banking Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCBC SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SG1S04926220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,080,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 57,340,753.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Re Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SREN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0126881561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>386,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 54,435,144.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diageo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>DGE LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB0002374006</x:t>
   </x:si>
   <x:si>
-    <x:t>2,803,619</x:t>
-[...59 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>3,048,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 53,653,157.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Manulife Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>MFC CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA56501R1064</x:t>
   </x:si>
   <x:si>
-    <x:t>1,593,309</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>1,732,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 50,213,755.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000133308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,851,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 49,825,576.00</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Post Ag</x:t>
   </x:si>
   <x:si>
     <x:t>DHL GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0005552004</x:t>
   </x:si>
   <x:si>
-    <x:t>982,738</x:t>
-[...2 lines deleted...]
-    <x:t>$ 47,937,960.00</x:t>
+    <x:t>1,068,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 49,331,445.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>United Overseas Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>UOB SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1M31001969</x:t>
   </x:si>
   <x:si>
-    <x:t>1,814,200</x:t>
-[...23 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>1,972,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 48,021,056.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Caixabank Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CABK SM</x:t>
   </x:si>
   <x:si>
     <x:t>ES0140609019</x:t>
   </x:si>
   <x:si>
-    <x:t>4,237,616</x:t>
-[...5 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>4,607,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 45,474,179.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000RIO1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>453,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 43,576,470.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macquarie Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000MQG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>349,909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 42,402,549.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.On Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOAN GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000ENAG999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,235,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 41,721,428.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Komatsu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6301 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3304200003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,055,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 41,476,285.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Reckitt Benckiser Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>RKT LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00BSZBP530</x:t>
   </x:si>
   <x:si>
-    <x:t>590,561</x:t>
-[...59 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>642,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 41,339,328.00</x:t>
   </x:si>
   <x:si>
     <x:t>Honda Motor Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>7267 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3854600008</x:t>
   </x:si>
   <x:si>
-    <x:t>4,578,900</x:t>
-[...23 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>5,007,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 40,121,183.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Sun Life Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SLF CN</x:t>
   </x:si>
   <x:si>
     <x:t>CA8667961053</x:t>
   </x:si>
   <x:si>
-    <x:t>637,038</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>692,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 38,686,651.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Softbank Corp</x:t>
   </x:si>
   <x:si>
     <x:t>9434 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3732000009</x:t>
   </x:si>
   <x:si>
-    <x:t>29,205,600</x:t>
-[...2 lines deleted...]
-    <x:t>$ 34,187,544.00</x:t>
+    <x:t>31,939,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 36,862,871.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
+    <x:t>Aviva Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AV/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BPQY8M80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,927,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 35,725,802.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinor Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NO0010096985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,238,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 35,257,354.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assicurazioni Generali Spa</x:t>
   </x:si>
   <x:si>
     <x:t>G IM</x:t>
   </x:si>
   <x:si>
     <x:t>IT0000062072</x:t>
   </x:si>
   <x:si>
-    <x:t>964,091</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>1,048,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 34,726,866.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nutrien Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA67077M1086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 33,938,019.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Leumi Le-Israel Bm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUMI IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IL0006046119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,502,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 32,434,996.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Volkswagen Ag</x:t>
   </x:si>
   <x:si>
     <x:t>VOW3 GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0007664039</x:t>
   </x:si>
   <x:si>
-    <x:t>323,060</x:t>
-[...20 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>351,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 31,604,935.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSCO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BLGZ9862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,861,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 31,551,135.00</x:t>
   </x:si>
   <x:si>
     <x:t>Orix Corp</x:t>
   </x:si>
   <x:si>
     <x:t>8591 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3200450009</x:t>
   </x:si>
   <x:si>
-    <x:t>1,020,700</x:t>
-[...23 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>1,116,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 30,964,891.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dai-Ichi Life Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8750 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3476480003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,659,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 30,887,551.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orlen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PKN PW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLPKN0000018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,086,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 30,256,810.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kbc Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBC BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE0003565737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 30,143,230.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Life Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0014852781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 29,761,401.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Cie Generale Des Etablissements Micheli</x:t>
   </x:si>
   <x:si>
     <x:t>ML FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR001400AJ45</x:t>
   </x:si>
   <x:si>
-    <x:t>872,929</x:t>
-[...35 lines deleted...]
-    <x:t>$ 29,458,163.00</x:t>
+    <x:t>949,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 29,450,108.00</x:t>
   </x:si>
   <x:si>
     <x:t>Bayerische Motoren Werke Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BMW GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0005190003</x:t>
   </x:si>
   <x:si>
-    <x:t>331,465</x:t>
-[...38 lines deleted...]
-    <x:t>$ 28,106,787.00</x:t>
+    <x:t>360,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 28,758,484.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veolia Environnement Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIE FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000124141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 28,345,522.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qbe Insurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000QBE9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,108,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 26,705,029.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Bper Banca Spa</x:t>
   </x:si>
   <x:si>
     <x:t>BPE IM</x:t>
   </x:si>
   <x:si>
     <x:t>IT0000066123</x:t>
   </x:si>
   <x:si>
-    <x:t>2,277,684</x:t>
-[...68 lines deleted...]
-    <x:t>$ 26,227,571.00</x:t>
+    <x:t>2,476,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 26,621,225.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astellas Pharma Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4503 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3942400007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,938,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 25,544,375.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Yusen Kk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9101 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3753000003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>796,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 24,174,704.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Nomura Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8604 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3762600009</x:t>
   </x:si>
   <x:si>
-    <x:t>3,201,100</x:t>
-[...41 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>3,500,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 23,914,019.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santos Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000STO6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,903,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 22,130,867.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Telegraph &amp; Telephone Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9432 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3735400008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,556,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 21,991,115.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Corp Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA7392391016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>519,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 21,709,145.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Canon Inc</x:t>
   </x:si>
   <x:si>
     <x:t>7751 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3242800005</x:t>
   </x:si>
   <x:si>
-    <x:t>800,500</x:t>
-[...38 lines deleted...]
-    <x:t>$ 20,502,156.00</x:t>
+    <x:t>875,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 21,691,823.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snam Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT0003153415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,155,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 20,469,167.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Publicis Groupe Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUB FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000130577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 20,217,467.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Mitsui Trust Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8309 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3892100003</x:t>
   </x:si>
   <x:si>
-    <x:t>637,800</x:t>
-[...38 lines deleted...]
-    <x:t>$ 18,460,143.00</x:t>
+    <x:t>697,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 19,838,872.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Bt Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BT/A LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB0030913577</x:t>
   </x:si>
   <x:si>
-    <x:t>7,469,670</x:t>
-[...32 lines deleted...]
-    <x:t>$ 17,649,293.00</x:t>
+    <x:t>8,121,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 19,340,835.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Restaurant Brands International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QSR CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA76131D1033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 18,809,303.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
+    <x:t>Mitsui Osk Lines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9104 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3362700001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>568,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 18,559,231.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ageas Sa/Nv</x:t>
   </x:si>
   <x:si>
     <x:t>AGS BB</x:t>
   </x:si>
   <x:si>
     <x:t>BE0974264930</x:t>
   </x:si>
   <x:si>
-    <x:t>272,256</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>296,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 17,671,678.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terna - Rete Elettrica Nazionale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRN IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT0003242622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,778,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 17,581,556.00</x:t>
   </x:si>
   <x:si>
     <x:t>Edp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>EDP PL</x:t>
   </x:si>
   <x:si>
     <x:t>PTEDP0AM0009</x:t>
   </x:si>
   <x:si>
-    <x:t>3,797,418</x:t>
-[...20 lines deleted...]
-    <x:t>$ 16,151,161.00</x:t>
+    <x:t>4,128,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 17,509,863.00</x:t>
   </x:si>
   <x:si>
     <x:t>Poste Italiane Spa</x:t>
   </x:si>
   <x:si>
     <x:t>PST IM</x:t>
   </x:si>
   <x:si>
     <x:t>IT0003796171</x:t>
   </x:si>
   <x:si>
-    <x:t>682,271</x:t>
-[...20 lines deleted...]
-    <x:t>$ 15,152,758.00</x:t>
+    <x:t>741,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 15,985,639.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
-    <x:t>Mitsui Osk Lines Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>$ 14,925,230.00</x:t>
+    <x:t>Omv Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AT0000743059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 14,973,768.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3420600003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 14,669,230.00</x:t>
   </x:si>
   <x:si>
     <x:t>Daiwa Securities Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8601 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3502200003</x:t>
   </x:si>
   <x:si>
-    <x:t>1,570,300</x:t>
-[...35 lines deleted...]
-    <x:t>$ 13,244,862.00</x:t>
+    <x:t>1,717,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 14,351,461.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Ab</x:t>
   </x:si>
   <x:si>
     <x:t>EVO SS</x:t>
   </x:si>
   <x:si>
     <x:t>SE0012673267</x:t>
   </x:si>
   <x:si>
-    <x:t>230,699</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>250,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 13,199,681.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great-West Lifeco Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GWO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA39138C1068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 11,412,271.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Keppel Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>KEP SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1U68934629</x:t>
   </x:si>
   <x:si>
-    <x:t>1,254,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>1,363,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 11,291,676.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mizrahi Tefahot Bank Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>MZTF IT</x:t>
   </x:si>
   <x:si>
     <x:t>IL0006954379</x:t>
   </x:si>
   <x:si>
-    <x:t>147,262</x:t>
-[...17 lines deleted...]
-    <x:t>$ 10,080,970.00</x:t>
+    <x:t>160,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 10,797,990.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Insurance Australia Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>IAG AU</x:t>
   </x:si>
   <x:si>
     <x:t>AU000000IAG3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,461,740</x:t>
-[...2 lines deleted...]
-    <x:t>$ 10,046,717.00</x:t>
+    <x:t>2,676,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 10,638,727.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenaris Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEN IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LU2598331598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>431,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 9,751,083.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Subaru Corp</x:t>
   </x:si>
   <x:si>
     <x:t>7270 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3814800003</x:t>
   </x:si>
   <x:si>
-    <x:t>561,500</x:t>
-[...20 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>614,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 9,170,880.00</x:t>
   </x:si>
   <x:si>
     <x:t>Orkla Asa</x:t>
   </x:si>
   <x:si>
     <x:t>ORK NO</x:t>
   </x:si>
   <x:si>
     <x:t>NO0003733800</x:t>
   </x:si>
   <x:si>
-    <x:t>663,894</x:t>
-[...2 lines deleted...]
-    <x:t>$ 7,594,608.00</x:t>
+    <x:t>721,813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 8,057,664.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Mtr Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>66 HK</x:t>
   </x:si>
   <x:si>
     <x:t>HK0066009694</x:t>
   </x:si>
   <x:si>
-    <x:t>1,789,000</x:t>
-[...2 lines deleted...]
-    <x:t>$ 7,117,739.00</x:t>
+    <x:t>1,945,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 7,599,902.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsubishi Hc Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8593 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3499800005</x:t>
   </x:si>
   <x:si>
-    <x:t>727,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>795,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 6,344,370.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Ck Infrastructure Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1038 HK</x:t>
   </x:si>
   <x:si>
     <x:t>BMG2178K1009</x:t>
   </x:si>
   <x:si>
-    <x:t>791,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>860,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 6,227,912.00</x:t>
   </x:si>
   <x:si>
     <x:t>Wilmar International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>WIL SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1T56930848</x:t>
   </x:si>
   <x:si>
-    <x:t>2,171,600</x:t>
-[...2 lines deleted...]
-    <x:t>$ 5,202,084.00</x:t>
+    <x:t>2,361,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 5,561,992.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$ 32,018,858.00</x:t>
+    <x:t>$ 13,333,371.00</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1843,51 +1849,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1561f3a29e464085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcf734dc110f14905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R10219d99d9e04381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0211fea90f1d4f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb824df90a3044902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R496f9274c6674d50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G105"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="19" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2086,2213 +2092,2213 @@
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>511</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>534</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>545</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7" ht="15" customHeight="1">
       <x:c r="A105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>