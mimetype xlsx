--- v2 (2026-03-09)
+++ v3 (2026-03-09)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66fe05f1dc294bd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R948f80d05ae84912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDIV_asof_20260306" sheetId="1" r:id="R496f9274c6674d50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDIV_asof_20260306" sheetId="1" r:id="Rc71a6fd82b0c43da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="594">
   <x:si>
     <x:t>All Holdings  03/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
@@ -1849,51 +1849,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0211fea90f1d4f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb824df90a3044902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R496f9274c6674d50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad94287602440ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0ef8aae509ce4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc71a6fd82b0c43da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G105"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="19" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>