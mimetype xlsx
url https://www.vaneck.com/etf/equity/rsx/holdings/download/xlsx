--- v0 (2025-12-31)
+++ v1 (2026-03-01)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R561ff91d89f6460a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba423cefd1749d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20251230" sheetId="1" r:id="Rbdafce96f2884d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260226" sheetId="1" r:id="Rdd88d36b51ff4218"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="131">
   <x:si>
-    <x:t>Daily Holdings (%)  12/30/2025</x:t>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
@@ -58,378 +58,378 @@
   <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>266,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
     <x:t>$.36</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,405,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTBR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtb Bank Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730ZJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,375,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATAD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tatneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X7K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,393,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOEX RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moscow Exchange Micex-Rts Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730JJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,946,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALRS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alrosa Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68B31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,188,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,272,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBER RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sberbank Of Russia Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730N88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,050,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OZON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozon Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y29RP99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,211,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VKCO LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vk Ipjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00178PGX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,338,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRAO RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Rao Ues Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482,502,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGGD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NNC0N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,364,815</x:t>
+  </x:si>
+  <x:si>
     <x:t>IESK RU</x:t>
   </x:si>
   <x:si>
     <x:t>Irkutsk Electronetwork Co Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P7J2M7</x:t>
   </x:si>
   <x:si>
     <x:t>7,410,870</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...11 lines deleted...]
-    <x:t>125,211,510</x:t>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,917,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TL3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,063,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVTK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KKY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,452,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>705,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,772,138</x:t>
   </x:si>
   <x:si>
     <x:t>TRNFP RM</x:t>
   </x:si>
   <x:si>
     <x:t>Transneft Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00475KHX6</x:t>
   </x:si>
   <x:si>
     <x:t>2,097,200</x:t>
   </x:si>
   <x:si>
     <x:t>ROSN RM</x:t>
   </x:si>
   <x:si>
     <x:t>Rosneft Oil Co Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004731354</x:t>
   </x:si>
   <x:si>
     <x:t>16,922,345</x:t>
   </x:si>
   <x:si>
-    <x:t>IRAO RM</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>RTKM RM</x:t>
   </x:si>
   <x:si>
     <x:t>Rostelecom Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S682Z6</x:t>
   </x:si>
   <x:si>
     <x:t>13,944,591</x:t>
   </x:si>
   <x:si>
-    <x:t>NVTK RM</x:t>
-[...181 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>508</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$684.55</x:t>
+    <x:t>$686.50</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,166,093.09</x:t>
+    <x:t>$32,335,834.14</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -460,51 +460,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3091c1e97894204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re8ae4f2553a347e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbdafce96f2884d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18fcd8b4ac164e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3818bb9cbe334c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd88d36b51ff4218" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -979,283 +979,283 @@
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">