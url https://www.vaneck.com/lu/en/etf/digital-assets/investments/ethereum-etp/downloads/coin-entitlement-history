--- v5 (2026-03-02)
+++ v6 (2026-03-23)
@@ -1,311 +1,578 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a9577296004a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92ebe00e3a244d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VETH_coin_entitlement_history_20240227" sheetId="1" r:id="Rc1c2d988ee3a491f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VETH_coin_entitlement_history_20240227" sheetId="1" r:id="Rc7a005f35cbe4f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5060" uniqueCount="2770">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5220" uniqueCount="2859">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
     <x:t>Coin Entitlement</x:t>
   </x:si>
   <x:si>
+    <x:t>20/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22873.40345224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.002001172655489064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETH (Staked)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45754.5165187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004003019817909011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45750.9616544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00400270880615923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22876.17243667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0020014149113447067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22788.83303112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,415,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.001996393607632063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45747.5962203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004007673781892247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45744.0486908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,393,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004015101263126482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22659.51044332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0019888976075941368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22260.13005883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,326,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0019654008528015186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45740.0219724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004038497437082818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45729.5177867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,224,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004074262097888454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21655.9347696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0019294311091945832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21286.40060004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,162,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0019070418025479306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45726.1386629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004096590097016664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45722.6559777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,126,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004109532264758224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21072.97369427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0018940296327763797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21075.70072396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0018942747370088082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45719.0681279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004109209790391874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20988.38368332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,111,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0018889734212330124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45715.4521495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004114431837773378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45705.4779799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,081,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00412467087626568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20816.25301831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0018785536520449417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20608.9374036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,046,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.001865737588593156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45701.5930422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004137388470233569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45698.0144922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,001,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0041539873186255795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20341.51167767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0018490602379483685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19629.92406858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,882,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0018038893648759419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45694.1972838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004199062422698034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45690.4014938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0041987136090608345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19632.66276702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.001804141037219261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19641.32775172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0018049373048814557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45679.9716146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004197755156643999</x:t>
+  </x:si>
+  <x:si>
     <x:t>27/02/2026</x:t>
   </x:si>
   <x:si>
-    <x:t>ETH</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>19640.63811477</x:t>
   </x:si>
   <x:si>
-    <x:t>10,882,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0018048739307820255</x:t>
   </x:si>
   <x:si>
-    <x:t>ETH (Staked)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>26/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>19301.2576881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.001783026114374134</x:t>
+  </x:si>
+  <x:si>
     <x:t>45676.0762234</x:t>
   </x:si>
   <x:si>
-    <x:t>10,825,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0042194989582817555</x:t>
   </x:si>
   <x:si>
-    <x:t>19301.2576881</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>25/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>45672.3575207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,785,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004234803664413538</x:t>
+  </x:si>
+  <x:si>
     <x:t>19063.87033803</x:t>
   </x:si>
   <x:si>
-    <x:t>10,785,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0017676282186397773</x:t>
   </x:si>
   <x:si>
-    <x:t>45672.3575207</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>24/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>19066.47886791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0017678700851098746</x:t>
+  </x:si>
+  <x:si>
     <x:t>45669.0179761</x:t>
   </x:si>
   <x:si>
     <x:t>0.004234494017255448</x:t>
   </x:si>
   <x:si>
-    <x:t>19066.47886791</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>23/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>45665.4338807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00423416169501159</x:t>
+  </x:si>
+  <x:si>
     <x:t>19069.14644554</x:t>
   </x:si>
   <x:si>
     <x:t>0.0017681174265683818</x:t>
   </x:si>
   <x:si>
-    <x:t>45665.4338807</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>19077.17041329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0017688614198692629</x:t>
+  </x:si>
+  <x:si>
     <x:t>45654.6199988</x:t>
   </x:si>
   <x:si>
     <x:t>0.004233159017042188</x:t>
   </x:si>
   <x:si>
-    <x:t>19077.17041329</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>19/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>45650.7804573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,777,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004235945110633757</x:t>
+  </x:si>
+  <x:si>
     <x:t>19031.88847782</x:t>
   </x:si>
   <x:si>
-    <x:t>10,777,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0017659727640178158</x:t>
   </x:si>
   <x:si>
-    <x:t>45650.7804573</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>18/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>19034.91512269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0017662536070047322</x:t>
+  </x:si>
+  <x:si>
     <x:t>45645.7625831</x:t>
   </x:si>
   <x:si>
     <x:t>0.004235479501076366</x:t>
   </x:si>
   <x:si>
-    <x:t>19034.91512269</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>17/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>45643.7304643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,715,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004259797523499767</x:t>
+  </x:si>
+  <x:si>
     <x:t>18665.07621022</x:t>
   </x:si>
   <x:si>
-    <x:t>10,715,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0017419576491105925</x:t>
   </x:si>
   <x:si>
-    <x:t>45643.7304643</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>16/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>18667.75314579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0017422074797750816</x:t>
+  </x:si>
+  <x:si>
     <x:t>45640.0704553</x:t>
   </x:si>
   <x:si>
     <x:t>0.004259455945431638</x:t>
   </x:si>
   <x:si>
-    <x:t>18667.75314579</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>45629.739112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,729,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004252934953117718</x:t>
+  </x:si>
+  <x:si>
     <x:t>18759.6424742</x:t>
   </x:si>
   <x:si>
-    <x:t>10,729,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0017484986927206638</x:t>
   </x:si>
   <x:si>
-    <x:t>45629.739112</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>18936.35100478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,758,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0017602110991615542</x:t>
+  </x:si>
+  <x:si>
     <x:t>45626.1175626</x:t>
   </x:si>
   <x:si>
-    <x:t>10,758,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.00424113381321807</x:t>
   </x:si>
   <x:si>
-    <x:t>18936.35100478</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>45622.5450444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,856,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0042025188876565955</x:t>
+  </x:si>
+  <x:si>
     <x:t>19527.13652468</x:t>
   </x:si>
   <x:si>
-    <x:t>10,856,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.001798741389524687</x:t>
   </x:si>
   <x:si>
-    <x:t>45622.5450444</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/02/2026</x:t>
   </x:si>
   <x:si>
+    <x:t>19529.89535577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0017989955191387251</x:t>
+  </x:si>
+  <x:si>
     <x:t>45618.6496065</x:t>
   </x:si>
   <x:si>
     <x:t>0.004202160059552321</x:t>
   </x:si>
   <x:si>
-    <x:t>19529.89535577</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>45614.5253223</x:t>
   </x:si>
   <x:si>
     <x:t>0.004201780151280398</x:t>
   </x:si>
   <x:si>
     <x:t>19532.7113673</x:t>
   </x:si>
   <x:si>
     <x:t>0.0017992549159266764</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>18670.81459753</x:t>
   </x:si>
   <x:si>
     <x:t>10,711,000</x:t>
   </x:si>
   <x:si>
     <x:t>0.001743143926573616</x:t>
@@ -1219,164 +1486,164 @@
   <x:si>
     <x:t>0.004814898332068188</x:t>
   </x:si>
   <x:si>
     <x:t>19/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>51127.90915584</x:t>
   </x:si>
   <x:si>
     <x:t>10,624,000</x:t>
   </x:si>
   <x:si>
     <x:t>0.004812491449156627</x:t>
   </x:si>
   <x:si>
     <x:t>12647.1740081</x:t>
   </x:si>
   <x:si>
     <x:t>0.00119043430046122</x:t>
   </x:si>
   <x:si>
     <x:t>18/11/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>12647.1624414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0011904332117281626</x:t>
+  </x:si>
+  <x:si>
     <x:t>51129.65935794</x:t>
   </x:si>
   <x:si>
     <x:t>0.0048126561895651355</x:t>
   </x:si>
   <x:si>
-    <x:t>12647.1624414</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>17/11/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>51005.3412792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,603,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004810463197132887</x:t>
+  </x:si>
+  <x:si>
     <x:t>12647.1509314</x:t>
   </x:si>
   <x:si>
-    <x:t>10,603,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0011927898643214183</x:t>
   </x:si>
   <x:si>
-    <x:t>51005.3412792</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>14/11/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>12647.116147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0011804289851596044</x:t>
+  </x:si>
+  <x:si>
     <x:t>51677.03447094</x:t>
   </x:si>
   <x:si>
     <x:t>0.004823318505781221</x:t>
   </x:si>
   <x:si>
-    <x:t>12647.116147</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13/11/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>51678.79875552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004823483176733246</x:t>
+  </x:si>
+  <x:si>
     <x:t>12647.1085495</x:t>
   </x:si>
   <x:si>
     <x:t>0.0011804282760406945</x:t>
   </x:si>
   <x:si>
-    <x:t>51678.79875552</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>12647.1009909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,699,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.001182082530227124</x:t>
+  </x:si>
+  <x:si>
     <x:t>51590.50191533</x:t>
   </x:si>
   <x:si>
-    <x:t>10,699,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.004821992888618563</x:t>
   </x:si>
   <x:si>
-    <x:t>12647.1009909</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>51057.88646787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.004812241891410933</x:t>
+  </x:si>
+  <x:si>
     <x:t>12647.093486</x:t>
   </x:si>
   <x:si>
-    <x:t>10,610,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0011919975010367579</x:t>
   </x:si>
   <x:si>
-    <x:t>51057.88646787</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/11/2025</x:t>
   </x:si>
   <x:si>
+    <x:t>12647.0859399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,576,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0011958288521085477</x:t>
+  </x:si>
+  <x:si>
     <x:t>50855.48404474</x:t>
   </x:si>
   <x:si>
-    <x:t>10,576,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.004808574512551059</x:t>
   </x:si>
   <x:si>
-    <x:t>12647.0859399</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>51010.83955431</x:t>
   </x:si>
   <x:si>
     <x:t>10,601,000</x:t>
   </x:si>
   <x:si>
     <x:t>0.004811889402349778</x:t>
   </x:si>
   <x:si>
     <x:t>12647.0651582</x:t>
   </x:si>
   <x:si>
     <x:t>0.0011930068067352135</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12647.0611004</x:t>
   </x:si>
   <x:si>
     <x:t>10,569,000</x:t>
@@ -6382,297 +6649,297 @@
   <x:si>
     <x:t>32861.1625583</x:t>
   </x:si>
   <x:si>
     <x:t>0.003860115418571596</x:t>
   </x:si>
   <x:si>
     <x:t>18002.56225491</x:t>
   </x:si>
   <x:si>
     <x:t>0.002114714231752614</x:t>
   </x:si>
   <x:si>
     <x:t>30/08/2024</x:t>
   </x:si>
   <x:si>
     <x:t>18000.67974353</x:t>
   </x:si>
   <x:si>
     <x:t>0.0021144930980300717</x:t>
   </x:si>
   <x:si>
     <x:t>29/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>32858.2893125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0038597779058498764</x:t>
+  </x:si>
+  <x:si>
     <x:t>18002.78776067</x:t>
   </x:si>
   <x:si>
     <x:t>0.0021147407213285563</x:t>
   </x:si>
   <x:si>
-    <x:t>32858.2893125</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>28/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>18004.79853781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0021149769220967928</x:t>
+  </x:si>
+  <x:si>
     <x:t>32855.8049434</x:t>
   </x:si>
   <x:si>
     <x:t>0.0038594860734641133</x:t>
   </x:si>
   <x:si>
-    <x:t>18004.79853781</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>27/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>32853.1643533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0038591758902032187</x:t>
+  </x:si>
+  <x:si>
     <x:t>18006.84823938</x:t>
   </x:si>
   <x:si>
     <x:t>0.0021152176952167275</x:t>
   </x:si>
   <x:si>
-    <x:t>32853.1643533</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>26/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>18008.91421548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.002115460380063432</x:t>
+  </x:si>
+  <x:si>
     <x:t>32850.458937</x:t>
   </x:si>
   <x:si>
     <x:t>0.0038588580919769765</x:t>
   </x:si>
   <x:si>
-    <x:t>18008.91421548</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>23/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>32842.4028306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.003857911762081522</x:t>
+  </x:si>
+  <x:si>
     <x:t>18015.09697446</x:t>
   </x:si>
   <x:si>
     <x:t>0.002116186652702925</x:t>
   </x:si>
   <x:si>
-    <x:t>32842.4028306</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>22/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>18435.40814563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,583,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0021478979547512526</x:t>
+  </x:si>
+  <x:si>
     <x:t>32839.4370707</x:t>
   </x:si>
   <x:si>
-    <x:t>8,583,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0038261024199813583</x:t>
   </x:si>
   <x:si>
-    <x:t>18435.40814563</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>21/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>32836.7322353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0038257872812885933</x:t>
+  </x:si>
+  <x:si>
     <x:t>18437.48534479</x:t>
   </x:si>
   <x:si>
     <x:t>0.0021481399679354534</x:t>
   </x:si>
   <x:si>
-    <x:t>32836.7322353</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>20/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>18439.52815402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.002148377974370267</x:t>
+  </x:si>
+  <x:si>
     <x:t>32834.164891</x:t>
   </x:si>
   <x:si>
     <x:t>0.0038254881615985086</x:t>
   </x:si>
   <x:si>
-    <x:t>18439.52815402</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>19/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>32831.7081431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0038252019274263075</x:t>
+  </x:si>
+  <x:si>
     <x:t>18441.54304661</x:t>
   </x:si>
   <x:si>
     <x:t>0.0021486127282546895</x:t>
   </x:si>
   <x:si>
-    <x:t>32831.7081431</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>16/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>18447.76567072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0021493377223255274</x:t>
+  </x:si>
+  <x:si>
     <x:t>32823.6291553</x:t>
   </x:si>
   <x:si>
     <x:t>0.0038242606495747402</x:t>
   </x:si>
   <x:si>
-    <x:t>18447.76567072</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>15/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>32820.931156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,558,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0038351169848095347</x:t>
+  </x:si>
+  <x:si>
     <x:t>18300.50292075</x:t>
   </x:si>
   <x:si>
-    <x:t>8,558,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0021384088479492872</x:t>
   </x:si>
   <x:si>
-    <x:t>32820.931156</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>14/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>18302.63544256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.002138658032549661</x:t>
+  </x:si>
+  <x:si>
     <x:t>32817.9882632</x:t>
   </x:si>
   <x:si>
     <x:t>0.0038347731085767705</x:t>
   </x:si>
   <x:si>
-    <x:t>18302.63544256</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>32815.2804673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,528,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0038479456457903376</x:t>
+  </x:si>
+  <x:si>
     <x:t>18125.50795355</x:t>
   </x:si>
   <x:si>
-    <x:t>8,528,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.002125411345397514</x:t>
   </x:si>
   <x:si>
-    <x:t>32815.2804673</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>18127.60596777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0021256573601981707</x:t>
+  </x:si>
+  <x:si>
     <x:t>32812.456804</x:t>
   </x:si>
   <x:si>
     <x:t>0.0038476145408067545</x:t>
   </x:si>
   <x:si>
-    <x:t>18127.60596777</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>32803.756236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.003846594305347092</x:t>
+  </x:si>
+  <x:si>
     <x:t>18133.95616161</x:t>
   </x:si>
   <x:si>
     <x:t>0.002126401988931754</x:t>
   </x:si>
   <x:si>
-    <x:t>32803.756236</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/08/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>17717.89032955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,458,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.0020948085043213526</x:t>
+  </x:si>
+  <x:si>
     <x:t>32801.1677596</x:t>
   </x:si>
   <x:si>
-    <x:t>8,458,000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.0038781234050130056</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>0.0020948085043213526</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2024</x:t>
   </x:si>
   <x:si>
     <x:t>17719.89555603</x:t>
   </x:si>
   <x:si>
     <x:t>0.0020950455847753603</x:t>
   </x:si>
   <x:si>
     <x:t>32798.6666012</x:t>
   </x:si>
   <x:si>
     <x:t>0.0038778276899030504</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2024</x:t>
   </x:si>
   <x:si>
     <x:t>32795.8480922</x:t>
   </x:si>
   <x:si>
     <x:t>8,228,000</x:t>
   </x:si>
@@ -8377,56 +8644,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6838eab767164c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0536bb2e1e1441a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc1c2d988ee3a491f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R796490e5f53f4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R08fcbcbf84ad49c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7a005f35cbe4f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E1012"/>
+  <x:dimension ref="A1:E1044"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="21" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="31" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -8470,578 +8737,578 @@
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5" ht="15" customHeight="1">
       <x:c r="A5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E5" s="1" t="s">
         <x:v>17</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5" ht="15" customHeight="1">
       <x:c r="A6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D6" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E6" s="1" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5" ht="15" customHeight="1">
       <x:c r="A7" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B7" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="B7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5" ht="15" customHeight="1">
       <x:c r="A8" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5" ht="15" customHeight="1">
       <x:c r="A9" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="B9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5" ht="15" customHeight="1">
       <x:c r="A10" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5" ht="15" customHeight="1">
       <x:c r="A11" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5" ht="15" customHeight="1">
       <x:c r="A12" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5" ht="15" customHeight="1">
       <x:c r="A13" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5" ht="15" customHeight="1">
       <x:c r="A14" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5" ht="15" customHeight="1">
       <x:c r="A15" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5" ht="15" customHeight="1">
       <x:c r="A16" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5" ht="15" customHeight="1">
       <x:c r="A17" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5" ht="15" customHeight="1">
       <x:c r="A18" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5" ht="15" customHeight="1">
       <x:c r="A19" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5" ht="15" customHeight="1">
       <x:c r="A20" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5" ht="15" customHeight="1">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5" ht="15" customHeight="1">
       <x:c r="A22" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5" ht="15" customHeight="1">
       <x:c r="A23" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5" ht="15" customHeight="1">
       <x:c r="A24" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5" ht="15" customHeight="1">
       <x:c r="A25" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5" ht="15" customHeight="1">
       <x:c r="A26" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5" ht="15" customHeight="1">
       <x:c r="A27" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5" ht="15" customHeight="1">
       <x:c r="A28" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5" ht="15" customHeight="1">
       <x:c r="A29" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5" ht="15" customHeight="1">
       <x:c r="A30" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5" ht="15" customHeight="1">
       <x:c r="A31" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="B31" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5" ht="15" customHeight="1">
       <x:c r="A32" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="B32" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5" ht="15" customHeight="1">
       <x:c r="A33" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5" ht="15" customHeight="1">
       <x:c r="A34" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5" ht="15" customHeight="1">
       <x:c r="A35" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5" ht="15" customHeight="1">
       <x:c r="A36" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5" ht="15" customHeight="1">
       <x:c r="A37" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5" ht="15" customHeight="1">
       <x:c r="A38" s="1" t="s">
         <x:v>104</x:v>
@@ -9082,4148 +9349,4148 @@
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5" ht="15" customHeight="1">
       <x:c r="A41" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5" ht="15" customHeight="1">
       <x:c r="A42" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5" ht="15" customHeight="1">
       <x:c r="A43" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B43" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="B43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5" ht="15" customHeight="1">
       <x:c r="A44" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5" ht="15" customHeight="1">
       <x:c r="A45" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="B45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5" ht="15" customHeight="1">
       <x:c r="A46" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5" ht="15" customHeight="1">
       <x:c r="A47" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B47" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="B47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5" ht="15" customHeight="1">
       <x:c r="A48" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5" ht="15" customHeight="1">
       <x:c r="A49" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B49" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="B49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5" ht="15" customHeight="1">
       <x:c r="A50" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5" ht="15" customHeight="1">
       <x:c r="A51" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B51" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="B51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5" ht="15" customHeight="1">
       <x:c r="A52" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B52" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="B52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B53" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="B53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5" ht="15" customHeight="1">
       <x:c r="A56" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B56" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5" ht="15" customHeight="1">
       <x:c r="A57" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="B57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5" ht="15" customHeight="1">
       <x:c r="A58" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="B58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5" ht="15" customHeight="1">
       <x:c r="A59" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5" ht="15" customHeight="1">
       <x:c r="A60" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B60" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5" ht="15" customHeight="1">
       <x:c r="A61" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5" ht="15" customHeight="1">
       <x:c r="A62" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5" ht="15" customHeight="1">
       <x:c r="A63" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5" ht="15" customHeight="1">
       <x:c r="A64" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B64" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B64" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5" ht="15" customHeight="1">
       <x:c r="A65" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B65" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5" ht="15" customHeight="1">
       <x:c r="A66" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5" ht="15" customHeight="1">
       <x:c r="A67" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B67" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="B67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5" ht="15" customHeight="1">
       <x:c r="A68" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B68" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="B68" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5" ht="15" customHeight="1">
       <x:c r="A69" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="B69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5" ht="15" customHeight="1">
       <x:c r="A70" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="B70" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5" ht="15" customHeight="1">
       <x:c r="A71" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="B71" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5" ht="15" customHeight="1">
       <x:c r="A72" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="B72" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5" ht="15" customHeight="1">
       <x:c r="A73" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="B73" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5" ht="15" customHeight="1">
       <x:c r="A74" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="B74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5" ht="15" customHeight="1">
       <x:c r="A75" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="B75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5" ht="15" customHeight="1">
       <x:c r="A76" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5" ht="15" customHeight="1">
       <x:c r="A77" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="B77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5" ht="15" customHeight="1">
       <x:c r="A78" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="B78" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5" ht="15" customHeight="1">
       <x:c r="A79" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5" ht="15" customHeight="1">
       <x:c r="A80" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5" ht="15" customHeight="1">
       <x:c r="A81" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="B81" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5" ht="15" customHeight="1">
       <x:c r="A82" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5" ht="15" customHeight="1">
       <x:c r="A83" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B83" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5" ht="15" customHeight="1">
       <x:c r="A84" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5" ht="15" customHeight="1">
       <x:c r="A85" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B85" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5" ht="15" customHeight="1">
       <x:c r="A86" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5" ht="15" customHeight="1">
       <x:c r="A87" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5" ht="15" customHeight="1">
       <x:c r="A88" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5" ht="15" customHeight="1">
       <x:c r="A89" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5" ht="15" customHeight="1">
       <x:c r="A90" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5" ht="15" customHeight="1">
       <x:c r="A91" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5" ht="15" customHeight="1">
       <x:c r="A92" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5" ht="15" customHeight="1">
       <x:c r="A93" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5" ht="15" customHeight="1">
       <x:c r="A94" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5" ht="15" customHeight="1">
       <x:c r="A95" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5" ht="15" customHeight="1">
       <x:c r="A96" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5" ht="15" customHeight="1">
       <x:c r="A97" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5" ht="15" customHeight="1">
       <x:c r="A98" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5" ht="15" customHeight="1">
       <x:c r="A99" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5" ht="15" customHeight="1">
       <x:c r="A100" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5" ht="15" customHeight="1">
       <x:c r="A101" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5" ht="15" customHeight="1">
       <x:c r="A102" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5" ht="15" customHeight="1">
       <x:c r="A103" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5" ht="15" customHeight="1">
       <x:c r="A104" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5" ht="15" customHeight="1">
       <x:c r="A105" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5" ht="15" customHeight="1">
       <x:c r="A106" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5" ht="15" customHeight="1">
       <x:c r="A107" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5" ht="15" customHeight="1">
       <x:c r="A108" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5" ht="15" customHeight="1">
       <x:c r="A109" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5" ht="15" customHeight="1">
       <x:c r="A110" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5" ht="15" customHeight="1">
       <x:c r="A111" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5" ht="15" customHeight="1">
       <x:c r="A112" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5" ht="15" customHeight="1">
       <x:c r="A113" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="B113" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="B113" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5" ht="15" customHeight="1">
       <x:c r="A114" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="B114" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="B114" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5" ht="15" customHeight="1">
       <x:c r="A115" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5" ht="15" customHeight="1">
       <x:c r="A116" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5" ht="15" customHeight="1">
       <x:c r="A117" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5" ht="15" customHeight="1">
       <x:c r="A118" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5" ht="15" customHeight="1">
       <x:c r="A119" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5" ht="15" customHeight="1">
       <x:c r="A120" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5" ht="15" customHeight="1">
       <x:c r="A121" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="15" customHeight="1">
       <x:c r="A122" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="15" customHeight="1">
       <x:c r="A123" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="B123" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="15" customHeight="1">
       <x:c r="A124" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="15" customHeight="1">
       <x:c r="A125" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="B125" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="B125" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C125" s="1" t="s">
+      <x:c r="D125" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="15" customHeight="1">
       <x:c r="A126" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="15" customHeight="1">
       <x:c r="A127" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="B127" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="B127" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C127" s="1" t="s">
+      <x:c r="E127" s="1" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="15" customHeight="1">
       <x:c r="A128" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="B128" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="B128" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C128" s="1" t="s">
+      <x:c r="E128" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="15" customHeight="1">
       <x:c r="A129" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="B129" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="B129" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D129" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="15" customHeight="1">
       <x:c r="A130" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="15" customHeight="1">
       <x:c r="A131" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="B131" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="15" customHeight="1">
       <x:c r="A132" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="15" customHeight="1">
       <x:c r="A133" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="15" customHeight="1">
       <x:c r="A134" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="15" customHeight="1">
       <x:c r="A135" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="15" customHeight="1">
       <x:c r="A136" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="15" customHeight="1">
       <x:c r="A137" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="15" customHeight="1">
       <x:c r="A138" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="15" customHeight="1">
       <x:c r="A139" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="B139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C139" s="1" t="s">
+      <x:c r="D139" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="15" customHeight="1">
       <x:c r="A140" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="15" customHeight="1">
       <x:c r="A141" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="B141" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C141" s="1" t="s">
+      <x:c r="D141" s="1" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="15" customHeight="1">
       <x:c r="A142" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="15" customHeight="1">
       <x:c r="A143" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="15" customHeight="1">
       <x:c r="A144" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="15" customHeight="1">
       <x:c r="A145" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="B145" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="B145" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C145" s="1" t="s">
+      <x:c r="D145" s="1" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="15" customHeight="1">
       <x:c r="A146" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="15" customHeight="1">
       <x:c r="A147" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="15" customHeight="1">
       <x:c r="A148" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="15" customHeight="1">
       <x:c r="A149" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="15" customHeight="1">
       <x:c r="A150" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="15" customHeight="1">
       <x:c r="A151" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="15" customHeight="1">
       <x:c r="A152" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="D152" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="15" customHeight="1">
       <x:c r="A153" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="15" customHeight="1">
       <x:c r="A154" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="D154" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="15" customHeight="1">
       <x:c r="A155" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="15" customHeight="1">
       <x:c r="A156" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="15" customHeight="1">
       <x:c r="A157" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="15" customHeight="1">
       <x:c r="A158" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="15" customHeight="1">
       <x:c r="A159" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="15" customHeight="1">
       <x:c r="A160" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="15" customHeight="1">
       <x:c r="A161" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="E161" s="1" t="s">
         <x:v>452</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="15" customHeight="1">
       <x:c r="A162" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="15" customHeight="1">
       <x:c r="A163" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="B163" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C163" s="1" t="s">
+      <x:c r="D163" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="15" customHeight="1">
       <x:c r="A164" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="15" customHeight="1">
       <x:c r="A165" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="15" customHeight="1">
       <x:c r="A166" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="15" customHeight="1">
       <x:c r="A167" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="B167" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C167" s="1" t="s">
+      <x:c r="E167" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="15" customHeight="1">
       <x:c r="A168" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="B168" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="15" customHeight="1">
       <x:c r="A169" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="B169" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="B169" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C169" s="1" t="s">
+      <x:c r="E169" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="15" customHeight="1">
       <x:c r="A170" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="B170" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="B170" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="15" customHeight="1">
       <x:c r="A171" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="B171" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="B171" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C171" s="1" t="s">
+      <x:c r="E171" s="1" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="15" customHeight="1">
       <x:c r="A172" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="B172" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="B172" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="15" customHeight="1">
       <x:c r="A173" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="B173" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E173" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="15" customHeight="1">
       <x:c r="A174" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E174" s="1" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="15" customHeight="1">
       <x:c r="A175" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="B175" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
         <x:v>491</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="15" customHeight="1">
       <x:c r="A176" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="15" customHeight="1">
       <x:c r="A177" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="15" customHeight="1">
       <x:c r="A178" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B178" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C178" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="B178" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="15" customHeight="1">
       <x:c r="A179" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="15" customHeight="1">
       <x:c r="A180" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="B180" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C180" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="B180" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="15" customHeight="1">
       <x:c r="A181" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="15" customHeight="1">
       <x:c r="A182" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="B182" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C182" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="B182" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="15" customHeight="1">
       <x:c r="A183" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="15" customHeight="1">
       <x:c r="A184" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="B184" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C184" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="B184" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="15" customHeight="1">
       <x:c r="A185" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="B185" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D185" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
         <x:v>518</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="15" customHeight="1">
       <x:c r="A186" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="E186" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="15" customHeight="1">
       <x:c r="A187" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B187" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="E187" s="1" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="15" customHeight="1">
       <x:c r="A188" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="15" customHeight="1">
       <x:c r="A189" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="B189" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C189" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D189" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="B189" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C189" s="1" t="s">
+      <x:c r="E189" s="1" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="15" customHeight="1">
       <x:c r="A190" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="B190" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C190" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D190" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="B190" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="15" customHeight="1">
       <x:c r="A191" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="B191" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C191" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="D191" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="B191" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C191" s="1" t="s">
+      <x:c r="E191" s="1" t="s">
         <x:v>536</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="15" customHeight="1">
       <x:c r="A192" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="B192" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C192" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="B192" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="15" customHeight="1">
       <x:c r="A193" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B193" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C193" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="D193" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="B193" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C193" s="1" t="s">
+      <x:c r="E193" s="1" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="15" customHeight="1">
       <x:c r="A194" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B194" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D194" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="B194" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C194" s="1" t="s">
+      <x:c r="E194" s="1" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="15" customHeight="1">
       <x:c r="A195" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="B195" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C195" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="B195" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C195" s="1" t="s">
+      <x:c r="D195" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="D195" s="1" t="s">
+      <x:c r="E195" s="1" t="s">
         <x:v>548</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="15" customHeight="1">
       <x:c r="A196" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="D196" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E196" s="1" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="15" customHeight="1">
       <x:c r="A197" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="B197" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C197" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="B197" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C197" s="1" t="s">
+      <x:c r="D197" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E197" s="1" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="15" customHeight="1">
       <x:c r="A198" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="15" customHeight="1">
       <x:c r="A199" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="B199" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C199" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="D199" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="B199" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C199" s="1" t="s">
+      <x:c r="E199" s="1" t="s">
         <x:v>559</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="15" customHeight="1">
       <x:c r="A200" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="B200" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C200" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="D200" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="B200" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C200" s="1" t="s">
+      <x:c r="E200" s="1" t="s">
         <x:v>561</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="15" customHeight="1">
       <x:c r="A201" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="B201" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C201" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="B201" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C201" s="1" t="s">
+      <x:c r="D201" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="D201" s="1" t="s">
+      <x:c r="E201" s="1" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="15" customHeight="1">
       <x:c r="A202" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="D202" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E202" s="1" t="s">
         <x:v>567</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="15" customHeight="1">
       <x:c r="A203" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="B203" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C203" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="B203" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C203" s="1" t="s">
+      <x:c r="D203" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="D203" s="1" t="s">
+      <x:c r="E203" s="1" t="s">
         <x:v>571</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="15" customHeight="1">
       <x:c r="A204" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="15" customHeight="1">
       <x:c r="A205" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="B205" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C205" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="B205" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C205" s="1" t="s">
+      <x:c r="D205" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="D205" s="1" t="s">
+      <x:c r="E205" s="1" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="15" customHeight="1">
       <x:c r="A206" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="E206" s="1" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="15" customHeight="1">
       <x:c r="A207" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="B207" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="B207" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C207" s="1" t="s">
+      <x:c r="D207" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="D207" s="1" t="s">
+      <x:c r="E207" s="1" t="s">
         <x:v>583</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="15" customHeight="1">
       <x:c r="A208" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
         <x:v>585</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="15" customHeight="1">
       <x:c r="A209" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B209" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C209" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="B209" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C209" s="1" t="s">
+      <x:c r="D209" s="1" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="15" customHeight="1">
       <x:c r="A210" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="15" customHeight="1">
       <x:c r="A211" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="15" customHeight="1">
       <x:c r="A212" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="15" customHeight="1">
       <x:c r="A213" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E213" s="1" t="s">
         <x:v>599</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="15" customHeight="1">
       <x:c r="A214" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="D214" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
         <x:v>601</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="15" customHeight="1">
       <x:c r="A215" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="B215" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C215" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="B215" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C215" s="1" t="s">
+      <x:c r="D215" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
         <x:v>604</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="15" customHeight="1">
       <x:c r="A216" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="15" customHeight="1">
       <x:c r="A217" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="B217" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="B217" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C217" s="1" t="s">
+      <x:c r="E217" s="1" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="15" customHeight="1">
       <x:c r="A218" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="B218" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="B218" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="15" customHeight="1">
       <x:c r="A219" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="B219" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C219" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="E219" s="1" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="15" customHeight="1">
       <x:c r="A220" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="E220" s="1" t="s">
         <x:v>617</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="15" customHeight="1">
       <x:c r="A221" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="B221" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
         <x:v>621</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="15" customHeight="1">
       <x:c r="A222" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E222" s="1" t="s">
         <x:v>623</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="15" customHeight="1">
       <x:c r="A223" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="B223" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C223" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="D223" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
         <x:v>627</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="15" customHeight="1">
       <x:c r="A224" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="E224" s="1" t="s">
         <x:v>629</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="15" customHeight="1">
       <x:c r="A225" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="15" customHeight="1">
       <x:c r="A226" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="B226" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C226" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="B226" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="15" customHeight="1">
       <x:c r="A227" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="15" customHeight="1">
       <x:c r="A228" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="B228" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C228" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="B228" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="15" customHeight="1">
       <x:c r="A229" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="15" customHeight="1">
       <x:c r="A230" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="B230" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C230" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="B230" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="15" customHeight="1">
       <x:c r="A231" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="15" customHeight="1">
       <x:c r="A232" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="B232" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C232" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="D232" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="E232" s="1" t="s">
         <x:v>651</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="15" customHeight="1">
       <x:c r="A233" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="15" customHeight="1">
       <x:c r="A234" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="B234" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C234" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="D234" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="E234" s="1" t="s">
         <x:v>657</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="15" customHeight="1">
       <x:c r="A235" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="15" customHeight="1">
       <x:c r="A236" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="B236" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C236" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="E236" s="1" t="s">
         <x:v>663</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="15" customHeight="1">
       <x:c r="A237" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
         <x:v>667</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="15" customHeight="1">
       <x:c r="A238" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="B238" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C238" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="D238" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="E238" s="1" t="s">
         <x:v>669</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="15" customHeight="1">
       <x:c r="A239" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="B239" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C239" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="D239" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="B239" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C239" s="1" t="s">
+      <x:c r="E239" s="1" t="s">
         <x:v>673</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="15" customHeight="1">
       <x:c r="A240" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="B240" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="B240" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C240" s="1" t="s">
+      <x:c r="E240" s="1" t="s">
         <x:v>675</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="15" customHeight="1">
       <x:c r="A241" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C241" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="B241" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C241" s="1" t="s">
+      <x:c r="D241" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
         <x:v>678</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="15" customHeight="1">
       <x:c r="A242" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
         <x:v>680</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="15" customHeight="1">
       <x:c r="A243" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C243" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="B243" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C243" s="1" t="s">
+      <x:c r="D243" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="E243" s="1" t="s">
         <x:v>683</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="15" customHeight="1">
       <x:c r="A244" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="15" customHeight="1">
       <x:c r="A245" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="B245" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C245" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="B245" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C245" s="1" t="s">
+      <x:c r="E245" s="1" t="s">
         <x:v>689</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="15" customHeight="1">
       <x:c r="A246" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="B246" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C246" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="B246" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="15" customHeight="1">
       <x:c r="A247" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="B247" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C247" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="D247" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="B247" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C247" s="1" t="s">
+      <x:c r="E247" s="1" t="s">
         <x:v>695</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="15" customHeight="1">
       <x:c r="A248" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C248" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="B248" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="15" customHeight="1">
       <x:c r="A249" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="15" customHeight="1">
       <x:c r="A250" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="15" customHeight="1">
       <x:c r="A251" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="15" customHeight="1">
       <x:c r="A252" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="15" customHeight="1">
       <x:c r="A253" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="15" customHeight="1">
       <x:c r="A254" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="15" customHeight="1">
       <x:c r="A255" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="15" customHeight="1">
       <x:c r="A256" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="15" customHeight="1">
       <x:c r="A257" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="15" customHeight="1">
       <x:c r="A258" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="15" customHeight="1">
       <x:c r="A259" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="15" customHeight="1">
       <x:c r="A260" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="D260" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="D260" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="15" customHeight="1">
       <x:c r="A261" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="15" customHeight="1">
       <x:c r="A262" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="15" customHeight="1">
       <x:c r="A263" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="15" customHeight="1">
       <x:c r="A264" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="15" customHeight="1">
       <x:c r="A265" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="15" customHeight="1">
       <x:c r="A266" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="15" customHeight="1">
       <x:c r="A267" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="15" customHeight="1">
       <x:c r="A268" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="15" customHeight="1">
       <x:c r="A269" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="D269" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="15" customHeight="1">
       <x:c r="A270" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="15" customHeight="1">
       <x:c r="A271" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="15" customHeight="1">
       <x:c r="A272" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="15" customHeight="1">
       <x:c r="A273" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="15" customHeight="1">
       <x:c r="A274" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="15" customHeight="1">
       <x:c r="A275" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="15" customHeight="1">
       <x:c r="A276" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="15" customHeight="1">
       <x:c r="A277" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="15" customHeight="1">
       <x:c r="A278" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="D278" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="D278" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="15" customHeight="1">
       <x:c r="A279" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="15" customHeight="1">
       <x:c r="A280" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="15" customHeight="1">
       <x:c r="A281" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C281" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="B281" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C281" s="1" t="s">
+      <x:c r="D281" s="1" t="s">
         <x:v>788</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>783</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="15" customHeight="1">
       <x:c r="A282" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="15" customHeight="1">
       <x:c r="A283" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="15" customHeight="1">
       <x:c r="A284" s="1" t="s">
         <x:v>792</x:v>
@@ -13332,2414 +13599,2414 @@
       </x:c>
       <x:c r="B290" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="15" customHeight="1">
       <x:c r="A291" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="E291" s="1" t="s">
         <x:v>818</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="15" customHeight="1">
       <x:c r="A292" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="D292" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="E292" s="1" t="s">
         <x:v>820</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="15" customHeight="1">
       <x:c r="A293" s="1" t="s">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="B293" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="D293" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E293" s="1" t="s">
         <x:v>822</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="15" customHeight="1">
       <x:c r="A294" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
         <x:v>824</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="15" customHeight="1">
       <x:c r="A295" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="B295" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="D295" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="E295" s="1" t="s">
         <x:v>828</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="15" customHeight="1">
       <x:c r="A296" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="E296" s="1" t="s">
         <x:v>830</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="15" customHeight="1">
       <x:c r="A297" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="15" customHeight="1">
       <x:c r="A298" s="1" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="B298" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C298" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
-      <x:c r="B298" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="15" customHeight="1">
       <x:c r="A299" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="15" customHeight="1">
       <x:c r="A300" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="B300" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C300" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="B300" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="15" customHeight="1">
       <x:c r="A301" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="15" customHeight="1">
       <x:c r="A302" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="B302" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C302" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="D302" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="E302" s="1" t="s">
         <x:v>846</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="15" customHeight="1">
       <x:c r="A303" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5" ht="15" customHeight="1">
       <x:c r="A304" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="B304" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C304" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="B304" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5" ht="15" customHeight="1">
       <x:c r="A305" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="B305" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C305" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="D305" s="1" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="E305" s="1" t="s">
         <x:v>856</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="15" customHeight="1">
       <x:c r="A306" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="E306" s="1" t="s">
         <x:v>858</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="15" customHeight="1">
       <x:c r="A307" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="B307" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C307" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="D307" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
         <x:v>862</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="15" customHeight="1">
       <x:c r="A308" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="15" customHeight="1">
       <x:c r="A309" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="B309" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C309" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="D309" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="E309" s="1" t="s">
         <x:v>867</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="15" customHeight="1">
       <x:c r="A310" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="15" customHeight="1">
       <x:c r="A311" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="B311" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C311" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="D311" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="B311" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C311" s="1" t="s">
+      <x:c r="E311" s="1" t="s">
         <x:v>873</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="15" customHeight="1">
       <x:c r="A312" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="B312" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C312" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="D312" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="B312" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="15" customHeight="1">
       <x:c r="A313" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="B313" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C313" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="D313" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="E313" s="1" t="s">
         <x:v>878</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>881</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="15" customHeight="1">
       <x:c r="A314" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="E314" s="1" t="s">
         <x:v>880</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="15" customHeight="1">
       <x:c r="A315" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="B315" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C315" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="D315" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="E315" s="1" t="s">
         <x:v>884</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="15" customHeight="1">
       <x:c r="A316" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="E316" s="1" t="s">
         <x:v>886</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="15" customHeight="1">
       <x:c r="A317" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="B317" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C317" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="D317" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="E317" s="1" t="s">
         <x:v>890</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>893</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="15" customHeight="1">
       <x:c r="A318" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="E318" s="1" t="s">
         <x:v>892</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>895</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5" ht="15" customHeight="1">
       <x:c r="A319" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="B319" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C319" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="D319" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="E319" s="1" t="s">
         <x:v>896</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="15" customHeight="1">
       <x:c r="A320" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="E320" s="1" t="s">
         <x:v>898</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="15" customHeight="1">
       <x:c r="A321" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="B321" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C321" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="D321" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="E321" s="1" t="s">
         <x:v>902</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="15" customHeight="1">
       <x:c r="A322" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="E322" s="1" t="s">
         <x:v>904</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="15" customHeight="1">
       <x:c r="A323" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="B323" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C323" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="D323" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="E323" s="1" t="s">
         <x:v>908</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="15" customHeight="1">
       <x:c r="A324" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="E324" s="1" t="s">
         <x:v>910</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>913</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="15" customHeight="1">
       <x:c r="A325" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="B325" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C325" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="D325" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="E325" s="1" t="s">
         <x:v>914</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="15" customHeight="1">
       <x:c r="A326" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="15" customHeight="1">
       <x:c r="A327" s="1" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="B327" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C327" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="D327" s="1" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="B327" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C327" s="1" t="s">
+      <x:c r="E327" s="1" t="s">
         <x:v>920</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="15" customHeight="1">
       <x:c r="A328" s="1" t="s">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="B328" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C328" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="D328" s="1" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="B328" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C328" s="1" t="s">
+      <x:c r="E328" s="1" t="s">
         <x:v>922</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="15" customHeight="1">
       <x:c r="A329" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="B329" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C329" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="B329" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C329" s="1" t="s">
+      <x:c r="D329" s="1" t="s">
         <x:v>925</x:v>
       </x:c>
-      <x:c r="D329" s="1" t="s">
+      <x:c r="E329" s="1" t="s">
         <x:v>926</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="15" customHeight="1">
       <x:c r="A330" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="D330" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="E330" s="1" t="s">
         <x:v>928</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="15" customHeight="1">
       <x:c r="A331" s="1" t="s">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="B331" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C331" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
-      <x:c r="B331" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C331" s="1" t="s">
+      <x:c r="D331" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
-      <x:c r="D331" s="1" t="s">
+      <x:c r="E331" s="1" t="s">
         <x:v>932</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>933</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="15" customHeight="1">
       <x:c r="A332" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="D332" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="E332" s="1" t="s">
         <x:v>934</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="15" customHeight="1">
       <x:c r="A333" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="B333" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C333" s="1" t="s">
         <x:v>936</x:v>
       </x:c>
-      <x:c r="B333" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C333" s="1" t="s">
+      <x:c r="D333" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="E333" s="1" t="s">
         <x:v>937</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>939</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5" ht="15" customHeight="1">
       <x:c r="A334" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>939</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5" ht="15" customHeight="1">
       <x:c r="A335" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="B335" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C335" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="D335" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="E335" s="1" t="s">
         <x:v>942</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>945</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5" ht="15" customHeight="1">
       <x:c r="A336" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="E336" s="1" t="s">
         <x:v>944</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5" ht="15" customHeight="1">
       <x:c r="A337" s="1" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="B337" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C337" s="1" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="D337" s="1" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="E337" s="1" t="s">
         <x:v>948</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5" ht="15" customHeight="1">
       <x:c r="A338" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5" ht="15" customHeight="1">
       <x:c r="A339" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="B339" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C339" s="1" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="D339" s="1" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="E339" s="1" t="s">
         <x:v>953</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>956</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5" ht="15" customHeight="1">
       <x:c r="A340" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="E340" s="1" t="s">
         <x:v>955</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5" ht="15" customHeight="1">
       <x:c r="A341" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>958</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5" ht="15" customHeight="1">
       <x:c r="A342" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="B342" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C342" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
-      <x:c r="B342" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5" ht="15" customHeight="1">
       <x:c r="A343" s="1" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="B343" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C343" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="D343" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="E343" s="1" t="s">
         <x:v>964</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>967</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5" ht="15" customHeight="1">
       <x:c r="A344" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="E344" s="1" t="s">
         <x:v>966</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5" ht="15" customHeight="1">
       <x:c r="A345" s="1" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="B345" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C345" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="D345" s="1" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="E345" s="1" t="s">
         <x:v>970</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>973</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5" ht="15" customHeight="1">
       <x:c r="A346" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="E346" s="1" t="s">
         <x:v>972</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5" ht="15" customHeight="1">
       <x:c r="A347" s="1" t="s">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="B347" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C347" s="1" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="D347" s="1" t="s">
+        <x:v>975</x:v>
+      </x:c>
+      <x:c r="E347" s="1" t="s">
         <x:v>976</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5" ht="15" customHeight="1">
       <x:c r="A348" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>978</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5" ht="15" customHeight="1">
       <x:c r="A349" s="1" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="B349" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C349" s="1" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="D349" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="B349" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C349" s="1" t="s">
+      <x:c r="E349" s="1" t="s">
         <x:v>982</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5" ht="15" customHeight="1">
       <x:c r="A350" s="1" t="s">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="B350" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C350" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="D350" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
-      <x:c r="B350" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5" ht="15" customHeight="1">
       <x:c r="A351" s="1" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="B351" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C351" s="1" t="s">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="D351" s="1" t="s">
         <x:v>987</x:v>
       </x:c>
-      <x:c r="B351" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C351" s="1" t="s">
+      <x:c r="E351" s="1" t="s">
         <x:v>988</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5" ht="15" customHeight="1">
       <x:c r="A352" s="1" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="B352" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C352" s="1" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="D352" s="1" t="s">
         <x:v>987</x:v>
       </x:c>
-      <x:c r="B352" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C352" s="1" t="s">
+      <x:c r="E352" s="1" t="s">
         <x:v>990</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>991</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5" ht="15" customHeight="1">
       <x:c r="A353" s="1" t="s">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="B353" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C353" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="B353" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C353" s="1" t="s">
+      <x:c r="D353" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="D353" s="1" t="s">
+      <x:c r="E353" s="1" t="s">
         <x:v>994</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>995</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5" ht="15" customHeight="1">
       <x:c r="A354" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
+        <x:v>995</x:v>
+      </x:c>
+      <x:c r="D354" s="1" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="E354" s="1" t="s">
         <x:v>996</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>997</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5" ht="15" customHeight="1">
       <x:c r="A355" s="1" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="B355" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C355" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
-      <x:c r="B355" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C355" s="1" t="s">
+      <x:c r="D355" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
-      <x:c r="D355" s="1" t="s">
+      <x:c r="E355" s="1" t="s">
         <x:v>1000</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5" ht="15" customHeight="1">
       <x:c r="A356" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="D356" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="E356" s="1" t="s">
         <x:v>1002</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1003</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5" ht="15" customHeight="1">
       <x:c r="A357" s="1" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="B357" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C357" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="B357" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C357" s="1" t="s">
+      <x:c r="D357" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="E357" s="1" t="s">
         <x:v>1005</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5" ht="15" customHeight="1">
       <x:c r="A358" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5" ht="15" customHeight="1">
       <x:c r="A359" s="1" t="s">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="B359" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C359" s="1" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="D359" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="E359" s="1" t="s">
         <x:v>1010</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1013</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5" ht="15" customHeight="1">
       <x:c r="A360" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="E360" s="1" t="s">
         <x:v>1012</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1015</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5" ht="15" customHeight="1">
       <x:c r="A361" s="1" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="B361" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C361" s="1" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="D361" s="1" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="E361" s="1" t="s">
         <x:v>1016</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5" ht="15" customHeight="1">
       <x:c r="A362" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5" ht="15" customHeight="1">
       <x:c r="A363" s="1" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="B363" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C363" s="1" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="D363" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
-      <x:c r="B363" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C363" s="1" t="s">
+      <x:c r="E363" s="1" t="s">
         <x:v>1022</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5" ht="15" customHeight="1">
       <x:c r="A364" s="1" t="s">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="B364" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C364" s="1" t="s">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="D364" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
-      <x:c r="B364" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C364" s="1" t="s">
+      <x:c r="E364" s="1" t="s">
         <x:v>1024</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1025</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5" ht="15" customHeight="1">
       <x:c r="A365" s="1" t="s">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="B365" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C365" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
-      <x:c r="B365" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C365" s="1" t="s">
+      <x:c r="D365" s="1" t="s">
         <x:v>1027</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1012</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
         <x:v>1028</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5" ht="15" customHeight="1">
       <x:c r="A366" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5" ht="15" customHeight="1">
       <x:c r="A367" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
         <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5" ht="15" customHeight="1">
       <x:c r="A368" s="1" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
         <x:v>1036</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5" ht="15" customHeight="1">
       <x:c r="A369" s="1" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="E369" s="1" t="s">
         <x:v>1039</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1040</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5" ht="15" customHeight="1">
       <x:c r="A370" s="1" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="D370" s="1" t="s">
+        <x:v>1033</x:v>
+      </x:c>
+      <x:c r="E370" s="1" t="s">
         <x:v>1041</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1042</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5" ht="15" customHeight="1">
       <x:c r="A371" s="1" t="s">
+        <x:v>1042</x:v>
+      </x:c>
+      <x:c r="B371" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C371" s="1" t="s">
         <x:v>1043</x:v>
       </x:c>
-      <x:c r="B371" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C371" s="1" t="s">
+      <x:c r="D371" s="1" t="s">
         <x:v>1044</x:v>
       </x:c>
-      <x:c r="D371" s="1" t="s">
+      <x:c r="E371" s="1" t="s">
         <x:v>1045</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1046</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5" ht="15" customHeight="1">
       <x:c r="A372" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="D372" s="1" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="E372" s="1" t="s">
         <x:v>1047</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5" ht="15" customHeight="1">
       <x:c r="A373" s="1" t="s">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="B373" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C373" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
-      <x:c r="B373" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C373" s="1" t="s">
+      <x:c r="D373" s="1" t="s">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="E373" s="1" t="s">
         <x:v>1050</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5" ht="15" customHeight="1">
       <x:c r="A374" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5" ht="15" customHeight="1">
       <x:c r="A375" s="1" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="B375" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C375" s="1" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="D375" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="B375" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C375" s="1" t="s">
+      <x:c r="E375" s="1" t="s">
         <x:v>1056</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1058</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5" ht="15" customHeight="1">
       <x:c r="A376" s="1" t="s">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="B376" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C376" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="D376" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="B376" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1058</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5" ht="15" customHeight="1">
       <x:c r="A377" s="1" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="B377" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C377" s="1" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="D377" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="B377" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C377" s="1" t="s">
+      <x:c r="E377" s="1" t="s">
         <x:v>1062</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1064</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5" ht="15" customHeight="1">
       <x:c r="A378" s="1" t="s">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="B378" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C378" s="1" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="D378" s="1" t="s">
         <x:v>1061</x:v>
       </x:c>
-      <x:c r="B378" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1064</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5" ht="15" customHeight="1">
       <x:c r="A379" s="1" t="s">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="B379" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C379" s="1" t="s">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="D379" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E379" s="1" t="s">
         <x:v>1067</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1070</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5" ht="15" customHeight="1">
       <x:c r="A380" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="E380" s="1" t="s">
         <x:v>1069</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5" ht="15" customHeight="1">
       <x:c r="A381" s="1" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="B381" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C381" s="1" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="D381" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="E381" s="1" t="s">
         <x:v>1073</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1076</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5" ht="15" customHeight="1">
       <x:c r="A382" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="E382" s="1" t="s">
         <x:v>1075</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1078</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5" ht="15" customHeight="1">
       <x:c r="A383" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1078</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5" ht="15" customHeight="1">
       <x:c r="A384" s="1" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="B384" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C384" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
-      <x:c r="B384" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D384" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5" ht="15" customHeight="1">
       <x:c r="A385" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5" ht="15" customHeight="1">
       <x:c r="A386" s="1" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="B386" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C386" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
-      <x:c r="B386" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D386" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E386" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5" ht="15" customHeight="1">
       <x:c r="A387" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E387" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1090</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5" ht="15" customHeight="1">
       <x:c r="A388" s="1" t="s">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="B388" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C388" s="1" t="s">
         <x:v>1091</x:v>
       </x:c>
-      <x:c r="B388" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D388" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5" ht="15" customHeight="1">
       <x:c r="A389" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1096</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5" ht="15" customHeight="1">
       <x:c r="A390" s="1" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="B390" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C390" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
-      <x:c r="B390" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D390" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5" ht="15" customHeight="1">
       <x:c r="A391" s="1" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="B391" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C391" s="1" t="s">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c r="D391" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="E391" s="1" t="s">
         <x:v>1102</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5" ht="15" customHeight="1">
       <x:c r="A392" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="E392" s="1" t="s">
         <x:v>1104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1106</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5" ht="15" customHeight="1">
       <x:c r="A393" s="1" t="s">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="B393" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C393" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c r="D393" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="E393" s="1" t="s">
         <x:v>1107</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5" ht="15" customHeight="1">
       <x:c r="A394" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="E394" s="1" t="s">
         <x:v>1109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1112</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5" ht="15" customHeight="1">
       <x:c r="A395" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1112</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5" ht="15" customHeight="1">
       <x:c r="A396" s="1" t="s">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="B396" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C396" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
-      <x:c r="B396" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D396" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5" ht="15" customHeight="1">
       <x:c r="A397" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1117</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5" ht="15" customHeight="1">
       <x:c r="A398" s="1" t="s">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="B398" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C398" s="1" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="D398" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="E398" s="1" t="s">
         <x:v>1119</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5" ht="15" customHeight="1">
       <x:c r="A399" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1123</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5" ht="15" customHeight="1">
       <x:c r="A400" s="1" t="s">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="B400" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C400" s="1" t="s">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="D400" s="1" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="E400" s="1" t="s">
         <x:v>1125</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1130</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5" ht="15" customHeight="1">
       <x:c r="A401" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1129</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5" ht="15" customHeight="1">
       <x:c r="A402" s="1" t="s">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="B402" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C402" s="1" t="s">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="D402" s="1" t="s">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="E402" s="1" t="s">
         <x:v>1131</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1136</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5" ht="15" customHeight="1">
       <x:c r="A403" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5" ht="15" customHeight="1">
       <x:c r="A404" s="1" t="s">
+        <x:v>1132</x:v>
+      </x:c>
+      <x:c r="B404" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C404" s="1" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="D404" s="1" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="E404" s="1" t="s">
         <x:v>1137</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1142</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5" ht="15" customHeight="1">
       <x:c r="A405" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1141</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5" ht="15" customHeight="1">
       <x:c r="A406" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="B406" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C406" s="1" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="D406" s="1" t="s">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="E406" s="1" t="s">
         <x:v>1143</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1148</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5" ht="15" customHeight="1">
       <x:c r="A407" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1147</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5" ht="15" customHeight="1">
       <x:c r="A408" s="1" t="s">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="B408" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C408" s="1" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="D408" s="1" t="s">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="E408" s="1" t="s">
         <x:v>1149</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1154</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5" ht="15" customHeight="1">
       <x:c r="A409" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1153</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5" ht="15" customHeight="1">
       <x:c r="A410" s="1" t="s">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="B410" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C410" s="1" t="s">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c r="D410" s="1" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="E410" s="1" t="s">
         <x:v>1155</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1159</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5" ht="15" customHeight="1">
       <x:c r="A411" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1159</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5" ht="15" customHeight="1">
       <x:c r="A412" s="1" t="s">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="B412" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C412" s="1" t="s">
         <x:v>1160</x:v>
       </x:c>
-      <x:c r="B412" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1161</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5" ht="15" customHeight="1">
       <x:c r="A413" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1165</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5" ht="15" customHeight="1">
       <x:c r="A414" s="1" t="s">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="B414" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C414" s="1" t="s">
         <x:v>1166</x:v>
       </x:c>
-      <x:c r="B414" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1167</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5" ht="15" customHeight="1">
       <x:c r="A415" s="1" t="s">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="B415" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C415" s="1" t="s">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c r="D415" s="1" t="s">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="E415" s="1" t="s">
         <x:v>1171</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1173</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5" ht="15" customHeight="1">
       <x:c r="A416" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1173</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5" ht="15" customHeight="1">
       <x:c r="A417" s="1" t="s">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="B417" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C417" s="1" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="D417" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
-      <x:c r="B417" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C417" s="1" t="s">
+      <x:c r="E417" s="1" t="s">
         <x:v>1177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1179</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5" ht="15" customHeight="1">
       <x:c r="A418" s="1" t="s">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="B418" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C418" s="1" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c r="D418" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
-      <x:c r="B418" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E418" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1179</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5" ht="15" customHeight="1">
       <x:c r="A419" s="1" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="B419" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C419" s="1" t="s">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="D419" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
-      <x:c r="B419" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C419" s="1" t="s">
+      <x:c r="E419" s="1" t="s">
         <x:v>1183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5" ht="15" customHeight="1">
       <x:c r="A420" s="1" t="s">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="B420" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C420" s="1" t="s">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="D420" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
-      <x:c r="B420" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C420" s="1" t="s">
+      <x:c r="E420" s="1" t="s">
         <x:v>1185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1186</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5" ht="15" customHeight="1">
       <x:c r="A421" s="1" t="s">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="B421" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C421" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
-      <x:c r="B421" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C421" s="1" t="s">
+      <x:c r="D421" s="1" t="s">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="E421" s="1" t="s">
         <x:v>1188</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1190</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5" ht="15" customHeight="1">
       <x:c r="A422" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1190</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5" ht="15" customHeight="1">
       <x:c r="A423" s="1" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="B423" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C423" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="D423" s="1" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="B423" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C423" s="1" t="s">
+      <x:c r="E423" s="1" t="s">
         <x:v>1194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1195</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5" ht="15" customHeight="1">
       <x:c r="A424" s="1" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="B424" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C424" s="1" t="s">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="D424" s="1" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="B424" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1195</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5" ht="15" customHeight="1">
       <x:c r="A425" s="1" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="B425" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C425" s="1" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="D425" s="1" t="s">
         <x:v>1198</x:v>
       </x:c>
-      <x:c r="B425" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C425" s="1" t="s">
+      <x:c r="E425" s="1" t="s">
         <x:v>1199</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1200</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5" ht="15" customHeight="1">
       <x:c r="A426" s="1" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="B426" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C426" s="1" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="D426" s="1" t="s">
         <x:v>1198</x:v>
       </x:c>
-      <x:c r="B426" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C426" s="1" t="s">
+      <x:c r="E426" s="1" t="s">
         <x:v>1201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1202</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5" ht="15" customHeight="1">
       <x:c r="A427" s="1" t="s">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="B427" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C427" s="1" t="s">
         <x:v>1203</x:v>
       </x:c>
-      <x:c r="B427" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C427" s="1" t="s">
+      <x:c r="D427" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
-      <x:c r="D427" s="1" t="s">
+      <x:c r="E427" s="1" t="s">
         <x:v>1205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1206</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5" ht="15" customHeight="1">
       <x:c r="A428" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="D428" s="1" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="E428" s="1" t="s">
         <x:v>1207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1208</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5" ht="15" customHeight="1">
       <x:c r="A429" s="1" t="s">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="B429" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C429" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
-      <x:c r="B429" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C429" s="1" t="s">
+      <x:c r="D429" s="1" t="s">
         <x:v>1210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1205</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
         <x:v>1211</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5" ht="15" customHeight="1">
       <x:c r="A430" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5" ht="15" customHeight="1">
       <x:c r="A431" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
         <x:v>1217</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5" ht="15" customHeight="1">
       <x:c r="A432" s="1" t="s">
         <x:v>1214</x:v>
@@ -15780,1190 +16047,1190 @@
       </x:c>
       <x:c r="B434" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
         <x:v>1225</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5" ht="15" customHeight="1">
       <x:c r="A435" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5" ht="15" customHeight="1">
       <x:c r="A436" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1231</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5" ht="15" customHeight="1">
       <x:c r="A437" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1235</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5" ht="15" customHeight="1">
       <x:c r="A438" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="E438" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5" ht="15" customHeight="1">
       <x:c r="A439" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E439" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1241</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5" ht="15" customHeight="1">
       <x:c r="A440" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="D440" s="1" t="s">
         <x:v>1240</x:v>
       </x:c>
-      <x:c r="D440" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E440" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1243</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5" ht="15" customHeight="1">
       <x:c r="A441" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="D441" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E441" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1246</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5" ht="15" customHeight="1">
       <x:c r="A442" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E442" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1248</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5" ht="15" customHeight="1">
       <x:c r="A443" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D443" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E443" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1252</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5" ht="15" customHeight="1">
       <x:c r="A444" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C444" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="D444" s="1" t="s">
         <x:v>1251</x:v>
       </x:c>
-      <x:c r="D444" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E444" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1254</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5" ht="15" customHeight="1">
       <x:c r="A445" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="D445" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E445" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5" ht="15" customHeight="1">
       <x:c r="A446" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E446" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1259</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5" ht="15" customHeight="1">
       <x:c r="A447" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1262</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5" ht="15" customHeight="1">
       <x:c r="A448" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E448" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1264</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5" ht="15" customHeight="1">
       <x:c r="A449" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C449" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="D449" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="E449" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1268</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5" ht="15" customHeight="1">
       <x:c r="A450" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C450" s="1" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="D450" s="1" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="D450" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E450" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1270</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5" ht="15" customHeight="1">
       <x:c r="A451" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C451" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="D451" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="E451" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1273</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5" ht="15" customHeight="1">
       <x:c r="A452" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1275</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5" ht="15" customHeight="1">
       <x:c r="A453" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E453" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1279</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5" ht="15" customHeight="1">
       <x:c r="A454" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1281</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5" ht="15" customHeight="1">
       <x:c r="A455" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1284</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5" ht="15" customHeight="1">
       <x:c r="A456" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C456" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="D456" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E456" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1286</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5" ht="15" customHeight="1">
       <x:c r="A457" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5" ht="15" customHeight="1">
       <x:c r="A458" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E458" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1291</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5" ht="15" customHeight="1">
       <x:c r="A459" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D459" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E459" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5" ht="15" customHeight="1">
       <x:c r="A460" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="D460" s="1" t="s">
         <x:v>1294</x:v>
       </x:c>
-      <x:c r="D460" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E460" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1297</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5" ht="15" customHeight="1">
       <x:c r="A461" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E461" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1300</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5" ht="15" customHeight="1">
       <x:c r="A462" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="D462" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E462" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1302</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5" ht="15" customHeight="1">
       <x:c r="A463" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="D463" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="E463" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1306</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5" ht="15" customHeight="1">
       <x:c r="A464" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="D464" s="1" t="s">
         <x:v>1305</x:v>
       </x:c>
-      <x:c r="D464" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E464" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1308</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5" ht="15" customHeight="1">
       <x:c r="A465" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C465" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="D465" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="E465" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5" ht="15" customHeight="1">
       <x:c r="A466" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C466" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="D466" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="E466" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1314</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5" ht="15" customHeight="1">
       <x:c r="A467" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="D467" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="E467" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1317</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5" ht="15" customHeight="1">
       <x:c r="A468" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="D468" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="E468" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1319</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5" ht="15" customHeight="1">
       <x:c r="A469" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="D469" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E469" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1323</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5" ht="15" customHeight="1">
       <x:c r="A470" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C470" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="D470" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E470" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1325</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5" ht="15" customHeight="1">
       <x:c r="A471" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D471" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E471" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1328</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5" ht="15" customHeight="1">
       <x:c r="A472" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="D472" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E472" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1330</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5" ht="15" customHeight="1">
       <x:c r="A473" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E473" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1333</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5" ht="15" customHeight="1">
       <x:c r="A474" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="D474" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E474" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1335</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5" ht="15" customHeight="1">
       <x:c r="A475" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="D475" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E475" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1339</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5" ht="15" customHeight="1">
       <x:c r="A476" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1341</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5" ht="15" customHeight="1">
       <x:c r="A477" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5" ht="15" customHeight="1">
       <x:c r="A478" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1346</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5" ht="15" customHeight="1">
       <x:c r="A479" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1349</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5" ht="15" customHeight="1">
       <x:c r="A480" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1351</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5" ht="15" customHeight="1">
       <x:c r="A481" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E481" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1355</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5" ht="15" customHeight="1">
       <x:c r="A482" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="B482" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C482" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="D482" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E482" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1357</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5" ht="15" customHeight="1">
       <x:c r="A483" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="B483" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C483" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D483" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E483" s="1" t="s">
         <x:v>1360</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5" ht="15" customHeight="1">
       <x:c r="A484" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="B484" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C484" s="1" t="s">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="D484" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E484" s="1" t="s">
         <x:v>1362</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5" ht="15" customHeight="1">
       <x:c r="A485" s="1" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="B485" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C485" s="1" t="s">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="D485" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E485" s="1" t="s">
         <x:v>1365</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5" ht="15" customHeight="1">
       <x:c r="A486" s="1" t="s">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="B486" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C486" s="1" t="s">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="D486" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E486" s="1" t="s">
         <x:v>1367</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5" ht="15" customHeight="1">
       <x:c r="A487" s="1" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B487" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C487" s="1" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="D487" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="E487" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1371</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5" ht="15" customHeight="1">
       <x:c r="A488" s="1" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B488" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C488" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D488" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="E488" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1373</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5" ht="15" customHeight="1">
       <x:c r="A489" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="B489" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C489" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="D489" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="E489" s="1" t="s">
         <x:v>1376</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5" ht="15" customHeight="1">
       <x:c r="A490" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="B490" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C490" s="1" t="s">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="D490" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="E490" s="1" t="s">
         <x:v>1378</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5" ht="15" customHeight="1">
       <x:c r="A491" s="1" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="B491" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C491" s="1" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="D491" s="1" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="E491" s="1" t="s">
         <x:v>1382</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5" ht="15" customHeight="1">
       <x:c r="A492" s="1" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="B492" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C492" s="1" t="s">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="D492" s="1" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="E492" s="1" t="s">
         <x:v>1384</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5" ht="15" customHeight="1">
       <x:c r="A493" s="1" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="B493" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C493" s="1" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="D493" s="1" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="E493" s="1" t="s">
         <x:v>1387</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1388</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5" ht="15" customHeight="1">
       <x:c r="A494" s="1" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="B494" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C494" s="1" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="D494" s="1" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="E494" s="1" t="s">
         <x:v>1389</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1390</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5" ht="15" customHeight="1">
       <x:c r="A495" s="1" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="B495" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C495" s="1" t="s">
         <x:v>1391</x:v>
       </x:c>
-      <x:c r="B495" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C495" s="1" t="s">
+      <x:c r="D495" s="1" t="s">
         <x:v>1392</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1387</x:v>
       </x:c>
       <x:c r="E495" s="1" t="s">
         <x:v>1393</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5" ht="15" customHeight="1">
       <x:c r="A496" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="B496" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C496" s="1" t="s">
         <x:v>1394</x:v>
       </x:c>
       <x:c r="D496" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="E496" s="1" t="s">
         <x:v>1395</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5" ht="15" customHeight="1">
       <x:c r="A497" s="1" t="s">
         <x:v>1396</x:v>
       </x:c>
       <x:c r="B497" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C497" s="1" t="s">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="D497" s="1" t="s">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="E497" s="1" t="s">
         <x:v>1398</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1399</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5" ht="15" customHeight="1">
       <x:c r="A498" s="1" t="s">
         <x:v>1396</x:v>
       </x:c>
       <x:c r="B498" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C498" s="1" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="D498" s="1" t="s">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="E498" s="1" t="s">
         <x:v>1400</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1401</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5" ht="15" customHeight="1">
       <x:c r="A499" s="1" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="B499" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C499" s="1" t="s">
         <x:v>1402</x:v>
       </x:c>
-      <x:c r="B499" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C499" s="1" t="s">
+      <x:c r="D499" s="1" t="s">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="E499" s="1" t="s">
         <x:v>1403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5" ht="15" customHeight="1">
       <x:c r="A500" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="B500" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C500" s="1" t="s">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="D500" s="1" t="s">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="E500" s="1" t="s">
         <x:v>1405</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1406</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5" ht="15" customHeight="1">
       <x:c r="A501" s="1" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="B501" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C501" s="1" t="s">
         <x:v>1407</x:v>
       </x:c>
-      <x:c r="B501" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C501" s="1" t="s">
+      <x:c r="D501" s="1" t="s">
         <x:v>1408</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1398</x:v>
       </x:c>
       <x:c r="E501" s="1" t="s">
         <x:v>1409</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5" ht="15" customHeight="1">
       <x:c r="A502" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="B502" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C502" s="1" t="s">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="D502" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="E502" s="1" t="s">
         <x:v>1411</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5" ht="15" customHeight="1">
       <x:c r="A503" s="1" t="s">
         <x:v>1412</x:v>
       </x:c>
       <x:c r="B503" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C503" s="1" t="s">
         <x:v>1413</x:v>
       </x:c>
       <x:c r="D503" s="1" t="s">
         <x:v>1414</x:v>
       </x:c>
       <x:c r="E503" s="1" t="s">
         <x:v>1415</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5" ht="15" customHeight="1">
       <x:c r="A504" s="1" t="s">
         <x:v>1412</x:v>
@@ -17004,340 +17271,340 @@
       </x:c>
       <x:c r="B506" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C506" s="1" t="s">
         <x:v>1421</x:v>
       </x:c>
       <x:c r="D506" s="1" t="s">
         <x:v>1414</x:v>
       </x:c>
       <x:c r="E506" s="1" t="s">
         <x:v>1422</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5" ht="15" customHeight="1">
       <x:c r="A507" s="1" t="s">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="B507" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C507" s="1" t="s">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="D507" s="1" t="s">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="E507" s="1" t="s">
         <x:v>1425</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1426</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5" ht="15" customHeight="1">
       <x:c r="A508" s="1" t="s">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="B508" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C508" s="1" t="s">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="D508" s="1" t="s">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="E508" s="1" t="s">
         <x:v>1427</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1428</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5" ht="15" customHeight="1">
       <x:c r="A509" s="1" t="s">
+        <x:v>1428</x:v>
+      </x:c>
+      <x:c r="B509" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C509" s="1" t="s">
         <x:v>1429</x:v>
       </x:c>
-      <x:c r="B509" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C509" s="1" t="s">
+      <x:c r="D509" s="1" t="s">
         <x:v>1430</x:v>
       </x:c>
-      <x:c r="D509" s="1" t="s">
+      <x:c r="E509" s="1" t="s">
         <x:v>1431</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1432</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5" ht="15" customHeight="1">
       <x:c r="A510" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="B510" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C510" s="1" t="s">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="D510" s="1" t="s">
+        <x:v>1430</x:v>
+      </x:c>
+      <x:c r="E510" s="1" t="s">
         <x:v>1433</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1434</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5" ht="15" customHeight="1">
       <x:c r="A511" s="1" t="s">
+        <x:v>1434</x:v>
+      </x:c>
+      <x:c r="B511" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C511" s="1" t="s">
         <x:v>1435</x:v>
       </x:c>
-      <x:c r="B511" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C511" s="1" t="s">
+      <x:c r="D511" s="1" t="s">
         <x:v>1436</x:v>
       </x:c>
-      <x:c r="D511" s="1" t="s">
+      <x:c r="E511" s="1" t="s">
         <x:v>1437</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1438</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5" ht="15" customHeight="1">
       <x:c r="A512" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="B512" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C512" s="1" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="D512" s="1" t="s">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="E512" s="1" t="s">
         <x:v>1439</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1440</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5" ht="15" customHeight="1">
       <x:c r="A513" s="1" t="s">
+        <x:v>1440</x:v>
+      </x:c>
+      <x:c r="B513" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C513" s="1" t="s">
         <x:v>1441</x:v>
       </x:c>
-      <x:c r="B513" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C513" s="1" t="s">
+      <x:c r="D513" s="1" t="s">
         <x:v>1442</x:v>
       </x:c>
-      <x:c r="D513" s="1" t="s">
+      <x:c r="E513" s="1" t="s">
         <x:v>1443</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1444</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5" ht="15" customHeight="1">
       <x:c r="A514" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B514" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C514" s="1" t="s">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="D514" s="1" t="s">
+        <x:v>1442</x:v>
+      </x:c>
+      <x:c r="E514" s="1" t="s">
         <x:v>1445</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1446</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5" ht="15" customHeight="1">
       <x:c r="A515" s="1" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="B515" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C515" s="1" t="s">
         <x:v>1447</x:v>
       </x:c>
-      <x:c r="B515" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C515" s="1" t="s">
+      <x:c r="D515" s="1" t="s">
         <x:v>1448</x:v>
       </x:c>
-      <x:c r="D515" s="1" t="s">
+      <x:c r="E515" s="1" t="s">
         <x:v>1449</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1450</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5" ht="15" customHeight="1">
       <x:c r="A516" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="B516" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C516" s="1" t="s">
+        <x:v>1450</x:v>
+      </x:c>
+      <x:c r="D516" s="1" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="E516" s="1" t="s">
         <x:v>1451</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1452</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5" ht="15" customHeight="1">
       <x:c r="A517" s="1" t="s">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="B517" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C517" s="1" t="s">
         <x:v>1453</x:v>
       </x:c>
-      <x:c r="B517" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C517" s="1" t="s">
+      <x:c r="D517" s="1" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="E517" s="1" t="s">
         <x:v>1454</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1455</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5" ht="15" customHeight="1">
       <x:c r="A518" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="B518" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C518" s="1" t="s">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="D518" s="1" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="E518" s="1" t="s">
         <x:v>1456</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5" ht="15" customHeight="1">
       <x:c r="A519" s="1" t="s">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="B519" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C519" s="1" t="s">
         <x:v>1458</x:v>
       </x:c>
-      <x:c r="B519" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C519" s="1" t="s">
+      <x:c r="D519" s="1" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="E519" s="1" t="s">
         <x:v>1459</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1460</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5" ht="15" customHeight="1">
       <x:c r="A520" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="B520" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C520" s="1" t="s">
+        <x:v>1460</x:v>
+      </x:c>
+      <x:c r="D520" s="1" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="E520" s="1" t="s">
         <x:v>1461</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1462</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5" ht="15" customHeight="1">
       <x:c r="A521" s="1" t="s">
+        <x:v>1462</x:v>
+      </x:c>
+      <x:c r="B521" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C521" s="1" t="s">
         <x:v>1463</x:v>
       </x:c>
-      <x:c r="B521" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C521" s="1" t="s">
+      <x:c r="D521" s="1" t="s">
         <x:v>1464</x:v>
       </x:c>
-      <x:c r="D521" s="1" t="s">
+      <x:c r="E521" s="1" t="s">
         <x:v>1465</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1466</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5" ht="15" customHeight="1">
       <x:c r="A522" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="B522" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C522" s="1" t="s">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="D522" s="1" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+      <x:c r="E522" s="1" t="s">
         <x:v>1467</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1468</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5" ht="15" customHeight="1">
       <x:c r="A523" s="1" t="s">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="B523" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C523" s="1" t="s">
         <x:v>1469</x:v>
       </x:c>
-      <x:c r="B523" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C523" s="1" t="s">
+      <x:c r="D523" s="1" t="s">
         <x:v>1470</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1465</x:v>
       </x:c>
       <x:c r="E523" s="1" t="s">
         <x:v>1471</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5" ht="15" customHeight="1">
       <x:c r="A524" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="B524" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C524" s="1" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="D524" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="E524" s="1" t="s">
         <x:v>1473</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5" ht="15" customHeight="1">
       <x:c r="A525" s="1" t="s">
         <x:v>1474</x:v>
       </x:c>
       <x:c r="B525" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C525" s="1" t="s">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="D525" s="1" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="E525" s="1" t="s">
         <x:v>1477</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5" ht="15" customHeight="1">
       <x:c r="A526" s="1" t="s">
         <x:v>1474</x:v>
@@ -17514,8113 +17781,8657 @@
       </x:c>
       <x:c r="B536" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C536" s="1" t="s">
         <x:v>1505</x:v>
       </x:c>
       <x:c r="D536" s="1" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="E536" s="1" t="s">
         <x:v>1506</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5" ht="15" customHeight="1">
       <x:c r="A537" s="1" t="s">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="B537" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C537" s="1" t="s">
         <x:v>1508</x:v>
       </x:c>
       <x:c r="D537" s="1" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="E537" s="1" t="s">
         <x:v>1509</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1510</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5" ht="15" customHeight="1">
       <x:c r="A538" s="1" t="s">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="B538" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C538" s="1" t="s">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="D538" s="1" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="E538" s="1" t="s">
         <x:v>1511</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1512</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5" ht="15" customHeight="1">
       <x:c r="A539" s="1" t="s">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="B539" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C539" s="1" t="s">
         <x:v>1513</x:v>
       </x:c>
-      <x:c r="B539" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C539" s="1" t="s">
+      <x:c r="D539" s="1" t="s">
         <x:v>1514</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1509</x:v>
       </x:c>
       <x:c r="E539" s="1" t="s">
         <x:v>1515</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5" ht="15" customHeight="1">
       <x:c r="A540" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="B540" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C540" s="1" t="s">
         <x:v>1516</x:v>
       </x:c>
       <x:c r="D540" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="E540" s="1" t="s">
         <x:v>1517</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5" ht="15" customHeight="1">
       <x:c r="A541" s="1" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="B541" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C541" s="1" t="s">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="D541" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="E541" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1521</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5" ht="15" customHeight="1">
       <x:c r="A542" s="1" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="B542" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C542" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="D542" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="E542" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1523</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5" ht="15" customHeight="1">
       <x:c r="A543" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="B543" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C543" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="D543" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="E543" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1527</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5" ht="15" customHeight="1">
       <x:c r="A544" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="B544" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C544" s="1" t="s">
+        <x:v>1528</x:v>
+      </x:c>
+      <x:c r="D544" s="1" t="s">
         <x:v>1526</x:v>
       </x:c>
-      <x:c r="D544" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E544" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1529</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5" ht="15" customHeight="1">
       <x:c r="A545" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="B545" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C545" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="D545" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="E545" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1533</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5" ht="15" customHeight="1">
       <x:c r="A546" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="B546" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C546" s="1" t="s">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="D546" s="1" t="s">
         <x:v>1532</x:v>
       </x:c>
-      <x:c r="D546" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E546" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1535</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5" ht="15" customHeight="1">
       <x:c r="A547" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="B547" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C547" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="D547" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E547" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1539</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5" ht="15" customHeight="1">
       <x:c r="A548" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="B548" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C548" s="1" t="s">
+        <x:v>1540</x:v>
+      </x:c>
+      <x:c r="D548" s="1" t="s">
         <x:v>1538</x:v>
       </x:c>
-      <x:c r="D548" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E548" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1541</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5" ht="15" customHeight="1">
       <x:c r="A549" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="B549" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C549" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="D549" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E549" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1544</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5" ht="15" customHeight="1">
       <x:c r="A550" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="B550" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C550" s="1" t="s">
-        <x:v>1543</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="D550" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E550" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1546</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5" ht="15" customHeight="1">
       <x:c r="A551" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="B551" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C551" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="D551" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E551" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1549</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5" ht="15" customHeight="1">
       <x:c r="A552" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="B552" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C552" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="D552" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E552" s="1" t="s">
-        <x:v>1549</x:v>
+        <x:v>1551</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5" ht="15" customHeight="1">
       <x:c r="A553" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="B553" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C553" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="D553" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="E553" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1555</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5" ht="15" customHeight="1">
       <x:c r="A554" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="B554" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C554" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="D554" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="E554" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>1557</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5" ht="15" customHeight="1">
       <x:c r="A555" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="B555" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C555" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="D555" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="E555" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>1560</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5" ht="15" customHeight="1">
       <x:c r="A556" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="B556" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C556" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="D556" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="E556" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1562</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5" ht="15" customHeight="1">
       <x:c r="A557" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="B557" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C557" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="D557" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="E557" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1566</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5" ht="15" customHeight="1">
       <x:c r="A558" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="B558" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C558" s="1" t="s">
+        <x:v>1567</x:v>
+      </x:c>
+      <x:c r="D558" s="1" t="s">
         <x:v>1565</x:v>
       </x:c>
-      <x:c r="D558" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E558" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1568</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5" ht="15" customHeight="1">
       <x:c r="A559" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="B559" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C559" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="D559" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="E559" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1571</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5" ht="15" customHeight="1">
       <x:c r="A560" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="B560" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C560" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="D560" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="E560" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1573</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5" ht="15" customHeight="1">
       <x:c r="A561" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="B561" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C561" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="D561" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E561" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1577</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5" ht="15" customHeight="1">
       <x:c r="A562" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="B562" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C562" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="D562" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E562" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1579</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5" ht="15" customHeight="1">
       <x:c r="A563" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="B563" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C563" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="D563" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E563" s="1" t="s">
         <x:v>1582</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5" ht="15" customHeight="1">
       <x:c r="A564" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="B564" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C564" s="1" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="D564" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E564" s="1" t="s">
         <x:v>1584</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5" ht="15" customHeight="1">
       <x:c r="A565" s="1" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="B565" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C565" s="1" t="s">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="D565" s="1" t="s">
+        <x:v>1576</x:v>
+      </x:c>
+      <x:c r="E565" s="1" t="s">
         <x:v>1587</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1588</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5" ht="15" customHeight="1">
       <x:c r="A566" s="1" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="B566" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C566" s="1" t="s">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="D566" s="1" t="s">
+        <x:v>1576</x:v>
+      </x:c>
+      <x:c r="E566" s="1" t="s">
         <x:v>1589</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1590</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5" ht="15" customHeight="1">
       <x:c r="A567" s="1" t="s">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="B567" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C567" s="1" t="s">
         <x:v>1591</x:v>
       </x:c>
-      <x:c r="B567" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C567" s="1" t="s">
+      <x:c r="D567" s="1" t="s">
         <x:v>1592</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1587</x:v>
       </x:c>
       <x:c r="E567" s="1" t="s">
         <x:v>1593</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5" ht="15" customHeight="1">
       <x:c r="A568" s="1" t="s">
-        <x:v>1591</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="B568" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C568" s="1" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="D568" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="E568" s="1" t="s">
         <x:v>1595</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5" ht="15" customHeight="1">
       <x:c r="A569" s="1" t="s">
         <x:v>1596</x:v>
       </x:c>
       <x:c r="B569" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C569" s="1" t="s">
         <x:v>1597</x:v>
       </x:c>
       <x:c r="D569" s="1" t="s">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="E569" s="1" t="s">
         <x:v>1599</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5" ht="15" customHeight="1">
       <x:c r="A570" s="1" t="s">
         <x:v>1596</x:v>
       </x:c>
       <x:c r="B570" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C570" s="1" t="s">
         <x:v>1600</x:v>
       </x:c>
       <x:c r="D570" s="1" t="s">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="E570" s="1" t="s">
         <x:v>1601</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5" ht="15" customHeight="1">
       <x:c r="A571" s="1" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="B571" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C571" s="1" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="D571" s="1" t="s">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="E571" s="1" t="s">
         <x:v>1604</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1605</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5" ht="15" customHeight="1">
       <x:c r="A572" s="1" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="B572" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C572" s="1" t="s">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="D572" s="1" t="s">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="E572" s="1" t="s">
         <x:v>1606</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1607</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5" ht="15" customHeight="1">
       <x:c r="A573" s="1" t="s">
+        <x:v>1607</x:v>
+      </x:c>
+      <x:c r="B573" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C573" s="1" t="s">
         <x:v>1608</x:v>
       </x:c>
-      <x:c r="B573" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C573" s="1" t="s">
+      <x:c r="D573" s="1" t="s">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="E573" s="1" t="s">
         <x:v>1609</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1611</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5" ht="15" customHeight="1">
       <x:c r="A574" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="B574" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C574" s="1" t="s">
-        <x:v>1612</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="D574" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="E574" s="1" t="s">
-        <x:v>1613</x:v>
+        <x:v>1611</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5" ht="15" customHeight="1">
       <x:c r="A575" s="1" t="s">
+        <x:v>1612</x:v>
+      </x:c>
+      <x:c r="B575" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C575" s="1" t="s">
+        <x:v>1613</x:v>
+      </x:c>
+      <x:c r="D575" s="1" t="s">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="E575" s="1" t="s">
         <x:v>1614</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1616</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5" ht="15" customHeight="1">
       <x:c r="A576" s="1" t="s">
-        <x:v>1614</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="B576" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C576" s="1" t="s">
-        <x:v>1617</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="D576" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="E576" s="1" t="s">
-        <x:v>1618</x:v>
+        <x:v>1616</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5" ht="15" customHeight="1">
       <x:c r="A577" s="1" t="s">
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="B577" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C577" s="1" t="s">
+        <x:v>1618</x:v>
+      </x:c>
+      <x:c r="D577" s="1" t="s">
         <x:v>1619</x:v>
       </x:c>
-      <x:c r="B577" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C577" s="1" t="s">
+      <x:c r="E577" s="1" t="s">
         <x:v>1620</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1622</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5" ht="15" customHeight="1">
       <x:c r="A578" s="1" t="s">
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="B578" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C578" s="1" t="s">
+        <x:v>1621</x:v>
+      </x:c>
+      <x:c r="D578" s="1" t="s">
         <x:v>1619</x:v>
       </x:c>
-      <x:c r="B578" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E578" s="1" t="s">
-        <x:v>1624</x:v>
+        <x:v>1622</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5" ht="15" customHeight="1">
       <x:c r="A579" s="1" t="s">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="B579" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C579" s="1" t="s">
+        <x:v>1624</x:v>
+      </x:c>
+      <x:c r="D579" s="1" t="s">
         <x:v>1625</x:v>
       </x:c>
-      <x:c r="B579" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C579" s="1" t="s">
+      <x:c r="E579" s="1" t="s">
         <x:v>1626</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1628</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5" ht="15" customHeight="1">
       <x:c r="A580" s="1" t="s">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="B580" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C580" s="1" t="s">
+        <x:v>1627</x:v>
+      </x:c>
+      <x:c r="D580" s="1" t="s">
         <x:v>1625</x:v>
       </x:c>
-      <x:c r="B580" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E580" s="1" t="s">
-        <x:v>1630</x:v>
+        <x:v>1628</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5" ht="15" customHeight="1">
       <x:c r="A581" s="1" t="s">
+        <x:v>1629</x:v>
+      </x:c>
+      <x:c r="B581" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C581" s="1" t="s">
+        <x:v>1630</x:v>
+      </x:c>
+      <x:c r="D581" s="1" t="s">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="E581" s="1" t="s">
         <x:v>1631</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1633</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5" ht="15" customHeight="1">
       <x:c r="A582" s="1" t="s">
-        <x:v>1631</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="B582" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C582" s="1" t="s">
-        <x:v>1634</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="D582" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="E582" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>1633</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5" ht="15" customHeight="1">
       <x:c r="A583" s="1" t="s">
+        <x:v>1634</x:v>
+      </x:c>
+      <x:c r="B583" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C583" s="1" t="s">
+        <x:v>1635</x:v>
+      </x:c>
+      <x:c r="D583" s="1" t="s">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="E583" s="1" t="s">
         <x:v>1636</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1638</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5" ht="15" customHeight="1">
       <x:c r="A584" s="1" t="s">
-        <x:v>1636</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="B584" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C584" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="D584" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="E584" s="1" t="s">
-        <x:v>1640</x:v>
+        <x:v>1638</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5" ht="15" customHeight="1">
       <x:c r="A585" s="1" t="s">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="B585" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C585" s="1" t="s">
+        <x:v>1640</x:v>
+      </x:c>
+      <x:c r="D585" s="1" t="s">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="E585" s="1" t="s">
         <x:v>1641</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1643</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5" ht="15" customHeight="1">
       <x:c r="A586" s="1" t="s">
-        <x:v>1641</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="B586" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C586" s="1" t="s">
-        <x:v>1644</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="D586" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="E586" s="1" t="s">
-        <x:v>1645</x:v>
+        <x:v>1643</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5" ht="15" customHeight="1">
       <x:c r="A587" s="1" t="s">
+        <x:v>1644</x:v>
+      </x:c>
+      <x:c r="B587" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C587" s="1" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="D587" s="1" t="s">
         <x:v>1646</x:v>
       </x:c>
-      <x:c r="B587" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C587" s="1" t="s">
+      <x:c r="E587" s="1" t="s">
         <x:v>1647</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1649</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5" ht="15" customHeight="1">
       <x:c r="A588" s="1" t="s">
+        <x:v>1644</x:v>
+      </x:c>
+      <x:c r="B588" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C588" s="1" t="s">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="D588" s="1" t="s">
         <x:v>1646</x:v>
       </x:c>
-      <x:c r="B588" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E588" s="1" t="s">
-        <x:v>1651</x:v>
+        <x:v>1649</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5" ht="15" customHeight="1">
       <x:c r="A589" s="1" t="s">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="B589" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C589" s="1" t="s">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="D589" s="1" t="s">
         <x:v>1652</x:v>
       </x:c>
-      <x:c r="B589" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C589" s="1" t="s">
+      <x:c r="E589" s="1" t="s">
         <x:v>1653</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1654</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5" ht="15" customHeight="1">
       <x:c r="A590" s="1" t="s">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="B590" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C590" s="1" t="s">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="D590" s="1" t="s">
         <x:v>1652</x:v>
       </x:c>
-      <x:c r="B590" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C590" s="1" t="s">
+      <x:c r="E590" s="1" t="s">
         <x:v>1655</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1656</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5" ht="15" customHeight="1">
       <x:c r="A591" s="1" t="s">
+        <x:v>1656</x:v>
+      </x:c>
+      <x:c r="B591" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C591" s="1" t="s">
         <x:v>1657</x:v>
       </x:c>
-      <x:c r="B591" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C591" s="1" t="s">
+      <x:c r="D591" s="1" t="s">
         <x:v>1658</x:v>
       </x:c>
-      <x:c r="D591" s="1" t="s">
+      <x:c r="E591" s="1" t="s">
         <x:v>1659</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1660</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5" ht="15" customHeight="1">
       <x:c r="A592" s="1" t="s">
-        <x:v>1657</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="B592" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C592" s="1" t="s">
+        <x:v>1660</x:v>
+      </x:c>
+      <x:c r="D592" s="1" t="s">
+        <x:v>1658</x:v>
+      </x:c>
+      <x:c r="E592" s="1" t="s">
         <x:v>1661</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1662</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5" ht="15" customHeight="1">
       <x:c r="A593" s="1" t="s">
+        <x:v>1662</x:v>
+      </x:c>
+      <x:c r="B593" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C593" s="1" t="s">
         <x:v>1663</x:v>
       </x:c>
-      <x:c r="B593" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D593" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="E593" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1665</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5" ht="15" customHeight="1">
       <x:c r="A594" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="B594" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C594" s="1" t="s">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="D594" s="1" t="s">
         <x:v>1664</x:v>
       </x:c>
-      <x:c r="D594" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E594" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1667</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5" ht="15" customHeight="1">
       <x:c r="A595" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="B595" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C595" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="D595" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="E595" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1671</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5" ht="15" customHeight="1">
       <x:c r="A596" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="B596" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C596" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="D596" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="E596" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1673</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5" ht="15" customHeight="1">
       <x:c r="A597" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="B597" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C597" s="1" t="s">
-        <x:v>1672</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="D597" s="1" t="s">
-        <x:v>1673</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="E597" s="1" t="s">
-        <x:v>1674</x:v>
+        <x:v>1677</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5" ht="15" customHeight="1">
       <x:c r="A598" s="1" t="s">
-        <x:v>1671</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="B598" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C598" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="D598" s="1" t="s">
-        <x:v>1673</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="E598" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1679</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5" ht="15" customHeight="1">
       <x:c r="A599" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="B599" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C599" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="D599" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="E599" s="1" t="s">
-        <x:v>1680</x:v>
+        <x:v>1682</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5" ht="15" customHeight="1">
       <x:c r="A600" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="B600" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C600" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="D600" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="E600" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1684</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5" ht="15" customHeight="1">
       <x:c r="A601" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="B601" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C601" s="1" t="s">
-        <x:v>1681</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="D601" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="E601" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1688</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5" ht="15" customHeight="1">
       <x:c r="A602" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="B602" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C602" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="D602" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="E602" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1690</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5" ht="15" customHeight="1">
       <x:c r="A603" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="B603" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C603" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="D603" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="E603" s="1" t="s">
-        <x:v>1688</x:v>
+        <x:v>1694</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5" ht="15" customHeight="1">
       <x:c r="A604" s="1" t="s">
-        <x:v>1686</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="B604" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C604" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="D604" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="E604" s="1" t="s">
-        <x:v>1690</x:v>
+        <x:v>1696</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5" ht="15" customHeight="1">
       <x:c r="A605" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="B605" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C605" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="D605" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="E605" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1700</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5" ht="15" customHeight="1">
       <x:c r="A606" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="B606" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C606" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="D606" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="E606" s="1" t="s">
-        <x:v>1696</x:v>
+        <x:v>1702</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5" ht="15" customHeight="1">
       <x:c r="A607" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="B607" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C607" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="D607" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="E607" s="1" t="s">
-        <x:v>1699</x:v>
+        <x:v>1705</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5" ht="15" customHeight="1">
       <x:c r="A608" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="B608" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C608" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="D608" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="E608" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1707</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5" ht="15" customHeight="1">
       <x:c r="A609" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="B609" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C609" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="D609" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="E609" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>1711</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5" ht="15" customHeight="1">
       <x:c r="A610" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="B610" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C610" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="D610" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="E610" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1713</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5" ht="15" customHeight="1">
       <x:c r="A611" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="B611" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C611" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="D611" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E611" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1717</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5" ht="15" customHeight="1">
       <x:c r="A612" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="B612" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C612" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="D612" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E612" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>1719</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5" ht="15" customHeight="1">
       <x:c r="A613" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B613" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C613" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="D613" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E613" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>1722</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5" ht="15" customHeight="1">
       <x:c r="A614" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="B614" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C614" s="1" t="s">
-        <x:v>1717</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="D614" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E614" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1724</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5" ht="15" customHeight="1">
       <x:c r="A615" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="B615" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C615" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="D615" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E615" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1727</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5" ht="15" customHeight="1">
       <x:c r="A616" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="B616" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C616" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="D616" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E616" s="1" t="s">
-        <x:v>1724</x:v>
+        <x:v>1729</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5" ht="15" customHeight="1">
       <x:c r="A617" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="B617" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C617" s="1" t="s">
-        <x:v>1726</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="D617" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E617" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>1732</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5" ht="15" customHeight="1">
       <x:c r="A618" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="B618" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C618" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="D618" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E618" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1734</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5" ht="15" customHeight="1">
       <x:c r="A619" s="1" t="s">
-        <x:v>1730</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="B619" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C619" s="1" t="s">
-        <x:v>1731</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="D619" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="E619" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1738</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5" ht="15" customHeight="1">
       <x:c r="A620" s="1" t="s">
-        <x:v>1730</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="B620" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C620" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="D620" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="E620" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1740</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5" ht="15" customHeight="1">
       <x:c r="A621" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="B621" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C621" s="1" t="s">
+        <x:v>1742</x:v>
+      </x:c>
+      <x:c r="D621" s="1" t="s">
         <x:v>1737</x:v>
       </x:c>
-      <x:c r="D621" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E621" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1743</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5" ht="15" customHeight="1">
       <x:c r="A622" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="B622" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C622" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="D622" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="E622" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1745</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5" ht="15" customHeight="1">
       <x:c r="A623" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="B623" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C623" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="D623" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E623" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1749</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5" ht="15" customHeight="1">
       <x:c r="A624" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="B624" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C624" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="D624" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E624" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1751</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5" ht="15" customHeight="1">
       <x:c r="A625" s="1" t="s">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="B625" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C625" s="1" t="s">
+        <x:v>1750</x:v>
+      </x:c>
+      <x:c r="D625" s="1" t="s">
         <x:v>1748</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1750</x:v>
       </x:c>
       <x:c r="E625" s="1" t="s">
         <x:v>1751</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5" ht="15" customHeight="1">
       <x:c r="A626" s="1" t="s">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="B626" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C626" s="1" t="s">
+        <x:v>1753</x:v>
+      </x:c>
+      <x:c r="D626" s="1" t="s">
         <x:v>1748</x:v>
       </x:c>
-      <x:c r="B626" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E626" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1754</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5" ht="15" customHeight="1">
       <x:c r="A627" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="B627" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C627" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="D627" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E627" s="1" t="s">
         <x:v>1757</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5" ht="15" customHeight="1">
       <x:c r="A628" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="B628" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C628" s="1" t="s">
         <x:v>1758</x:v>
       </x:c>
       <x:c r="D628" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E628" s="1" t="s">
         <x:v>1759</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5" ht="15" customHeight="1">
       <x:c r="A629" s="1" t="s">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="B629" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C629" s="1" t="s">
         <x:v>1761</x:v>
       </x:c>
       <x:c r="D629" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="E629" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>1763</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5" ht="15" customHeight="1">
       <x:c r="A630" s="1" t="s">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="B630" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C630" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="D630" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="E630" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1765</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5" ht="15" customHeight="1">
       <x:c r="A631" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="B631" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C631" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="D631" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="E631" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1769</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5" ht="15" customHeight="1">
       <x:c r="A632" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="B632" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C632" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="D632" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="E632" s="1" t="s">
-        <x:v>1770</x:v>
+        <x:v>1771</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5" ht="15" customHeight="1">
       <x:c r="A633" s="1" t="s">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="B633" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C633" s="1" t="s">
+        <x:v>1770</x:v>
+      </x:c>
+      <x:c r="D633" s="1" t="s">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="E633" s="1" t="s">
         <x:v>1771</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1773</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5" ht="15" customHeight="1">
       <x:c r="A634" s="1" t="s">
-        <x:v>1771</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="B634" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C634" s="1" t="s">
+        <x:v>1773</x:v>
+      </x:c>
+      <x:c r="D634" s="1" t="s">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="E634" s="1" t="s">
         <x:v>1774</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1775</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5" ht="15" customHeight="1">
       <x:c r="A635" s="1" t="s">
+        <x:v>1775</x:v>
+      </x:c>
+      <x:c r="B635" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C635" s="1" t="s">
         <x:v>1776</x:v>
       </x:c>
-      <x:c r="B635" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C635" s="1" t="s">
+      <x:c r="D635" s="1" t="s">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="E635" s="1" t="s">
         <x:v>1777</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1779</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5" ht="15" customHeight="1">
       <x:c r="A636" s="1" t="s">
-        <x:v>1776</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="B636" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C636" s="1" t="s">
-        <x:v>1772</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="D636" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="E636" s="1" t="s">
-        <x:v>1780</x:v>
+        <x:v>1779</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5" ht="15" customHeight="1">
       <x:c r="A637" s="1" t="s">
+        <x:v>1780</x:v>
+      </x:c>
+      <x:c r="B637" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C637" s="1" t="s">
         <x:v>1781</x:v>
       </x:c>
-      <x:c r="B637" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C637" s="1" t="s">
+      <x:c r="D637" s="1" t="s">
         <x:v>1782</x:v>
       </x:c>
-      <x:c r="D637" s="1" t="s">
+      <x:c r="E637" s="1" t="s">
         <x:v>1783</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1784</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5" ht="15" customHeight="1">
       <x:c r="A638" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="B638" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C638" s="1" t="s">
+        <x:v>1784</x:v>
+      </x:c>
+      <x:c r="D638" s="1" t="s">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="E638" s="1" t="s">
         <x:v>1785</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1786</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5" ht="15" customHeight="1">
       <x:c r="A639" s="1" t="s">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="B639" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C639" s="1" t="s">
         <x:v>1787</x:v>
       </x:c>
-      <x:c r="B639" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C639" s="1" t="s">
+      <x:c r="D639" s="1" t="s">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="E639" s="1" t="s">
         <x:v>1788</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1790</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5" ht="15" customHeight="1">
       <x:c r="A640" s="1" t="s">
-        <x:v>1787</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="B640" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C640" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="D640" s="1" t="s">
-        <x:v>1789</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="E640" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1790</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5" ht="15" customHeight="1">
       <x:c r="A641" s="1" t="s">
+        <x:v>1791</x:v>
+      </x:c>
+      <x:c r="B641" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C641" s="1" t="s">
+        <x:v>1792</x:v>
+      </x:c>
+      <x:c r="D641" s="1" t="s">
         <x:v>1793</x:v>
       </x:c>
-      <x:c r="B641" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C641" s="1" t="s">
+      <x:c r="E641" s="1" t="s">
         <x:v>1794</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1796</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5" ht="15" customHeight="1">
       <x:c r="A642" s="1" t="s">
+        <x:v>1791</x:v>
+      </x:c>
+      <x:c r="B642" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C642" s="1" t="s">
+        <x:v>1795</x:v>
+      </x:c>
+      <x:c r="D642" s="1" t="s">
         <x:v>1793</x:v>
       </x:c>
-      <x:c r="B642" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E642" s="1" t="s">
-        <x:v>1798</x:v>
+        <x:v>1796</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5" ht="15" customHeight="1">
       <x:c r="A643" s="1" t="s">
+        <x:v>1797</x:v>
+      </x:c>
+      <x:c r="B643" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C643" s="1" t="s">
+        <x:v>1798</x:v>
+      </x:c>
+      <x:c r="D643" s="1" t="s">
         <x:v>1799</x:v>
       </x:c>
-      <x:c r="B643" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C643" s="1" t="s">
+      <x:c r="E643" s="1" t="s">
         <x:v>1800</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1802</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5" ht="15" customHeight="1">
       <x:c r="A644" s="1" t="s">
+        <x:v>1797</x:v>
+      </x:c>
+      <x:c r="B644" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C644" s="1" t="s">
+        <x:v>1801</x:v>
+      </x:c>
+      <x:c r="D644" s="1" t="s">
         <x:v>1799</x:v>
       </x:c>
-      <x:c r="B644" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E644" s="1" t="s">
-        <x:v>1804</x:v>
+        <x:v>1802</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5" ht="15" customHeight="1">
       <x:c r="A645" s="1" t="s">
+        <x:v>1803</x:v>
+      </x:c>
+      <x:c r="B645" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C645" s="1" t="s">
+        <x:v>1804</x:v>
+      </x:c>
+      <x:c r="D645" s="1" t="s">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="E645" s="1" t="s">
         <x:v>1805</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1807</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5" ht="15" customHeight="1">
       <x:c r="A646" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="B646" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C646" s="1" t="s">
-        <x:v>1808</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="D646" s="1" t="s">
-        <x:v>1801</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="E646" s="1" t="s">
-        <x:v>1809</x:v>
+        <x:v>1807</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5" ht="15" customHeight="1">
       <x:c r="A647" s="1" t="s">
+        <x:v>1808</x:v>
+      </x:c>
+      <x:c r="B647" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C647" s="1" t="s">
+        <x:v>1809</x:v>
+      </x:c>
+      <x:c r="D647" s="1" t="s">
         <x:v>1810</x:v>
       </x:c>
-      <x:c r="B647" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C647" s="1" t="s">
+      <x:c r="E647" s="1" t="s">
         <x:v>1811</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1813</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5" ht="15" customHeight="1">
       <x:c r="A648" s="1" t="s">
+        <x:v>1808</x:v>
+      </x:c>
+      <x:c r="B648" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C648" s="1" t="s">
+        <x:v>1812</x:v>
+      </x:c>
+      <x:c r="D648" s="1" t="s">
         <x:v>1810</x:v>
       </x:c>
-      <x:c r="B648" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E648" s="1" t="s">
-        <x:v>1815</x:v>
+        <x:v>1813</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5" ht="15" customHeight="1">
       <x:c r="A649" s="1" t="s">
+        <x:v>1814</x:v>
+      </x:c>
+      <x:c r="B649" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C649" s="1" t="s">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="D649" s="1" t="s">
+        <x:v>1810</x:v>
+      </x:c>
+      <x:c r="E649" s="1" t="s">
         <x:v>1816</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1818</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5" ht="15" customHeight="1">
       <x:c r="A650" s="1" t="s">
-        <x:v>1816</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="B650" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C650" s="1" t="s">
-        <x:v>1819</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="D650" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="E650" s="1" t="s">
-        <x:v>1820</x:v>
+        <x:v>1818</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5" ht="15" customHeight="1">
       <x:c r="A651" s="1" t="s">
+        <x:v>1819</x:v>
+      </x:c>
+      <x:c r="B651" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C651" s="1" t="s">
+        <x:v>1820</x:v>
+      </x:c>
+      <x:c r="D651" s="1" t="s">
         <x:v>1821</x:v>
       </x:c>
-      <x:c r="B651" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C651" s="1" t="s">
+      <x:c r="E651" s="1" t="s">
         <x:v>1822</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1823</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5" ht="15" customHeight="1">
       <x:c r="A652" s="1" t="s">
+        <x:v>1819</x:v>
+      </x:c>
+      <x:c r="B652" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C652" s="1" t="s">
+        <x:v>1823</x:v>
+      </x:c>
+      <x:c r="D652" s="1" t="s">
         <x:v>1821</x:v>
       </x:c>
-      <x:c r="B652" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C652" s="1" t="s">
+      <x:c r="E652" s="1" t="s">
         <x:v>1824</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1825</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5" ht="15" customHeight="1">
       <x:c r="A653" s="1" t="s">
+        <x:v>1825</x:v>
+      </x:c>
+      <x:c r="B653" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C653" s="1" t="s">
         <x:v>1826</x:v>
       </x:c>
-      <x:c r="B653" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C653" s="1" t="s">
+      <x:c r="D653" s="1" t="s">
         <x:v>1827</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1812</x:v>
       </x:c>
       <x:c r="E653" s="1" t="s">
         <x:v>1828</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5" ht="15" customHeight="1">
       <x:c r="A654" s="1" t="s">
-        <x:v>1826</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="B654" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C654" s="1" t="s">
         <x:v>1829</x:v>
       </x:c>
       <x:c r="D654" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="E654" s="1" t="s">
         <x:v>1830</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5" ht="15" customHeight="1">
       <x:c r="A655" s="1" t="s">
         <x:v>1831</x:v>
       </x:c>
       <x:c r="B655" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C655" s="1" t="s">
         <x:v>1832</x:v>
       </x:c>
       <x:c r="D655" s="1" t="s">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="E655" s="1" t="s">
         <x:v>1834</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5" ht="15" customHeight="1">
       <x:c r="A656" s="1" t="s">
         <x:v>1831</x:v>
       </x:c>
       <x:c r="B656" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C656" s="1" t="s">
         <x:v>1835</x:v>
       </x:c>
       <x:c r="D656" s="1" t="s">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="E656" s="1" t="s">
         <x:v>1836</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5" ht="15" customHeight="1">
       <x:c r="A657" s="1" t="s">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="B657" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C657" s="1" t="s">
         <x:v>1838</x:v>
       </x:c>
       <x:c r="D657" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="E657" s="1" t="s">
-        <x:v>1839</x:v>
+        <x:v>1840</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5" ht="15" customHeight="1">
       <x:c r="A658" s="1" t="s">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="B658" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C658" s="1" t="s">
-        <x:v>1840</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="D658" s="1" t="s">
-        <x:v>1833</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="E658" s="1" t="s">
-        <x:v>1841</x:v>
+        <x:v>1842</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5" ht="15" customHeight="1">
       <x:c r="A659" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="B659" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C659" s="1" t="s">
-        <x:v>1843</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="D659" s="1" t="s">
-        <x:v>1844</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="E659" s="1" t="s">
-        <x:v>1845</x:v>
+        <x:v>1846</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5" ht="15" customHeight="1">
       <x:c r="A660" s="1" t="s">
-        <x:v>1842</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="B660" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C660" s="1" t="s">
-        <x:v>1846</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="D660" s="1" t="s">
-        <x:v>1844</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="E660" s="1" t="s">
-        <x:v>1847</x:v>
+        <x:v>1848</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5" ht="15" customHeight="1">
       <x:c r="A661" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="B661" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C661" s="1" t="s">
-        <x:v>1849</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="D661" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="E661" s="1" t="s">
         <x:v>1851</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5" ht="15" customHeight="1">
       <x:c r="A662" s="1" t="s">
-        <x:v>1848</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="B662" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C662" s="1" t="s">
         <x:v>1852</x:v>
       </x:c>
       <x:c r="D662" s="1" t="s">
-        <x:v>1850</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="E662" s="1" t="s">
         <x:v>1853</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5" ht="15" customHeight="1">
       <x:c r="A663" s="1" t="s">
         <x:v>1854</x:v>
       </x:c>
       <x:c r="B663" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C663" s="1" t="s">
         <x:v>1855</x:v>
       </x:c>
       <x:c r="D663" s="1" t="s">
         <x:v>1856</x:v>
       </x:c>
       <x:c r="E663" s="1" t="s">
         <x:v>1857</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5" ht="15" customHeight="1">
       <x:c r="A664" s="1" t="s">
         <x:v>1854</x:v>
       </x:c>
       <x:c r="B664" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C664" s="1" t="s">
         <x:v>1858</x:v>
       </x:c>
       <x:c r="D664" s="1" t="s">
         <x:v>1856</x:v>
       </x:c>
       <x:c r="E664" s="1" t="s">
         <x:v>1859</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5" ht="15" customHeight="1">
       <x:c r="A665" s="1" t="s">
         <x:v>1860</x:v>
       </x:c>
       <x:c r="B665" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C665" s="1" t="s">
         <x:v>1861</x:v>
       </x:c>
       <x:c r="D665" s="1" t="s">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="E665" s="1" t="s">
         <x:v>1862</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1863</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5" ht="15" customHeight="1">
       <x:c r="A666" s="1" t="s">
         <x:v>1860</x:v>
       </x:c>
       <x:c r="B666" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C666" s="1" t="s">
+        <x:v>1863</x:v>
+      </x:c>
+      <x:c r="D666" s="1" t="s">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="E666" s="1" t="s">
         <x:v>1864</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1865</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5" ht="15" customHeight="1">
       <x:c r="A667" s="1" t="s">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="B667" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C667" s="1" t="s">
         <x:v>1866</x:v>
       </x:c>
-      <x:c r="B667" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C667" s="1" t="s">
+      <x:c r="D667" s="1" t="s">
         <x:v>1867</x:v>
       </x:c>
-      <x:c r="D667" s="1" t="s">
+      <x:c r="E667" s="1" t="s">
         <x:v>1868</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1869</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5" ht="15" customHeight="1">
       <x:c r="A668" s="1" t="s">
-        <x:v>1866</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="B668" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C668" s="1" t="s">
-        <x:v>1870</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="D668" s="1" t="s">
-        <x:v>1868</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="E668" s="1" t="s">
-        <x:v>1871</x:v>
+        <x:v>1869</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5" ht="15" customHeight="1">
       <x:c r="A669" s="1" t="s">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="B669" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C669" s="1" t="s">
+        <x:v>1871</x:v>
+      </x:c>
+      <x:c r="D669" s="1" t="s">
         <x:v>1872</x:v>
       </x:c>
-      <x:c r="B669" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C669" s="1" t="s">
+      <x:c r="E669" s="1" t="s">
         <x:v>1873</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1874</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5" ht="15" customHeight="1">
       <x:c r="A670" s="1" t="s">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="B670" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C670" s="1" t="s">
+        <x:v>1874</x:v>
+      </x:c>
+      <x:c r="D670" s="1" t="s">
         <x:v>1872</x:v>
       </x:c>
-      <x:c r="B670" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C670" s="1" t="s">
+      <x:c r="E670" s="1" t="s">
         <x:v>1875</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1876</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5" ht="15" customHeight="1">
       <x:c r="A671" s="1" t="s">
+        <x:v>1876</x:v>
+      </x:c>
+      <x:c r="B671" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C671" s="1" t="s">
         <x:v>1877</x:v>
       </x:c>
-      <x:c r="B671" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C671" s="1" t="s">
+      <x:c r="D671" s="1" t="s">
         <x:v>1878</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1868</x:v>
       </x:c>
       <x:c r="E671" s="1" t="s">
         <x:v>1879</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5" ht="15" customHeight="1">
       <x:c r="A672" s="1" t="s">
-        <x:v>1877</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="B672" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C672" s="1" t="s">
         <x:v>1880</x:v>
       </x:c>
       <x:c r="D672" s="1" t="s">
-        <x:v>1868</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="E672" s="1" t="s">
         <x:v>1881</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5" ht="15" customHeight="1">
       <x:c r="A673" s="1" t="s">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="B673" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C673" s="1" t="s">
         <x:v>1883</x:v>
       </x:c>
       <x:c r="D673" s="1" t="s">
-        <x:v>1868</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="E673" s="1" t="s">
-        <x:v>1884</x:v>
+        <x:v>1885</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5" ht="15" customHeight="1">
       <x:c r="A674" s="1" t="s">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="B674" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C674" s="1" t="s">
-        <x:v>1885</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="D674" s="1" t="s">
-        <x:v>1868</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="E674" s="1" t="s">
-        <x:v>1886</x:v>
+        <x:v>1887</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5" ht="15" customHeight="1">
       <x:c r="A675" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="B675" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C675" s="1" t="s">
-        <x:v>1888</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="D675" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E675" s="1" t="s">
-        <x:v>1890</x:v>
+        <x:v>1891</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5" ht="15" customHeight="1">
       <x:c r="A676" s="1" t="s">
-        <x:v>1887</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="B676" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C676" s="1" t="s">
-        <x:v>1891</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="D676" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E676" s="1" t="s">
-        <x:v>1892</x:v>
+        <x:v>1893</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5" ht="15" customHeight="1">
       <x:c r="A677" s="1" t="s">
-        <x:v>1893</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="B677" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C677" s="1" t="s">
-        <x:v>1894</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="D677" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E677" s="1" t="s">
-        <x:v>1895</x:v>
+        <x:v>1896</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5" ht="15" customHeight="1">
       <x:c r="A678" s="1" t="s">
-        <x:v>1893</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="B678" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C678" s="1" t="s">
-        <x:v>1896</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="D678" s="1" t="s">
-        <x:v>1889</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="E678" s="1" t="s">
-        <x:v>1897</x:v>
+        <x:v>1898</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5" ht="15" customHeight="1">
       <x:c r="A679" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="B679" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C679" s="1" t="s">
-        <x:v>1899</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="D679" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E679" s="1" t="s">
-        <x:v>1901</x:v>
+        <x:v>1902</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5" ht="15" customHeight="1">
       <x:c r="A680" s="1" t="s">
-        <x:v>1898</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="B680" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C680" s="1" t="s">
-        <x:v>1902</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="D680" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E680" s="1" t="s">
-        <x:v>1903</x:v>
+        <x:v>1904</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5" ht="15" customHeight="1">
       <x:c r="A681" s="1" t="s">
-        <x:v>1904</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="B681" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C681" s="1" t="s">
-        <x:v>1905</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="D681" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E681" s="1" t="s">
-        <x:v>1906</x:v>
+        <x:v>1907</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5" ht="15" customHeight="1">
       <x:c r="A682" s="1" t="s">
-        <x:v>1904</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="B682" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C682" s="1" t="s">
-        <x:v>1907</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="D682" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E682" s="1" t="s">
-        <x:v>1908</x:v>
+        <x:v>1909</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5" ht="15" customHeight="1">
       <x:c r="A683" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="B683" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C683" s="1" t="s">
-        <x:v>1910</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="D683" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E683" s="1" t="s">
-        <x:v>1911</x:v>
+        <x:v>1912</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5" ht="15" customHeight="1">
       <x:c r="A684" s="1" t="s">
-        <x:v>1909</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="B684" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C684" s="1" t="s">
-        <x:v>1912</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="D684" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E684" s="1" t="s">
-        <x:v>1913</x:v>
+        <x:v>1914</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5" ht="15" customHeight="1">
       <x:c r="A685" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="B685" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C685" s="1" t="s">
-        <x:v>1915</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="D685" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E685" s="1" t="s">
-        <x:v>1916</x:v>
+        <x:v>1917</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5" ht="15" customHeight="1">
       <x:c r="A686" s="1" t="s">
-        <x:v>1914</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="B686" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C686" s="1" t="s">
-        <x:v>1917</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="D686" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E686" s="1" t="s">
-        <x:v>1918</x:v>
+        <x:v>1919</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5" ht="15" customHeight="1">
       <x:c r="A687" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="B687" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C687" s="1" t="s">
-        <x:v>1920</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="D687" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="E687" s="1" t="s">
-        <x:v>1921</x:v>
+        <x:v>1923</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5" ht="15" customHeight="1">
       <x:c r="A688" s="1" t="s">
-        <x:v>1919</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="B688" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C688" s="1" t="s">
+        <x:v>1924</x:v>
+      </x:c>
+      <x:c r="D688" s="1" t="s">
         <x:v>1922</x:v>
       </x:c>
-      <x:c r="D688" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E688" s="1" t="s">
-        <x:v>1923</x:v>
+        <x:v>1925</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5" ht="15" customHeight="1">
       <x:c r="A689" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="B689" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C689" s="1" t="s">
-        <x:v>1925</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="D689" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="E689" s="1" t="s">
-        <x:v>1926</x:v>
+        <x:v>1928</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5" ht="15" customHeight="1">
       <x:c r="A690" s="1" t="s">
-        <x:v>1924</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="B690" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C690" s="1" t="s">
-        <x:v>1927</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="D690" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="E690" s="1" t="s">
-        <x:v>1928</x:v>
+        <x:v>1930</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5" ht="15" customHeight="1">
       <x:c r="A691" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="B691" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C691" s="1" t="s">
-        <x:v>1930</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="D691" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="E691" s="1" t="s">
-        <x:v>1931</x:v>
+        <x:v>1934</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5" ht="15" customHeight="1">
       <x:c r="A692" s="1" t="s">
-        <x:v>1929</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="B692" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C692" s="1" t="s">
-        <x:v>1932</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="D692" s="1" t="s">
-        <x:v>1900</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="E692" s="1" t="s">
-        <x:v>1933</x:v>
+        <x:v>1936</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5" ht="15" customHeight="1">
       <x:c r="A693" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="B693" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C693" s="1" t="s">
-        <x:v>1935</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="D693" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="E693" s="1" t="s">
-        <x:v>1937</x:v>
+        <x:v>1940</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5" ht="15" customHeight="1">
       <x:c r="A694" s="1" t="s">
-        <x:v>1934</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="B694" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C694" s="1" t="s">
-        <x:v>1938</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="D694" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="E694" s="1" t="s">
-        <x:v>1939</x:v>
+        <x:v>1942</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5" ht="15" customHeight="1">
       <x:c r="A695" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="B695" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C695" s="1" t="s">
-        <x:v>1941</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="D695" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="E695" s="1" t="s">
-        <x:v>1942</x:v>
+        <x:v>1946</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5" ht="15" customHeight="1">
       <x:c r="A696" s="1" t="s">
-        <x:v>1940</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="B696" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C696" s="1" t="s">
-        <x:v>1943</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="D696" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="E696" s="1" t="s">
-        <x:v>1944</x:v>
+        <x:v>1948</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5" ht="15" customHeight="1">
       <x:c r="A697" s="1" t="s">
-        <x:v>1945</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B697" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C697" s="1" t="s">
-        <x:v>1946</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="D697" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="E697" s="1" t="s">
-        <x:v>1948</x:v>
+        <x:v>1952</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5" ht="15" customHeight="1">
       <x:c r="A698" s="1" t="s">
-        <x:v>1945</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="B698" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C698" s="1" t="s">
-        <x:v>1949</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="D698" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="E698" s="1" t="s">
-        <x:v>1950</x:v>
+        <x:v>1954</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5" ht="15" customHeight="1">
       <x:c r="A699" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="B699" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C699" s="1" t="s">
-        <x:v>1952</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="D699" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="E699" s="1" t="s">
-        <x:v>1953</x:v>
+        <x:v>1958</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5" ht="15" customHeight="1">
       <x:c r="A700" s="1" t="s">
-        <x:v>1951</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="B700" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C700" s="1" t="s">
-        <x:v>1954</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="D700" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="E700" s="1" t="s">
-        <x:v>1955</x:v>
+        <x:v>1960</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5" ht="15" customHeight="1">
       <x:c r="A701" s="1" t="s">
-        <x:v>1956</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="B701" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C701" s="1" t="s">
+        <x:v>1962</x:v>
+      </x:c>
+      <x:c r="D701" s="1" t="s">
         <x:v>1957</x:v>
       </x:c>
-      <x:c r="D701" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E701" s="1" t="s">
-        <x:v>1958</x:v>
+        <x:v>1963</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5" ht="15" customHeight="1">
       <x:c r="A702" s="1" t="s">
-        <x:v>1956</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="B702" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C702" s="1" t="s">
-        <x:v>1959</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="D702" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="E702" s="1" t="s">
-        <x:v>1960</x:v>
+        <x:v>1965</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5" ht="15" customHeight="1">
       <x:c r="A703" s="1" t="s">
-        <x:v>1961</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="B703" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C703" s="1" t="s">
-        <x:v>1962</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="D703" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="E703" s="1" t="s">
-        <x:v>1963</x:v>
+        <x:v>1968</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5" ht="15" customHeight="1">
       <x:c r="A704" s="1" t="s">
-        <x:v>1961</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="B704" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C704" s="1" t="s">
-        <x:v>1964</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="D704" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="E704" s="1" t="s">
-        <x:v>1965</x:v>
+        <x:v>1970</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5" ht="15" customHeight="1">
       <x:c r="A705" s="1" t="s">
-        <x:v>1966</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="B705" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C705" s="1" t="s">
-        <x:v>1967</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="D705" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="E705" s="1" t="s">
-        <x:v>1968</x:v>
+        <x:v>1973</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5" ht="15" customHeight="1">
       <x:c r="A706" s="1" t="s">
-        <x:v>1966</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="B706" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C706" s="1" t="s">
-        <x:v>1969</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="D706" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="E706" s="1" t="s">
-        <x:v>1970</x:v>
+        <x:v>1975</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5" ht="15" customHeight="1">
       <x:c r="A707" s="1" t="s">
-        <x:v>1971</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="B707" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C707" s="1" t="s">
-        <x:v>1972</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="D707" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="E707" s="1" t="s">
-        <x:v>1973</x:v>
+        <x:v>1979</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5" ht="15" customHeight="1">
       <x:c r="A708" s="1" t="s">
-        <x:v>1971</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="B708" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C708" s="1" t="s">
-        <x:v>1974</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="D708" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="E708" s="1" t="s">
-        <x:v>1975</x:v>
+        <x:v>1981</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5" ht="15" customHeight="1">
       <x:c r="A709" s="1" t="s">
-        <x:v>1976</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="B709" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C709" s="1" t="s">
-        <x:v>1977</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="D709" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="E709" s="1" t="s">
-        <x:v>1978</x:v>
+        <x:v>1984</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5" ht="15" customHeight="1">
       <x:c r="A710" s="1" t="s">
-        <x:v>1976</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="B710" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C710" s="1" t="s">
-        <x:v>1979</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="D710" s="1" t="s">
-        <x:v>1947</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="E710" s="1" t="s">
-        <x:v>1980</x:v>
+        <x:v>1986</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5" ht="15" customHeight="1">
       <x:c r="A711" s="1" t="s">
-        <x:v>1981</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="B711" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C711" s="1" t="s">
-        <x:v>1982</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="D711" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E711" s="1" t="s">
-        <x:v>1984</x:v>
+        <x:v>1990</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5" ht="15" customHeight="1">
       <x:c r="A712" s="1" t="s">
-        <x:v>1981</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="B712" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C712" s="1" t="s">
-        <x:v>1985</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="D712" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E712" s="1" t="s">
-        <x:v>1986</x:v>
+        <x:v>1992</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5" ht="15" customHeight="1">
       <x:c r="A713" s="1" t="s">
-        <x:v>1987</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="B713" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C713" s="1" t="s">
-        <x:v>1988</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="D713" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E713" s="1" t="s">
-        <x:v>1989</x:v>
+        <x:v>1995</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5" ht="15" customHeight="1">
       <x:c r="A714" s="1" t="s">
-        <x:v>1987</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="B714" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C714" s="1" t="s">
-        <x:v>1990</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="D714" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E714" s="1" t="s">
-        <x:v>1991</x:v>
+        <x:v>1997</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5" ht="15" customHeight="1">
       <x:c r="A715" s="1" t="s">
-        <x:v>1992</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="B715" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C715" s="1" t="s">
-        <x:v>1993</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="D715" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E715" s="1" t="s">
-        <x:v>1994</x:v>
+        <x:v>2000</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5" ht="15" customHeight="1">
       <x:c r="A716" s="1" t="s">
-        <x:v>1992</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="B716" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C716" s="1" t="s">
-        <x:v>1995</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="D716" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E716" s="1" t="s">
-        <x:v>1996</x:v>
+        <x:v>2002</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5" ht="15" customHeight="1">
       <x:c r="A717" s="1" t="s">
-        <x:v>1997</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="B717" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C717" s="1" t="s">
-        <x:v>1998</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="D717" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E717" s="1" t="s">
-        <x:v>1999</x:v>
+        <x:v>2005</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5" ht="15" customHeight="1">
       <x:c r="A718" s="1" t="s">
-        <x:v>1997</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="B718" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C718" s="1" t="s">
-        <x:v>2000</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="D718" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E718" s="1" t="s">
-        <x:v>2001</x:v>
+        <x:v>2007</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5" ht="15" customHeight="1">
       <x:c r="A719" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="B719" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C719" s="1" t="s">
-        <x:v>2003</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="D719" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E719" s="1" t="s">
-        <x:v>2004</x:v>
+        <x:v>2010</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5" ht="15" customHeight="1">
       <x:c r="A720" s="1" t="s">
-        <x:v>2002</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="B720" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C720" s="1" t="s">
-        <x:v>2005</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="D720" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E720" s="1" t="s">
-        <x:v>2006</x:v>
+        <x:v>2012</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5" ht="15" customHeight="1">
       <x:c r="A721" s="1" t="s">
-        <x:v>2007</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="B721" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C721" s="1" t="s">
-        <x:v>2008</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="D721" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E721" s="1" t="s">
-        <x:v>2009</x:v>
+        <x:v>2015</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5" ht="15" customHeight="1">
       <x:c r="A722" s="1" t="s">
-        <x:v>2007</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="B722" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C722" s="1" t="s">
-        <x:v>2010</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="D722" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E722" s="1" t="s">
-        <x:v>2011</x:v>
+        <x:v>2017</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5" ht="15" customHeight="1">
       <x:c r="A723" s="1" t="s">
-        <x:v>2012</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B723" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C723" s="1" t="s">
-        <x:v>2013</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="D723" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E723" s="1" t="s">
-        <x:v>2014</x:v>
+        <x:v>2020</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5" ht="15" customHeight="1">
       <x:c r="A724" s="1" t="s">
-        <x:v>2012</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B724" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C724" s="1" t="s">
-        <x:v>2015</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="D724" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E724" s="1" t="s">
-        <x:v>2016</x:v>
+        <x:v>2022</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5" ht="15" customHeight="1">
       <x:c r="A725" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B725" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C725" s="1" t="s">
-        <x:v>2018</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="D725" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E725" s="1" t="s">
-        <x:v>2019</x:v>
+        <x:v>2026</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5" ht="15" customHeight="1">
       <x:c r="A726" s="1" t="s">
-        <x:v>2017</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B726" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C726" s="1" t="s">
-        <x:v>2020</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="D726" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E726" s="1" t="s">
-        <x:v>2021</x:v>
+        <x:v>2028</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5" ht="15" customHeight="1">
       <x:c r="A727" s="1" t="s">
-        <x:v>2022</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="B727" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C727" s="1" t="s">
-        <x:v>2023</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="D727" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E727" s="1" t="s">
-        <x:v>2024</x:v>
+        <x:v>2031</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5" ht="15" customHeight="1">
       <x:c r="A728" s="1" t="s">
-        <x:v>2022</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="B728" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C728" s="1" t="s">
+        <x:v>2032</x:v>
+      </x:c>
+      <x:c r="D728" s="1" t="s">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="D728" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E728" s="1" t="s">
-        <x:v>2026</x:v>
+        <x:v>2033</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5" ht="15" customHeight="1">
       <x:c r="A729" s="1" t="s">
-        <x:v>2027</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="B729" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C729" s="1" t="s">
-        <x:v>2028</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="D729" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E729" s="1" t="s">
-        <x:v>2029</x:v>
+        <x:v>2037</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5" ht="15" customHeight="1">
       <x:c r="A730" s="1" t="s">
-        <x:v>2027</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="B730" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C730" s="1" t="s">
-        <x:v>2030</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="D730" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E730" s="1" t="s">
-        <x:v>2031</x:v>
+        <x:v>2039</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5" ht="15" customHeight="1">
       <x:c r="A731" s="1" t="s">
-        <x:v>2032</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="B731" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C731" s="1" t="s">
-        <x:v>2033</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="D731" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E731" s="1" t="s">
-        <x:v>2034</x:v>
+        <x:v>2042</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5" ht="15" customHeight="1">
       <x:c r="A732" s="1" t="s">
-        <x:v>2032</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="B732" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C732" s="1" t="s">
-        <x:v>2035</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="D732" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E732" s="1" t="s">
-        <x:v>2036</x:v>
+        <x:v>2044</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5" ht="15" customHeight="1">
       <x:c r="A733" s="1" t="s">
-        <x:v>2037</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="B733" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C733" s="1" t="s">
-        <x:v>2038</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="D733" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E733" s="1" t="s">
-        <x:v>2039</x:v>
+        <x:v>2047</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5" ht="15" customHeight="1">
       <x:c r="A734" s="1" t="s">
-        <x:v>2037</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="B734" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C734" s="1" t="s">
-        <x:v>2040</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="D734" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E734" s="1" t="s">
-        <x:v>2041</x:v>
+        <x:v>2049</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5" ht="15" customHeight="1">
       <x:c r="A735" s="1" t="s">
-        <x:v>2042</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="B735" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C735" s="1" t="s">
-        <x:v>2043</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="D735" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E735" s="1" t="s">
-        <x:v>2044</x:v>
+        <x:v>2052</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5" ht="15" customHeight="1">
       <x:c r="A736" s="1" t="s">
-        <x:v>2042</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="B736" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C736" s="1" t="s">
-        <x:v>2045</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="D736" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E736" s="1" t="s">
-        <x:v>2046</x:v>
+        <x:v>2054</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5" ht="15" customHeight="1">
       <x:c r="A737" s="1" t="s">
-        <x:v>2047</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="B737" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C737" s="1" t="s">
-        <x:v>2048</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="D737" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E737" s="1" t="s">
-        <x:v>2049</x:v>
+        <x:v>2057</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5" ht="15" customHeight="1">
       <x:c r="A738" s="1" t="s">
-        <x:v>2047</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="B738" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C738" s="1" t="s">
-        <x:v>2050</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="D738" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E738" s="1" t="s">
-        <x:v>2051</x:v>
+        <x:v>2059</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5" ht="15" customHeight="1">
       <x:c r="A739" s="1" t="s">
-        <x:v>2052</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="B739" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C739" s="1" t="s">
-        <x:v>2053</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="D739" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E739" s="1" t="s">
-        <x:v>2054</x:v>
+        <x:v>2062</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5" ht="15" customHeight="1">
       <x:c r="A740" s="1" t="s">
-        <x:v>2052</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="B740" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C740" s="1" t="s">
-        <x:v>2055</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="D740" s="1" t="s">
-        <x:v>1983</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E740" s="1" t="s">
-        <x:v>2056</x:v>
+        <x:v>2064</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5" ht="15" customHeight="1">
       <x:c r="A741" s="1" t="s">
-        <x:v>2057</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="B741" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C741" s="1" t="s">
-        <x:v>2058</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="D741" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E741" s="1" t="s">
-        <x:v>2059</x:v>
+        <x:v>2067</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5" ht="15" customHeight="1">
       <x:c r="A742" s="1" t="s">
-        <x:v>2057</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="B742" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C742" s="1" t="s">
-        <x:v>2060</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="D742" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="E742" s="1" t="s">
-        <x:v>2061</x:v>
+        <x:v>2069</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5" ht="15" customHeight="1">
       <x:c r="A743" s="1" t="s">
-        <x:v>2062</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="B743" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C743" s="1" t="s">
-        <x:v>2063</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="D743" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E743" s="1" t="s">
-        <x:v>2064</x:v>
+        <x:v>2073</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5" ht="15" customHeight="1">
       <x:c r="A744" s="1" t="s">
-        <x:v>2062</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="B744" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C744" s="1" t="s">
-        <x:v>2065</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="D744" s="1" t="s">
-        <x:v>1936</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E744" s="1" t="s">
-        <x:v>2066</x:v>
+        <x:v>2075</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5" ht="15" customHeight="1">
       <x:c r="A745" s="1" t="s">
-        <x:v>2067</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="B745" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C745" s="1" t="s">
-        <x:v>2068</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="D745" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E745" s="1" t="s">
-        <x:v>2070</x:v>
+        <x:v>2078</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5" ht="15" customHeight="1">
       <x:c r="A746" s="1" t="s">
-        <x:v>2067</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="B746" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C746" s="1" t="s">
-        <x:v>2071</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="D746" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E746" s="1" t="s">
-        <x:v>2072</x:v>
+        <x:v>2080</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5" ht="15" customHeight="1">
       <x:c r="A747" s="1" t="s">
-        <x:v>2073</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="B747" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C747" s="1" t="s">
-        <x:v>2074</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="D747" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E747" s="1" t="s">
-        <x:v>2075</x:v>
+        <x:v>2083</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5" ht="15" customHeight="1">
       <x:c r="A748" s="1" t="s">
-        <x:v>2073</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="B748" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C748" s="1" t="s">
-        <x:v>2076</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="D748" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E748" s="1" t="s">
-        <x:v>2077</x:v>
+        <x:v>2085</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5" ht="15" customHeight="1">
       <x:c r="A749" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="B749" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C749" s="1" t="s">
-        <x:v>2079</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="D749" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E749" s="1" t="s">
-        <x:v>2080</x:v>
+        <x:v>2088</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5" ht="15" customHeight="1">
       <x:c r="A750" s="1" t="s">
-        <x:v>2078</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="B750" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C750" s="1" t="s">
-        <x:v>2081</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="D750" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E750" s="1" t="s">
-        <x:v>2082</x:v>
+        <x:v>2090</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5" ht="15" customHeight="1">
       <x:c r="A751" s="1" t="s">
-        <x:v>2083</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="B751" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C751" s="1" t="s">
-        <x:v>2084</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="D751" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E751" s="1" t="s">
-        <x:v>2085</x:v>
+        <x:v>2093</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5" ht="15" customHeight="1">
       <x:c r="A752" s="1" t="s">
-        <x:v>2083</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="B752" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C752" s="1" t="s">
-        <x:v>2086</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="D752" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E752" s="1" t="s">
-        <x:v>2087</x:v>
+        <x:v>2095</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5" ht="15" customHeight="1">
       <x:c r="A753" s="1" t="s">
-        <x:v>2088</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="B753" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C753" s="1" t="s">
-        <x:v>2089</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="D753" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E753" s="1" t="s">
-        <x:v>2090</x:v>
+        <x:v>2098</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5" ht="15" customHeight="1">
       <x:c r="A754" s="1" t="s">
-        <x:v>2088</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="B754" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C754" s="1" t="s">
-        <x:v>2091</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="D754" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E754" s="1" t="s">
-        <x:v>2092</x:v>
+        <x:v>2100</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5" ht="15" customHeight="1">
       <x:c r="A755" s="1" t="s">
-        <x:v>2093</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="B755" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C755" s="1" t="s">
-        <x:v>2094</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="D755" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E755" s="1" t="s">
-        <x:v>2095</x:v>
+        <x:v>2103</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5" ht="15" customHeight="1">
       <x:c r="A756" s="1" t="s">
-        <x:v>2093</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="B756" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C756" s="1" t="s">
-        <x:v>2096</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="D756" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E756" s="1" t="s">
-        <x:v>2097</x:v>
+        <x:v>2105</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5" ht="15" customHeight="1">
       <x:c r="A757" s="1" t="s">
-        <x:v>2098</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="B757" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C757" s="1" t="s">
-        <x:v>2099</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="D757" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E757" s="1" t="s">
-        <x:v>2100</x:v>
+        <x:v>2108</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5" ht="15" customHeight="1">
       <x:c r="A758" s="1" t="s">
-        <x:v>2098</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="B758" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C758" s="1" t="s">
-        <x:v>2101</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="D758" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E758" s="1" t="s">
-        <x:v>2102</x:v>
+        <x:v>2110</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5" ht="15" customHeight="1">
       <x:c r="A759" s="1" t="s">
-        <x:v>2103</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="B759" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C759" s="1" t="s">
-        <x:v>2104</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="D759" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E759" s="1" t="s">
-        <x:v>2105</x:v>
+        <x:v>2113</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5" ht="15" customHeight="1">
       <x:c r="A760" s="1" t="s">
-        <x:v>2103</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="B760" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C760" s="1" t="s">
-        <x:v>2106</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="D760" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E760" s="1" t="s">
-        <x:v>2107</x:v>
+        <x:v>2115</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5" ht="15" customHeight="1">
       <x:c r="A761" s="1" t="s">
-        <x:v>2108</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="B761" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C761" s="1" t="s">
-        <x:v>2109</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="D761" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E761" s="1" t="s">
-        <x:v>2110</x:v>
+        <x:v>2118</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5" ht="15" customHeight="1">
       <x:c r="A762" s="1" t="s">
-        <x:v>2108</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="B762" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C762" s="1" t="s">
-        <x:v>2111</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="D762" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E762" s="1" t="s">
-        <x:v>2112</x:v>
+        <x:v>2120</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5" ht="15" customHeight="1">
       <x:c r="A763" s="1" t="s">
-        <x:v>2113</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="B763" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C763" s="1" t="s">
-        <x:v>2114</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="D763" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E763" s="1" t="s">
-        <x:v>2115</x:v>
+        <x:v>2123</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5" ht="15" customHeight="1">
       <x:c r="A764" s="1" t="s">
-        <x:v>2113</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="B764" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C764" s="1" t="s">
-        <x:v>2116</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="D764" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E764" s="1" t="s">
-        <x:v>2117</x:v>
+        <x:v>2125</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5" ht="15" customHeight="1">
       <x:c r="A765" s="1" t="s">
-        <x:v>2118</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="B765" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C765" s="1" t="s">
-        <x:v>2119</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="D765" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E765" s="1" t="s">
-        <x:v>2120</x:v>
+        <x:v>2128</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5" ht="15" customHeight="1">
       <x:c r="A766" s="1" t="s">
-        <x:v>2118</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="B766" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C766" s="1" t="s">
-        <x:v>2121</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="D766" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E766" s="1" t="s">
-        <x:v>2122</x:v>
+        <x:v>2130</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5" ht="15" customHeight="1">
       <x:c r="A767" s="1" t="s">
-        <x:v>2123</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="B767" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C767" s="1" t="s">
-        <x:v>2124</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="D767" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E767" s="1" t="s">
-        <x:v>2125</x:v>
+        <x:v>2133</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5" ht="15" customHeight="1">
       <x:c r="A768" s="1" t="s">
-        <x:v>2123</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="B768" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C768" s="1" t="s">
-        <x:v>2119</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="D768" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E768" s="1" t="s">
-        <x:v>2120</x:v>
+        <x:v>2135</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5" ht="15" customHeight="1">
       <x:c r="A769" s="1" t="s">
-        <x:v>2126</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="B769" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C769" s="1" t="s">
-        <x:v>2127</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="D769" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E769" s="1" t="s">
-        <x:v>2128</x:v>
+        <x:v>2138</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5" ht="15" customHeight="1">
       <x:c r="A770" s="1" t="s">
-        <x:v>2126</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="B770" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C770" s="1" t="s">
-        <x:v>2129</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="D770" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E770" s="1" t="s">
-        <x:v>2130</x:v>
+        <x:v>2140</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5" ht="15" customHeight="1">
       <x:c r="A771" s="1" t="s">
-        <x:v>2131</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="B771" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C771" s="1" t="s">
-        <x:v>2132</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="D771" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E771" s="1" t="s">
-        <x:v>2133</x:v>
+        <x:v>2143</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5" ht="15" customHeight="1">
       <x:c r="A772" s="1" t="s">
-        <x:v>2131</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="B772" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C772" s="1" t="s">
-        <x:v>2134</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="D772" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E772" s="1" t="s">
-        <x:v>2135</x:v>
+        <x:v>2145</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5" ht="15" customHeight="1">
       <x:c r="A773" s="1" t="s">
-        <x:v>2136</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="B773" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C773" s="1" t="s">
-        <x:v>2137</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="D773" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E773" s="1" t="s">
-        <x:v>2138</x:v>
+        <x:v>2148</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5" ht="15" customHeight="1">
       <x:c r="A774" s="1" t="s">
-        <x:v>2136</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="B774" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C774" s="1" t="s">
-        <x:v>2139</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="D774" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E774" s="1" t="s">
-        <x:v>2140</x:v>
+        <x:v>2150</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5" ht="15" customHeight="1">
       <x:c r="A775" s="1" t="s">
-        <x:v>2141</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="B775" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C775" s="1" t="s">
-        <x:v>2142</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="D775" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E775" s="1" t="s">
-        <x:v>2143</x:v>
+        <x:v>2153</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5" ht="15" customHeight="1">
       <x:c r="A776" s="1" t="s">
-        <x:v>2141</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="B776" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C776" s="1" t="s">
-        <x:v>2144</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="D776" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="E776" s="1" t="s">
-        <x:v>2145</x:v>
+        <x:v>2155</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5" ht="15" customHeight="1">
       <x:c r="A777" s="1" t="s">
-        <x:v>2146</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="B777" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C777" s="1" t="s">
-        <x:v>2147</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="D777" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E777" s="1" t="s">
-        <x:v>2148</x:v>
+        <x:v>2159</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5" ht="15" customHeight="1">
       <x:c r="A778" s="1" t="s">
-        <x:v>2146</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="B778" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C778" s="1" t="s">
-        <x:v>2149</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="D778" s="1" t="s">
-        <x:v>2069</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E778" s="1" t="s">
-        <x:v>2150</x:v>
+        <x:v>2161</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5" ht="15" customHeight="1">
       <x:c r="A779" s="1" t="s">
-        <x:v>2151</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="B779" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C779" s="1" t="s">
-        <x:v>2152</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="D779" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E779" s="1" t="s">
-        <x:v>2154</x:v>
+        <x:v>2164</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5" ht="15" customHeight="1">
       <x:c r="A780" s="1" t="s">
-        <x:v>2151</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="B780" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C780" s="1" t="s">
-        <x:v>2155</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="D780" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E780" s="1" t="s">
-        <x:v>2156</x:v>
+        <x:v>2166</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5" ht="15" customHeight="1">
       <x:c r="A781" s="1" t="s">
-        <x:v>2157</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="B781" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C781" s="1" t="s">
+        <x:v>2168</x:v>
+      </x:c>
+      <x:c r="D781" s="1" t="s">
         <x:v>2158</x:v>
       </x:c>
-      <x:c r="D781" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E781" s="1" t="s">
-        <x:v>2159</x:v>
+        <x:v>2169</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5" ht="15" customHeight="1">
       <x:c r="A782" s="1" t="s">
-        <x:v>2157</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="B782" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C782" s="1" t="s">
-        <x:v>2160</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="D782" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E782" s="1" t="s">
-        <x:v>2161</x:v>
+        <x:v>2171</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5" ht="15" customHeight="1">
       <x:c r="A783" s="1" t="s">
-        <x:v>2162</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="B783" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C783" s="1" t="s">
-        <x:v>2163</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="D783" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E783" s="1" t="s">
-        <x:v>2164</x:v>
+        <x:v>2174</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5" ht="15" customHeight="1">
       <x:c r="A784" s="1" t="s">
-        <x:v>2162</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="B784" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C784" s="1" t="s">
-        <x:v>2165</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="D784" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E784" s="1" t="s">
-        <x:v>2166</x:v>
+        <x:v>2176</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5" ht="15" customHeight="1">
       <x:c r="A785" s="1" t="s">
-        <x:v>2167</x:v>
+        <x:v>2177</x:v>
       </x:c>
       <x:c r="B785" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C785" s="1" t="s">
-        <x:v>2168</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="D785" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E785" s="1" t="s">
-        <x:v>2169</x:v>
+        <x:v>2179</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5" ht="15" customHeight="1">
       <x:c r="A786" s="1" t="s">
-        <x:v>2167</x:v>
+        <x:v>2177</x:v>
       </x:c>
       <x:c r="B786" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C786" s="1" t="s">
-        <x:v>2170</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="D786" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E786" s="1" t="s">
-        <x:v>2171</x:v>
+        <x:v>2181</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5" ht="15" customHeight="1">
       <x:c r="A787" s="1" t="s">
-        <x:v>2172</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="B787" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C787" s="1" t="s">
-        <x:v>2173</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="D787" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E787" s="1" t="s">
-        <x:v>2174</x:v>
+        <x:v>2184</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5" ht="15" customHeight="1">
       <x:c r="A788" s="1" t="s">
-        <x:v>2172</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="B788" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C788" s="1" t="s">
-        <x:v>2175</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="D788" s="1" t="s">
-        <x:v>2153</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E788" s="1" t="s">
-        <x:v>2176</x:v>
+        <x:v>2186</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5" ht="15" customHeight="1">
       <x:c r="A789" s="1" t="s">
-        <x:v>2177</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="B789" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C789" s="1" t="s">
-        <x:v>2178</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="D789" s="1" t="s">
-        <x:v>2179</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E789" s="1" t="s">
-        <x:v>2180</x:v>
+        <x:v>2189</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5" ht="15" customHeight="1">
       <x:c r="A790" s="1" t="s">
-        <x:v>2177</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="B790" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C790" s="1" t="s">
-        <x:v>2181</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="D790" s="1" t="s">
-        <x:v>2179</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E790" s="1" t="s">
-        <x:v>2182</x:v>
+        <x:v>2191</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5" ht="15" customHeight="1">
       <x:c r="A791" s="1" t="s">
-        <x:v>2183</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="B791" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C791" s="1" t="s">
-        <x:v>2184</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="D791" s="1" t="s">
-        <x:v>2179</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E791" s="1" t="s">
-        <x:v>2185</x:v>
+        <x:v>2194</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5" ht="15" customHeight="1">
       <x:c r="A792" s="1" t="s">
-        <x:v>2183</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="B792" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C792" s="1" t="s">
-        <x:v>2186</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="D792" s="1" t="s">
-        <x:v>2179</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E792" s="1" t="s">
-        <x:v>2187</x:v>
+        <x:v>2196</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5" ht="15" customHeight="1">
       <x:c r="A793" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="B793" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C793" s="1" t="s">
-        <x:v>2189</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="D793" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E793" s="1" t="s">
-        <x:v>2191</x:v>
+        <x:v>2199</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5" ht="15" customHeight="1">
       <x:c r="A794" s="1" t="s">
-        <x:v>2188</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="B794" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C794" s="1" t="s">
-        <x:v>2192</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="D794" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E794" s="1" t="s">
-        <x:v>2193</x:v>
+        <x:v>2201</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5" ht="15" customHeight="1">
       <x:c r="A795" s="1" t="s">
-        <x:v>2194</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="B795" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C795" s="1" t="s">
-        <x:v>2195</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="D795" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E795" s="1" t="s">
-        <x:v>2196</x:v>
+        <x:v>2204</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5" ht="15" customHeight="1">
       <x:c r="A796" s="1" t="s">
-        <x:v>2194</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="B796" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C796" s="1" t="s">
-        <x:v>2197</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="D796" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E796" s="1" t="s">
-        <x:v>2198</x:v>
+        <x:v>2206</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5" ht="15" customHeight="1">
       <x:c r="A797" s="1" t="s">
-        <x:v>2199</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="B797" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C797" s="1" t="s">
-        <x:v>2200</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="D797" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E797" s="1" t="s">
-        <x:v>2201</x:v>
+        <x:v>2209</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5" ht="15" customHeight="1">
       <x:c r="A798" s="1" t="s">
-        <x:v>2199</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="B798" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C798" s="1" t="s">
-        <x:v>2202</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="D798" s="1" t="s">
-        <x:v>2190</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E798" s="1" t="s">
-        <x:v>2203</x:v>
+        <x:v>2211</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5" ht="15" customHeight="1">
       <x:c r="A799" s="1" t="s">
-        <x:v>2204</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="B799" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C799" s="1" t="s">
-        <x:v>2205</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="D799" s="1" t="s">
-        <x:v>2206</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E799" s="1" t="s">
-        <x:v>2207</x:v>
+        <x:v>2214</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5" ht="15" customHeight="1">
       <x:c r="A800" s="1" t="s">
-        <x:v>2204</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="B800" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C800" s="1" t="s">
         <x:v>2208</x:v>
       </x:c>
       <x:c r="D800" s="1" t="s">
-        <x:v>2206</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E800" s="1" t="s">
         <x:v>2209</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5" ht="15" customHeight="1">
       <x:c r="A801" s="1" t="s">
-        <x:v>2210</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="B801" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C801" s="1" t="s">
-        <x:v>2211</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="D801" s="1" t="s">
-        <x:v>2206</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E801" s="1" t="s">
-        <x:v>2212</x:v>
+        <x:v>2217</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5" ht="15" customHeight="1">
       <x:c r="A802" s="1" t="s">
-        <x:v>2210</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="B802" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C802" s="1" t="s">
-        <x:v>2213</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="D802" s="1" t="s">
-        <x:v>2206</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E802" s="1" t="s">
-        <x:v>2214</x:v>
+        <x:v>2219</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5" ht="15" customHeight="1">
       <x:c r="A803" s="1" t="s">
-        <x:v>2215</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="B803" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C803" s="1" t="s">
-        <x:v>2216</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="D803" s="1" t="s">
-        <x:v>2217</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E803" s="1" t="s">
-        <x:v>2218</x:v>
+        <x:v>2222</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5" ht="15" customHeight="1">
       <x:c r="A804" s="1" t="s">
-        <x:v>2215</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="B804" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C804" s="1" t="s">
-        <x:v>2219</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="D804" s="1" t="s">
-        <x:v>2217</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E804" s="1" t="s">
-        <x:v>2220</x:v>
+        <x:v>2224</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5" ht="15" customHeight="1">
       <x:c r="A805" s="1" t="s">
-        <x:v>2221</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="B805" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C805" s="1" t="s">
-        <x:v>2222</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="D805" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E805" s="1" t="s">
-        <x:v>2224</x:v>
+        <x:v>2227</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5" ht="15" customHeight="1">
       <x:c r="A806" s="1" t="s">
-        <x:v>2221</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="B806" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C806" s="1" t="s">
-        <x:v>2225</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="D806" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E806" s="1" t="s">
-        <x:v>2226</x:v>
+        <x:v>2229</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5" ht="15" customHeight="1">
       <x:c r="A807" s="1" t="s">
-        <x:v>2227</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="B807" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C807" s="1" t="s">
-        <x:v>2228</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="D807" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E807" s="1" t="s">
-        <x:v>2229</x:v>
+        <x:v>2232</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5" ht="15" customHeight="1">
       <x:c r="A808" s="1" t="s">
-        <x:v>2227</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="B808" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C808" s="1" t="s">
-        <x:v>2230</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="D808" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E808" s="1" t="s">
-        <x:v>2231</x:v>
+        <x:v>2234</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:5" ht="15" customHeight="1">
       <x:c r="A809" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="B809" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C809" s="1" t="s">
-        <x:v>2233</x:v>
+        <x:v>2236</x:v>
       </x:c>
       <x:c r="D809" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E809" s="1" t="s">
-        <x:v>2234</x:v>
+        <x:v>2237</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:5" ht="15" customHeight="1">
       <x:c r="A810" s="1" t="s">
-        <x:v>2232</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="B810" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C810" s="1" t="s">
-        <x:v>2235</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="D810" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="E810" s="1" t="s">
-        <x:v>2236</x:v>
+        <x:v>2239</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:5" ht="15" customHeight="1">
       <x:c r="A811" s="1" t="s">
-        <x:v>2237</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="B811" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C811" s="1" t="s">
-        <x:v>2238</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="D811" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="E811" s="1" t="s">
-        <x:v>2239</x:v>
+        <x:v>2243</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:5" ht="15" customHeight="1">
       <x:c r="A812" s="1" t="s">
-        <x:v>2237</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="B812" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C812" s="1" t="s">
-        <x:v>2240</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="D812" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="E812" s="1" t="s">
-        <x:v>2241</x:v>
+        <x:v>2245</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:5" ht="15" customHeight="1">
       <x:c r="A813" s="1" t="s">
+        <x:v>2246</x:v>
+      </x:c>
+      <x:c r="B813" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C813" s="1" t="s">
+        <x:v>2247</x:v>
+      </x:c>
+      <x:c r="D813" s="1" t="s">
         <x:v>2242</x:v>
       </x:c>
-      <x:c r="B813" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E813" s="1" t="s">
-        <x:v>2244</x:v>
+        <x:v>2248</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:5" ht="15" customHeight="1">
       <x:c r="A814" s="1" t="s">
+        <x:v>2246</x:v>
+      </x:c>
+      <x:c r="B814" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C814" s="1" t="s">
+        <x:v>2249</x:v>
+      </x:c>
+      <x:c r="D814" s="1" t="s">
         <x:v>2242</x:v>
       </x:c>
-      <x:c r="B814" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E814" s="1" t="s">
-        <x:v>2246</x:v>
+        <x:v>2250</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:5" ht="15" customHeight="1">
       <x:c r="A815" s="1" t="s">
-        <x:v>2247</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="B815" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C815" s="1" t="s">
-        <x:v>2248</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="D815" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="E815" s="1" t="s">
-        <x:v>2249</x:v>
+        <x:v>2253</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:5" ht="15" customHeight="1">
       <x:c r="A816" s="1" t="s">
-        <x:v>2247</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="B816" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C816" s="1" t="s">
-        <x:v>2250</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="D816" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="E816" s="1" t="s">
-        <x:v>2251</x:v>
+        <x:v>2255</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:5" ht="15" customHeight="1">
       <x:c r="A817" s="1" t="s">
-        <x:v>2252</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="B817" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C817" s="1" t="s">
-        <x:v>2253</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="D817" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="E817" s="1" t="s">
-        <x:v>2254</x:v>
+        <x:v>2258</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:5" ht="15" customHeight="1">
       <x:c r="A818" s="1" t="s">
-        <x:v>2252</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="B818" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C818" s="1" t="s">
-        <x:v>2255</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="D818" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="E818" s="1" t="s">
-        <x:v>2256</x:v>
+        <x:v>2260</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:5" ht="15" customHeight="1">
       <x:c r="A819" s="1" t="s">
-        <x:v>2257</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="B819" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C819" s="1" t="s">
-        <x:v>2258</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="D819" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="E819" s="1" t="s">
-        <x:v>2259</x:v>
+        <x:v>2263</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:5" ht="15" customHeight="1">
       <x:c r="A820" s="1" t="s">
-        <x:v>2257</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="B820" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C820" s="1" t="s">
-        <x:v>2260</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="D820" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="E820" s="1" t="s">
-        <x:v>2261</x:v>
+        <x:v>2265</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:5" ht="15" customHeight="1">
       <x:c r="A821" s="1" t="s">
-        <x:v>2262</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="B821" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C821" s="1" t="s">
-        <x:v>2263</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="D821" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="E821" s="1" t="s">
-        <x:v>2264</x:v>
+        <x:v>2269</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:5" ht="15" customHeight="1">
       <x:c r="A822" s="1" t="s">
-        <x:v>2262</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="B822" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C822" s="1" t="s">
-        <x:v>2265</x:v>
+        <x:v>2270</x:v>
       </x:c>
       <x:c r="D822" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="E822" s="1" t="s">
-        <x:v>2266</x:v>
+        <x:v>2271</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:5" ht="15" customHeight="1">
       <x:c r="A823" s="1" t="s">
-        <x:v>2267</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="B823" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C823" s="1" t="s">
+        <x:v>2273</x:v>
+      </x:c>
+      <x:c r="D823" s="1" t="s">
         <x:v>2268</x:v>
       </x:c>
-      <x:c r="D823" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E823" s="1" t="s">
-        <x:v>2269</x:v>
+        <x:v>2274</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:5" ht="15" customHeight="1">
       <x:c r="A824" s="1" t="s">
-        <x:v>2267</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="B824" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C824" s="1" t="s">
-        <x:v>2270</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="D824" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="E824" s="1" t="s">
-        <x:v>2271</x:v>
+        <x:v>2276</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:5" ht="15" customHeight="1">
       <x:c r="A825" s="1" t="s">
-        <x:v>2272</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="B825" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C825" s="1" t="s">
-        <x:v>2273</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="D825" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="E825" s="1" t="s">
-        <x:v>2274</x:v>
+        <x:v>2280</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:5" ht="15" customHeight="1">
       <x:c r="A826" s="1" t="s">
-        <x:v>2272</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="B826" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C826" s="1" t="s">
-        <x:v>2275</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="D826" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="E826" s="1" t="s">
-        <x:v>2276</x:v>
+        <x:v>2282</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:5" ht="15" customHeight="1">
       <x:c r="A827" s="1" t="s">
-        <x:v>2277</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="B827" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C827" s="1" t="s">
-        <x:v>2278</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="D827" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="E827" s="1" t="s">
-        <x:v>2279</x:v>
+        <x:v>2285</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:5" ht="15" customHeight="1">
       <x:c r="A828" s="1" t="s">
-        <x:v>2277</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="B828" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C828" s="1" t="s">
-        <x:v>2280</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="D828" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="E828" s="1" t="s">
-        <x:v>2281</x:v>
+        <x:v>2287</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:5" ht="15" customHeight="1">
       <x:c r="A829" s="1" t="s">
-        <x:v>2282</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="B829" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C829" s="1" t="s">
-        <x:v>2283</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="D829" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="E829" s="1" t="s">
-        <x:v>2284</x:v>
+        <x:v>2290</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:5" ht="15" customHeight="1">
       <x:c r="A830" s="1" t="s">
-        <x:v>2282</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="B830" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C830" s="1" t="s">
-        <x:v>2285</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="D830" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="E830" s="1" t="s">
-        <x:v>2286</x:v>
+        <x:v>2292</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:5" ht="15" customHeight="1">
       <x:c r="A831" s="1" t="s">
-        <x:v>2287</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="B831" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C831" s="1" t="s">
-        <x:v>2288</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="D831" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="E831" s="1" t="s">
-        <x:v>2289</x:v>
+        <x:v>2296</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:5" ht="15" customHeight="1">
       <x:c r="A832" s="1" t="s">
-        <x:v>2287</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="B832" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C832" s="1" t="s">
-        <x:v>2290</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="D832" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="E832" s="1" t="s">
-        <x:v>2291</x:v>
+        <x:v>2298</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:5" ht="15" customHeight="1">
       <x:c r="A833" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="B833" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C833" s="1" t="s">
-        <x:v>2293</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="D833" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="E833" s="1" t="s">
-        <x:v>2294</x:v>
+        <x:v>2301</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:5" ht="15" customHeight="1">
       <x:c r="A834" s="1" t="s">
-        <x:v>2292</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="B834" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C834" s="1" t="s">
+        <x:v>2302</x:v>
+      </x:c>
+      <x:c r="D834" s="1" t="s">
         <x:v>2295</x:v>
       </x:c>
-      <x:c r="D834" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E834" s="1" t="s">
-        <x:v>2296</x:v>
+        <x:v>2303</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:5" ht="15" customHeight="1">
       <x:c r="A835" s="1" t="s">
-        <x:v>2297</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="B835" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C835" s="1" t="s">
-        <x:v>2298</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="D835" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="E835" s="1" t="s">
-        <x:v>2299</x:v>
+        <x:v>2307</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:5" ht="15" customHeight="1">
       <x:c r="A836" s="1" t="s">
-        <x:v>2297</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="B836" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C836" s="1" t="s">
-        <x:v>2300</x:v>
+        <x:v>2308</x:v>
       </x:c>
       <x:c r="D836" s="1" t="s">
-        <x:v>2223</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="E836" s="1" t="s">
-        <x:v>2301</x:v>
+        <x:v>2309</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:5" ht="15" customHeight="1">
       <x:c r="A837" s="1" t="s">
-        <x:v>2302</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="B837" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C837" s="1" t="s">
-        <x:v>2303</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="D837" s="1" t="s">
-        <x:v>2304</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E837" s="1" t="s">
-        <x:v>2305</x:v>
+        <x:v>2313</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:5" ht="15" customHeight="1">
       <x:c r="A838" s="1" t="s">
-        <x:v>2302</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="B838" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C838" s="1" t="s">
-        <x:v>2306</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="D838" s="1" t="s">
-        <x:v>2304</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E838" s="1" t="s">
-        <x:v>2307</x:v>
+        <x:v>2315</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:5" ht="15" customHeight="1">
       <x:c r="A839" s="1" t="s">
-        <x:v>2308</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="B839" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C839" s="1" t="s">
-        <x:v>2309</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="D839" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E839" s="1" t="s">
-        <x:v>2311</x:v>
+        <x:v>2318</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:5" ht="15" customHeight="1">
       <x:c r="A840" s="1" t="s">
-        <x:v>2308</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="B840" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C840" s="1" t="s">
+        <x:v>2319</x:v>
+      </x:c>
+      <x:c r="D840" s="1" t="s">
         <x:v>2312</x:v>
       </x:c>
-      <x:c r="D840" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E840" s="1" t="s">
-        <x:v>2313</x:v>
+        <x:v>2320</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:5" ht="15" customHeight="1">
       <x:c r="A841" s="1" t="s">
-        <x:v>2314</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="B841" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C841" s="1" t="s">
-        <x:v>2315</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="D841" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E841" s="1" t="s">
-        <x:v>2316</x:v>
+        <x:v>2323</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:5" ht="15" customHeight="1">
       <x:c r="A842" s="1" t="s">
-        <x:v>2314</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="B842" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C842" s="1" t="s">
-        <x:v>2317</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="D842" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E842" s="1" t="s">
-        <x:v>2318</x:v>
+        <x:v>2325</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:5" ht="15" customHeight="1">
       <x:c r="A843" s="1" t="s">
-        <x:v>2319</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="B843" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C843" s="1" t="s">
-        <x:v>2320</x:v>
+        <x:v>2327</x:v>
       </x:c>
       <x:c r="D843" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E843" s="1" t="s">
-        <x:v>2321</x:v>
+        <x:v>2328</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:5" ht="15" customHeight="1">
       <x:c r="A844" s="1" t="s">
-        <x:v>2319</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="B844" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C844" s="1" t="s">
-        <x:v>2322</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="D844" s="1" t="s">
-        <x:v>2310</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E844" s="1" t="s">
-        <x:v>2323</x:v>
+        <x:v>2330</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:5" ht="15" customHeight="1">
       <x:c r="A845" s="1" t="s">
-        <x:v>2324</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="B845" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C845" s="1" t="s">
-        <x:v>2325</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="D845" s="1" t="s">
-        <x:v>2326</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E845" s="1" t="s">
-        <x:v>2327</x:v>
+        <x:v>2333</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:5" ht="15" customHeight="1">
       <x:c r="A846" s="1" t="s">
-        <x:v>2324</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="B846" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C846" s="1" t="s">
-        <x:v>2328</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="D846" s="1" t="s">
-        <x:v>2326</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E846" s="1" t="s">
-        <x:v>2329</x:v>
+        <x:v>2335</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:5" ht="15" customHeight="1">
       <x:c r="A847" s="1" t="s">
-        <x:v>2330</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="B847" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C847" s="1" t="s">
-        <x:v>2331</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="D847" s="1" t="s">
-        <x:v>2332</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E847" s="1" t="s">
-        <x:v>2333</x:v>
+        <x:v>2338</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:5" ht="15" customHeight="1">
       <x:c r="A848" s="1" t="s">
-        <x:v>2330</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="B848" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C848" s="1" t="s">
-        <x:v>2334</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="D848" s="1" t="s">
-        <x:v>2332</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E848" s="1" t="s">
-        <x:v>2335</x:v>
+        <x:v>2340</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:5" ht="15" customHeight="1">
       <x:c r="A849" s="1" t="s">
-        <x:v>2336</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="B849" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C849" s="1" t="s">
-        <x:v>2337</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="D849" s="1" t="s">
-        <x:v>2338</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E849" s="1" t="s">
-        <x:v>2339</x:v>
+        <x:v>2343</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:5" ht="15" customHeight="1">
       <x:c r="A850" s="1" t="s">
-        <x:v>2336</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="B850" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C850" s="1" t="s">
-        <x:v>2340</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="D850" s="1" t="s">
-        <x:v>2338</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E850" s="1" t="s">
-        <x:v>2341</x:v>
+        <x:v>2345</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:5" ht="15" customHeight="1">
       <x:c r="A851" s="1" t="s">
-        <x:v>2342</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="B851" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C851" s="1" t="s">
-        <x:v>2343</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="D851" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E851" s="1" t="s">
-        <x:v>2345</x:v>
+        <x:v>2348</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:5" ht="15" customHeight="1">
       <x:c r="A852" s="1" t="s">
-        <x:v>2342</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="B852" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C852" s="1" t="s">
-        <x:v>2346</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="D852" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E852" s="1" t="s">
-        <x:v>2347</x:v>
+        <x:v>2350</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:5" ht="15" customHeight="1">
       <x:c r="A853" s="1" t="s">
-        <x:v>2348</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="B853" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C853" s="1" t="s">
-        <x:v>2349</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="D853" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E853" s="1" t="s">
-        <x:v>2350</x:v>
+        <x:v>2353</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:5" ht="15" customHeight="1">
       <x:c r="A854" s="1" t="s">
-        <x:v>2348</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="B854" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C854" s="1" t="s">
-        <x:v>2351</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="D854" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E854" s="1" t="s">
-        <x:v>2352</x:v>
+        <x:v>2355</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:5" ht="15" customHeight="1">
       <x:c r="A855" s="1" t="s">
-        <x:v>2353</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="B855" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C855" s="1" t="s">
-        <x:v>2354</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="D855" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E855" s="1" t="s">
-        <x:v>2355</x:v>
+        <x:v>2358</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:5" ht="15" customHeight="1">
       <x:c r="A856" s="1" t="s">
-        <x:v>2353</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="B856" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C856" s="1" t="s">
-        <x:v>2356</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="D856" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E856" s="1" t="s">
-        <x:v>2357</x:v>
+        <x:v>2360</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:5" ht="15" customHeight="1">
       <x:c r="A857" s="1" t="s">
-        <x:v>2358</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="B857" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C857" s="1" t="s">
-        <x:v>2359</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="D857" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E857" s="1" t="s">
-        <x:v>2360</x:v>
+        <x:v>2363</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:5" ht="15" customHeight="1">
       <x:c r="A858" s="1" t="s">
-        <x:v>2358</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="B858" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C858" s="1" t="s">
-        <x:v>2361</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="D858" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E858" s="1" t="s">
-        <x:v>2362</x:v>
+        <x:v>2365</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:5" ht="15" customHeight="1">
       <x:c r="A859" s="1" t="s">
-        <x:v>2363</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="B859" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C859" s="1" t="s">
-        <x:v>2361</x:v>
+        <x:v>2367</x:v>
       </x:c>
       <x:c r="D859" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E859" s="1" t="s">
-        <x:v>2365</x:v>
+        <x:v>2368</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:5" ht="15" customHeight="1">
       <x:c r="A860" s="1" t="s">
-        <x:v>2363</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="B860" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C860" s="1" t="s">
-        <x:v>2366</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="D860" s="1" t="s">
-        <x:v>2364</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E860" s="1" t="s">
-        <x:v>2367</x:v>
+        <x:v>2370</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:5" ht="15" customHeight="1">
       <x:c r="A861" s="1" t="s">
-        <x:v>2368</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="B861" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C861" s="1" t="s">
-        <x:v>2369</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="D861" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E861" s="1" t="s">
-        <x:v>2371</x:v>
+        <x:v>2373</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:5" ht="15" customHeight="1">
       <x:c r="A862" s="1" t="s">
-        <x:v>2368</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="B862" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C862" s="1" t="s">
-        <x:v>2372</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="D862" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E862" s="1" t="s">
-        <x:v>2373</x:v>
+        <x:v>2375</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:5" ht="15" customHeight="1">
       <x:c r="A863" s="1" t="s">
-        <x:v>2374</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="B863" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C863" s="1" t="s">
-        <x:v>2375</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="D863" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E863" s="1" t="s">
-        <x:v>2376</x:v>
+        <x:v>2378</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:5" ht="15" customHeight="1">
       <x:c r="A864" s="1" t="s">
-        <x:v>2374</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="B864" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C864" s="1" t="s">
-        <x:v>2377</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="D864" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E864" s="1" t="s">
-        <x:v>2378</x:v>
+        <x:v>2380</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:5" ht="15" customHeight="1">
       <x:c r="A865" s="1" t="s">
-        <x:v>2379</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="B865" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C865" s="1" t="s">
-        <x:v>2380</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="D865" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E865" s="1" t="s">
-        <x:v>2381</x:v>
+        <x:v>2383</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:5" ht="15" customHeight="1">
       <x:c r="A866" s="1" t="s">
-        <x:v>2379</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="B866" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C866" s="1" t="s">
-        <x:v>2382</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="D866" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E866" s="1" t="s">
-        <x:v>2383</x:v>
+        <x:v>2385</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:5" ht="15" customHeight="1">
       <x:c r="A867" s="1" t="s">
-        <x:v>2384</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="B867" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C867" s="1" t="s">
-        <x:v>2385</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="D867" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E867" s="1" t="s">
-        <x:v>2386</x:v>
+        <x:v>2388</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:5" ht="15" customHeight="1">
       <x:c r="A868" s="1" t="s">
-        <x:v>2384</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="B868" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C868" s="1" t="s">
-        <x:v>2387</x:v>
+        <x:v>2389</x:v>
       </x:c>
       <x:c r="D868" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="E868" s="1" t="s">
-        <x:v>2388</x:v>
+        <x:v>2390</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:5" ht="15" customHeight="1">
       <x:c r="A869" s="1" t="s">
-        <x:v>2389</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="B869" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C869" s="1" t="s">
-        <x:v>2390</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="D869" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="E869" s="1" t="s">
-        <x:v>2391</x:v>
+        <x:v>2394</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:5" ht="15" customHeight="1">
       <x:c r="A870" s="1" t="s">
-        <x:v>2389</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="B870" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C870" s="1" t="s">
-        <x:v>2392</x:v>
+        <x:v>2395</x:v>
       </x:c>
       <x:c r="D870" s="1" t="s">
-        <x:v>2370</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="E870" s="1" t="s">
-        <x:v>2393</x:v>
+        <x:v>2396</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:5" ht="15" customHeight="1">
       <x:c r="A871" s="1" t="s">
-        <x:v>2394</x:v>
+        <x:v>2397</x:v>
       </x:c>
       <x:c r="B871" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C871" s="1" t="s">
-        <x:v>2395</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="D871" s="1" t="s">
-        <x:v>2338</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="E871" s="1" t="s">
-        <x:v>2396</x:v>
+        <x:v>2400</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:5" ht="15" customHeight="1">
       <x:c r="A872" s="1" t="s">
-        <x:v>2394</x:v>
+        <x:v>2397</x:v>
       </x:c>
       <x:c r="B872" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C872" s="1" t="s">
-        <x:v>2397</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="D872" s="1" t="s">
-        <x:v>2338</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="E872" s="1" t="s">
-        <x:v>2398</x:v>
+        <x:v>2402</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:5" ht="15" customHeight="1">
       <x:c r="A873" s="1" t="s">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="B873" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C873" s="1" t="s">
+        <x:v>2404</x:v>
+      </x:c>
+      <x:c r="D873" s="1" t="s">
         <x:v>2399</x:v>
       </x:c>
-      <x:c r="B873" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E873" s="1" t="s">
-        <x:v>2401</x:v>
+        <x:v>2405</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:5" ht="15" customHeight="1">
       <x:c r="A874" s="1" t="s">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="B874" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C874" s="1" t="s">
+        <x:v>2406</x:v>
+      </x:c>
+      <x:c r="D874" s="1" t="s">
         <x:v>2399</x:v>
       </x:c>
-      <x:c r="B874" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E874" s="1" t="s">
-        <x:v>2403</x:v>
+        <x:v>2407</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:5" ht="15" customHeight="1">
       <x:c r="A875" s="1" t="s">
-        <x:v>2404</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="B875" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C875" s="1" t="s">
-        <x:v>2405</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="D875" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="E875" s="1" t="s">
-        <x:v>2406</x:v>
+        <x:v>2410</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:5" ht="15" customHeight="1">
       <x:c r="A876" s="1" t="s">
-        <x:v>2404</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="B876" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C876" s="1" t="s">
-        <x:v>2407</x:v>
+        <x:v>2411</x:v>
       </x:c>
       <x:c r="D876" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="E876" s="1" t="s">
-        <x:v>2408</x:v>
+        <x:v>2412</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:5" ht="15" customHeight="1">
       <x:c r="A877" s="1" t="s">
-        <x:v>2409</x:v>
+        <x:v>2413</x:v>
       </x:c>
       <x:c r="B877" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C877" s="1" t="s">
-        <x:v>2410</x:v>
+        <x:v>2414</x:v>
       </x:c>
       <x:c r="D877" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="E877" s="1" t="s">
-        <x:v>2411</x:v>
+        <x:v>2416</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:5" ht="15" customHeight="1">
       <x:c r="A878" s="1" t="s">
-        <x:v>2409</x:v>
+        <x:v>2413</x:v>
       </x:c>
       <x:c r="B878" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C878" s="1" t="s">
-        <x:v>2412</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="D878" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="E878" s="1" t="s">
-        <x:v>2413</x:v>
+        <x:v>2418</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:5" ht="15" customHeight="1">
       <x:c r="A879" s="1" t="s">
-        <x:v>2414</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="B879" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C879" s="1" t="s">
-        <x:v>2415</x:v>
+        <x:v>2420</x:v>
       </x:c>
       <x:c r="D879" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="E879" s="1" t="s">
-        <x:v>2416</x:v>
+        <x:v>2422</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:5" ht="15" customHeight="1">
       <x:c r="A880" s="1" t="s">
-        <x:v>2414</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="B880" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C880" s="1" t="s">
-        <x:v>2417</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="D880" s="1" t="s">
-        <x:v>2344</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="E880" s="1" t="s">
-        <x:v>2418</x:v>
+        <x:v>2424</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:5" ht="15" customHeight="1">
       <x:c r="A881" s="1" t="s">
-        <x:v>2419</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="B881" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C881" s="1" t="s">
-        <x:v>2420</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="D881" s="1" t="s">
-        <x:v>2421</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="E881" s="1" t="s">
-        <x:v>2422</x:v>
+        <x:v>2428</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:5" ht="15" customHeight="1">
       <x:c r="A882" s="1" t="s">
-        <x:v>2419</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="B882" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C882" s="1" t="s">
-        <x:v>2423</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="D882" s="1" t="s">
-        <x:v>2421</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="E882" s="1" t="s">
-        <x:v>2424</x:v>
+        <x:v>2430</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:5" ht="15" customHeight="1">
       <x:c r="A883" s="1" t="s">
-        <x:v>2425</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="B883" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C883" s="1" t="s">
-        <x:v>2426</x:v>
+        <x:v>2432</x:v>
       </x:c>
       <x:c r="D883" s="1" t="s">
-        <x:v>2421</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E883" s="1" t="s">
-        <x:v>2427</x:v>
+        <x:v>2434</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:5" ht="15" customHeight="1">
       <x:c r="A884" s="1" t="s">
-        <x:v>2425</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="B884" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C884" s="1" t="s">
-        <x:v>2428</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="D884" s="1" t="s">
-        <x:v>2421</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E884" s="1" t="s">
-        <x:v>2429</x:v>
+        <x:v>2436</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:5" ht="15" customHeight="1">
       <x:c r="A885" s="1" t="s">
-        <x:v>2430</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="B885" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C885" s="1" t="s">
-        <x:v>2431</x:v>
+        <x:v>2438</x:v>
       </x:c>
       <x:c r="D885" s="1" t="s">
-        <x:v>2421</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E885" s="1" t="s">
-        <x:v>2432</x:v>
+        <x:v>2439</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:5" ht="15" customHeight="1">
       <x:c r="A886" s="1" t="s">
-        <x:v>2430</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="B886" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C886" s="1" t="s">
+        <x:v>2440</x:v>
+      </x:c>
+      <x:c r="D886" s="1" t="s">
         <x:v>2433</x:v>
       </x:c>
-      <x:c r="D886" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E886" s="1" t="s">
-        <x:v>2434</x:v>
+        <x:v>2441</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:5" ht="15" customHeight="1">
       <x:c r="A887" s="1" t="s">
-        <x:v>2435</x:v>
+        <x:v>2442</x:v>
       </x:c>
       <x:c r="B887" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C887" s="1" t="s">
-        <x:v>2436</x:v>
+        <x:v>2443</x:v>
       </x:c>
       <x:c r="D887" s="1" t="s">
-        <x:v>2437</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E887" s="1" t="s">
-        <x:v>2438</x:v>
+        <x:v>2444</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:5" ht="15" customHeight="1">
       <x:c r="A888" s="1" t="s">
-        <x:v>2435</x:v>
+        <x:v>2442</x:v>
       </x:c>
       <x:c r="B888" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C888" s="1" t="s">
-        <x:v>2439</x:v>
+        <x:v>2445</x:v>
       </x:c>
       <x:c r="D888" s="1" t="s">
-        <x:v>2437</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E888" s="1" t="s">
-        <x:v>2440</x:v>
+        <x:v>2446</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:5" ht="15" customHeight="1">
       <x:c r="A889" s="1" t="s">
-        <x:v>2441</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="B889" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C889" s="1" t="s">
-        <x:v>2442</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="D889" s="1" t="s">
-        <x:v>2437</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E889" s="1" t="s">
-        <x:v>2443</x:v>
+        <x:v>2449</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:5" ht="15" customHeight="1">
       <x:c r="A890" s="1" t="s">
-        <x:v>2441</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="B890" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C890" s="1" t="s">
-        <x:v>2444</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="D890" s="1" t="s">
-        <x:v>2437</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E890" s="1" t="s">
-        <x:v>2445</x:v>
+        <x:v>2451</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:5" ht="15" customHeight="1">
       <x:c r="A891" s="1" t="s">
-        <x:v>2446</x:v>
+        <x:v>2452</x:v>
       </x:c>
       <x:c r="B891" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C891" s="1" t="s">
-        <x:v>2447</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="D891" s="1" t="s">
-        <x:v>2437</x:v>
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="E891" s="1" t="s">
-        <x:v>2448</x:v>
+        <x:v>2454</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:5" ht="15" customHeight="1">
       <x:c r="A892" s="1" t="s">
-        <x:v>2446</x:v>
+        <x:v>2452</x:v>
       </x:c>
       <x:c r="B892" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C892" s="1" t="s">
-        <x:v>2449</x:v>
+        <x:v>2455</x:v>
       </x:c>
       <x:c r="D892" s="1" t="s">
-        <x:v>2437</x:v>
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="E892" s="1" t="s">
-        <x:v>2450</x:v>
+        <x:v>2456</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:5" ht="15" customHeight="1">
       <x:c r="A893" s="1" t="s">
-        <x:v>2451</x:v>
+        <x:v>2457</x:v>
       </x:c>
       <x:c r="B893" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C893" s="1" t="s">
-        <x:v>2452</x:v>
+        <x:v>2458</x:v>
       </x:c>
       <x:c r="D893" s="1" t="s">
-        <x:v>2437</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E893" s="1" t="s">
-        <x:v>2453</x:v>
+        <x:v>2460</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:5" ht="15" customHeight="1">
       <x:c r="A894" s="1" t="s">
-        <x:v>2451</x:v>
+        <x:v>2457</x:v>
       </x:c>
       <x:c r="B894" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C894" s="1" t="s">
-        <x:v>2454</x:v>
+        <x:v>2461</x:v>
       </x:c>
       <x:c r="D894" s="1" t="s">
-        <x:v>2437</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E894" s="1" t="s">
-        <x:v>2455</x:v>
+        <x:v>2462</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:5" ht="15" customHeight="1">
       <x:c r="A895" s="1" t="s">
-        <x:v>2456</x:v>
+        <x:v>2463</x:v>
       </x:c>
       <x:c r="B895" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C895" s="1" t="s">
-        <x:v>2457</x:v>
+        <x:v>2464</x:v>
       </x:c>
       <x:c r="D895" s="1" t="s">
-        <x:v>2458</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E895" s="1" t="s">
-        <x:v>2459</x:v>
+        <x:v>2465</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:5" ht="15" customHeight="1">
       <x:c r="A896" s="1" t="s">
-        <x:v>2456</x:v>
+        <x:v>2463</x:v>
       </x:c>
       <x:c r="B896" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C896" s="1" t="s">
-        <x:v>2460</x:v>
+        <x:v>2466</x:v>
       </x:c>
       <x:c r="D896" s="1" t="s">
-        <x:v>2458</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E896" s="1" t="s">
-        <x:v>2461</x:v>
+        <x:v>2467</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:5" ht="15" customHeight="1">
       <x:c r="A897" s="1" t="s">
-        <x:v>2462</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="B897" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C897" s="1" t="s">
-        <x:v>2463</x:v>
+        <x:v>2469</x:v>
       </x:c>
       <x:c r="D897" s="1" t="s">
-        <x:v>2458</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E897" s="1" t="s">
-        <x:v>2464</x:v>
+        <x:v>2470</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:5" ht="15" customHeight="1">
       <x:c r="A898" s="1" t="s">
-        <x:v>2462</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="B898" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C898" s="1" t="s">
-        <x:v>2465</x:v>
+        <x:v>2471</x:v>
       </x:c>
       <x:c r="D898" s="1" t="s">
-        <x:v>2458</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E898" s="1" t="s">
-        <x:v>2466</x:v>
+        <x:v>2472</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:5" ht="15" customHeight="1">
       <x:c r="A899" s="1" t="s">
-        <x:v>2467</x:v>
+        <x:v>2473</x:v>
       </x:c>
       <x:c r="B899" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C899" s="1" t="s">
-        <x:v>2468</x:v>
+        <x:v>2474</x:v>
       </x:c>
       <x:c r="D899" s="1" t="s">
-        <x:v>2458</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E899" s="1" t="s">
-        <x:v>2469</x:v>
+        <x:v>2475</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:5" ht="15" customHeight="1">
       <x:c r="A900" s="1" t="s">
-        <x:v>2467</x:v>
+        <x:v>2473</x:v>
       </x:c>
       <x:c r="B900" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C900" s="1" t="s">
-        <x:v>2470</x:v>
+        <x:v>2476</x:v>
       </x:c>
       <x:c r="D900" s="1" t="s">
-        <x:v>2458</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E900" s="1" t="s">
-        <x:v>2471</x:v>
+        <x:v>2477</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:5" ht="15" customHeight="1">
       <x:c r="A901" s="1" t="s">
-        <x:v>2472</x:v>
+        <x:v>2478</x:v>
       </x:c>
       <x:c r="B901" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C901" s="1" t="s">
-        <x:v>2473</x:v>
+        <x:v>2479</x:v>
       </x:c>
       <x:c r="D901" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E901" s="1" t="s">
-        <x:v>2475</x:v>
+        <x:v>2480</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:5" ht="15" customHeight="1">
       <x:c r="A902" s="1" t="s">
-        <x:v>2472</x:v>
+        <x:v>2478</x:v>
       </x:c>
       <x:c r="B902" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C902" s="1" t="s">
-        <x:v>2476</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="D902" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E902" s="1" t="s">
-        <x:v>2477</x:v>
+        <x:v>2482</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:5" ht="15" customHeight="1">
       <x:c r="A903" s="1" t="s">
-        <x:v>2478</x:v>
+        <x:v>2483</x:v>
       </x:c>
       <x:c r="B903" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C903" s="1" t="s">
-        <x:v>2479</x:v>
+        <x:v>2484</x:v>
       </x:c>
       <x:c r="D903" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="E903" s="1" t="s">
-        <x:v>2480</x:v>
+        <x:v>2485</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:5" ht="15" customHeight="1">
       <x:c r="A904" s="1" t="s">
-        <x:v>2478</x:v>
+        <x:v>2483</x:v>
       </x:c>
       <x:c r="B904" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C904" s="1" t="s">
-        <x:v>2481</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="D904" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="E904" s="1" t="s">
-        <x:v>2482</x:v>
+        <x:v>2487</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:5" ht="15" customHeight="1">
       <x:c r="A905" s="1" t="s">
-        <x:v>2483</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="B905" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C905" s="1" t="s">
-        <x:v>2484</x:v>
+        <x:v>2489</x:v>
       </x:c>
       <x:c r="D905" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E905" s="1" t="s">
-        <x:v>2485</x:v>
+        <x:v>2490</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:5" ht="15" customHeight="1">
       <x:c r="A906" s="1" t="s">
-        <x:v>2483</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="B906" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C906" s="1" t="s">
-        <x:v>2486</x:v>
+        <x:v>2491</x:v>
       </x:c>
       <x:c r="D906" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E906" s="1" t="s">
-        <x:v>2487</x:v>
+        <x:v>2492</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:5" ht="15" customHeight="1">
       <x:c r="A907" s="1" t="s">
-        <x:v>2488</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="B907" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C907" s="1" t="s">
-        <x:v>2489</x:v>
+        <x:v>2494</x:v>
       </x:c>
       <x:c r="D907" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E907" s="1" t="s">
-        <x:v>2490</x:v>
+        <x:v>2495</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:5" ht="15" customHeight="1">
       <x:c r="A908" s="1" t="s">
-        <x:v>2488</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="B908" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C908" s="1" t="s">
-        <x:v>2491</x:v>
+        <x:v>2496</x:v>
       </x:c>
       <x:c r="D908" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E908" s="1" t="s">
-        <x:v>2492</x:v>
+        <x:v>2497</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:5" ht="15" customHeight="1">
       <x:c r="A909" s="1" t="s">
-        <x:v>2493</x:v>
+        <x:v>2498</x:v>
       </x:c>
       <x:c r="B909" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C909" s="1" t="s">
-        <x:v>2494</x:v>
+        <x:v>2499</x:v>
       </x:c>
       <x:c r="D909" s="1" t="s">
-        <x:v>2495</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E909" s="1" t="s">
-        <x:v>2496</x:v>
+        <x:v>2500</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:5" ht="15" customHeight="1">
       <x:c r="A910" s="1" t="s">
-        <x:v>2493</x:v>
+        <x:v>2498</x:v>
       </x:c>
       <x:c r="B910" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C910" s="1" t="s">
-        <x:v>2497</x:v>
+        <x:v>2501</x:v>
       </x:c>
       <x:c r="D910" s="1" t="s">
-        <x:v>2495</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E910" s="1" t="s">
-        <x:v>2498</x:v>
+        <x:v>2502</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:5" ht="15" customHeight="1">
       <x:c r="A911" s="1" t="s">
-        <x:v>2499</x:v>
+        <x:v>2503</x:v>
       </x:c>
       <x:c r="B911" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C911" s="1" t="s">
-        <x:v>2500</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="D911" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E911" s="1" t="s">
-        <x:v>2501</x:v>
+        <x:v>2505</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:5" ht="15" customHeight="1">
       <x:c r="A912" s="1" t="s">
-        <x:v>2499</x:v>
+        <x:v>2503</x:v>
       </x:c>
       <x:c r="B912" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C912" s="1" t="s">
-        <x:v>2502</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="D912" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="E912" s="1" t="s">
-        <x:v>2503</x:v>
+        <x:v>2507</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:5" ht="15" customHeight="1">
       <x:c r="A913" s="1" t="s">
-        <x:v>2504</x:v>
+        <x:v>2508</x:v>
       </x:c>
       <x:c r="B913" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C913" s="1" t="s">
-        <x:v>2505</x:v>
+        <x:v>2509</x:v>
       </x:c>
       <x:c r="D913" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2510</x:v>
       </x:c>
       <x:c r="E913" s="1" t="s">
-        <x:v>2506</x:v>
+        <x:v>2511</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:5" ht="15" customHeight="1">
       <x:c r="A914" s="1" t="s">
-        <x:v>2504</x:v>
+        <x:v>2508</x:v>
       </x:c>
       <x:c r="B914" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C914" s="1" t="s">
-        <x:v>2507</x:v>
+        <x:v>2512</x:v>
       </x:c>
       <x:c r="D914" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2510</x:v>
       </x:c>
       <x:c r="E914" s="1" t="s">
-        <x:v>2508</x:v>
+        <x:v>2513</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:5" ht="15" customHeight="1">
       <x:c r="A915" s="1" t="s">
-        <x:v>2509</x:v>
+        <x:v>2514</x:v>
       </x:c>
       <x:c r="B915" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C915" s="1" t="s">
+        <x:v>2515</x:v>
+      </x:c>
+      <x:c r="D915" s="1" t="s">
         <x:v>2510</x:v>
       </x:c>
-      <x:c r="D915" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E915" s="1" t="s">
-        <x:v>2511</x:v>
+        <x:v>2516</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:5" ht="15" customHeight="1">
       <x:c r="A916" s="1" t="s">
-        <x:v>2509</x:v>
+        <x:v>2514</x:v>
       </x:c>
       <x:c r="B916" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C916" s="1" t="s">
-        <x:v>2512</x:v>
+        <x:v>2517</x:v>
       </x:c>
       <x:c r="D916" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2510</x:v>
       </x:c>
       <x:c r="E916" s="1" t="s">
-        <x:v>2513</x:v>
+        <x:v>2518</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:5" ht="15" customHeight="1">
       <x:c r="A917" s="1" t="s">
-        <x:v>2514</x:v>
+        <x:v>2519</x:v>
       </x:c>
       <x:c r="B917" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C917" s="1" t="s">
-        <x:v>2515</x:v>
+        <x:v>2520</x:v>
       </x:c>
       <x:c r="D917" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2510</x:v>
       </x:c>
       <x:c r="E917" s="1" t="s">
-        <x:v>2516</x:v>
+        <x:v>2521</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:5" ht="15" customHeight="1">
       <x:c r="A918" s="1" t="s">
-        <x:v>2514</x:v>
+        <x:v>2519</x:v>
       </x:c>
       <x:c r="B918" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C918" s="1" t="s">
-        <x:v>2517</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="D918" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2510</x:v>
       </x:c>
       <x:c r="E918" s="1" t="s">
-        <x:v>2518</x:v>
+        <x:v>2523</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:5" ht="15" customHeight="1">
       <x:c r="A919" s="1" t="s">
-        <x:v>2519</x:v>
+        <x:v>2524</x:v>
       </x:c>
       <x:c r="B919" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C919" s="1" t="s">
-        <x:v>2520</x:v>
+        <x:v>2525</x:v>
       </x:c>
       <x:c r="D919" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="E919" s="1" t="s">
-        <x:v>2521</x:v>
+        <x:v>2527</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:5" ht="15" customHeight="1">
       <x:c r="A920" s="1" t="s">
-        <x:v>2519</x:v>
+        <x:v>2524</x:v>
       </x:c>
       <x:c r="B920" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C920" s="1" t="s">
-        <x:v>2522</x:v>
+        <x:v>2528</x:v>
       </x:c>
       <x:c r="D920" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="E920" s="1" t="s">
-        <x:v>2523</x:v>
+        <x:v>2529</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:5" ht="15" customHeight="1">
       <x:c r="A921" s="1" t="s">
-        <x:v>2524</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="B921" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C921" s="1" t="s">
-        <x:v>2525</x:v>
+        <x:v>2531</x:v>
       </x:c>
       <x:c r="D921" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="E921" s="1" t="s">
-        <x:v>2526</x:v>
+        <x:v>2532</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:5" ht="15" customHeight="1">
       <x:c r="A922" s="1" t="s">
-        <x:v>2524</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="B922" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C922" s="1" t="s">
-        <x:v>2527</x:v>
+        <x:v>2533</x:v>
       </x:c>
       <x:c r="D922" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="E922" s="1" t="s">
-        <x:v>2528</x:v>
+        <x:v>2534</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:5" ht="15" customHeight="1">
       <x:c r="A923" s="1" t="s">
-        <x:v>2529</x:v>
+        <x:v>2535</x:v>
       </x:c>
       <x:c r="B923" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C923" s="1" t="s">
-        <x:v>2530</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="D923" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="E923" s="1" t="s">
-        <x:v>2531</x:v>
+        <x:v>2537</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:5" ht="15" customHeight="1">
       <x:c r="A924" s="1" t="s">
-        <x:v>2529</x:v>
+        <x:v>2535</x:v>
       </x:c>
       <x:c r="B924" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C924" s="1" t="s">
-        <x:v>2532</x:v>
+        <x:v>2538</x:v>
       </x:c>
       <x:c r="D924" s="1" t="s">
-        <x:v>2474</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="E924" s="1" t="s">
-        <x:v>2533</x:v>
+        <x:v>2539</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:5" ht="15" customHeight="1">
       <x:c r="A925" s="1" t="s">
-        <x:v>2534</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="B925" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C925" s="1" t="s">
-        <x:v>2535</x:v>
+        <x:v>2541</x:v>
       </x:c>
       <x:c r="D925" s="1" t="s">
-        <x:v>2536</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="E925" s="1" t="s">
-        <x:v>2537</x:v>
+        <x:v>2542</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:5" ht="15" customHeight="1">
       <x:c r="A926" s="1" t="s">
-        <x:v>2534</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="B926" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C926" s="1" t="s">
-        <x:v>2538</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="D926" s="1" t="s">
-        <x:v>2536</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="E926" s="1" t="s">
-        <x:v>2539</x:v>
+        <x:v>2544</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:5" ht="15" customHeight="1">
       <x:c r="A927" s="1" t="s">
-        <x:v>2540</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="B927" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C927" s="1" t="s">
-        <x:v>2541</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="D927" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="E927" s="1" t="s">
-        <x:v>2543</x:v>
+        <x:v>2548</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:5" ht="15" customHeight="1">
       <x:c r="A928" s="1" t="s">
-        <x:v>2540</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="B928" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C928" s="1" t="s">
-        <x:v>2544</x:v>
+        <x:v>2549</x:v>
       </x:c>
       <x:c r="D928" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="E928" s="1" t="s">
-        <x:v>2545</x:v>
+        <x:v>2550</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:5" ht="15" customHeight="1">
       <x:c r="A929" s="1" t="s">
-        <x:v>2546</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="B929" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C929" s="1" t="s">
+        <x:v>2552</x:v>
+      </x:c>
+      <x:c r="D929" s="1" t="s">
         <x:v>2547</x:v>
       </x:c>
-      <x:c r="D929" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E929" s="1" t="s">
-        <x:v>2548</x:v>
+        <x:v>2553</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:5" ht="15" customHeight="1">
       <x:c r="A930" s="1" t="s">
-        <x:v>2546</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="B930" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C930" s="1" t="s">
-        <x:v>2549</x:v>
+        <x:v>2554</x:v>
       </x:c>
       <x:c r="D930" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="E930" s="1" t="s">
-        <x:v>2550</x:v>
+        <x:v>2555</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:5" ht="15" customHeight="1">
       <x:c r="A931" s="1" t="s">
-        <x:v>2551</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="B931" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C931" s="1" t="s">
-        <x:v>2552</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="D931" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="E931" s="1" t="s">
-        <x:v>2553</x:v>
+        <x:v>2558</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:5" ht="15" customHeight="1">
       <x:c r="A932" s="1" t="s">
-        <x:v>2551</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="B932" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C932" s="1" t="s">
-        <x:v>2554</x:v>
+        <x:v>2559</x:v>
       </x:c>
       <x:c r="D932" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="E932" s="1" t="s">
-        <x:v>2555</x:v>
+        <x:v>2560</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:5" ht="15" customHeight="1">
       <x:c r="A933" s="1" t="s">
-        <x:v>2556</x:v>
+        <x:v>2561</x:v>
       </x:c>
       <x:c r="B933" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C933" s="1" t="s">
-        <x:v>2557</x:v>
+        <x:v>2562</x:v>
       </x:c>
       <x:c r="D933" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E933" s="1" t="s">
-        <x:v>2558</x:v>
+        <x:v>2564</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:5" ht="15" customHeight="1">
       <x:c r="A934" s="1" t="s">
-        <x:v>2556</x:v>
+        <x:v>2561</x:v>
       </x:c>
       <x:c r="B934" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C934" s="1" t="s">
-        <x:v>2559</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="D934" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E934" s="1" t="s">
-        <x:v>2560</x:v>
+        <x:v>2566</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:5" ht="15" customHeight="1">
       <x:c r="A935" s="1" t="s">
-        <x:v>2561</x:v>
+        <x:v>2567</x:v>
       </x:c>
       <x:c r="B935" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C935" s="1" t="s">
-        <x:v>2562</x:v>
+        <x:v>2568</x:v>
       </x:c>
       <x:c r="D935" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E935" s="1" t="s">
-        <x:v>2563</x:v>
+        <x:v>2569</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:5" ht="15" customHeight="1">
       <x:c r="A936" s="1" t="s">
-        <x:v>2561</x:v>
+        <x:v>2567</x:v>
       </x:c>
       <x:c r="B936" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C936" s="1" t="s">
-        <x:v>2564</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="D936" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E936" s="1" t="s">
-        <x:v>2565</x:v>
+        <x:v>2571</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:5" ht="15" customHeight="1">
       <x:c r="A937" s="1" t="s">
-        <x:v>2566</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="B937" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C937" s="1" t="s">
-        <x:v>2567</x:v>
+        <x:v>2573</x:v>
       </x:c>
       <x:c r="D937" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E937" s="1" t="s">
-        <x:v>2568</x:v>
+        <x:v>2574</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:5" ht="15" customHeight="1">
       <x:c r="A938" s="1" t="s">
-        <x:v>2566</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="B938" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C938" s="1" t="s">
-        <x:v>2569</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="D938" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E938" s="1" t="s">
-        <x:v>2570</x:v>
+        <x:v>2576</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:5" ht="15" customHeight="1">
       <x:c r="A939" s="1" t="s">
-        <x:v>2571</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="B939" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C939" s="1" t="s">
-        <x:v>2572</x:v>
+        <x:v>2578</x:v>
       </x:c>
       <x:c r="D939" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E939" s="1" t="s">
-        <x:v>2573</x:v>
+        <x:v>2579</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:5" ht="15" customHeight="1">
       <x:c r="A940" s="1" t="s">
-        <x:v>2571</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="B940" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C940" s="1" t="s">
-        <x:v>2574</x:v>
+        <x:v>2580</x:v>
       </x:c>
       <x:c r="D940" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E940" s="1" t="s">
-        <x:v>2575</x:v>
+        <x:v>2581</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:5" ht="15" customHeight="1">
       <x:c r="A941" s="1" t="s">
-        <x:v>2576</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="B941" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C941" s="1" t="s">
-        <x:v>2577</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="D941" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="E941" s="1" t="s">
-        <x:v>2578</x:v>
+        <x:v>2585</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:5" ht="15" customHeight="1">
       <x:c r="A942" s="1" t="s">
-        <x:v>2576</x:v>
+        <x:v>2582</x:v>
       </x:c>
       <x:c r="B942" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C942" s="1" t="s">
-        <x:v>2579</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="D942" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="E942" s="1" t="s">
-        <x:v>2580</x:v>
+        <x:v>2587</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:5" ht="15" customHeight="1">
       <x:c r="A943" s="1" t="s">
-        <x:v>2581</x:v>
+        <x:v>2588</x:v>
       </x:c>
       <x:c r="B943" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C943" s="1" t="s">
-        <x:v>2582</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="D943" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E943" s="1" t="s">
-        <x:v>2583</x:v>
+        <x:v>2590</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:5" ht="15" customHeight="1">
       <x:c r="A944" s="1" t="s">
-        <x:v>2581</x:v>
+        <x:v>2588</x:v>
       </x:c>
       <x:c r="B944" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C944" s="1" t="s">
-        <x:v>2584</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="D944" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E944" s="1" t="s">
-        <x:v>2585</x:v>
+        <x:v>2592</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:5" ht="15" customHeight="1">
       <x:c r="A945" s="1" t="s">
-        <x:v>2586</x:v>
+        <x:v>2593</x:v>
       </x:c>
       <x:c r="B945" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C945" s="1" t="s">
-        <x:v>2587</x:v>
+        <x:v>2594</x:v>
       </x:c>
       <x:c r="D945" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E945" s="1" t="s">
-        <x:v>2588</x:v>
+        <x:v>2595</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:5" ht="15" customHeight="1">
       <x:c r="A946" s="1" t="s">
-        <x:v>2586</x:v>
+        <x:v>2593</x:v>
       </x:c>
       <x:c r="B946" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C946" s="1" t="s">
-        <x:v>2589</x:v>
+        <x:v>2596</x:v>
       </x:c>
       <x:c r="D946" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E946" s="1" t="s">
-        <x:v>2590</x:v>
+        <x:v>2597</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:5" ht="15" customHeight="1">
       <x:c r="A947" s="1" t="s">
-        <x:v>2591</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="B947" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C947" s="1" t="s">
-        <x:v>2592</x:v>
+        <x:v>2599</x:v>
       </x:c>
       <x:c r="D947" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E947" s="1" t="s">
-        <x:v>2593</x:v>
+        <x:v>2600</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:5" ht="15" customHeight="1">
       <x:c r="A948" s="1" t="s">
-        <x:v>2591</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="B948" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C948" s="1" t="s">
-        <x:v>2594</x:v>
+        <x:v>2601</x:v>
       </x:c>
       <x:c r="D948" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E948" s="1" t="s">
-        <x:v>2595</x:v>
+        <x:v>2602</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:5" ht="15" customHeight="1">
       <x:c r="A949" s="1" t="s">
-        <x:v>2596</x:v>
+        <x:v>2603</x:v>
       </x:c>
       <x:c r="B949" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C949" s="1" t="s">
-        <x:v>2597</x:v>
+        <x:v>2604</x:v>
       </x:c>
       <x:c r="D949" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E949" s="1" t="s">
-        <x:v>2598</x:v>
+        <x:v>2605</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:5" ht="15" customHeight="1">
       <x:c r="A950" s="1" t="s">
-        <x:v>2596</x:v>
+        <x:v>2603</x:v>
       </x:c>
       <x:c r="B950" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C950" s="1" t="s">
-        <x:v>2599</x:v>
+        <x:v>2606</x:v>
       </x:c>
       <x:c r="D950" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E950" s="1" t="s">
-        <x:v>2600</x:v>
+        <x:v>2607</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:5" ht="15" customHeight="1">
       <x:c r="A951" s="1" t="s">
-        <x:v>2601</x:v>
+        <x:v>2608</x:v>
       </x:c>
       <x:c r="B951" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C951" s="1" t="s">
-        <x:v>2602</x:v>
+        <x:v>2609</x:v>
       </x:c>
       <x:c r="D951" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E951" s="1" t="s">
-        <x:v>2603</x:v>
+        <x:v>2610</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:5" ht="15" customHeight="1">
       <x:c r="A952" s="1" t="s">
-        <x:v>2601</x:v>
+        <x:v>2608</x:v>
       </x:c>
       <x:c r="B952" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C952" s="1" t="s">
-        <x:v>2604</x:v>
+        <x:v>2611</x:v>
       </x:c>
       <x:c r="D952" s="1" t="s">
-        <x:v>2542</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E952" s="1" t="s">
-        <x:v>2605</x:v>
+        <x:v>2612</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:5" ht="15" customHeight="1">
       <x:c r="A953" s="1" t="s">
-        <x:v>2606</x:v>
+        <x:v>2613</x:v>
       </x:c>
       <x:c r="B953" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C953" s="1" t="s">
-        <x:v>2607</x:v>
+        <x:v>2614</x:v>
       </x:c>
       <x:c r="D953" s="1" t="s">
-        <x:v>2608</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E953" s="1" t="s">
-        <x:v>2609</x:v>
+        <x:v>2615</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:5" ht="15" customHeight="1">
       <x:c r="A954" s="1" t="s">
-        <x:v>2606</x:v>
+        <x:v>2613</x:v>
       </x:c>
       <x:c r="B954" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C954" s="1" t="s">
-        <x:v>2610</x:v>
+        <x:v>2616</x:v>
       </x:c>
       <x:c r="D954" s="1" t="s">
-        <x:v>2608</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E954" s="1" t="s">
-        <x:v>2611</x:v>
+        <x:v>2617</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:5" ht="15" customHeight="1">
       <x:c r="A955" s="1" t="s">
-        <x:v>2612</x:v>
+        <x:v>2618</x:v>
       </x:c>
       <x:c r="B955" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C955" s="1" t="s">
-        <x:v>2613</x:v>
+        <x:v>2619</x:v>
       </x:c>
       <x:c r="D955" s="1" t="s">
-        <x:v>2608</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E955" s="1" t="s">
-        <x:v>2614</x:v>
+        <x:v>2620</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:5" ht="15" customHeight="1">
       <x:c r="A956" s="1" t="s">
-        <x:v>2612</x:v>
+        <x:v>2618</x:v>
       </x:c>
       <x:c r="B956" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C956" s="1" t="s">
-        <x:v>2615</x:v>
+        <x:v>2621</x:v>
       </x:c>
       <x:c r="D956" s="1" t="s">
-        <x:v>2608</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="E956" s="1" t="s">
-        <x:v>2616</x:v>
+        <x:v>2622</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:5" ht="15" customHeight="1">
       <x:c r="A957" s="1" t="s">
-        <x:v>2617</x:v>
+        <x:v>2623</x:v>
       </x:c>
       <x:c r="B957" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C957" s="1" t="s">
-        <x:v>2618</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="D957" s="1" t="s">
-        <x:v>2608</x:v>
+        <x:v>2625</x:v>
       </x:c>
       <x:c r="E957" s="1" t="s">
-        <x:v>2619</x:v>
+        <x:v>2626</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:5" ht="15" customHeight="1">
       <x:c r="A958" s="1" t="s">
-        <x:v>2617</x:v>
+        <x:v>2623</x:v>
       </x:c>
       <x:c r="B958" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C958" s="1" t="s">
-        <x:v>2620</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="D958" s="1" t="s">
-        <x:v>2608</x:v>
+        <x:v>2625</x:v>
       </x:c>
       <x:c r="E958" s="1" t="s">
-        <x:v>2621</x:v>
+        <x:v>2628</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:5" ht="15" customHeight="1">
       <x:c r="A959" s="1" t="s">
-        <x:v>2622</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="B959" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C959" s="1" t="s">
-        <x:v>2623</x:v>
+        <x:v>2630</x:v>
       </x:c>
       <x:c r="D959" s="1" t="s">
-        <x:v>2624</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E959" s="1" t="s">
-        <x:v>2625</x:v>
+        <x:v>2632</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:5" ht="15" customHeight="1">
       <x:c r="A960" s="1" t="s">
-        <x:v>2622</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="B960" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C960" s="1" t="s">
-        <x:v>2626</x:v>
+        <x:v>2633</x:v>
       </x:c>
       <x:c r="D960" s="1" t="s">
-        <x:v>2624</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E960" s="1" t="s">
-        <x:v>2627</x:v>
+        <x:v>2634</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:5" ht="15" customHeight="1">
       <x:c r="A961" s="1" t="s">
-        <x:v>2628</x:v>
+        <x:v>2635</x:v>
       </x:c>
       <x:c r="B961" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C961" s="1" t="s">
-        <x:v>2629</x:v>
+        <x:v>2636</x:v>
       </x:c>
       <x:c r="D961" s="1" t="s">
-        <x:v>2624</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E961" s="1" t="s">
-        <x:v>2630</x:v>
+        <x:v>2637</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:5" ht="15" customHeight="1">
       <x:c r="A962" s="1" t="s">
-        <x:v>2628</x:v>
+        <x:v>2635</x:v>
       </x:c>
       <x:c r="B962" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C962" s="1" t="s">
+        <x:v>2638</x:v>
+      </x:c>
+      <x:c r="D962" s="1" t="s">
         <x:v>2631</x:v>
       </x:c>
-      <x:c r="D962" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E962" s="1" t="s">
-        <x:v>2632</x:v>
+        <x:v>2639</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:5" ht="15" customHeight="1">
       <x:c r="A963" s="1" t="s">
-        <x:v>2633</x:v>
+        <x:v>2640</x:v>
       </x:c>
       <x:c r="B963" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C963" s="1" t="s">
-        <x:v>2634</x:v>
+        <x:v>2641</x:v>
       </x:c>
       <x:c r="D963" s="1" t="s">
-        <x:v>2624</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E963" s="1" t="s">
-        <x:v>2635</x:v>
+        <x:v>2642</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:5" ht="15" customHeight="1">
       <x:c r="A964" s="1" t="s">
-        <x:v>2633</x:v>
+        <x:v>2640</x:v>
       </x:c>
       <x:c r="B964" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C964" s="1" t="s">
-        <x:v>2636</x:v>
+        <x:v>2643</x:v>
       </x:c>
       <x:c r="D964" s="1" t="s">
-        <x:v>2624</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E964" s="1" t="s">
-        <x:v>2637</x:v>
+        <x:v>2644</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:5" ht="15" customHeight="1">
       <x:c r="A965" s="1" t="s">
-        <x:v>2638</x:v>
+        <x:v>2645</x:v>
       </x:c>
       <x:c r="B965" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C965" s="1" t="s">
-        <x:v>2639</x:v>
+        <x:v>2646</x:v>
       </x:c>
       <x:c r="D965" s="1" t="s">
-        <x:v>2624</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E965" s="1" t="s">
-        <x:v>2640</x:v>
+        <x:v>2647</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:5" ht="15" customHeight="1">
       <x:c r="A966" s="1" t="s">
-        <x:v>2638</x:v>
+        <x:v>2645</x:v>
       </x:c>
       <x:c r="B966" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C966" s="1" t="s">
-        <x:v>2641</x:v>
+        <x:v>2648</x:v>
       </x:c>
       <x:c r="D966" s="1" t="s">
-        <x:v>2624</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E966" s="1" t="s">
-        <x:v>2642</x:v>
+        <x:v>2649</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:5" ht="15" customHeight="1">
       <x:c r="A967" s="1" t="s">
-        <x:v>2643</x:v>
+        <x:v>2650</x:v>
       </x:c>
       <x:c r="B967" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C967" s="1" t="s">
-        <x:v>2644</x:v>
+        <x:v>2651</x:v>
       </x:c>
       <x:c r="D967" s="1" t="s">
-        <x:v>2624</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E967" s="1" t="s">
-        <x:v>2645</x:v>
+        <x:v>2652</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:5" ht="15" customHeight="1">
       <x:c r="A968" s="1" t="s">
-        <x:v>2643</x:v>
+        <x:v>2650</x:v>
       </x:c>
       <x:c r="B968" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C968" s="1" t="s">
-        <x:v>2646</x:v>
+        <x:v>2653</x:v>
       </x:c>
       <x:c r="D968" s="1" t="s">
-        <x:v>2624</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E968" s="1" t="s">
-        <x:v>2647</x:v>
+        <x:v>2654</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:5" ht="15" customHeight="1">
       <x:c r="A969" s="1" t="s">
-        <x:v>2648</x:v>
+        <x:v>2655</x:v>
       </x:c>
       <x:c r="B969" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C969" s="1" t="s">
-        <x:v>2649</x:v>
+        <x:v>2656</x:v>
       </x:c>
       <x:c r="D969" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E969" s="1" t="s">
-        <x:v>2651</x:v>
+        <x:v>2657</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:5" ht="15" customHeight="1">
       <x:c r="A970" s="1" t="s">
-        <x:v>2648</x:v>
+        <x:v>2655</x:v>
       </x:c>
       <x:c r="B970" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C970" s="1" t="s">
-        <x:v>2652</x:v>
+        <x:v>2658</x:v>
       </x:c>
       <x:c r="D970" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E970" s="1" t="s">
-        <x:v>2653</x:v>
+        <x:v>2659</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:5" ht="15" customHeight="1">
       <x:c r="A971" s="1" t="s">
-        <x:v>2654</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="B971" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C971" s="1" t="s">
-        <x:v>2655</x:v>
+        <x:v>2661</x:v>
       </x:c>
       <x:c r="D971" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E971" s="1" t="s">
-        <x:v>2656</x:v>
+        <x:v>2662</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:5" ht="15" customHeight="1">
       <x:c r="A972" s="1" t="s">
-        <x:v>2654</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="B972" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C972" s="1" t="s">
-        <x:v>2657</x:v>
+        <x:v>2663</x:v>
       </x:c>
       <x:c r="D972" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E972" s="1" t="s">
-        <x:v>2658</x:v>
+        <x:v>2664</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:5" ht="15" customHeight="1">
       <x:c r="A973" s="1" t="s">
-        <x:v>2659</x:v>
+        <x:v>2665</x:v>
       </x:c>
       <x:c r="B973" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C973" s="1" t="s">
-        <x:v>2660</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="D973" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E973" s="1" t="s">
-        <x:v>2661</x:v>
+        <x:v>2667</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:5" ht="15" customHeight="1">
       <x:c r="A974" s="1" t="s">
-        <x:v>2659</x:v>
+        <x:v>2665</x:v>
       </x:c>
       <x:c r="B974" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C974" s="1" t="s">
-        <x:v>2662</x:v>
+        <x:v>2668</x:v>
       </x:c>
       <x:c r="D974" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E974" s="1" t="s">
-        <x:v>2663</x:v>
+        <x:v>2669</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:5" ht="15" customHeight="1">
       <x:c r="A975" s="1" t="s">
-        <x:v>2664</x:v>
+        <x:v>2670</x:v>
       </x:c>
       <x:c r="B975" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C975" s="1" t="s">
-        <x:v>2665</x:v>
+        <x:v>2671</x:v>
       </x:c>
       <x:c r="D975" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E975" s="1" t="s">
-        <x:v>2666</x:v>
+        <x:v>2672</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:5" ht="15" customHeight="1">
       <x:c r="A976" s="1" t="s">
-        <x:v>2664</x:v>
+        <x:v>2670</x:v>
       </x:c>
       <x:c r="B976" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C976" s="1" t="s">
-        <x:v>2667</x:v>
+        <x:v>2673</x:v>
       </x:c>
       <x:c r="D976" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E976" s="1" t="s">
-        <x:v>2668</x:v>
+        <x:v>2674</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:5" ht="15" customHeight="1">
       <x:c r="A977" s="1" t="s">
-        <x:v>2669</x:v>
+        <x:v>2675</x:v>
       </x:c>
       <x:c r="B977" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C977" s="1" t="s">
-        <x:v>2670</x:v>
+        <x:v>2676</x:v>
       </x:c>
       <x:c r="D977" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E977" s="1" t="s">
-        <x:v>2671</x:v>
+        <x:v>2677</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:5" ht="15" customHeight="1">
       <x:c r="A978" s="1" t="s">
-        <x:v>2669</x:v>
+        <x:v>2675</x:v>
       </x:c>
       <x:c r="B978" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C978" s="1" t="s">
-        <x:v>2672</x:v>
+        <x:v>2678</x:v>
       </x:c>
       <x:c r="D978" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E978" s="1" t="s">
-        <x:v>2673</x:v>
+        <x:v>2679</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:5" ht="15" customHeight="1">
       <x:c r="A979" s="1" t="s">
-        <x:v>2674</x:v>
+        <x:v>2680</x:v>
       </x:c>
       <x:c r="B979" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C979" s="1" t="s">
-        <x:v>2672</x:v>
+        <x:v>2681</x:v>
       </x:c>
       <x:c r="D979" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E979" s="1" t="s">
-        <x:v>2673</x:v>
+        <x:v>2682</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:5" ht="15" customHeight="1">
       <x:c r="A980" s="1" t="s">
-        <x:v>2674</x:v>
+        <x:v>2680</x:v>
       </x:c>
       <x:c r="B980" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C980" s="1" t="s">
-        <x:v>2675</x:v>
+        <x:v>2683</x:v>
       </x:c>
       <x:c r="D980" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E980" s="1" t="s">
-        <x:v>2676</x:v>
+        <x:v>2684</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:5" ht="15" customHeight="1">
       <x:c r="A981" s="1" t="s">
-        <x:v>2677</x:v>
+        <x:v>2685</x:v>
       </x:c>
       <x:c r="B981" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C981" s="1" t="s">
-        <x:v>2678</x:v>
+        <x:v>2686</x:v>
       </x:c>
       <x:c r="D981" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E981" s="1" t="s">
-        <x:v>2679</x:v>
+        <x:v>2687</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:5" ht="15" customHeight="1">
       <x:c r="A982" s="1" t="s">
-        <x:v>2677</x:v>
+        <x:v>2685</x:v>
       </x:c>
       <x:c r="B982" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C982" s="1" t="s">
-        <x:v>2680</x:v>
+        <x:v>2688</x:v>
       </x:c>
       <x:c r="D982" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E982" s="1" t="s">
-        <x:v>2681</x:v>
+        <x:v>2689</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:5" ht="15" customHeight="1">
       <x:c r="A983" s="1" t="s">
-        <x:v>2682</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="B983" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C983" s="1" t="s">
-        <x:v>2680</x:v>
+        <x:v>2691</x:v>
       </x:c>
       <x:c r="D983" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E983" s="1" t="s">
-        <x:v>2681</x:v>
+        <x:v>2692</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:5" ht="15" customHeight="1">
       <x:c r="A984" s="1" t="s">
-        <x:v>2682</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="B984" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C984" s="1" t="s">
-        <x:v>2683</x:v>
+        <x:v>2693</x:v>
       </x:c>
       <x:c r="D984" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2631</x:v>
       </x:c>
       <x:c r="E984" s="1" t="s">
-        <x:v>2684</x:v>
+        <x:v>2694</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:5" ht="15" customHeight="1">
       <x:c r="A985" s="1" t="s">
-        <x:v>2685</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="B985" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C985" s="1" t="s">
-        <x:v>2686</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="D985" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="E985" s="1" t="s">
-        <x:v>2687</x:v>
+        <x:v>2698</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:5" ht="15" customHeight="1">
       <x:c r="A986" s="1" t="s">
-        <x:v>2685</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="B986" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C986" s="1" t="s">
-        <x:v>2688</x:v>
+        <x:v>2699</x:v>
       </x:c>
       <x:c r="D986" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="E986" s="1" t="s">
-        <x:v>2689</x:v>
+        <x:v>2700</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:5" ht="15" customHeight="1">
       <x:c r="A987" s="1" t="s">
-        <x:v>2690</x:v>
+        <x:v>2701</x:v>
       </x:c>
       <x:c r="B987" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C987" s="1" t="s">
-        <x:v>2691</x:v>
+        <x:v>2702</x:v>
       </x:c>
       <x:c r="D987" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="E987" s="1" t="s">
-        <x:v>2692</x:v>
+        <x:v>2703</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:5" ht="15" customHeight="1">
       <x:c r="A988" s="1" t="s">
-        <x:v>2690</x:v>
+        <x:v>2701</x:v>
       </x:c>
       <x:c r="B988" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C988" s="1" t="s">
-        <x:v>2693</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="D988" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="E988" s="1" t="s">
-        <x:v>2694</x:v>
+        <x:v>2705</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:5" ht="15" customHeight="1">
       <x:c r="A989" s="1" t="s">
-        <x:v>2695</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="B989" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C989" s="1" t="s">
-        <x:v>2696</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="D989" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="E989" s="1" t="s">
-        <x:v>2697</x:v>
+        <x:v>2708</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:5" ht="15" customHeight="1">
       <x:c r="A990" s="1" t="s">
-        <x:v>2695</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="B990" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C990" s="1" t="s">
-        <x:v>2698</x:v>
+        <x:v>2709</x:v>
       </x:c>
       <x:c r="D990" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="E990" s="1" t="s">
-        <x:v>2699</x:v>
+        <x:v>2710</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:5" ht="15" customHeight="1">
       <x:c r="A991" s="1" t="s">
-        <x:v>2700</x:v>
+        <x:v>2711</x:v>
       </x:c>
       <x:c r="B991" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C991" s="1" t="s">
-        <x:v>2701</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="D991" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="E991" s="1" t="s">
-        <x:v>2702</x:v>
+        <x:v>2714</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:5" ht="15" customHeight="1">
       <x:c r="A992" s="1" t="s">
-        <x:v>2700</x:v>
+        <x:v>2711</x:v>
       </x:c>
       <x:c r="B992" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C992" s="1" t="s">
-        <x:v>2703</x:v>
+        <x:v>2715</x:v>
       </x:c>
       <x:c r="D992" s="1" t="s">
-        <x:v>2650</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="E992" s="1" t="s">
-        <x:v>2704</x:v>
+        <x:v>2716</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:5" ht="15" customHeight="1">
       <x:c r="A993" s="1" t="s">
-        <x:v>2705</x:v>
+        <x:v>2717</x:v>
       </x:c>
       <x:c r="B993" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C993" s="1" t="s">
-        <x:v>2706</x:v>
+        <x:v>2718</x:v>
       </x:c>
       <x:c r="D993" s="1" t="s">
-        <x:v>2707</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="E993" s="1" t="s">
-        <x:v>2708</x:v>
+        <x:v>2719</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:5" ht="15" customHeight="1">
       <x:c r="A994" s="1" t="s">
-        <x:v>2705</x:v>
+        <x:v>2717</x:v>
       </x:c>
       <x:c r="B994" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C994" s="1" t="s">
-        <x:v>2709</x:v>
+        <x:v>2720</x:v>
       </x:c>
       <x:c r="D994" s="1" t="s">
-        <x:v>2707</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="E994" s="1" t="s">
-        <x:v>2710</x:v>
+        <x:v>2721</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:5" ht="15" customHeight="1">
       <x:c r="A995" s="1" t="s">
-        <x:v>2711</x:v>
+        <x:v>2722</x:v>
       </x:c>
       <x:c r="B995" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C995" s="1" t="s">
-        <x:v>2712</x:v>
+        <x:v>2723</x:v>
       </x:c>
       <x:c r="D995" s="1" t="s">
         <x:v>2713</x:v>
       </x:c>
       <x:c r="E995" s="1" t="s">
-        <x:v>2714</x:v>
+        <x:v>2724</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:5" ht="15" customHeight="1">
       <x:c r="A996" s="1" t="s">
-        <x:v>2711</x:v>
+        <x:v>2722</x:v>
       </x:c>
       <x:c r="B996" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C996" s="1" t="s">
-        <x:v>2715</x:v>
+        <x:v>2725</x:v>
       </x:c>
       <x:c r="D996" s="1" t="s">
         <x:v>2713</x:v>
       </x:c>
       <x:c r="E996" s="1" t="s">
-        <x:v>2716</x:v>
+        <x:v>2726</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:5" ht="15" customHeight="1">
       <x:c r="A997" s="1" t="s">
-        <x:v>2717</x:v>
+        <x:v>2727</x:v>
       </x:c>
       <x:c r="B997" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C997" s="1" t="s">
-        <x:v>2718</x:v>
+        <x:v>2728</x:v>
       </x:c>
       <x:c r="D997" s="1" t="s">
         <x:v>2713</x:v>
       </x:c>
       <x:c r="E997" s="1" t="s">
-        <x:v>2719</x:v>
+        <x:v>2729</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:5" ht="15" customHeight="1">
       <x:c r="A998" s="1" t="s">
-        <x:v>2720</x:v>
+        <x:v>2727</x:v>
       </x:c>
       <x:c r="B998" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C998" s="1" t="s">
-        <x:v>2721</x:v>
+        <x:v>2730</x:v>
       </x:c>
       <x:c r="D998" s="1" t="s">
-        <x:v>2722</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="E998" s="1" t="s">
-        <x:v>2723</x:v>
+        <x:v>2731</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:5" ht="15" customHeight="1">
       <x:c r="A999" s="1" t="s">
-        <x:v>2724</x:v>
+        <x:v>2732</x:v>
       </x:c>
       <x:c r="B999" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C999" s="1" t="s">
-        <x:v>2725</x:v>
+        <x:v>2733</x:v>
       </x:c>
       <x:c r="D999" s="1" t="s">
-        <x:v>2722</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="E999" s="1" t="s">
-        <x:v>2726</x:v>
+        <x:v>2734</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1000" s="1" t="s">
-        <x:v>2727</x:v>
+        <x:v>2732</x:v>
       </x:c>
       <x:c r="B1000" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C1000" s="1" t="s">
-        <x:v>2728</x:v>
+        <x:v>2735</x:v>
       </x:c>
       <x:c r="D1000" s="1" t="s">
-        <x:v>2729</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="E1000" s="1" t="s">
-        <x:v>2730</x:v>
+        <x:v>2736</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1001" s="1" t="s">
-        <x:v>2731</x:v>
+        <x:v>2737</x:v>
       </x:c>
       <x:c r="B1001" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C1001" s="1" t="s">
-        <x:v>2732</x:v>
+        <x:v>2738</x:v>
       </x:c>
       <x:c r="D1001" s="1" t="s">
-        <x:v>2729</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="E1001" s="1" t="s">
-        <x:v>2733</x:v>
+        <x:v>2740</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1002" s="1" t="s">
-        <x:v>2734</x:v>
+        <x:v>2737</x:v>
       </x:c>
       <x:c r="B1002" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1002" s="1" t="s">
-        <x:v>2735</x:v>
+        <x:v>2741</x:v>
       </x:c>
       <x:c r="D1002" s="1" t="s">
-        <x:v>2736</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="E1002" s="1" t="s">
-        <x:v>2737</x:v>
+        <x:v>2742</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1003" s="1" t="s">
-        <x:v>2738</x:v>
+        <x:v>2743</x:v>
       </x:c>
       <x:c r="B1003" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1003" s="1" t="s">
+        <x:v>2744</x:v>
+      </x:c>
+      <x:c r="D1003" s="1" t="s">
         <x:v>2739</x:v>
       </x:c>
-      <x:c r="D1003" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E1003" s="1" t="s">
-        <x:v>2741</x:v>
+        <x:v>2745</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1004" s="1" t="s">
-        <x:v>2742</x:v>
+        <x:v>2743</x:v>
       </x:c>
       <x:c r="B1004" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C1004" s="1" t="s">
-        <x:v>2743</x:v>
+        <x:v>2746</x:v>
       </x:c>
       <x:c r="D1004" s="1" t="s">
-        <x:v>2744</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="E1004" s="1" t="s">
-        <x:v>2745</x:v>
+        <x:v>2747</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1005" s="1" t="s">
-        <x:v>2746</x:v>
+        <x:v>2748</x:v>
       </x:c>
       <x:c r="B1005" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C1005" s="1" t="s">
-        <x:v>2747</x:v>
+        <x:v>2749</x:v>
       </x:c>
       <x:c r="D1005" s="1" t="s">
-        <x:v>2748</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="E1005" s="1" t="s">
-        <x:v>2749</x:v>
+        <x:v>2750</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1006" s="1" t="s">
-        <x:v>2750</x:v>
+        <x:v>2748</x:v>
       </x:c>
       <x:c r="B1006" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1006" s="1" t="s">
         <x:v>2751</x:v>
       </x:c>
       <x:c r="D1006" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1006" s="1" t="s">
         <x:v>2752</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2753</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1007" s="1" t="s">
+        <x:v>2753</x:v>
+      </x:c>
+      <x:c r="B1007" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1007" s="1" t="s">
         <x:v>2754</x:v>
       </x:c>
-      <x:c r="B1007" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C1007" s="1" t="s">
+      <x:c r="D1007" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1007" s="1" t="s">
         <x:v>2755</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2757</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1008" s="1" t="s">
-        <x:v>2758</x:v>
+        <x:v>2753</x:v>
       </x:c>
       <x:c r="B1008" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C1008" s="1" t="s">
-        <x:v>2759</x:v>
+        <x:v>2756</x:v>
       </x:c>
       <x:c r="D1008" s="1" t="s">
-        <x:v>2756</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="E1008" s="1" t="s">
-        <x:v>2760</x:v>
+        <x:v>2757</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1009" s="1" t="s">
-        <x:v>2761</x:v>
+        <x:v>2758</x:v>
       </x:c>
       <x:c r="B1009" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C1009" s="1" t="s">
-        <x:v>2762</x:v>
+        <x:v>2759</x:v>
       </x:c>
       <x:c r="D1009" s="1" t="s">
-        <x:v>2756</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="E1009" s="1" t="s">
-        <x:v>2763</x:v>
+        <x:v>2760</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1010" s="1" t="s">
-        <x:v>2764</x:v>
+        <x:v>2758</x:v>
       </x:c>
       <x:c r="B1010" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C1010" s="1" t="s">
-        <x:v>2765</x:v>
+        <x:v>2761</x:v>
       </x:c>
       <x:c r="D1010" s="1" t="s">
-        <x:v>2756</x:v>
+        <x:v>2739</x:v>
       </x:c>
       <x:c r="E1010" s="1" t="s">
-        <x:v>2766</x:v>
+        <x:v>2762</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1011" s="1" t="s">
+        <x:v>2763</x:v>
+      </x:c>
+      <x:c r="B1011" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1011" s="1" t="s">
+        <x:v>2761</x:v>
+      </x:c>
+      <x:c r="D1011" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1011" s="1" t="s">
+        <x:v>2762</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1012" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1012" s="1" t="s">
+        <x:v>2763</x:v>
+      </x:c>
+      <x:c r="B1012" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1012" s="1" t="s">
+        <x:v>2764</x:v>
+      </x:c>
+      <x:c r="D1012" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1012" s="1" t="s">
+        <x:v>2765</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1013" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1013" s="1" t="s">
+        <x:v>2766</x:v>
+      </x:c>
+      <x:c r="B1013" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1013" s="1" t="s">
         <x:v>2767</x:v>
       </x:c>
-      <x:c r="B1011" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="C1011" s="1" t="s">
+      <x:c r="D1013" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1013" s="1" t="s">
         <x:v>2768</x:v>
       </x:c>
-      <x:c r="D1011" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E1011" s="1" t="s">
+    </x:row>
+    <x:row r="1014" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1014" s="1" t="s">
+        <x:v>2766</x:v>
+      </x:c>
+      <x:c r="B1014" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1014" s="1" t="s">
         <x:v>2769</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A1012" s="2" t="s">
+      <x:c r="D1014" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1014" s="1" t="s">
+        <x:v>2770</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1015" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1015" s="1" t="s">
+        <x:v>2771</x:v>
+      </x:c>
+      <x:c r="B1015" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1015" s="1" t="s">
+        <x:v>2769</x:v>
+      </x:c>
+      <x:c r="D1015" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1015" s="1" t="s">
+        <x:v>2770</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1016" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1016" s="1" t="s">
+        <x:v>2771</x:v>
+      </x:c>
+      <x:c r="B1016" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1016" s="1" t="s">
+        <x:v>2772</x:v>
+      </x:c>
+      <x:c r="D1016" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1016" s="1" t="s">
+        <x:v>2773</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1017" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1017" s="1" t="s">
+        <x:v>2774</x:v>
+      </x:c>
+      <x:c r="B1017" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1017" s="1" t="s">
+        <x:v>2775</x:v>
+      </x:c>
+      <x:c r="D1017" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1017" s="1" t="s">
+        <x:v>2776</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1018" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1018" s="1" t="s">
+        <x:v>2774</x:v>
+      </x:c>
+      <x:c r="B1018" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1018" s="1" t="s">
+        <x:v>2777</x:v>
+      </x:c>
+      <x:c r="D1018" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1018" s="1" t="s">
+        <x:v>2778</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1019" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1019" s="1" t="s">
+        <x:v>2779</x:v>
+      </x:c>
+      <x:c r="B1019" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1019" s="1" t="s">
+        <x:v>2780</x:v>
+      </x:c>
+      <x:c r="D1019" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1019" s="1" t="s">
+        <x:v>2781</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1020" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1020" s="1" t="s">
+        <x:v>2779</x:v>
+      </x:c>
+      <x:c r="B1020" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1020" s="1" t="s">
+        <x:v>2782</x:v>
+      </x:c>
+      <x:c r="D1020" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1020" s="1" t="s">
+        <x:v>2783</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1021" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1021" s="1" t="s">
+        <x:v>2784</x:v>
+      </x:c>
+      <x:c r="B1021" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1021" s="1" t="s">
+        <x:v>2785</x:v>
+      </x:c>
+      <x:c r="D1021" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1021" s="1" t="s">
+        <x:v>2786</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1022" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1022" s="1" t="s">
+        <x:v>2784</x:v>
+      </x:c>
+      <x:c r="B1022" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1022" s="1" t="s">
+        <x:v>2787</x:v>
+      </x:c>
+      <x:c r="D1022" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1022" s="1" t="s">
+        <x:v>2788</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1023" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1023" s="1" t="s">
+        <x:v>2789</x:v>
+      </x:c>
+      <x:c r="B1023" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1023" s="1" t="s">
+        <x:v>2790</x:v>
+      </x:c>
+      <x:c r="D1023" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1023" s="1" t="s">
+        <x:v>2791</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1024" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1024" s="1" t="s">
+        <x:v>2789</x:v>
+      </x:c>
+      <x:c r="B1024" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1024" s="1" t="s">
+        <x:v>2792</x:v>
+      </x:c>
+      <x:c r="D1024" s="1" t="s">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E1024" s="1" t="s">
+        <x:v>2793</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1025" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1025" s="1" t="s">
+        <x:v>2794</x:v>
+      </x:c>
+      <x:c r="B1025" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1025" s="1" t="s">
+        <x:v>2795</x:v>
+      </x:c>
+      <x:c r="D1025" s="1" t="s">
+        <x:v>2796</x:v>
+      </x:c>
+      <x:c r="E1025" s="1" t="s">
+        <x:v>2797</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1026" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1026" s="1" t="s">
+        <x:v>2794</x:v>
+      </x:c>
+      <x:c r="B1026" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1026" s="1" t="s">
+        <x:v>2798</x:v>
+      </x:c>
+      <x:c r="D1026" s="1" t="s">
+        <x:v>2796</x:v>
+      </x:c>
+      <x:c r="E1026" s="1" t="s">
+        <x:v>2799</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1027" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1027" s="1" t="s">
+        <x:v>2800</x:v>
+      </x:c>
+      <x:c r="B1027" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C1027" s="1" t="s">
+        <x:v>2801</x:v>
+      </x:c>
+      <x:c r="D1027" s="1" t="s">
+        <x:v>2802</x:v>
+      </x:c>
+      <x:c r="E1027" s="1" t="s">
+        <x:v>2803</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1028" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1028" s="1" t="s">
+        <x:v>2800</x:v>
+      </x:c>
+      <x:c r="B1028" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1028" s="1" t="s">
+        <x:v>2804</x:v>
+      </x:c>
+      <x:c r="D1028" s="1" t="s">
+        <x:v>2802</x:v>
+      </x:c>
+      <x:c r="E1028" s="1" t="s">
+        <x:v>2805</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1029" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1029" s="1" t="s">
+        <x:v>2806</x:v>
+      </x:c>
+      <x:c r="B1029" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1029" s="1" t="s">
+        <x:v>2807</x:v>
+      </x:c>
+      <x:c r="D1029" s="1" t="s">
+        <x:v>2802</x:v>
+      </x:c>
+      <x:c r="E1029" s="1" t="s">
+        <x:v>2808</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1030" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1030" s="1" t="s">
+        <x:v>2809</x:v>
+      </x:c>
+      <x:c r="B1030" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1030" s="1" t="s">
+        <x:v>2810</x:v>
+      </x:c>
+      <x:c r="D1030" s="1" t="s">
+        <x:v>2811</x:v>
+      </x:c>
+      <x:c r="E1030" s="1" t="s">
+        <x:v>2812</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1031" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1031" s="1" t="s">
+        <x:v>2813</x:v>
+      </x:c>
+      <x:c r="B1031" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1031" s="1" t="s">
+        <x:v>2814</x:v>
+      </x:c>
+      <x:c r="D1031" s="1" t="s">
+        <x:v>2811</x:v>
+      </x:c>
+      <x:c r="E1031" s="1" t="s">
+        <x:v>2815</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1032" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1032" s="1" t="s">
+        <x:v>2816</x:v>
+      </x:c>
+      <x:c r="B1032" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1032" s="1" t="s">
+        <x:v>2817</x:v>
+      </x:c>
+      <x:c r="D1032" s="1" t="s">
+        <x:v>2818</x:v>
+      </x:c>
+      <x:c r="E1032" s="1" t="s">
+        <x:v>2819</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1033" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1033" s="1" t="s">
+        <x:v>2820</x:v>
+      </x:c>
+      <x:c r="B1033" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1033" s="1" t="s">
+        <x:v>2821</x:v>
+      </x:c>
+      <x:c r="D1033" s="1" t="s">
+        <x:v>2818</x:v>
+      </x:c>
+      <x:c r="E1033" s="1" t="s">
+        <x:v>2822</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1034" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1034" s="1" t="s">
+        <x:v>2823</x:v>
+      </x:c>
+      <x:c r="B1034" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1034" s="1" t="s">
+        <x:v>2824</x:v>
+      </x:c>
+      <x:c r="D1034" s="1" t="s">
+        <x:v>2825</x:v>
+      </x:c>
+      <x:c r="E1034" s="1" t="s">
+        <x:v>2826</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1035" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1035" s="1" t="s">
+        <x:v>2827</x:v>
+      </x:c>
+      <x:c r="B1035" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1035" s="1" t="s">
+        <x:v>2828</x:v>
+      </x:c>
+      <x:c r="D1035" s="1" t="s">
+        <x:v>2829</x:v>
+      </x:c>
+      <x:c r="E1035" s="1" t="s">
+        <x:v>2830</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1036" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1036" s="1" t="s">
+        <x:v>2831</x:v>
+      </x:c>
+      <x:c r="B1036" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1036" s="1" t="s">
+        <x:v>2832</x:v>
+      </x:c>
+      <x:c r="D1036" s="1" t="s">
+        <x:v>2833</x:v>
+      </x:c>
+      <x:c r="E1036" s="1" t="s">
+        <x:v>2834</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1037" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1037" s="1" t="s">
+        <x:v>2835</x:v>
+      </x:c>
+      <x:c r="B1037" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1037" s="1" t="s">
+        <x:v>2836</x:v>
+      </x:c>
+      <x:c r="D1037" s="1" t="s">
+        <x:v>2837</x:v>
+      </x:c>
+      <x:c r="E1037" s="1" t="s">
+        <x:v>2838</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1038" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1038" s="1" t="s">
+        <x:v>2839</x:v>
+      </x:c>
+      <x:c r="B1038" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1038" s="1" t="s">
+        <x:v>2840</x:v>
+      </x:c>
+      <x:c r="D1038" s="1" t="s">
+        <x:v>2841</x:v>
+      </x:c>
+      <x:c r="E1038" s="1" t="s">
+        <x:v>2842</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1039" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1039" s="1" t="s">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="B1039" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1039" s="1" t="s">
+        <x:v>2844</x:v>
+      </x:c>
+      <x:c r="D1039" s="1" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="E1039" s="1" t="s">
+        <x:v>2846</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1040" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1040" s="1" t="s">
+        <x:v>2847</x:v>
+      </x:c>
+      <x:c r="B1040" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1040" s="1" t="s">
+        <x:v>2848</x:v>
+      </x:c>
+      <x:c r="D1040" s="1" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="E1040" s="1" t="s">
+        <x:v>2849</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1041" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1041" s="1" t="s">
+        <x:v>2850</x:v>
+      </x:c>
+      <x:c r="B1041" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1041" s="1" t="s">
+        <x:v>2851</x:v>
+      </x:c>
+      <x:c r="D1041" s="1" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="E1041" s="1" t="s">
+        <x:v>2852</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1042" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1042" s="1" t="s">
+        <x:v>2853</x:v>
+      </x:c>
+      <x:c r="B1042" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1042" s="1" t="s">
+        <x:v>2854</x:v>
+      </x:c>
+      <x:c r="D1042" s="1" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="E1042" s="1" t="s">
+        <x:v>2855</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1043" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1043" s="1" t="s">
+        <x:v>2856</x:v>
+      </x:c>
+      <x:c r="B1043" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C1043" s="1" t="s">
+        <x:v>2857</x:v>
+      </x:c>
+      <x:c r="D1043" s="1" t="s">
+        <x:v>2845</x:v>
+      </x:c>
+      <x:c r="E1043" s="1" t="s">
+        <x:v>2858</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1044" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A1044" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B1012" s="2" t="s">
+      <x:c r="B1044" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C1012" s="2" t="s">
+      <x:c r="C1044" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D1012" s="2" t="s">
+      <x:c r="D1044" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E1012" s="2" t="s">
+      <x:c r="E1044" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
-    <x:mergeCell ref="A1012:E1012"/>
+    <x:mergeCell ref="A1044:E1044"/>
   </x:mergeCells>
 </x:worksheet>
 </file>