--- v0 (2025-12-18)
+++ v1 (2025-12-20)
@@ -1,1788 +1,1806 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fff4c59c3924573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf01b47bb4e74243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRET_au_20251217" sheetId="1" r:id="R9f96a426d81c46ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRET_au_20251219" sheetId="1" r:id="Rb7b663fa77744522"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="580">
-[...1 lines deleted...]
-    <x:t>Tous les fonds de placement au 12/17/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="586">
+  <x:si>
+    <x:t>Tous les fonds de placement au 12/19/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Quantité</x:t>
   </x:si>
   <x:si>
     <x:t>Nom de la position</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
     <x:t>Actions</x:t>
   </x:si>
   <x:si>
     <x:t>Valeur de marché</x:t>
   </x:si>
   <x:si>
     <x:t>% de l’actif net</x:t>
   </x:si>
   <x:si>
     <x:t>Welltower Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WELL US</x:t>
   </x:si>
   <x:si>
     <x:t>US95040Q1040</x:t>
   </x:si>
   <x:si>
     <x:t>189 680</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 30 524 368.00</x:t>
-[...2 lines deleted...]
-    <x:t>9,89%</x:t>
+    <x:t>$ 30 130 127.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,80%</x:t>
   </x:si>
   <x:si>
     <x:t>Prologis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>PLD US</x:t>
   </x:si>
   <x:si>
     <x:t>US74340W1036</x:t>
   </x:si>
   <x:si>
     <x:t>262 876</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 28 641 396.00</x:t>
-[...2 lines deleted...]
-    <x:t>9,28%</x:t>
+    <x:t>$ 28 561 669.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,29%</x:t>
   </x:si>
   <x:si>
     <x:t>Simon Property Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SPG US</x:t>
   </x:si>
   <x:si>
     <x:t>US8288061091</x:t>
   </x:si>
   <x:si>
     <x:t>91 749</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 14 379 174.00</x:t>
-[...2 lines deleted...]
-    <x:t>4,66%</x:t>
+    <x:t>$ 14 489 448.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,71%</x:t>
   </x:si>
   <x:si>
     <x:t>Realty Income Corp</x:t>
   </x:si>
   <x:si>
     <x:t>O US</x:t>
   </x:si>
   <x:si>
     <x:t>US7561091049</x:t>
   </x:si>
   <x:si>
     <x:t>259 563</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 12 754 569.00</x:t>
-[...2 lines deleted...]
-    <x:t>4,13%</x:t>
+    <x:t>$ 12 486 067.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,06%</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DLR US</x:t>
   </x:si>
   <x:si>
     <x:t>US2538681030</x:t>
   </x:si>
   <x:si>
     <x:t>96 860</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 12 227 704.00</x:t>
-[...2 lines deleted...]
-    <x:t>3,96%</x:t>
+    <x:t>$ 12 406 518.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,03%</x:t>
   </x:si>
   <x:si>
     <x:t>Stockage public</x:t>
   </x:si>
   <x:si>
     <x:t>PSA US</x:t>
   </x:si>
   <x:si>
     <x:t>US74460D1090</x:t>
   </x:si>
   <x:si>
     <x:t>44 781</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 10 178 348.00</x:t>
-[...2 lines deleted...]
-    <x:t>3,30%</x:t>
+    <x:t>$ 9 910 330.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,22%</x:t>
   </x:si>
   <x:si>
     <x:t>Ventas Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VTR US</x:t>
   </x:si>
   <x:si>
     <x:t>US92276F1003</x:t>
   </x:si>
   <x:si>
     <x:t>127 761</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 8 575 731.00</x:t>
-[...2 lines deleted...]
-    <x:t>2,78%</x:t>
+    <x:t>$ 8 630 141.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,81%</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsui Fudosan Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>8801 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3893200000</x:t>
   </x:si>
   <x:si>
     <x:t>775 798</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 7 609 596.00</x:t>
-[...2 lines deleted...]
-    <x:t>2,47%</x:t>
+    <x:t>$ 7 494 903.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,44%</x:t>
   </x:si>
   <x:si>
     <x:t>Vici Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>VICI US</x:t>
   </x:si>
   <x:si>
     <x:t>US9256521090</x:t>
   </x:si>
   <x:si>
     <x:t>299 465</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 7 232 814.00</x:t>
-[...2 lines deleted...]
-    <x:t>2,34%</x:t>
+    <x:t>$ 7 083 844.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,30%</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsubishi Estate Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>8802 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3899600005</x:t>
   </x:si>
   <x:si>
     <x:t>327 656</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 6 764 953.00</x:t>
+    <x:t>$ 6 728 913.00</x:t>
   </x:si>
   <x:si>
     <x:t>2,19%</x:t>
   </x:si>
   <x:si>
     <x:t>Extra Space Storage Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EXR US</x:t>
   </x:si>
   <x:si>
     <x:t>US30225T1025</x:t>
   </x:si>
   <x:si>
     <x:t>59 604</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 6 687 290.00</x:t>
-[...2 lines deleted...]
-    <x:t>2,17%</x:t>
+    <x:t>$ 6 620 574.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,15%</x:t>
   </x:si>
   <x:si>
     <x:t>Avalonbay Communities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVB US</x:t>
   </x:si>
   <x:si>
     <x:t>US0534841012</x:t>
   </x:si>
   <x:si>
     <x:t>40 324</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 6 218 153.00</x:t>
+    <x:t>$ 6 168 436.00</x:t>
   </x:si>
   <x:si>
     <x:t>2,01%</x:t>
   </x:si>
   <x:si>
     <x:t>Actions résidentielles</x:t>
   </x:si>
   <x:si>
     <x:t>EQR US</x:t>
   </x:si>
   <x:si>
     <x:t>US29476L1070</x:t>
   </x:si>
   <x:si>
     <x:t>97 237</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 5 127 185.00</x:t>
+    <x:t>$ 5 096 016.00</x:t>
   </x:si>
   <x:si>
     <x:t>1,66%</x:t>
   </x:si>
   <x:si>
     <x:t>Vonovia Se</x:t>
   </x:si>
   <x:si>
     <x:t>VNA GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE000A1ML7J1</x:t>
   </x:si>
   <x:si>
     <x:t>202 020</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 4 858 581.00</x:t>
-[...2 lines deleted...]
-    <x:t>1,57%</x:t>
+    <x:t>$ 4 848 480.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,58%</x:t>
   </x:si>
   <x:si>
     <x:t>Daiwa House Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>1925 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3505000004</x:t>
   </x:si>
   <x:si>
     <x:t>162 656</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 4 651 020.00</x:t>
-[...2 lines deleted...]
-    <x:t>1,51%</x:t>
+    <x:t>$ 4 602 626.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sumitomo Realty &amp; Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8830 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3409000001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93 785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 4 084 459.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,33%</x:t>
   </x:si>
   <x:si>
     <x:t>Essex Property Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ESS US</x:t>
   </x:si>
   <x:si>
     <x:t>US2971781057</x:t>
   </x:si>
   <x:si>
     <x:t>18 156</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 4 053 802.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 4 028 209.00</x:t>
+    <x:t>$ 3 990 754.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,30%</x:t>
   </x:si>
   <x:si>
     <x:t>Mid-America Apartment Communities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MAA US</x:t>
   </x:si>
   <x:si>
     <x:t>US59522J1034</x:t>
   </x:si>
   <x:si>
     <x:t>33 045</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 3 853 961.00</x:t>
-[...2 lines deleted...]
-    <x:t>1,25%</x:t>
+    <x:t>$ 3 787 900.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,23%</x:t>
   </x:si>
   <x:si>
     <x:t>Sun Communities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SUI US</x:t>
   </x:si>
   <x:si>
     <x:t>US8666741041</x:t>
   </x:si>
   <x:si>
     <x:t>35 892</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 3 790 271.00</x:t>
-[...2 lines deleted...]
-    <x:t>1,23%</x:t>
+    <x:t>$ 3 762 070.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,22%</x:t>
   </x:si>
   <x:si>
     <x:t>Scentre Group</x:t>
   </x:si>
   <x:si>
     <x:t>SCG AU</x:t>
   </x:si>
   <x:si>
     <x:t>AU000000SCG8</x:t>
   </x:si>
   <x:si>
     <x:t>1 478 398</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 3 459 239.00</x:t>
-[...2 lines deleted...]
-    <x:t>1,12%</x:t>
+    <x:t>$ 3 504 181.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,14%</x:t>
   </x:si>
   <x:si>
     <x:t>Wp Carey Inc</x:t>
   </x:si>
   <x:si>
     <x:t>WPC US</x:t>
   </x:si>
   <x:si>
     <x:t>US92936U1097</x:t>
   </x:si>
   <x:si>
     <x:t>61 860</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 3 428 626.00</x:t>
+    <x:t>$ 3 413 658.00</x:t>
   </x:si>
   <x:si>
     <x:t>1,11%</x:t>
   </x:si>
   <x:si>
     <x:t>Invitation Homes Inc</x:t>
   </x:si>
   <x:si>
     <x:t>INVH US</x:t>
   </x:si>
   <x:si>
     <x:t>US46187W1071</x:t>
   </x:si>
   <x:si>
     <x:t>146 338</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 3 406 191.00</x:t>
+    <x:t>$ 3 380 395.00</x:t>
   </x:si>
   <x:si>
     <x:t>1,10%</x:t>
   </x:si>
   <x:si>
     <x:t>Kimco Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KIM US</x:t>
   </x:si>
   <x:si>
     <x:t>US49446R1095</x:t>
   </x:si>
   <x:si>
     <x:t>187 343</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 3 259 317.00</x:t>
-[...2 lines deleted...]
-    <x:t>1,06%</x:t>
+    <x:t>$ 3 198 110.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,04%</x:t>
   </x:si>
   <x:si>
     <x:t>Unibail-Rodamco-Westfield</x:t>
   </x:si>
   <x:si>
     <x:t>URW FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0013326246</x:t>
   </x:si>
   <x:si>
     <x:t>33 511</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 3 078 320.00</x:t>
+    <x:t>$ 3 088 374.00</x:t>
   </x:si>
   <x:si>
     <x:t>1,00%</x:t>
   </x:si>
   <x:si>
     <x:t>Swiss Prime Site Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SPSN SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0008038389</x:t>
   </x:si>
   <x:si>
     <x:t>22 773</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 908 944.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,94%</x:t>
+    <x:t>$ 2 949 439.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Link Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>823 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HK0823032773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>737 116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 2 829 304.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,92%</x:t>
   </x:si>
   <x:si>
     <x:t>Segro Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SGRO LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00B5ZN1N88</x:t>
   </x:si>
   <x:si>
     <x:t>351 923</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 810 619.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,91%</x:t>
+    <x:t>$ 2 814 907.00</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Lifestyle Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ELS US</x:t>
   </x:si>
   <x:si>
     <x:t>US29472R1086</x:t>
   </x:si>
   <x:si>
     <x:t>52 675</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 801 237.00</x:t>
-[...14 lines deleted...]
-    <x:t>$ 2 761 589.00</x:t>
+    <x:t>$ 2 756 553.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Camden Property Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US1331311027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29 978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 2 746 405.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,89%</x:t>
   </x:si>
   <x:si>
-    <x:t>Camden Property Trust</x:t>
-[...11 lines deleted...]
-    <x:t>$ 2 749 014.00</x:t>
+    <x:t>Regency Centers Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US7588491032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46 224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 2 705 940.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,88%</x:t>
   </x:si>
   <x:si>
     <x:t>Healthpeak Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>DOC US</x:t>
   </x:si>
   <x:si>
     <x:t>US42250P1030</x:t>
   </x:si>
   <x:si>
     <x:t>196 577</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 742 663.00</x:t>
+    <x:t>$ 2 684 258.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,87%</x:t>
   </x:si>
   <x:si>
     <x:t>Udr Inc</x:t>
   </x:si>
   <x:si>
     <x:t>UDR US</x:t>
   </x:si>
   <x:si>
     <x:t>US9026531049</x:t>
   </x:si>
   <x:si>
     <x:t>86 809</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 688 941.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 2 676 033.00</x:t>
+    <x:t>$ 2 642 819.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,86%</x:t>
   </x:si>
   <x:si>
     <x:t>Capitaland Integrated Commercial Trust</x:t>
   </x:si>
   <x:si>
     <x:t>CICT SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1M51904654</x:t>
   </x:si>
   <x:si>
     <x:t>1 684 469</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 575 856.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,83%</x:t>
+    <x:t>$ 2 604 303.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,85%</x:t>
   </x:si>
   <x:si>
     <x:t>Omega Healthcare Investors Inc</x:t>
   </x:si>
   <x:si>
     <x:t>OHI US</x:t>
   </x:si>
   <x:si>
     <x:t>US6819361006</x:t>
   </x:si>
   <x:si>
     <x:t>66 871</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 532 161.00</x:t>
+    <x:t>$ 2 510 946.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,82%</x:t>
   </x:si>
   <x:si>
     <x:t>Boston Properties Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>BXP US</x:t>
   </x:si>
   <x:si>
     <x:t>US1011211018</x:t>
   </x:si>
   <x:si>
     <x:t>41 267</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 441 369.00</x:t>
+    <x:t>$ 2 421 397.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,79%</x:t>
   </x:si>
   <x:si>
+    <x:t>Rexford Industrial Realty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REXR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US76169C1009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67 193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 2 362 371.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,77%</x:t>
+  </x:si>
+  <x:si>
     <x:t>American Homes 4 Rent</x:t>
   </x:si>
   <x:si>
     <x:t>AMH US</x:t>
   </x:si>
   <x:si>
     <x:t>US02665T3068</x:t>
   </x:si>
   <x:si>
     <x:t>87 266</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 377 181.00</x:t>
-[...20 lines deleted...]
-    <x:t>0,76%</x:t>
+    <x:t>$ 2 319 144.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,75%</x:t>
   </x:si>
   <x:si>
     <x:t>Eastgroup Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>EGP US</x:t>
   </x:si>
   <x:si>
     <x:t>US2772761019</x:t>
   </x:si>
   <x:si>
     <x:t>15 009</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 330 420.00</x:t>
+    <x:t>$ 2 316 205.00</x:t>
   </x:si>
   <x:si>
     <x:t>Stockland</x:t>
   </x:si>
   <x:si>
     <x:t>SGP AU</x:t>
   </x:si>
   <x:si>
     <x:t>AU000000SGP0</x:t>
   </x:si>
   <x:si>
     <x:t>681 219</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 252 993.00</x:t>
+    <x:t>$ 2 260 529.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,73%</x:t>
   </x:si>
   <x:si>
     <x:t>Klepierre Sa</x:t>
   </x:si>
   <x:si>
     <x:t>LI FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000121964</x:t>
   </x:si>
   <x:si>
     <x:t>62 938</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 2 099 612.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,68%</x:t>
+    <x:t>$ 2 114 717.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,69%</x:t>
   </x:si>
   <x:si>
     <x:t>Psp Swiss Property Ag</x:t>
   </x:si>
   <x:si>
     <x:t>PSPN SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0018294154</x:t>
   </x:si>
   <x:si>
     <x:t>12 952</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 949 830.00</x:t>
+    <x:t>$ 1 970 720.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capitaland Ascendas Reit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLAR SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SG1M77906915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 057 329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 949 068.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,63%</x:t>
   </x:si>
   <x:si>
-    <x:t>Capitaland Ascendas Reit</x:t>
-[...11 lines deleted...]
-    <x:t>$ 1 923 489.00</x:t>
+    <x:t>Federal Realty Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US3137451015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22 092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 912 439.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,62%</x:t>
   </x:si>
   <x:si>
-    <x:t>Federal Realty Investment Trust</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Brixmor Property Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BRX US</x:t>
   </x:si>
   <x:si>
     <x:t>US11120U1051</x:t>
   </x:si>
   <x:si>
     <x:t>86 365</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 906 650.00</x:t>
+    <x:t>$ 1 900 620.00</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Building Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>8951 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3027670003</x:t>
   </x:si>
   <x:si>
     <x:t>2 373</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 863 909.00</x:t>
+    <x:t>$ 1 858 217.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,60%</x:t>
   </x:si>
   <x:si>
     <x:t>Alexandria Real Estate Equities Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ARE US</x:t>
   </x:si>
   <x:si>
     <x:t>US0152711091</x:t>
   </x:si>
   <x:si>
     <x:t>44 217</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 789 068.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,58%</x:t>
+    <x:t>$ 1 810 216.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,59%</x:t>
   </x:si>
   <x:si>
     <x:t>Cubesmart</x:t>
   </x:si>
   <x:si>
     <x:t>CUBE US</x:t>
   </x:si>
   <x:si>
     <x:t>US2296631094</x:t>
   </x:si>
   <x:si>
     <x:t>57 899</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 783 592.00</x:t>
+    <x:t>$ 1 758 725.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,57%</x:t>
   </x:si>
   <x:si>
     <x:t>Hongkong Land Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>HKL SP</x:t>
   </x:si>
   <x:si>
     <x:t>BMG4587L1090</x:t>
   </x:si>
   <x:si>
     <x:t>292 000</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 746 361.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,57%</x:t>
+    <x:t>$ 1 725 568.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gpt Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPT AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000GPT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>543 652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 721 194.00</x:t>
   </x:si>
   <x:si>
     <x:t>Agree Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ADC US</x:t>
   </x:si>
   <x:si>
     <x:t>US0084921008</x:t>
   </x:si>
   <x:si>
     <x:t>27 677</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 699 306.00</x:t>
+    <x:t>$ 1 704 109.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,55%</x:t>
   </x:si>
   <x:si>
-    <x:t>Gpt Group/The</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Caretrust REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CTRE US</x:t>
   </x:si>
   <x:si>
     <x:t>US14174T1079</x:t>
   </x:si>
   <x:si>
     <x:t>50 593</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 564 124.00</x:t>
+    <x:t>$ 1 569 636.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,51%</x:t>
   </x:si>
   <x:si>
     <x:t>Vicinity Centres</x:t>
   </x:si>
   <x:si>
     <x:t>VCX AU</x:t>
   </x:si>
   <x:si>
     <x:t>AU000000VCX7</x:t>
   </x:si>
   <x:si>
     <x:t>1 092 884</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 542 921.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,50%</x:t>
+    <x:t>$ 1 560 416.00</x:t>
   </x:si>
   <x:si>
     <x:t>Terreno Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>TRNO US</x:t>
   </x:si>
   <x:si>
     <x:t>US88146M1018</x:t>
   </x:si>
   <x:si>
     <x:t>28 884</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 495 741.00</x:t>
+    <x:t>$ 1 496 739.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hulic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3003 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3360800001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156 300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 468 465.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,48%</x:t>
   </x:si>
   <x:si>
-    <x:t>Hulic Co Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>$ 1 449 263.00</x:t>
+    <x:t>Land Securities Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAND LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BYW0PQ60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211 504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 455 239.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,47%</x:t>
   </x:si>
   <x:si>
     <x:t>Healthcare Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>HR US</x:t>
   </x:si>
   <x:si>
     <x:t>US42226K1051</x:t>
   </x:si>
   <x:si>
     <x:t>99 237</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 444 506.00</x:t>
-[...14 lines deleted...]
-    <x:t>$ 1 436 974.00</x:t>
+    <x:t>$ 1 427 962.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,46%</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Real Estate Investment Corp.</x:t>
   </x:si>
   <x:si>
     <x:t>8952 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3027680002</x:t>
   </x:si>
   <x:si>
     <x:t>1 976</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 401 738.00</x:t>
+    <x:t>$ 1 400 535.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Metropolitan Fund Invest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8953 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3039710003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2 041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 372 449.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,45%</x:t>
   </x:si>
   <x:si>
-    <x:t>Japan Metropolitan Fund Invest</x:t>
-[...11 lines deleted...]
-    <x:t>$ 1 368 529.00</x:t>
+    <x:t>Merlin Properties Socimi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRL SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0105025003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111 255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 366 211.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,44%</x:t>
   </x:si>
   <x:si>
-    <x:t>Merlin Properties Socimi Sa</x:t>
-[...11 lines deleted...]
-    <x:t>$ 1 321 709.00</x:t>
+    <x:t>Leg Immobilien Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000LEG1110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21 465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 311 512.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,43%</x:t>
   </x:si>
   <x:si>
+    <x:t>Mirvac Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU000000MGR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 117 617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 305 597.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,42%</x:t>
+  </x:si>
+  <x:si>
     <x:t>First Industrial Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>FR US</x:t>
   </x:si>
   <x:si>
     <x:t>US32054K1034</x:t>
   </x:si>
   <x:si>
     <x:t>26 243</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 308 299.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 1 306 145.00</x:t>
+    <x:t>$ 1 302 289.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Londonmetric Property Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00B4WFW713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>610 550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 291 604.00</x:t>
   </x:si>
   <x:si>
     <x:t>Vornado Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>VNO US</x:t>
   </x:si>
   <x:si>
     <x:t>US9290421091</x:t>
   </x:si>
   <x:si>
     <x:t>44 862</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 305 271.00</x:t>
+    <x:t>$ 1 278 433.00</x:t>
   </x:si>
   <x:si>
     <x:t>National Retail Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>NNN US</x:t>
   </x:si>
   <x:si>
     <x:t>US6374171063</x:t>
   </x:si>
   <x:si>
     <x:t>37 475</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 296 936.00</x:t>
-[...29 lines deleted...]
-    <x:t>$ 1 288 673.00</x:t>
+    <x:t>$ 1 272 422.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>British Land Co Plc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLND LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB0001367019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279 521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 236 222.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,40%</x:t>
   </x:si>
   <x:si>
     <x:t>Nepi Rockcastle Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NRP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>NL0015000RT3</x:t>
   </x:si>
   <x:si>
     <x:t>169 245</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 244 434.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 1 228 034.00</x:t>
+    <x:t>$ 1 235 659.00</x:t>
   </x:si>
   <x:si>
     <x:t>Dexus</x:t>
   </x:si>
   <x:si>
     <x:t>DXS AU</x:t>
   </x:si>
   <x:si>
     <x:t>AU0000159444</x:t>
   </x:si>
   <x:si>
     <x:t>301 463</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 198 807.00</x:t>
+    <x:t>$ 1 213 024.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,39%</x:t>
   </x:si>
   <x:si>
+    <x:t>Wharf Real Estate Investment Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1997 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KYG9593A1040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>441 486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 202 383.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Henderson Land Development Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>12 HK</x:t>
   </x:si>
   <x:si>
     <x:t>HK0012000102</x:t>
   </x:si>
   <x:si>
     <x:t>374 000</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 190 964.00</x:t>
-[...17 lines deleted...]
-    <x:t>0,38%</x:t>
+    <x:t>$ 1 201 619.00</x:t>
   </x:si>
   <x:si>
     <x:t>Entrepôts De Pauw Cva</x:t>
   </x:si>
   <x:si>
     <x:t>WDP BB</x:t>
   </x:si>
   <x:si>
     <x:t>BE0974349814</x:t>
   </x:si>
   <x:si>
     <x:t>51 944</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 113 679.00</x:t>
+    <x:t>$ 1 121 990.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,36%</x:t>
   </x:si>
   <x:si>
     <x:t>Nomura Real Estate Master Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3462 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3048110005</x:t>
   </x:si>
   <x:si>
     <x:t>1 166</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 091 364.00</x:t>
+    <x:t>$ 1 093 264.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Tatemono Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8804 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3582600007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56 000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1 085 664.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,35%</x:t>
   </x:si>
   <x:si>
-    <x:t>Tokyo Tatemono Co Ltd</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Tritax Big Box REIT Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBOX LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00BG49KP99</x:t>
   </x:si>
   <x:si>
     <x:t>628 765</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 057 935.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,34%</x:t>
+    <x:t>$ 1 070 423.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sagax Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SAGAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>SE0005127818</x:t>
   </x:si>
   <x:si>
     <x:t>55 905</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 028 092.00</x:t>
+    <x:t>$ 1 017 095.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,33%</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Prologis REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3283 JP</x:t>
   </x:si>
   <x:si>
     <x:t>JP3047550003</x:t>
   </x:si>
   <x:si>
     <x:t>2 027</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 020 743.00</x:t>
+    <x:t>$ 1 015 681.00</x:t>
   </x:si>
   <x:si>
     <x:t>Gecina Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GFC FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0010040865</x:t>
   </x:si>
   <x:si>
     <x:t>12 666</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 003 781.00</x:t>
+    <x:t>$ 1 010 747.00</x:t>
   </x:si>
   <x:si>
     <x:t>Castellum Ab</x:t>
   </x:si>
   <x:si>
     <x:t>CAST SS</x:t>
   </x:si>
   <x:si>
     <x:t>SE0000379190</x:t>
   </x:si>
   <x:si>
     <x:t>99 599</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 951 842.00</x:t>
+    <x:t>$ 955 485.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,31%</x:t>
   </x:si>
   <x:si>
     <x:t>Allreal Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ALLN SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0008837566</x:t>
   </x:si>
   <x:si>
     <x:t>4 237</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 897 345.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,29%</x:t>
+    <x:t>$ 918 379.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,30%</x:t>
   </x:si>
   <x:si>
     <x:t>Cofinimmo Sa</x:t>
   </x:si>
   <x:si>
     <x:t>COFB BB</x:t>
   </x:si>
   <x:si>
     <x:t>BE0003593044</x:t>
   </x:si>
   <x:si>
     <x:t>10 845</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 832 354.00</x:t>
+    <x:t>$ 839 945.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,27%</x:t>
   </x:si>
   <x:si>
+    <x:t>Covivio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COV FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000064578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15 268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 838 977.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Growthpoint Properties Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>GRT SJ</x:t>
   </x:si>
   <x:si>
     <x:t>ZAE000179420</x:t>
   </x:si>
   <x:si>
     <x:t>958 222</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 829 991.00</x:t>
-[...14 lines deleted...]
-    <x:t>$ 827 526.00</x:t>
+    <x:t>$ 836 785.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mapletree Logistics Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLT SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SG1S03926213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>967 721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 824 807.00</x:t>
   </x:si>
   <x:si>
     <x:t>Keppel Dc Reit</x:t>
   </x:si>
   <x:si>
     <x:t>KDCREIT SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1AF6000009</x:t>
   </x:si>
   <x:si>
     <x:t>568 808</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 824 819.00</x:t>
-[...14 lines deleted...]
-    <x:t>$ 816 452.00</x:t>
+    <x:t>$ 823 043.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fastighets Ab Balder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALDB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE0017832488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132 834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 806 376.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,26%</x:t>
   </x:si>
   <x:si>
-    <x:t>Fastighets Ab Balder</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Mapletree Industrial Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MINT SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG2C32962814</x:t>
   </x:si>
   <x:si>
     <x:t>589 200</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 784 485.00</x:t>
+    <x:t>$ 794 155.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Primary Health Properties Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BYRJ5J14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>703 637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 785 210.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invincible Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8963 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JP3046190009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2 172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 778 561.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,25%</x:t>
   </x:si>
   <x:si>
-    <x:t>Primary Health Properties Plc</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Sl Green Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>SLG US</x:t>
   </x:si>
   <x:si>
     <x:t>US78440X8873</x:t>
   </x:si>
   <x:si>
     <x:t>20 221</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 766 556.00</x:t>
+    <x:t>$ 765 497.00</x:t>
   </x:si>
   <x:si>
     <x:t>Frasers Logistics &amp; Commercial Trust</x:t>
   </x:si>
   <x:si>
     <x:t>FLT SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG1CI9000006</x:t>
   </x:si>
   <x:si>
     <x:t>1 050 200</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 685 295.00</x:t>
+    <x:t>$ 686 942.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,22%</x:t>
   </x:si>
   <x:si>
     <x:t>Tag Immobilien Ag</x:t>
   </x:si>
   <x:si>
     <x:t>TEG GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0008303504</x:t>
   </x:si>
   <x:si>
     <x:t>51 859</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 679 353.00</x:t>
+    <x:t>$ 676 241.00</x:t>
   </x:si>
   <x:si>
     <x:t>Unite Group Plc/The</x:t>
   </x:si>
   <x:si>
     <x:t>UTG LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB0006928617</x:t>
   </x:si>
   <x:si>
     <x:t>107 309</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 663 621.00</x:t>
+    <x:t>$ 670 988.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mapletree Pan Asia Commercial Trust</x:t>
   </x:si>
   <x:si>
     <x:t>MPACT SP</x:t>
   </x:si>
   <x:si>
     <x:t>SG2D18969584</x:t>
   </x:si>
   <x:si>
     <x:t>656 400</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 623 019.00</x:t>
+    <x:t>$ 628 853.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,20%</x:t>
   </x:si>
   <x:si>
     <x:t>Hang Lung Properties Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>101 HK</x:t>
   </x:si>
   <x:si>
     <x:t>HK0101000591</x:t>
   </x:si>
   <x:si>
     <x:t>496 000</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 484 903.00</x:t>
+    <x:t>$ 488 745.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,16%</x:t>
   </x:si>
   <x:si>
     <x:t>Aroundtown Sa</x:t>
   </x:si>
   <x:si>
     <x:t>AT1 GR</x:t>
   </x:si>
   <x:si>
     <x:t>LU1673108939</x:t>
   </x:si>
   <x:si>
     <x:t>181 247</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 472 692.00</x:t>
+    <x:t>$ 481 755.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fabege Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FABG SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE0011166974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63 214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 475 901.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,15%</x:t>
   </x:si>
   <x:si>
-    <x:t>Fabege Ab</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Inmobiliaria Colonial Socimi Sa</x:t>
   </x:si>
   <x:si>
     <x:t>COL SM</x:t>
   </x:si>
   <x:si>
     <x:t>ES0139140174</x:t>
   </x:si>
   <x:si>
     <x:t>68 111</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 353 496.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,11%</x:t>
+    <x:t>$ 355 539.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,12%</x:t>
   </x:si>
   <x:si>
     <x:t>Multiplan Empreendimentos Imobiliarios</x:t>
   </x:si>
   <x:si>
     <x:t>MULT3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>BRMULTACNOR5</x:t>
   </x:si>
   <x:si>
     <x:t>71 700</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 300 732.00</x:t>
+    <x:t>$ 305 084.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,10%</x:t>
   </x:si>
   <x:si>
     <x:t>Ca Immobilien Anlagen Ag</x:t>
   </x:si>
   <x:si>
     <x:t>CAI AV</x:t>
   </x:si>
   <x:si>
     <x:t>AT0000641352</x:t>
   </x:si>
   <x:si>
     <x:t>7 055</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 161 983.00</x:t>
+    <x:t>$ 160 854.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,05%</x:t>
   </x:si>
   <x:si>
     <x:t>Samhallsbyggnadsbolaget I Norden Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SBBB SS</x:t>
   </x:si>
   <x:si>
     <x:t>SE0009554454</x:t>
   </x:si>
   <x:si>
     <x:t>300 828</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 121 224.00</x:t>
+    <x:t>$ 122 853.00</x:t>
   </x:si>
   <x:si>
     <x:t>0,04%</x:t>
   </x:si>
   <x:si>
     <x:t>Autre/Espèces</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1 339 211.00</x:t>
+    <x:t>$ 1 377 106.00</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1807,51 +1825,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ddce3422a248b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra2b8213b4fab4a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f96a426d81c46ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddd3c5fd83ef431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8bc74f08d97f4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7b663fa77744522" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G105"/>
   <x:cols>
     <x:col min="1" max="1" width="14" customWidth="1"/>
     <x:col min="2" max="2" width="50" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="19" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="24" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2280,1980 +2298,1980 @@
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>525</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7" ht="15" customHeight="1">
       <x:c r="A105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G105" s="2" t="s">