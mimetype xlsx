--- v0 (2026-01-17)
+++ v1 (2026-01-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R675baa574d404ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94fc7ed8a424d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VLNK_coin_entitlement_history_20240227" sheetId="1" r:id="Rba0d1dc2b6584ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VLNK_coin_entitlement_history_20240227" sheetId="1" r:id="Ra09a2701fe1c480a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2420" uniqueCount="1503">
   <x:si>
     <x:t>Coin Entitlement History</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>ETP Shares Outstanding</x:t>
   </x:si>
   <x:si>
@@ -4576,51 +4576,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f1308f1b5544873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5f23ddf8dcdb4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba0d1dc2b6584ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0015f8ef7aa4d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc38508d7a2984e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra09a2701fe1c480a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E484"/>
   <x:cols>
     <x:col min="1" max="1" width="16" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
     <x:col min="4" max="4" width="31" customWidth="1"/>
     <x:col min="5" max="5" width="26" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="3" t="s">
         <x:v>1</x:v>