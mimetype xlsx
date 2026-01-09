--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -1,537 +1,537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb53f3169de414cb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc60d3de251614a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20251204" sheetId="1" r:id="R94471baeefa747a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260108" sheetId="1" r:id="Re6feab6dc02c4e36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="163">
   <x:si>
-    <x:t>All Holdings  12/04/2025</x:t>
+    <x:t>All Holdings  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>USN070592100</x:t>
   </x:si>
   <x:si>
-    <x:t>361,284</x:t>
-[...5 lines deleted...]
-    <x:t>11.31%</x:t>
+    <x:t>336,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 401,613,986.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US8740391003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,213,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 385,944,886.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US67066G1040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,048,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 378,974,133.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>US0079031078</x:t>
   </x:si>
   <x:si>
-    <x:t>1,598,924</x:t>
-[...41 lines deleted...]
-    <x:t>8.36%</x:t>
+    <x:t>1,585,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 324,492,508.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micron Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US5951121038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>962,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 314,661,914.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>US11135F1012</x:t>
   </x:si>
   <x:si>
-    <x:t>775,358</x:t>
-[...23 lines deleted...]
-    <x:t>6.36%</x:t>
+    <x:t>911,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 303,032,579.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US5128073062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,193,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 239,800,142.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>US0382221051</x:t>
   </x:si>
   <x:si>
-    <x:t>775,329</x:t>
-[...23 lines deleted...]
-    <x:t>5.39%</x:t>
+    <x:t>766,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 215,820,450.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US7475251036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,017,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 185,050,543.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Intel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>INTC US</x:t>
   </x:si>
   <x:si>
     <x:t>US4581401001</x:t>
   </x:si>
   <x:si>
-    <x:t>4,601,425</x:t>
-[...23 lines deleted...]
-    <x:t>5.10%</x:t>
+    <x:t>4,361,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 179,310,803.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
     <x:t>US8825081040</x:t>
   </x:si>
   <x:si>
-    <x:t>873,890</x:t>
-[...5 lines deleted...]
-    <x:t>4.44%</x:t>
+    <x:t>874,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 164,708,127.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>US4824801009</x:t>
   </x:si>
   <x:si>
-    <x:t>128,431</x:t>
-[...5 lines deleted...]
-    <x:t>4.38%</x:t>
+    <x:t>113,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 150,878,563.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Analog Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADI US</x:t>
   </x:si>
   <x:si>
     <x:t>US0326541051</x:t>
   </x:si>
   <x:si>
-    <x:t>484,704</x:t>
-[...5 lines deleted...]
-    <x:t>3.79%</x:t>
+    <x:t>471,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 140,905,557.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US8716071076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>187,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 96,465,332.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>US1273871087</x:t>
   </x:si>
   <x:si>
-    <x:t>258,652</x:t>
-[...23 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>255,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 81,411,318.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>US5738741041</x:t>
   </x:si>
   <x:si>
-    <x:t>735,450</x:t>
-[...5 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>725,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 60,513,934.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>NL0009538784</x:t>
   </x:si>
   <x:si>
-    <x:t>193,872</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>203,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 48,347,574.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>US6098391054</x:t>
   </x:si>
   <x:si>
-    <x:t>40,281</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>35,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 34,375,704.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>US5950171042</x:t>
   </x:si>
   <x:si>
-    <x:t>466,881</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>455,681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 33,506,224.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>US8807701029</x:t>
   </x:si>
   <x:si>
-    <x:t>147,172</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>143,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 30,976,457.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>US8610121027</x:t>
   </x:si>
   <x:si>
-    <x:t>788,356</x:t>
-[...2 lines deleted...]
-    <x:t>$ 20,229,215.00</x:t>
+    <x:t>779,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 21,848,095.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>US6821891057</x:t>
   </x:si>
   <x:si>
-    <x:t>285,011</x:t>
-[...5 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>301,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 18,330,386.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENTG US</x:t>
   </x:si>
   <x:si>
     <x:t>US29362U1043</x:t>
   </x:si>
   <x:si>
-    <x:t>120,221</x:t>
-[...5 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>120,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 12,044,007.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>US83088M1027</x:t>
   </x:si>
   <x:si>
-    <x:t>107,005</x:t>
-[...5 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>118,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 7,175,957.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
     <x:t>US91347P1057</x:t>
   </x:si>
   <x:si>
-    <x:t>38,838</x:t>
-[...2 lines deleted...]
-    <x:t>$ 4,717,263.00</x:t>
+    <x:t>38,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 4,848,681.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1,504,122.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$ 559,454.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -556,51 +556,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4beac6850154efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R89a848de337f4923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94471baeefa747a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334572de00ba49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8e463418130743cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6feab6dc02c4e36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="19" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>