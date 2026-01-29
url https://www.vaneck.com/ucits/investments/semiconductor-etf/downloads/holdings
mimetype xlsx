--- v1 (2026-01-09)
+++ v2 (2026-01-29)
@@ -1,537 +1,537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc60d3de251614a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b54dc074b3e437e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260108" sheetId="1" r:id="Re6feab6dc02c4e36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260128" sheetId="1" r:id="R2983131a49b64303"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="163">
   <x:si>
-    <x:t>All Holdings  01/08/2026</x:t>
+    <x:t>All Holdings  01/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>USN070592100</x:t>
   </x:si>
   <x:si>
-    <x:t>336,270</x:t>
-[...5 lines deleted...]
-    <x:t>10.47%</x:t>
+    <x:t>355,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 505,793,989.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micron Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US5951121038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,017,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 442,735,041.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>TSM US</x:t>
   </x:si>
   <x:si>
     <x:t>US8740391003</x:t>
   </x:si>
   <x:si>
-    <x:t>1,213,625</x:t>
-[...5 lines deleted...]
-    <x:t>10.06%</x:t>
+    <x:t>1,282,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 439,133,589.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Micro Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US0079031078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,675,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 423,553,824.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>US67066G1040</x:t>
   </x:si>
   <x:si>
-    <x:t>2,048,066</x:t>
-[...41 lines deleted...]
-    <x:t>8.20%</x:t>
+    <x:t>2,164,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 414,632,565.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>US11135F1012</x:t>
   </x:si>
   <x:si>
-    <x:t>911,431</x:t>
-[...5 lines deleted...]
-    <x:t>7.90%</x:t>
+    <x:t>963,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 321,060,078.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>US5128073062</x:t>
   </x:si>
   <x:si>
-    <x:t>1,193,273</x:t>
-[...5 lines deleted...]
-    <x:t>6.25%</x:t>
+    <x:t>1,261,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 302,200,941.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>US0382221051</x:t>
   </x:si>
   <x:si>
-    <x:t>766,299</x:t>
-[...5 lines deleted...]
-    <x:t>5.63%</x:t>
+    <x:t>810,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 272,779,286.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US4581401001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,610,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 224,908,727.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US8825081040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>923,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 199,719,031.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US4824801009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 195,924,643.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>US7475251036</x:t>
   </x:si>
   <x:si>
-    <x:t>1,017,488</x:t>
-[...59 lines deleted...]
-    <x:t>3.93%</x:t>
+    <x:t>1,075,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 164,238,012.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Analog Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADI US</x:t>
   </x:si>
   <x:si>
     <x:t>US0326541051</x:t>
   </x:si>
   <x:si>
-    <x:t>471,004</x:t>
-[...5 lines deleted...]
-    <x:t>3.67%</x:t>
+    <x:t>497,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 158,141,041.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>US8716071076</x:t>
   </x:si>
   <x:si>
-    <x:t>187,497</x:t>
-[...5 lines deleted...]
-    <x:t>2.52%</x:t>
+    <x:t>198,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 101,348,547.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>US1273871087</x:t>
   </x:si>
   <x:si>
-    <x:t>255,368</x:t>
-[...5 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>269,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 86,514,032.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>US5738741041</x:t>
   </x:si>
   <x:si>
-    <x:t>725,152</x:t>
-[...5 lines deleted...]
-    <x:t>1.58%</x:t>
+    <x:t>766,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 64,098,075.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>NL0009538784</x:t>
   </x:si>
   <x:si>
-    <x:t>203,235</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>214,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 51,566,605.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>US6098391054</x:t>
   </x:si>
   <x:si>
-    <x:t>35,842</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>37,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 44,016,359.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>US5950171042</x:t>
   </x:si>
   <x:si>
-    <x:t>455,681</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>481,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 38,669,993.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>US8807701029</x:t>
   </x:si>
   <x:si>
-    <x:t>143,204</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>151,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 37,916,911.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>US8610121027</x:t>
   </x:si>
   <x:si>
-    <x:t>779,176</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>823,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 24,981,183.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>US6821891057</x:t>
   </x:si>
   <x:si>
-    <x:t>301,041</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>318,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 20,662,154.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENTG US</x:t>
   </x:si>
   <x:si>
     <x:t>US29362U1043</x:t>
   </x:si>
   <x:si>
-    <x:t>120,621</x:t>
-[...5 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>127,506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 15,383,599.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>US83088M1027</x:t>
   </x:si>
   <x:si>
-    <x:t>118,298</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>125,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 6,912,764.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
     <x:t>US91347P1057</x:t>
   </x:si>
   <x:si>
-    <x:t>38,889</x:t>
-[...5 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>41,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 4,860,475.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$ 559,454.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$ 199,910.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -556,51 +556,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334572de00ba49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8e463418130743cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6feab6dc02c4e36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9003fb6b3be0486d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7ff846a2bec1495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2983131a49b64303" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="19" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>