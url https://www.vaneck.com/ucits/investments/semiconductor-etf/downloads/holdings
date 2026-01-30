--- v2 (2026-01-29)
+++ v3 (2026-01-30)
@@ -1,537 +1,537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b54dc074b3e437e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf223769202964663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260128" sheetId="1" r:id="R2983131a49b64303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_nadzień_20260128" sheetId="1" r:id="Rfc726aa4502e43ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="163">
   <x:si>
-    <x:t>All Holdings  01/28/2026</x:t>
+    <x:t>All Holdings  01.28.2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
-    <x:t>Holding Name</x:t>
+    <x:t>Nazwa jednostki</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
-    <x:t>Shares</x:t>
-[...5 lines deleted...]
-    <x:t>% of Net Assets</x:t>
+    <x:t>Akcje</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wartość rynkowa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>% wolumenu funduszu</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>USN070592100</x:t>
   </x:si>
   <x:si>
-    <x:t>355,462</x:t>
-[...5 lines deleted...]
-    <x:t>11.09%</x:t>
+    <x:t>355 462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 505 793 989.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,09%</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
     <x:t>US5951121038</x:t>
   </x:si>
   <x:si>
-    <x:t>1,017,127</x:t>
-[...5 lines deleted...]
-    <x:t>9.70%</x:t>
+    <x:t>1 017 127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 442 735 041.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,70%</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>TSM US</x:t>
   </x:si>
   <x:si>
     <x:t>US8740391003</x:t>
   </x:si>
   <x:si>
-    <x:t>1,282,891</x:t>
-[...5 lines deleted...]
-    <x:t>9.63%</x:t>
+    <x:t>1 282 891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 439 133 589.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,63%</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>US0079031078</x:t>
   </x:si>
   <x:si>
-    <x:t>1,675,848</x:t>
-[...5 lines deleted...]
-    <x:t>9.28%</x:t>
+    <x:t>1 675 848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 423 553 824.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,28%</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>US67066G1040</x:t>
   </x:si>
   <x:si>
-    <x:t>2,164,957</x:t>
-[...5 lines deleted...]
-    <x:t>9.09%</x:t>
+    <x:t>2 164 957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 414 632 565.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,09%</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>US11135F1012</x:t>
   </x:si>
   <x:si>
-    <x:t>963,450</x:t>
-[...5 lines deleted...]
-    <x:t>7.04%</x:t>
+    <x:t>963 450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 321 060 078.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,04%</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>US5128073062</x:t>
   </x:si>
   <x:si>
-    <x:t>1,261,378</x:t>
-[...5 lines deleted...]
-    <x:t>6.62%</x:t>
+    <x:t>1 261 378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 302 200 941.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,62%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>US0382221051</x:t>
   </x:si>
   <x:si>
-    <x:t>810,035</x:t>
-[...5 lines deleted...]
-    <x:t>5.98%</x:t>
+    <x:t>810 035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 272 779 286.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,98%</x:t>
   </x:si>
   <x:si>
     <x:t>Intel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>INTC US</x:t>
   </x:si>
   <x:si>
     <x:t>US4581401001</x:t>
   </x:si>
   <x:si>
-    <x:t>4,610,675</x:t>
-[...5 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>4 610 675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 224 908 727.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,93%</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
     <x:t>US8825081040</x:t>
   </x:si>
   <x:si>
-    <x:t>923,898</x:t>
-[...5 lines deleted...]
-    <x:t>4.38%</x:t>
+    <x:t>923 898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 199 719 031.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,38%</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>US4824801009</x:t>
   </x:si>
   <x:si>
-    <x:t>120,406</x:t>
-[...5 lines deleted...]
-    <x:t>4.29%</x:t>
+    <x:t>120 406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 195 924 643.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,29%</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>US7475251036</x:t>
   </x:si>
   <x:si>
-    <x:t>1,075,560</x:t>
-[...5 lines deleted...]
-    <x:t>3.60%</x:t>
+    <x:t>1 075 560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 164 238 012.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,60%</x:t>
   </x:si>
   <x:si>
     <x:t>Analog Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ADI US</x:t>
   </x:si>
   <x:si>
     <x:t>US0326541051</x:t>
   </x:si>
   <x:si>
-    <x:t>497,886</x:t>
-[...5 lines deleted...]
-    <x:t>3.47%</x:t>
+    <x:t>497 886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 158 141 041.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,47%</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>US8716071076</x:t>
   </x:si>
   <x:si>
-    <x:t>198,198</x:t>
-[...5 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>198 198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 101 348 547.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,22%</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>US1273871087</x:t>
   </x:si>
   <x:si>
-    <x:t>269,943</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>269 943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 86 514 032.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,90%</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>US5738741041</x:t>
   </x:si>
   <x:si>
-    <x:t>766,540</x:t>
-[...5 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>766 540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 64 098 075.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,41%</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>NL0009538784</x:t>
   </x:si>
   <x:si>
-    <x:t>214,834</x:t>
-[...5 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>214 834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 51 566 605.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,13%</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>US6098391054</x:t>
   </x:si>
   <x:si>
-    <x:t>37,887</x:t>
-[...5 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>37 887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 44 016 359.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,96%</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>US5950171042</x:t>
   </x:si>
   <x:si>
-    <x:t>481,689</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>481 689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 38 669 993.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,85%</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>US8807701029</x:t>
   </x:si>
   <x:si>
-    <x:t>151,377</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>151 377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 37 916 911.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,83%</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>US8610121027</x:t>
   </x:si>
   <x:si>
-    <x:t>823,646</x:t>
-[...5 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>823 646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 24 981 183.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,55%</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>US6821891057</x:t>
   </x:si>
   <x:si>
-    <x:t>318,222</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>318 222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 20 662 154.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,45%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENTG US</x:t>
   </x:si>
   <x:si>
     <x:t>US29362U1043</x:t>
   </x:si>
   <x:si>
-    <x:t>127,506</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>127 506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 15 383 599.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,34%</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>US83088M1027</x:t>
   </x:si>
   <x:si>
-    <x:t>125,050</x:t>
-[...5 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>125 050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 6 912 764.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,15%</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
     <x:t>US91347P1057</x:t>
   </x:si>
   <x:si>
-    <x:t>41,180</x:t>
-[...8 lines deleted...]
-    <x:t>Other/Cash</x:t>
+    <x:t>41 180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 4 860 475.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inne/Gotówka</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$ 199,910.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$ 199 910.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0,00%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -556,64 +556,64 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9003fb6b3be0486d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7ff846a2bec1495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2983131a49b64303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ead61d8ec94026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4b889b3fb70743cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc726aa4502e43ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="19" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
-    <x:col min="7" max="7" width="22" customWidth="1"/>
+    <x:col min="7" max="7" width="27" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>