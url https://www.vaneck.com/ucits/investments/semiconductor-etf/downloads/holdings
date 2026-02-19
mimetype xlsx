--- v3 (2026-01-30)
+++ v4 (2026-02-19)
@@ -1,537 +1,537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf223769202964663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b1f4b27174a47f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_nadzień_20260128" sheetId="1" r:id="Rfc726aa4502e43ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260218" sheetId="1" r:id="R7e7ffe8f52594d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="163">
   <x:si>
-    <x:t>All Holdings  01.28.2026</x:t>
+    <x:t>All Holdings  02/18/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
-    <x:t>Nazwa jednostki</x:t>
+    <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
-    <x:t>Akcje</x:t>
-[...5 lines deleted...]
-    <x:t>% wolumenu funduszu</x:t>
+    <x:t>Shares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Market Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>USN070592100</x:t>
   </x:si>
   <x:si>
-    <x:t>355 462</x:t>
-[...5 lines deleted...]
-    <x:t>11,09%</x:t>
+    <x:t>374,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 550,369,039.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US8740391003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,352,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 489,928,031.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
     <x:t>US5951121038</x:t>
   </x:si>
   <x:si>
-    <x:t>1 017 127</x:t>
-[...23 lines deleted...]
-    <x:t>9,63%</x:t>
+    <x:t>1,072,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 451,364,900.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US67066G1040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,282,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 429,025,438.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>US0079031078</x:t>
   </x:si>
   <x:si>
-    <x:t>1 675 848</x:t>
-[...23 lines deleted...]
-    <x:t>9,09%</x:t>
+    <x:t>1,766,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 353,547,001.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>US11135F1012</x:t>
   </x:si>
   <x:si>
-    <x:t>963 450</x:t>
-[...5 lines deleted...]
-    <x:t>7,04%</x:t>
+    <x:t>1,015,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 338,734,768.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>US5128073062</x:t>
   </x:si>
   <x:si>
-    <x:t>1 261 378</x:t>
-[...5 lines deleted...]
-    <x:t>6,62%</x:t>
+    <x:t>1,329,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 319,257,757.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>US0382221051</x:t>
   </x:si>
   <x:si>
-    <x:t>810 035</x:t>
-[...5 lines deleted...]
-    <x:t>5,98%</x:t>
+    <x:t>853,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 315,358,934.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Intel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>INTC US</x:t>
   </x:si>
   <x:si>
     <x:t>US4581401001</x:t>
   </x:si>
   <x:si>
-    <x:t>4 610 675</x:t>
-[...5 lines deleted...]
-    <x:t>4,93%</x:t>
+    <x:t>4,860,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 220,961,103.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
     <x:t>US8825081040</x:t>
   </x:si>
   <x:si>
-    <x:t>923 898</x:t>
-[...5 lines deleted...]
-    <x:t>4,38%</x:t>
+    <x:t>973,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 217,507,204.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>US4824801009</x:t>
   </x:si>
   <x:si>
-    <x:t>120 406</x:t>
-[...5 lines deleted...]
-    <x:t>4,29%</x:t>
+    <x:t>126,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 187,897,440.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US0326541051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>524,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 181,799,222.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>US7475251036</x:t>
   </x:si>
   <x:si>
-    <x:t>1 075 560</x:t>
-[...23 lines deleted...]
-    <x:t>3,47%</x:t>
+    <x:t>1,133,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 162,413,104.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>US8716071076</x:t>
   </x:si>
   <x:si>
-    <x:t>198 198</x:t>
-[...5 lines deleted...]
-    <x:t>2,22%</x:t>
+    <x:t>208,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 92,416,251.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>US1273871087</x:t>
   </x:si>
   <x:si>
-    <x:t>269 943</x:t>
-[...5 lines deleted...]
-    <x:t>1,90%</x:t>
+    <x:t>284,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 86,797,611.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>US5738741041</x:t>
   </x:si>
   <x:si>
-    <x:t>766 540</x:t>
-[...5 lines deleted...]
-    <x:t>1,41%</x:t>
+    <x:t>808,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 63,911,364.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>NL0009538784</x:t>
   </x:si>
   <x:si>
-    <x:t>214 834</x:t>
-[...5 lines deleted...]
-    <x:t>1,13%</x:t>
+    <x:t>226,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 53,750,024.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US8807701029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 50,239,605.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>US6098391054</x:t>
   </x:si>
   <x:si>
-    <x:t>37 887</x:t>
-[...5 lines deleted...]
-    <x:t>0,96%</x:t>
+    <x:t>39,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 47,462,689.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>US5950171042</x:t>
   </x:si>
   <x:si>
-    <x:t>481 689</x:t>
-[...23 lines deleted...]
-    <x:t>0,83%</x:t>
+    <x:t>507,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 40,171,662.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>US8610121027</x:t>
   </x:si>
   <x:si>
-    <x:t>823 646</x:t>
-[...5 lines deleted...]
-    <x:t>0,55%</x:t>
+    <x:t>868,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 29,322,018.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>US6821891057</x:t>
   </x:si>
   <x:si>
-    <x:t>318 222</x:t>
-[...5 lines deleted...]
-    <x:t>0,45%</x:t>
+    <x:t>335,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 23,704,240.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ENTG US</x:t>
   </x:si>
   <x:si>
     <x:t>US29362U1043</x:t>
   </x:si>
   <x:si>
-    <x:t>127 506</x:t>
-[...5 lines deleted...]
-    <x:t>0,34%</x:t>
+    <x:t>134,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 17,728,126.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>US83088M1027</x:t>
   </x:si>
   <x:si>
-    <x:t>125 050</x:t>
-[...5 lines deleted...]
-    <x:t>0,15%</x:t>
+    <x:t>131,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 8,173,274.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
     <x:t>US91347P1057</x:t>
   </x:si>
   <x:si>
-    <x:t>41 180</x:t>
-[...8 lines deleted...]
-    <x:t>Inne/Gotówka</x:t>
+    <x:t>43,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 5,197,932.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$ 199 910.00</x:t>
-[...2 lines deleted...]
-    <x:t>0,00%</x:t>
+    <x:t>$ 752,755.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -556,64 +556,64 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ead61d8ec94026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4b889b3fb70743cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc726aa4502e43ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree5262f69f5e4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R96b69d063b554483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e7ffe8f52594d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="19" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="24" customWidth="1"/>
-    <x:col min="7" max="7" width="27" customWidth="1"/>
+    <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>