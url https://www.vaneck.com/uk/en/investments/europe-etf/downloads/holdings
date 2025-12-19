--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -1,1788 +1,1797 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9754a13a56b04f8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98441ea3097b4036" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TEET_asof_20251217" sheetId="1" r:id="R2ffe2a503af24451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TEET_asof_20251218" sheetId="1" r:id="R409ee125cbe64c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="646" uniqueCount="581">
-[...1 lines deleted...]
-    <x:t>All Holdings  12/17/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="646" uniqueCount="584">
+  <x:si>
+    <x:t>All Holdings  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Siemens Energy Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ENR GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE000ENER6Y0</x:t>
   </x:si>
   <x:si>
     <x:t>12,020</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1,388,911.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>$ 1,437,592.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Societe Generale Sa</x:t>
   </x:si>
   <x:si>
     <x:t>GLE FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000130809</x:t>
   </x:si>
   <x:si>
     <x:t>17,108</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1,144,525.00</x:t>
+    <x:t>$ 1,158,554.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Santander Sa</x:t>
   </x:si>
   <x:si>
     <x:t>SAN SM</x:t>
   </x:si>
   <x:si>
     <x:t>ES0113900J37</x:t>
   </x:si>
   <x:si>
     <x:t>111,137</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1,097,033.00</x:t>
+    <x:t>$ 1,110,814.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BARC LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB0031348658</x:t>
   </x:si>
   <x:si>
     <x:t>202,672</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1,058,487.00</x:t>
+    <x:t>$ 1,072,456.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBVA SM</x:t>
   </x:si>
   <x:si>
     <x:t>ES0113211835</x:t>
   </x:si>
   <x:si>
     <x:t>53,830</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1,032,998.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>$ 1,053,184.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBK GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE0005140008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 1,044,587.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Standard Chartered Plc</x:t>
   </x:si>
   <x:si>
     <x:t>STAN LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB0004082847</x:t>
   </x:si>
   <x:si>
     <x:t>51,029</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1,025,542.00</x:t>
+    <x:t>$ 1,033,645.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Prudential Plc</x:t>
   </x:si>
   <x:si>
     <x:t>PRU LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB0007099541</x:t>
   </x:si>
   <x:si>
     <x:t>79,347</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1,013,054.00</x:t>
+    <x:t>$ 1,026,342.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.31%</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Bank Ag</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Caixabank Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CABK SM</x:t>
   </x:si>
   <x:si>
     <x:t>ES0140609019</x:t>
   </x:si>
   <x:si>
     <x:t>98,080</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 1,011,695.00</x:t>
+    <x:t>$ 1,020,032.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Sse Plc</x:t>
   </x:si>
   <x:si>
     <x:t>SSE LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB0007908733</x:t>
   </x:si>
   <x:si>
     <x:t>40,342</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 991,495.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>$ 991,108.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asml Holding Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NL0010273215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 980,185.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natwest Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NWG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BM8PJY71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 968,839.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Banking Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLOY LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB0008706128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>877,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 965,176.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSCO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BLGZ9862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 949,478.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicredit Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCG IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT0005239360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 942,828.00</x:t>
   </x:si>
   <x:si>
     <x:t>Argenx Se</x:t>
   </x:si>
   <x:si>
     <x:t>ARGX BB</x:t>
   </x:si>
   <x:si>
     <x:t>NL0010832176</x:t>
   </x:si>
   <x:si>
     <x:t>1,294</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 963,771.00</x:t>
-[...68 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>$ 942,032.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Kbc Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>KBC BB</x:t>
   </x:si>
   <x:si>
     <x:t>BE0003565737</x:t>
   </x:si>
   <x:si>
     <x:t>8,431</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 943,429.00</x:t>
-[...17 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>$ 941,743.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubs Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBSG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0244767585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 935,312.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandvik Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAND SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE0000667891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 929,055.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Ing Groep Nv</x:t>
   </x:si>
   <x:si>
     <x:t>INGA NA</x:t>
   </x:si>
   <x:si>
     <x:t>NL0011821202</x:t>
   </x:si>
   <x:si>
     <x:t>39,027</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 914,403.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 909,864.00</x:t>
+    <x:t>$ 927,867.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industria De Diseno Textil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0148396007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 908,473.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Hsbc Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HSBA LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB0005405286</x:t>
   </x:si>
   <x:si>
     <x:t>68,815</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 895,689.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 892,686.00</x:t>
+    <x:t>$ 904,181.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vodafone Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOD LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BH4HKS39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>815,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 898,213.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>Vodafone Group Plc</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Abb Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>ABBN SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0012221716</x:t>
   </x:si>
   <x:si>
     <x:t>14,138</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 867,396.00</x:t>
+    <x:t>$ 882,483.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swiss Life Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0014852781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 873,171.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>Swiss Life Holding Ag</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Intesa Sanpaolo Spa</x:t>
   </x:si>
   <x:si>
     <x:t>ISP IM</x:t>
   </x:si>
   <x:si>
     <x:t>IT0000072618</x:t>
   </x:si>
   <x:si>
     <x:t>148,063</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 863,207.00</x:t>
+    <x:t>$ 871,203.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Nordea Bank Abp</x:t>
   </x:si>
   <x:si>
     <x:t>NDA SS</x:t>
   </x:si>
   <x:si>
     <x:t>FI4000297767</x:t>
   </x:si>
   <x:si>
     <x:t>55,601</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 861,844.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>$ 871,023.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashtead Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AHT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB0000536739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 868,426.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legrand Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LR FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0010307819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 859,029.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Orange Sa</x:t>
   </x:si>
   <x:si>
     <x:t>ORA FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000133308</x:t>
   </x:si>
   <x:si>
     <x:t>61,842</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 855,275.00</x:t>
-[...32 lines deleted...]
-    <x:t>$ 848,786.00</x:t>
+    <x:t>$ 858,058.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NL0013654783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 852,397.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Sampo Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>SAMPO FH</x:t>
   </x:si>
   <x:si>
     <x:t>FI4000552500</x:t>
   </x:si>
   <x:si>
     <x:t>83,138</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 842,604.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>$ 849,255.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NL0000334118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 841,425.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>GSK LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00BN7SWP63</x:t>
   </x:si>
   <x:si>
     <x:t>40,184</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 839,882.00</x:t>
-[...17 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>$ 831,868.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>National Grid Plc</x:t>
   </x:si>
   <x:si>
     <x:t>NG/ LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00BDR05C01</x:t>
   </x:si>
   <x:si>
     <x:t>63,458</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 827,916.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 825,825.00</x:t>
+    <x:t>$ 827,705.00</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>NOVN SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0012005267</x:t>
   </x:si>
   <x:si>
     <x:t>7,122</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 823,265.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>$ 824,084.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kone Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNEBV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FI0009013403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 818,385.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geberit Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0030170408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 809,254.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astrazeneca Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB0009895292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 803,867.00</x:t>
   </x:si>
   <x:si>
     <x:t>Bayerische Motoren Werke Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BMW GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0005190003</x:t>
   </x:si>
   <x:si>
     <x:t>8,638</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 807,480.00</x:t>
-[...50 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>$ 803,852.00</x:t>
   </x:si>
   <x:si>
     <x:t>Skandinaviska Enskilda Banken Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SEBA SS</x:t>
   </x:si>
   <x:si>
     <x:t>SE0000148884</x:t>
   </x:si>
   <x:si>
     <x:t>45,758</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 793,086.00</x:t>
+    <x:t>$ 801,703.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Post Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE0005552004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 796,549.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Post Ag</x:t>
-[...11 lines deleted...]
-    <x:t>$ 789,373.00</x:t>
+    <x:t>Nokia Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOKIA FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FI0009000681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 796,087.00</x:t>
   </x:si>
   <x:si>
     <x:t>Allianz Se</x:t>
   </x:si>
   <x:si>
     <x:t>ALV GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0008404005</x:t>
   </x:si>
   <x:si>
     <x:t>2,041</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 787,010.00</x:t>
+    <x:t>$ 787,622.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsv A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSV DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DK0060079531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 787,077.00</x:t>
   </x:si>
   <x:si>
     <x:t>Assicurazioni Generali Spa</x:t>
   </x:si>
   <x:si>
     <x:t>G IM</x:t>
   </x:si>
   <x:si>
     <x:t>IT0000062072</x:t>
   </x:si>
   <x:si>
     <x:t>22,288</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 785,875.00</x:t>
-[...32 lines deleted...]
-    <x:t>$ 778,026.00</x:t>
+    <x:t>$ 784,315.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0012032048</x:t>
   </x:si>
   <x:si>
     <x:t>2,267</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 769,702.00</x:t>
+    <x:t>$ 777,884.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Essilorluxottica Sa</x:t>
   </x:si>
   <x:si>
     <x:t>EL FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000121667</x:t>
   </x:si>
   <x:si>
     <x:t>2,775</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 759,518.00</x:t>
+    <x:t>$ 766,733.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Investor Ab</x:t>
   </x:si>
   <x:si>
     <x:t>INVEB SS</x:t>
   </x:si>
   <x:si>
     <x:t>SE0015811963</x:t>
   </x:si>
   <x:si>
     <x:t>25,957</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 758,457.00</x:t>
+    <x:t>$ 765,236.00</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00BTK05J60</x:t>
   </x:si>
   <x:si>
     <x:t>22,855</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 752,945.00</x:t>
+    <x:t>$ 758,839.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Axa Sa</x:t>
   </x:si>
   <x:si>
     <x:t>CS FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000120628</x:t>
   </x:si>
   <x:si>
     <x:t>18,323</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 751,060.00</x:t>
+    <x:t>$ 748,128.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Capgemini Se</x:t>
   </x:si>
   <x:si>
     <x:t>CAP FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000125338</x:t>
   </x:si>
   <x:si>
     <x:t>5,002</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 739,546.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>$ 737,545.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Vinci Sa</x:t>
   </x:si>
   <x:si>
     <x:t>DG FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000125486</x:t>
   </x:si>
   <x:si>
     <x:t>6,125</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 733,469.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>$ 736,531.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.On Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOAN GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000ENAG999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 735,307.00</x:t>
   </x:si>
   <x:si>
     <x:t>Zurich Insurance Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>ZURN SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0011075394</x:t>
   </x:si>
   <x:si>
     <x:t>1,155</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 732,855.00</x:t>
-[...14 lines deleted...]
-    <x:t>$ 732,272.00</x:t>
+    <x:t>$ 734,835.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infineon Technologies Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE0006231004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 734,075.00</x:t>
   </x:si>
   <x:si>
     <x:t>Bnp Paribas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BNP FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000131104</x:t>
   </x:si>
   <x:si>
     <x:t>9,117</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 730,089.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 725,905.00</x:t>
+    <x:t>$ 731,548.00</x:t>
   </x:si>
   <x:si>
     <x:t>Schneider Electric Se</x:t>
   </x:si>
   <x:si>
     <x:t>SU FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000121972</x:t>
   </x:si>
   <x:si>
     <x:t>3,114</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 719,334.00</x:t>
+    <x:t>$ 729,143.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.93%</x:t>
   </x:si>
   <x:si>
+    <x:t>Siemens Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE0007236101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 727,679.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Svenska Handelsbanken Ab</x:t>
   </x:si>
   <x:si>
     <x:t>SHBA SS</x:t>
   </x:si>
   <x:si>
     <x:t>SE0007100599</x:t>
   </x:si>
   <x:si>
     <x:t>60,278</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 719,042.00</x:t>
-[...14 lines deleted...]
-    <x:t>$ 717,958.00</x:t>
+    <x:t>$ 726,207.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legal &amp; General Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LGEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB0005603997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 721,280.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNB NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NO0010161896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 715,450.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Publicis Groupe Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUB FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000130577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 712,339.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mercedes-Benz Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>MBG GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0007100000</x:t>
   </x:si>
   <x:si>
     <x:t>11,933</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 716,935.00</x:t>
-[...50 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>$ 712,161.00</x:t>
   </x:si>
   <x:si>
     <x:t>Vonovia Se</x:t>
   </x:si>
   <x:si>
     <x:t>VNA GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE000A1ML7J1</x:t>
   </x:si>
   <x:si>
     <x:t>28,655</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 689,153.00</x:t>
+    <x:t>$ 692,878.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.89%</x:t>
   </x:si>
   <x:si>
+    <x:t>Atlas Copco Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATCOA SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE0017486889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 690,469.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Muenchener Rueckversicherungs-Gesellsch</x:t>
   </x:si>
   <x:si>
     <x:t>MUV2 GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0008430026</x:t>
   </x:si>
   <x:si>
     <x:t>1,254</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 688,948.00</x:t>
+    <x:t>$ 690,452.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hexagon Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEXAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE0015961909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 687,142.00</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>STMMI IM</x:t>
   </x:si>
   <x:si>
     <x:t>NL0000226223</x:t>
   </x:si>
   <x:si>
     <x:t>31,145</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 678,961.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 676,982.00</x:t>
+    <x:t>$ 682,854.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.87%</x:t>
   </x:si>
   <x:si>
-    <x:t>Atlas Copco Ab</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Experian Plc</x:t>
   </x:si>
   <x:si>
     <x:t>EXPN LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00B19NLV48</x:t>
   </x:si>
   <x:si>
     <x:t>17,473</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 671,644.00</x:t>
+    <x:t>$ 680,128.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volvo Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLVB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE0000115446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 675,086.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Daimler Truck Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>DTG GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE000DTR0CK8</x:t>
   </x:si>
   <x:si>
     <x:t>17,711</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 666,642.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 665,067.00</x:t>
+    <x:t>$ 667,882.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Haleon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>HLN LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00BMX86B70</x:t>
   </x:si>
   <x:si>
     <x:t>157,354</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 662,432.00</x:t>
+    <x:t>$ 665,690.00</x:t>
   </x:si>
   <x:si>
     <x:t>Swiss Re Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SREN SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0126881561</x:t>
   </x:si>
   <x:si>
     <x:t>4,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 650,434.00</x:t>
+    <x:t>$ 656,953.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Adyen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>ADYEN NA</x:t>
   </x:si>
   <x:si>
     <x:t>NL0012969182</x:t>
   </x:si>
   <x:si>
     <x:t>479</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 636,878.00</x:t>
+    <x:t>$ 656,326.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amadeus It Group Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMS SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0109067019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 651,524.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compass Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00BD6K4575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 644,780.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.82%</x:t>
   </x:si>
   <x:si>
-    <x:t>Amadeus It Group Sa</x:t>
-[...11 lines deleted...]
-    <x:t>$ 633,522.00</x:t>
+    <x:t>Cie De Saint-Gobain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR0000125007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 636,954.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NL0015000IY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 635,131.00</x:t>
   </x:si>
   <x:si>
     <x:t>Stellantis Nv</x:t>
   </x:si>
   <x:si>
     <x:t>STLAM IM</x:t>
   </x:si>
   <x:si>
     <x:t>NL00150001Q9</x:t>
   </x:si>
   <x:si>
     <x:t>63,118</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 632,821.00</x:t>
-[...47 lines deleted...]
-    <x:t>$ 621,929.00</x:t>
+    <x:t>$ 631,306.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinor Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NO0010096985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 624,045.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
-    <x:t>Equinor Asa</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Sap Se</x:t>
   </x:si>
   <x:si>
     <x:t>SAP GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0007164600</x:t>
   </x:si>
   <x:si>
     <x:t>2,964</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 613,696.00</x:t>
+    <x:t>$ 620,810.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Cie Generale Des Etablissements Micheli</x:t>
   </x:si>
   <x:si>
     <x:t>ML FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR001400AJ45</x:t>
   </x:si>
   <x:si>
     <x:t>21,370</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 604,344.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>$ 605,840.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Alcon Inc</x:t>
   </x:si>
   <x:si>
     <x:t>ALC SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0432492467</x:t>
   </x:si>
   <x:si>
     <x:t>8,822</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 598,490.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>$ 603,341.00</x:t>
   </x:si>
   <x:si>
     <x:t>3i Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>III LN</x:t>
   </x:si>
   <x:si>
     <x:t>GB00B1YW4409</x:t>
   </x:si>
   <x:si>
     <x:t>16,102</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 589,759.00</x:t>
+    <x:t>$ 601,567.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Boerse Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DB1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE0005810055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 596,160.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
+    <x:t>Cellnex Telecom Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLNX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ES0105066007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 593,592.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Deutsche Telekom Ag</x:t>
   </x:si>
   <x:si>
     <x:t>DTE GR</x:t>
   </x:si>
   <x:si>
     <x:t>DE0005557508</x:t>
   </x:si>
   <x:si>
     <x:t>21,642</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 586,931.00</x:t>
-[...14 lines deleted...]
-    <x:t>$ 586,170.00</x:t>
+    <x:t>$ 591,692.00</x:t>
   </x:si>
   <x:si>
     <x:t>Telefonica Sa</x:t>
   </x:si>
   <x:si>
     <x:t>TEF SM</x:t>
   </x:si>
   <x:si>
     <x:t>ES0178430E18</x:t>
   </x:si>
   <x:si>
     <x:t>167,380</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 584,156.00</x:t>
-[...17 lines deleted...]
-    <x:t>$ 581,783.00</x:t>
+    <x:t>$ 582,482.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Sonova Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>SOON SW</x:t>
   </x:si>
   <x:si>
     <x:t>CH0012549785</x:t>
   </x:si>
   <x:si>
     <x:t>2,614</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 576,284.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>$ 579,720.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>London Stock Exchange Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSEG LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GB00B0SWJX34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 574,599.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holcim Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOLN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0012214059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 573,207.00</x:t>
   </x:si>
   <x:si>
     <x:t>Relx Plc</x:t>
   </x:si>
   <x:si>
     <x:t>REN NA</x:t>
   </x:si>
   <x:si>
     <x:t>GB00B2B0DG97</x:t>
   </x:si>
   <x:si>
     <x:t>16,341</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 568,013.00</x:t>
-[...32 lines deleted...]
-    <x:t>$ 561,314.00</x:t>
+    <x:t>$ 571,281.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferrari Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RACE IM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NL0011585146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 565,924.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Partners Group Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CH0024608827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 559,490.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>SAN FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0000120578</x:t>
   </x:si>
   <x:si>
     <x:t>6,794</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 557,923.00</x:t>
-[...32 lines deleted...]
-    <x:t>$ 541,358.00</x:t>
+    <x:t>$ 557,787.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adidas Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADS GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000A1EWWW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$ 547,089.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
-    <x:t>Adidas Ag</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Wolters Kluwer Nv</x:t>
   </x:si>
   <x:si>
     <x:t>WKL NA</x:t>
   </x:si>
   <x:si>
     <x:t>NL0000395903</x:t>
   </x:si>
   <x:si>
     <x:t>5,183</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 469,372.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>$ 470,305.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
     <x:t>FR0014003TT8</x:t>
   </x:si>
   <x:si>
     <x:t>18,877</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 446,252.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>$ 447,951.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>DK0062498333</x:t>
   </x:si>
   <x:si>
     <x:t>9,925</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 409,327.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>$ 404,239.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Assa Abloy Ab</x:t>
   </x:si>
   <x:si>
     <x:t>ASSAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>SE0007100581</x:t>
   </x:si>
   <x:si>
     <x:t>10,367</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 333,161.00</x:t>
+    <x:t>$ 337,948.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Valterra Platinum Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>VALT LN</x:t>
   </x:si>
   <x:si>
     <x:t>ZAE000013181</x:t>
   </x:si>
   <x:si>
     <x:t>2,596</x:t>
   </x:si>
   <x:si>
-    <x:t>$ 178,742.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>$ 183,831.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$ 266,445.00</x:t>
+    <x:t>$ 265,731.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1810,51 +1819,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3b95b5a282451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R152cb3640a5344f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ffe2a503af24451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30e6bc651884ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R93f0cbb6b55342b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R409ee125cbe64c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G107"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="19" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="21" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2076,2236 +2085,2236 @@
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>422</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7" ht="15" customHeight="1">
       <x:c r="A107" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B107" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C107" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D107" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E107" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F107" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G107" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>