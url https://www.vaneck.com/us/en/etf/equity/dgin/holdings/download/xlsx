--- v0 (2025-12-15)
+++ v1 (2025-12-18)
@@ -1,1041 +1,1047 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f9f324ae25489e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b5f6d714da4247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DGIN_asof_20251212" sheetId="1" r:id="Re349af0a5329448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DGIN_asof_20251217" sheetId="1" r:id="Rfe1b7bfb0a654fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="332">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/12/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="334">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/17/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>RIGD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLTD46</x:t>
   </x:si>
   <x:si>
     <x:t>24,349</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,672,776.30</x:t>
+    <x:t>$1,652,140.72</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.84%</x:t>
+    <x:t>8.81%</x:t>
   </x:si>
   <x:si>
     <x:t>BHARTI IN</x:t>
   </x:si>
   <x:si>
     <x:t>Bharti Airtel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DX1FT6</x:t>
   </x:si>
   <x:si>
     <x:t>70,659</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,623,481.24</x:t>
-[...2 lines deleted...]
-    <x:t>8.58%</x:t>
+    <x:t>$1,648,851.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.79%</x:t>
   </x:si>
   <x:si>
     <x:t>INFY US</x:t>
   </x:si>
   <x:si>
     <x:t>Infosys Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSGQL7</x:t>
   </x:si>
   <x:si>
     <x:t>78,170</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,389,862.60</x:t>
-[...2 lines deleted...]
-    <x:t>7.34%</x:t>
+    <x:t>$1,424,257.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.59%</x:t>
   </x:si>
   <x:si>
     <x:t>TCS IN</x:t>
   </x:si>
   <x:si>
     <x:t>Tata Consultancy Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q0WCK6</x:t>
   </x:si>
   <x:si>
     <x:t>34,915</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,238,615.54</x:t>
-[...2 lines deleted...]
-    <x:t>6.55%</x:t>
+    <x:t>$1,241,675.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.62%</x:t>
   </x:si>
   <x:si>
     <x:t>HCLT IN</x:t>
   </x:si>
   <x:si>
     <x:t>Hcl Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C68V87</x:t>
   </x:si>
   <x:si>
     <x:t>62,764</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,157,113.75</x:t>
-[...2 lines deleted...]
-    <x:t>6.11%</x:t>
+    <x:t>$1,147,137.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.12%</x:t>
   </x:si>
   <x:si>
     <x:t>ETERNAL IN</x:t>
   </x:si>
   <x:si>
     <x:t>Zomato Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003DKJ5C9</x:t>
   </x:si>
   <x:si>
     <x:t>308,981</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,015,203.03</x:t>
-[...2 lines deleted...]
-    <x:t>5.36%</x:t>
+    <x:t>$970,891.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.18%</x:t>
   </x:si>
   <x:si>
     <x:t>JIOFIN IN</x:t>
   </x:si>
   <x:si>
     <x:t>Jio Financial Services Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WN2L82</x:t>
   </x:si>
   <x:si>
     <x:t>244,031</x:t>
   </x:si>
   <x:si>
-    <x:t>$809,143.92</x:t>
-[...2 lines deleted...]
-    <x:t>4.28%</x:t>
+    <x:t>$790,713.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.22%</x:t>
   </x:si>
   <x:si>
     <x:t>TECHM IN</x:t>
   </x:si>
   <x:si>
     <x:t>Tech Mahindra Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CXKNH2</x:t>
   </x:si>
   <x:si>
     <x:t>44,017</x:t>
   </x:si>
   <x:si>
-    <x:t>$764,720.62</x:t>
-[...2 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>$767,116.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wipro Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDFT17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$659,270.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>SWIGGY IN</x:t>
   </x:si>
   <x:si>
     <x:t>Swiggy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008G5QN13</x:t>
   </x:si>
   <x:si>
     <x:t>142,657</x:t>
   </x:si>
   <x:si>
-    <x:t>$654,755.70</x:t>
-[...2 lines deleted...]
-    <x:t>3.46%</x:t>
+    <x:t>$629,424.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSYS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Persistent Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TL5HN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$610,764.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
   </x:si>
   <x:si>
     <x:t>POLICYBZ IN</x:t>
   </x:si>
   <x:si>
     <x:t>Pb Fintech Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004DZ49P8</x:t>
   </x:si>
   <x:si>
     <x:t>30,402</x:t>
   </x:si>
   <x:si>
-    <x:t>$643,912.85</x:t>
-[...35 lines deleted...]
-    <x:t>3.25%</x:t>
+    <x:t>$591,615.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTOW IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indus Towers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TDKBZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,403.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>INFOE IN</x:t>
   </x:si>
   <x:si>
     <x:t>Info Edge India Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HS7804</x:t>
   </x:si>
   <x:si>
     <x:t>32,830</x:t>
   </x:si>
   <x:si>
-    <x:t>$498,102.32</x:t>
-[...20 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>$484,608.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COFORGE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coforge Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q36Y03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$445,395.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIXON IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dixon Technologies India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKD1Y8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,658.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>PAYTM IN</x:t>
   </x:si>
   <x:si>
     <x:t>One 97 Communications Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QYN0B8</x:t>
   </x:si>
   <x:si>
     <x:t>31,308</x:t>
   </x:si>
   <x:si>
-    <x:t>$450,099.38</x:t>
-[...35 lines deleted...]
-    <x:t>$444,372.47</x:t>
+    <x:t>$438,457.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>LTIM IN</x:t>
   </x:si>
   <x:si>
     <x:t>Ltimindtree Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001C7T6X7</x:t>
   </x:si>
   <x:si>
     <x:t>5,814</x:t>
   </x:si>
   <x:si>
-    <x:t>$402,248.06</x:t>
-[...2 lines deleted...]
-    <x:t>2.13%</x:t>
+    <x:t>$401,448.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>MMYT US</x:t>
   </x:si>
   <x:si>
     <x:t>Makemytrip Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB34J0</x:t>
   </x:si>
   <x:si>
     <x:t>3,892</x:t>
   </x:si>
   <x:si>
-    <x:t>$321,479.20</x:t>
-[...2 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>$328,406.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>IDEA IN</x:t>
   </x:si>
   <x:si>
     <x:t>Vodafone Idea Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FR5515</x:t>
   </x:si>
   <x:si>
     <x:t>2,213,606</x:t>
   </x:si>
   <x:si>
-    <x:t>$284,133.27</x:t>
+    <x:t>$272,703.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multi Commodity Exchange Of India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q47HF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,259.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPHL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mphasis Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2X4L2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,559.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCOM IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tata Communications Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D1WPZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,769.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KPITTECH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kpit Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JX9H6X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,481.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAMS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Computer Age Management Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H5LCX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,853.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OFSS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Financial Services Software Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F47KN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,473.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tata Elxsi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D0Y2P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,619.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REDI IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Redington India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QRLW89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,208.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANGELONE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angel One Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004XC9DW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,989.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHARTIHE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bharti Hexacom Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BN0J93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,467.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IIFL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iifl Finance Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG42S2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,792.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAYNES IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kaynes Technology India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001C7SX87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,552.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEXT IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hexaware Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PMLP558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,182.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARTRADE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cartrade Tech Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0021HMW29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,706.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFFLE IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Affle India Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8RTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,776.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IKS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inventurus Knowledge Solutions Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Z8QDR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,594.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TATATECH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tata Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG3R35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,728.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTTS IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L&amp;T Technology Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007916P28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,416.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSOL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstsource Solutions Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PXNFZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,977.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KFINTECH IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kfin Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V4SZS69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,630.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CYL IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cyient Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV0G48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,395.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAGILITY IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sagility Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017CSZ385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,632.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECLX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eclerx Services Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GWYK27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,165.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZENT IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zensar Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTDFS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,251.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDA IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intellect Design Arena Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0077M9320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,201.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INMART IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiamart Intermesh Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005J78V87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,460.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSOFT IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Birlasoft Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGRK07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,314.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indian Energy Exchange Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00175LT65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,318.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZEN IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zen Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTLY23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,481.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMFC IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hfcl Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CSHFS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,899.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEJASNET IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tejas Networks Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BT0JZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,250.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>281,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,062.80</x:t>
   </x:si>
   <x:si>
     <x:t>1.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>MPHL IN</x:t>
-[...562 lines deleted...]
-  <x:si>
     <x:t>-INR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>3,057,418</x:t>
-[...5 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>3,057,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,827.65</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>42</x:t>
   </x:si>
   <x:si>
-    <x:t>$49.43</x:t>
+    <x:t>$49.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-285,513.34</x:t>
-[...2 lines deleted...]
-    <x:t>-1.51%</x:t>
+    <x:t>$-275,545.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1063,51 +1069,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b8d78a5fa84683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc3182541d4a94df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re349af0a5329448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd98f5980653a41ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1cb166a3477f4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe1b7bfb0a654fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1484,1332 +1490,1332 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="2" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>