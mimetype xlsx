--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3240667014324c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4d119d6e63e4a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20251218" sheetId="1" r:id="R06a27872b4784b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IHY_asof_20251218" sheetId="1" r:id="Rc4fbdeb3494a4c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6373" uniqueCount="2280">
   <x:si>
     <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -6907,51 +6907,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3d864bf170440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R619b8bc16e324d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R06a27872b4784b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R898616ff000642fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raf0d2e50cc2a4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc4fbdeb3494a4c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L579"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">