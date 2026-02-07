--- v0 (2026-01-18)
+++ v1 (2026-02-07)
@@ -1,936 +1,1011 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb173e220d3004928" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2880418de44e46b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOB_asof_20260115" sheetId="1" r:id="Rc05a7e545156440a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOB_asof_20260205" sheetId="1" r:id="R85e6cfe9f88b4c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="499" uniqueCount="297">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="553" uniqueCount="322">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0MGWB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,953,200.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.07%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Octagon 64 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6CQP12</x:t>
   </x:si>
   <x:si>
-    <x:t>5.570</x:t>
-[...2 lines deleted...]
-    <x:t>Bond</x:t>
+    <x:t>5.370</x:t>
   </x:si>
   <x:si>
     <x:t>10,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,156,144.57</x:t>
-[...23 lines deleted...]
-    <x:t>5.14%</x:t>
+    <x:t>$10,055,496.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 2026-22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZWBNK74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,503,750.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 95 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLLQC66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,065,647.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WN40DL2</x:t>
   </x:si>
   <x:si>
-    <x:t>5.584</x:t>
-[...26 lines deleted...]
-    <x:t>4.49%</x:t>
+    <x:t>5.368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,039,709.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4P7</x:t>
   </x:si>
   <x:si>
     <x:t>6,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,595,367.84</x:t>
-[...2 lines deleted...]
-    <x:t>4.19%</x:t>
+    <x:t>$6,527,324.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YKHNF05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,175,967.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Brant Point Clo 2025-8 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WL3Q1F1</x:t>
   </x:si>
   <x:si>
     <x:t>5.662</x:t>
   </x:si>
   <x:si>
     <x:t>5,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,103,985.94</x:t>
-[...2 lines deleted...]
-    <x:t>3.24%</x:t>
+    <x:t>$5,141,829.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 36 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNJ4B93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,027,805.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQW8</x:t>
   </x:si>
   <x:si>
-    <x:t>5.508</x:t>
-[...5 lines deleted...]
-    <x:t>3.22%</x:t>
+    <x:t>5.318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,021,333.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CP2G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,019,620.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CSZ35</x:t>
   </x:si>
   <x:si>
-    <x:t>5.284</x:t>
-[...2 lines deleted...]
-    <x:t>$5,070,506.55</x:t>
+    <x:t>5.068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,018,439.08</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YCKGYN9</x:t>
   </x:si>
   <x:si>
-    <x:t>5.505</x:t>
-[...38 lines deleted...]
-    <x:t>$5,004,680.23</x:t>
+    <x:t>5.268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,013,850.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Xxxv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZK73J99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,502,625.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZTH9JN7</x:t>
   </x:si>
   <x:si>
-    <x:t>7.620</x:t>
-[...8 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>7.430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,450,917.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2WWRH1</x:t>
   </x:si>
   <x:si>
-    <x:t>10.357</x:t>
-[...5 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>10.169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,288,035.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRF7WV3</x:t>
   </x:si>
   <x:si>
-    <x:t>5.607</x:t>
+    <x:t>5.419</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,052,977.29</x:t>
-[...2 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>$3,024,490.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S0SWCR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,862.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2022-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016DW83W0</x:t>
   </x:si>
   <x:si>
-    <x:t>7.582</x:t>
+    <x:t>7.368</x:t>
   </x:si>
   <x:si>
     <x:t>2,980,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,047,891.18</x:t>
-[...17 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>$2,997,921.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010H494R4</x:t>
   </x:si>
   <x:si>
-    <x:t>7.227</x:t>
+    <x:t>7.030</x:t>
   </x:si>
   <x:si>
     <x:t>2,990,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,032,750.41</x:t>
+    <x:t>$2,971,964.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XK387R4</x:t>
   </x:si>
   <x:si>
-    <x:t>10.848</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>10.598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,893,586.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S55T0C5</x:t>
   </x:si>
   <x:si>
-    <x:t>10.184</x:t>
-[...5 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>9.968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,840,483.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0R83Y9</x:t>
   </x:si>
   <x:si>
-    <x:t>11.932</x:t>
+    <x:t>11.744</x:t>
   </x:si>
   <x:si>
     <x:t>2,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,593,826.28</x:t>
-[...2 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>$2,528,166.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 39 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,520,545.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R72KNH6</x:t>
   </x:si>
   <x:si>
-    <x:t>6.834</x:t>
-[...5 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>6.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,512,019.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2022-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6WSF82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,511,234.54</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2021-2 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X70HJ80</x:t>
   </x:si>
   <x:si>
-    <x:t>5.884</x:t>
-[...5 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>5.668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,511,149.54</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4Q6</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,538,657.59</x:t>
-[...11 lines deleted...]
-    <x:t>$2,538,489.53</x:t>
+    <x:t>$2,509,522.04</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQX7</x:t>
   </x:si>
   <x:si>
-    <x:t>5.858</x:t>
-[...17 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>$2,508,273.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Xvi Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZX066Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,500,967.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxxi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011Y7GKX5</x:t>
   </x:si>
   <x:si>
-    <x:t>7.370</x:t>
-[...2 lines deleted...]
-    <x:t>$2,500,250.74</x:t>
+    <x:t>7.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,455,845.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 27 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R6M2S28</x:t>
   </x:si>
   <x:si>
-    <x:t>10.155</x:t>
-[...5 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>9.922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,453,157.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012Y72MT9</x:t>
   </x:si>
   <x:si>
-    <x:t>7.320</x:t>
+    <x:t>7.130</x:t>
   </x:si>
   <x:si>
     <x:t>2,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,316,961.11</x:t>
-[...2 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>$2,270,809.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitebox Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZW0ZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,261,488.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PSTB408</x:t>
   </x:si>
   <x:si>
-    <x:t>5.894</x:t>
-[...23 lines deleted...]
-    <x:t>$2,254,490.02</x:t>
+    <x:t>5.671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,257,910.30</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VF2B4F2</x:t>
   </x:si>
   <x:si>
-    <x:t>7.484</x:t>
+    <x:t>7.268</x:t>
   </x:si>
   <x:si>
     <x:t>2,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,051,952.39</x:t>
-[...2 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>$2,018,595.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 113 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XQCM3M6</x:t>
   </x:si>
   <x:si>
-    <x:t>6.905</x:t>
-[...5 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>6.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,012,443.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK387P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,971,109.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RZTPMX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,784,996.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xvii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1H65Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>7.134</x:t>
+    <x:t>6.918</x:t>
   </x:si>
   <x:si>
     <x:t>1,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,786,359.61</x:t>
-[...14 lines deleted...]
-    <x:t>$1,779,592.93</x:t>
+    <x:t>$1,760,030.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Ocean Trails Clo Xiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R6N4B30</x:t>
   </x:si>
   <x:si>
     <x:t>1,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,727,512.19</x:t>
-[...2 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>$1,709,461.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9K56M2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,574.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Madison Park Funding Lvii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P0Z5ZS2</x:t>
   </x:si>
   <x:si>
-    <x:t>6.808</x:t>
-[...26 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>6.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,487,044.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XQCM3N5</x:t>
   </x:si>
   <x:si>
-    <x:t>7.905</x:t>
+    <x:t>7.672</x:t>
   </x:si>
   <x:si>
     <x:t>1,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,405,302.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>$1,409,452.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XRVD218</x:t>
   </x:si>
   <x:si>
-    <x:t>5.746</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,320,216.97</x:t>
-[...2 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>$1,305,032.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PV7JB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,726.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 72 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNQ49D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,520.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halseypoint Clo 7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF453M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,011,871.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozlm Xxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PXHPS82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,169.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2023-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC46JL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,635.00</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2022-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VJHXT39</x:t>
   </x:si>
   <x:si>
-    <x:t>8.857</x:t>
-[...35 lines deleted...]
-    <x:t>$1,018,147.08</x:t>
+    <x:t>8.669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,006,907.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Goldentree Loan Management Us Clo 8 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB63YF1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,015,436.81</x:t>
-[...2 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>$1,004,382.82</x:t>
   </x:si>
   <x:si>
     <x:t>Park Avenue Institutional Advisers Clo</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WV443B2</x:t>
   </x:si>
   <x:si>
-    <x:t>5.534</x:t>
-[...44 lines deleted...]
-    <x:t>$1,004,998.23</x:t>
+    <x:t>$1,003,899.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZK73JC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,001,000.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxvi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011MN8M13</x:t>
   </x:si>
   <x:si>
-    <x:t>7.496</x:t>
-[...2 lines deleted...]
-    <x:t>$1,002,175.90</x:t>
+    <x:t>7.279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$984,177.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>9,272,681</x:t>
-[...5 lines deleted...]
-    <x:t>5.89%</x:t>
+    <x:t>370,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,693.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-48,843.42</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$-14,536,070.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-8.44%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -958,65 +1033,65 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cbf59e55c954869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9d38c0db7d994320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc05a7e545156440a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9cd10897f64bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R234adf94ac2e4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R85e6cfe9f88b4c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J55"/>
+  <x:dimension ref="A1:J61"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
-    <x:col min="8" max="8" width="21" customWidth="1"/>
+    <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
@@ -1099,1671 +1174,1863 @@
       <x:c r="A4" s="1">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J4" s="1" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C5" s="1" t="s">
+      <x:c r="D5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="D5" s="1" t="s">
+      <x:c r="E5" s="1" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F6" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G6" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F6" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G6" s="1" t="s">
+      <x:c r="H6" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H6" s="1" t="s">
+      <x:c r="I6" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J6" s="1" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F9" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="H9" s="1" t="s">
+      <x:c r="I9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J9" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="I10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J10" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H11" s="1" t="s">
+      <x:c r="I11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="I17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="I21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="I22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="I24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H25" s="1" t="s">
+      <x:c r="I25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="H32" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="I35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="I39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="H41" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="H45" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H49" s="1" t="s">
+      <x:c r="I49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
-      <x:c r="A55" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B55" s="2" t="s">
+      <x:c r="A55" s="1">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B55" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A56" s="1">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A57" s="1">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B57" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A58" s="1">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B58" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A59" s="1">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J59" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A60" s="1">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J60" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A61" s="2" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="B61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C55" s="2" t="s">
+      <x:c r="C61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D55" s="2" t="s">
+      <x:c r="D61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E55" s="2" t="s">
+      <x:c r="E61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F55" s="2" t="s">
+      <x:c r="F61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G55" s="2" t="s">
+      <x:c r="G61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H55" s="2" t="s">
+      <x:c r="H61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I55" s="2" t="s">
+      <x:c r="I61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J55" s="2" t="s">
+      <x:c r="J61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A55:J55"/>
+    <x:mergeCell ref="A61:J61"/>
   </x:mergeCells>
 </x:worksheet>
 </file>