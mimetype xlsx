--- v1 (2026-02-07)
+++ v2 (2026-03-02)
@@ -1,1011 +1,1017 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2880418de44e46b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a09c27a278641a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOB_asof_20260205" sheetId="1" r:id="R85e6cfe9f88b4c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOB_asof_20260226" sheetId="1" r:id="Rfcec046da6c44c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="553" uniqueCount="322">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="553" uniqueCount="324">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Octagon 64 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6CQP12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,084,630.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.04%</x:t>
+  </x:si>
+  <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
-    <x:t>02/24/2026</x:t>
-[...38 lines deleted...]
-    <x:t>5.84%</x:t>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XG1J862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,670,235.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage Capital Clo 2026-22 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZWBNK74</x:t>
   </x:si>
   <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
     <x:t>7,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,503,750.00</x:t>
-[...2 lines deleted...]
-    <x:t>4.36%</x:t>
+    <x:t>$7,524,121.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN40DL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,060,115.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 95 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SLLQC66</x:t>
   </x:si>
   <x:si>
-    <x:t>6.939</x:t>
-[...26 lines deleted...]
-    <x:t>4.09%</x:t>
+    <x:t>6.706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,931,981.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4P7</x:t>
   </x:si>
   <x:si>
     <x:t>6,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,527,324.80</x:t>
-[...2 lines deleted...]
-    <x:t>3.79%</x:t>
+    <x:t>$6,547,020.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cqs Us Clo 6 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0208VCYF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,004,500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.59%</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YKHNF05</x:t>
   </x:si>
   <x:si>
     <x:t>5,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,175,967.06</x:t>
+    <x:t>$5,186,953.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WL3Q1F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,158,228.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 36 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNJ4B93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,043,000.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5XGQW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,037,644.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CP2G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,034,125.91</x:t>
   </x:si>
   <x:si>
     <x:t>3.01%</x:t>
   </x:si>
   <x:si>
-    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CSZ35</x:t>
   </x:si>
   <x:si>
     <x:t>5.068</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,018,439.08</x:t>
+    <x:t>$5,032,974.67</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YCKGYN9</x:t>
   </x:si>
   <x:si>
     <x:t>5.268</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,013,850.04</x:t>
+    <x:t>$5,028,825.10</x:t>
   </x:si>
   <x:si>
     <x:t>Madison Park Funding Xxxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZK73J99</x:t>
   </x:si>
   <x:si>
     <x:t>3,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,502,625.00</x:t>
-[...2 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>$3,512,541.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZTH9JN7</x:t>
   </x:si>
   <x:si>
     <x:t>7.430</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,450,917.91</x:t>
-[...2 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>$3,418,945.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2WWRH1</x:t>
   </x:si>
   <x:si>
     <x:t>10.169</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,288,035.25</x:t>
-[...2 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>$3,218,262.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRF7WV3</x:t>
   </x:si>
   <x:si>
     <x:t>5.419</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,024,490.60</x:t>
-[...2 lines deleted...]
-    <x:t>1.76%</x:t>
+    <x:t>$3,033,446.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxviii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S0SWCR4</x:t>
   </x:si>
   <x:si>
     <x:t>5.618</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,010,862.44</x:t>
-[...2 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>$3,020,600.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2022-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016DW83W0</x:t>
   </x:si>
   <x:si>
     <x:t>7.368</x:t>
   </x:si>
   <x:si>
     <x:t>2,980,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,997,921.17</x:t>
-[...2 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>$3,007,668.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010H494R4</x:t>
   </x:si>
   <x:si>
     <x:t>7.030</x:t>
   </x:si>
   <x:si>
     <x:t>2,990,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,971,964.95</x:t>
-[...2 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>$2,965,642.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XK387R4</x:t>
   </x:si>
   <x:si>
     <x:t>10.598</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,893,586.44</x:t>
-[...2 lines deleted...]
-    <x:t>1.68%</x:t>
+    <x:t>$2,831,129.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S55T0C5</x:t>
   </x:si>
   <x:si>
     <x:t>9.968</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,840,483.44</x:t>
-[...2 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>$2,784,870.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0R83Y9</x:t>
   </x:si>
   <x:si>
     <x:t>11.744</x:t>
   </x:si>
   <x:si>
     <x:t>2,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,528,166.62</x:t>
-[...2 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>$2,524,526.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 39 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB5WZZ6</x:t>
   </x:si>
   <x:si>
     <x:t>10.672</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,520,545.86</x:t>
-[...2 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>$2,523,804.47</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R72KNH6</x:t>
   </x:si>
   <x:si>
     <x:t>6.618</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,512,019.54</x:t>
+    <x:t>$2,520,455.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2021-2 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,519,187.33</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2022-1 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q6WSF82</x:t>
   </x:si>
   <x:si>
     <x:t>5.518</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,511,234.54</x:t>
-[...11 lines deleted...]
-    <x:t>$2,511,149.54</x:t>
+    <x:t>$2,518,841.09</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4Q6</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,509,522.04</x:t>
+    <x:t>$2,517,611.91</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQX7</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,508,273.35</x:t>
+    <x:t>$2,516,321.71</x:t>
   </x:si>
   <x:si>
     <x:t>Regatta Xvi Funding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZX066Q6</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,500,967.50</x:t>
-[...2 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>$2,508,113.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 27 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6M2S28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,412,372.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxxi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011Y7GKX5</x:t>
   </x:si>
   <x:si>
     <x:t>7.180</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,455,845.52</x:t>
-[...17 lines deleted...]
-    <x:t>$2,453,157.94</x:t>
+    <x:t>$2,371,785.82</x:t>
   </x:si>
   <x:si>
     <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012Y72MT9</x:t>
   </x:si>
   <x:si>
     <x:t>7.130</x:t>
   </x:si>
   <x:si>
     <x:t>2,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,270,809.65</x:t>
-[...2 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>$2,271,738.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Whitebox Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZW0ZF0</x:t>
   </x:si>
   <x:si>
     <x:t>5.572</x:t>
   </x:si>
   <x:si>
     <x:t>2,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,261,488.53</x:t>
-[...17 lines deleted...]
-    <x:t>$2,257,910.30</x:t>
+    <x:t>$2,268,532.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 113 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XQCM3M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,023,897.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VF2B4F2</x:t>
   </x:si>
   <x:si>
     <x:t>7.268</x:t>
   </x:si>
   <x:si>
-    <x:t>2,000,000</x:t>
-[...20 lines deleted...]
-    <x:t>$2,012,443.58</x:t>
+    <x:t>$2,007,464.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XK387P6</x:t>
   </x:si>
   <x:si>
     <x:t>8.168</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,971,109.63</x:t>
-[...2 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>$1,974,898.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RZTPMX5</x:t>
   </x:si>
   <x:si>
     <x:t>1,775,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,784,996.82</x:t>
-[...2 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>$1,790,430.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xvii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1H65Q1</x:t>
   </x:si>
   <x:si>
     <x:t>6.918</x:t>
   </x:si>
   <x:si>
     <x:t>1,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,760,030.67</x:t>
+    <x:t>$1,765,783.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocean Trails Clo Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6N4B30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,701,266.39</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ocean Trails Clo Xiv Ltd</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Canyon Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R9K56M2</x:t>
   </x:si>
   <x:si>
     <x:t>5.622</x:t>
   </x:si>
   <x:si>
     <x:t>1,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,507,574.93</x:t>
-[...2 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>$1,512,330.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Madison Park Funding Lvii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P0Z5ZS2</x:t>
   </x:si>
   <x:si>
     <x:t>6.620</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,487,044.20</x:t>
-[...2 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$1,482,654.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XQCM3N5</x:t>
   </x:si>
   <x:si>
     <x:t>7.672</x:t>
   </x:si>
   <x:si>
     <x:t>1,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,409,452.34</x:t>
-[...2 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>$1,415,366.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XRVD218</x:t>
   </x:si>
   <x:si>
     <x:t>1,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,305,032.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$1,308,881.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2022-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VJHXT39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,011,032.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halseypoint Clo 7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF453M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,958.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozlm Xxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PXHPS82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,919.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldentree Loan Management Us Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB63YF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,470.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2023-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC46JL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,151.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Avenue Institutional Advisers Clo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WV443B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,006,888.76</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PV7JB08</x:t>
   </x:si>
   <x:si>
-    <x:t>5.889</x:t>
-[...5 lines deleted...]
-    <x:t>$1,014,726.99</x:t>
+    <x:t>5.656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,807.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 72 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNQ49D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,257.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN8M13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$981,820.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
-    <x:t>Dryden 72 Clo Ltd</x:t>
-[...91 lines deleted...]
-  <x:si>
     <x:t>BBG01ZK73JC5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,001,000.00</x:t>
-[...11 lines deleted...]
-    <x:t>$984,177.62</x:t>
+    <x:t>$949,776.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>370,693</x:t>
-[...5 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>544,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,888.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-14,536,070.73</x:t>
-[...2 lines deleted...]
-    <x:t>-8.44%</x:t>
+    <x:t>$-6,081,997.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.64%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1033,65 +1039,65 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9cd10897f64bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R234adf94ac2e4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R85e6cfe9f88b4c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51f322b4bb944d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R87b008ca6b0444a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfcec046da6c44c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:J61"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
-    <x:col min="8" max="8" width="22" customWidth="1"/>
+    <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
@@ -1174,1851 +1180,1851 @@
       <x:c r="A4" s="1">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="H37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="2" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>