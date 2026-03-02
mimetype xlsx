--- v2 (2026-03-02)
+++ v3 (2026-03-02)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a09c27a278641a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbbc617fdfd4448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOB_asof_20260226" sheetId="1" r:id="Rfcec046da6c44c67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOB_asof_20260227" sheetId="1" r:id="Rc5dd2ff2fa1d4348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="553" uniqueCount="324">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="544" uniqueCount="317">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -55,963 +55,942 @@
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 64 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6CQP12</x:t>
   </x:si>
   <x:si>
     <x:t>5.370</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,084,630.06</x:t>
+    <x:t>$10,089,004.80</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.04%</x:t>
+    <x:t>6.23%</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG1J862</x:t>
   </x:si>
   <x:si>
     <x:t>8,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,670,235.13</x:t>
-[...2 lines deleted...]
-    <x:t>5.19%</x:t>
+    <x:t>$8,672,880.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage Capital Clo 2026-22 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZWBNK74</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>7,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,524,121.19</x:t>
-[...2 lines deleted...]
-    <x:t>4.50%</x:t>
+    <x:t>$7,527,304.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WN40DL2</x:t>
   </x:si>
   <x:si>
     <x:t>5.368</x:t>
   </x:si>
   <x:si>
     <x:t>7,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,060,115.53</x:t>
-[...2 lines deleted...]
-    <x:t>4.23%</x:t>
+    <x:t>$7,063,176.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 95 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SLLQC66</x:t>
   </x:si>
   <x:si>
     <x:t>6.706</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,931,981.88</x:t>
-[...2 lines deleted...]
-    <x:t>4.15%</x:t>
+    <x:t>$6,935,823.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4P7</x:t>
   </x:si>
   <x:si>
     <x:t>6,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,547,020.56</x:t>
-[...2 lines deleted...]
-    <x:t>3.92%</x:t>
+    <x:t>$6,549,902.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Cqs Us Clo 6 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0208VCYF6</x:t>
   </x:si>
   <x:si>
     <x:t>6,000,000</x:t>
   </x:si>
   <x:si>
     <x:t>$6,004,500.00</x:t>
   </x:si>
   <x:si>
-    <x:t>3.59%</x:t>
-[...11 lines deleted...]
-    <x:t>$5,186,953.04</x:t>
+    <x:t>3.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WL3Q1F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,160,592.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 36 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNJ4B93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,045,234.85</x:t>
   </x:si>
   <x:si>
     <x:t>3.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
-[...35 lines deleted...]
-    <x:t>3.02%</x:t>
+    <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CP2G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,036,223.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CSZ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,035,066.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCKGYN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,031,005.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQW8</x:t>
   </x:si>
   <x:si>
     <x:t>5.318</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,037,644.26</x:t>
-[...47 lines deleted...]
-    <x:t>$5,028,825.10</x:t>
+    <x:t>$5,029,850.10</x:t>
   </x:si>
   <x:si>
     <x:t>Madison Park Funding Xxxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZK73J99</x:t>
   </x:si>
   <x:si>
     <x:t>3,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,512,541.64</x:t>
-[...2 lines deleted...]
-    <x:t>2.10%</x:t>
+    <x:t>$3,514,100.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZTH9JN7</x:t>
   </x:si>
   <x:si>
     <x:t>7.430</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,418,945.23</x:t>
-[...2 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>$3,420,979.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2WWRH1</x:t>
   </x:si>
   <x:si>
     <x:t>10.169</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,218,262.87</x:t>
-[...2 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>$3,221,008.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRF7WV3</x:t>
   </x:si>
   <x:si>
     <x:t>5.419</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,033,446.20</x:t>
-[...2 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>$3,034,780.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxviii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S0SWCR4</x:t>
   </x:si>
   <x:si>
     <x:t>5.618</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,020,600.30</x:t>
-[...2 lines deleted...]
-    <x:t>1.81%</x:t>
+    <x:t>$3,022,004.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2022-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016DW83W0</x:t>
   </x:si>
   <x:si>
     <x:t>7.368</x:t>
   </x:si>
   <x:si>
     <x:t>2,980,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,007,668.10</x:t>
-[...2 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>$3,009,491.77</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010H494R4</x:t>
   </x:si>
   <x:si>
     <x:t>7.030</x:t>
   </x:si>
   <x:si>
     <x:t>2,990,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,965,642.95</x:t>
-[...2 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>$2,967,391.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XK387R4</x:t>
   </x:si>
   <x:si>
     <x:t>10.598</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,831,129.30</x:t>
-[...2 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>$2,833,529.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S55T0C5</x:t>
   </x:si>
   <x:si>
     <x:t>9.968</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,784,870.80</x:t>
-[...2 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>$2,787,155.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0R83Y9</x:t>
   </x:si>
   <x:si>
     <x:t>11.744</x:t>
   </x:si>
   <x:si>
     <x:t>2,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,524,526.07</x:t>
-[...2 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>$2,526,917.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 39 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB5WZZ6</x:t>
   </x:si>
   <x:si>
     <x:t>10.672</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,523,804.47</x:t>
+    <x:t>$2,526,020.34</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R72KNH6</x:t>
   </x:si>
   <x:si>
     <x:t>6.618</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,520,455.25</x:t>
+    <x:t>$2,521,831.42</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2021-2 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X70HJ80</x:t>
   </x:si>
   <x:si>
     <x:t>5.668</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,519,187.33</x:t>
+    <x:t>$2,520,358.09</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2022-1 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q6WSF82</x:t>
   </x:si>
   <x:si>
     <x:t>5.518</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,518,841.09</x:t>
+    <x:t>$2,519,970.59</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4Q6</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,517,611.91</x:t>
+    <x:t>$2,518,779.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQX7</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,516,321.71</x:t>
+    <x:t>$2,517,495.05</x:t>
   </x:si>
   <x:si>
     <x:t>Regatta Xvi Funding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZX066Q6</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,508,113.78</x:t>
-[...2 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>$2,509,156.79</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 27 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R6M2S28</x:t>
   </x:si>
   <x:si>
     <x:t>9.922</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,412,372.80</x:t>
-[...2 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>$2,414,249.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxxi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011Y7GKX5</x:t>
   </x:si>
   <x:si>
     <x:t>7.180</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,371,785.82</x:t>
-[...2 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>$2,373,171.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012Y72MT9</x:t>
   </x:si>
   <x:si>
     <x:t>7.130</x:t>
   </x:si>
   <x:si>
     <x:t>2,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,271,738.74</x:t>
-[...2 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>$2,273,231.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Whitebox Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZW0ZF0</x:t>
   </x:si>
   <x:si>
     <x:t>5.572</x:t>
   </x:si>
   <x:si>
     <x:t>2,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,268,532.02</x:t>
+    <x:t>$2,269,563.31</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 113 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XQCM3M6</x:t>
   </x:si>
   <x:si>
     <x:t>6.672</x:t>
   </x:si>
   <x:si>
     <x:t>2,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,023,897.80</x:t>
-[...2 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>$2,024,991.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VF2B4F2</x:t>
   </x:si>
   <x:si>
     <x:t>7.268</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,007,464.53</x:t>
-[...2 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>$2,008,677.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XK387P6</x:t>
   </x:si>
   <x:si>
     <x:t>8.168</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,974,898.53</x:t>
-[...2 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>$1,979,057.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RZTPMX5</x:t>
   </x:si>
   <x:si>
     <x:t>1,775,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,790,430.89</x:t>
-[...2 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>$1,791,240.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xvii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1H65Q1</x:t>
   </x:si>
   <x:si>
     <x:t>6.918</x:t>
   </x:si>
   <x:si>
     <x:t>1,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,765,783.42</x:t>
-[...2 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>$1,766,786.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Ocean Trails Clo Xiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R6N4B30</x:t>
   </x:si>
   <x:si>
     <x:t>1,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,701,266.39</x:t>
-[...2 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>$1,702,020.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R9K56M2</x:t>
   </x:si>
   <x:si>
     <x:t>5.622</x:t>
   </x:si>
   <x:si>
     <x:t>1,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,512,330.85</x:t>
-[...2 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>$1,513,026.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Madison Park Funding Lvii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P0Z5ZS2</x:t>
   </x:si>
   <x:si>
     <x:t>6.620</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,482,654.77</x:t>
-[...2 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>$1,483,452.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XQCM3N5</x:t>
   </x:si>
   <x:si>
     <x:t>7.672</x:t>
   </x:si>
   <x:si>
     <x:t>1,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,415,366.56</x:t>
-[...2 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>$1,416,257.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XRVD218</x:t>
   </x:si>
   <x:si>
     <x:t>1,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,308,881.08</x:t>
-[...2 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>$1,309,445.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2022-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VJHXT39</x:t>
   </x:si>
   <x:si>
     <x:t>8.669</x:t>
   </x:si>
   <x:si>
     <x:t>1,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,011,032.01</x:t>
+    <x:t>$1,011,747.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halseypoint Clo 7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF453M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,009,443.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozlm Xxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PXHPS82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,009,404.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldentree Loan Management Us Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB63YF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,924.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2023-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC46JL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,624.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Avenue Institutional Advisers Clo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WV443B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,326.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PV7JB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,267.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 72 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNQ49D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,722.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN8M13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,410.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
-    <x:t>Halseypoint Clo 7 Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$1,008,958.60</x:t>
+    <x:t>BBG01ZK73JC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$967,056.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.60%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ozlm Xxiii Ltd</x:t>
-[...100 lines deleted...]
-  <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>544,888</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>674,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$674,673.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-6,081,997.96</x:t>
-[...2 lines deleted...]
-    <x:t>-3.64%</x:t>
+    <x:t>$-6,118,340.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.78%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1039,56 +1018,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51f322b4bb944d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R87b008ca6b0444a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfcec046da6c44c67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1909fe1552c4786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raf6bed14e780414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5dd2ff2fa1d4348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J61"/>
+  <x:dimension ref="A1:J60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
@@ -1383,1660 +1362,1628 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H13" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="H18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="H27" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H41" s="1" t="s">
+      <x:c r="I41" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H46" s="1" t="s">
+      <x:c r="I46" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="H49" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="I56" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F59" s="1" t="s">
+      <x:c r="I59" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J59" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="G59" s="1" t="s">
+    </x:row>
+    <x:row r="60" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A60" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="H59" s="1" t="s">
-[...45 lines deleted...]
-      <x:c r="B61" s="2" t="s">
+      <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C61" s="2" t="s">
+      <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D61" s="2" t="s">
+      <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E61" s="2" t="s">
+      <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F61" s="2" t="s">
+      <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G61" s="2" t="s">
+      <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H61" s="2" t="s">
+      <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I61" s="2" t="s">
+      <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J61" s="2" t="s">
+      <x:c r="J60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A61:J61"/>
+    <x:mergeCell ref="A60:J60"/>
   </x:mergeCells>
 </x:worksheet>
 </file>