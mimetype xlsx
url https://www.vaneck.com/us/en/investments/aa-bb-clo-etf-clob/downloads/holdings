--- v3 (2026-03-02)
+++ v4 (2026-03-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbbc617fdfd4448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785ade3370be41ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOB_asof_20260227" sheetId="1" r:id="Rc5dd2ff2fa1d4348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOB_asof_20260320" sheetId="1" r:id="R51f3f8c6ecd04512"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="544" uniqueCount="317">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/27/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="562" uniqueCount="332">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -55,942 +55,987 @@
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 64 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6CQP12</x:t>
   </x:si>
   <x:si>
     <x:t>5.370</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,089,004.80</x:t>
+    <x:t>$10,083,727.99</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.23%</x:t>
+    <x:t>6.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 2026-22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZWBNK74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,453,827.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN40DL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,049,947.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 95 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLLQC66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,902,528.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBC4P7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,559,197.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cqs Us Clo 6 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0208VCYF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,000,493.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WL3Q1F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,142,216.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 36 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNJ4B93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,055,269.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5XGQW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,033,020.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CP2G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,026,534.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CSZ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,022,016.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCKGYN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,998,715.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Xxxv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZK73J99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,489,529.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZTH9JN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,438,024.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRF7WV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,022,714.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S0SWCR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,008,396.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2022-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016DW83W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,980,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,001,492.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010H494R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,990,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,978,309.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2WWRH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,903,534.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK387R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,818,529.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S55T0C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,534,512.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2022-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6WSF82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,525,534.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBC4Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,511,474.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5XGQX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,509,223.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2021-2 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,508,168.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Xvi Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZX066Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,503,730.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 39 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,503,261.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R72KNH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,485,197.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 27 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6M2S28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,387,177.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y7GKX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,385,544.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0R83Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,360,939.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitebox Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZW0ZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,259,560.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012Y72MT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,219,903.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF2B4F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,017,262.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 113 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XQCM3M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,987,092.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK387P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,969,426.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RZTPMX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,784,333.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xvii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1H65Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,741,305.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocean Trails Clo Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6N4B30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,697,958.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9K56M2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,508,462.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Lvii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P0Z5ZS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,468,702.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XQCM3N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,393,209.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK387M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,332,236.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRVD218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,306,908.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02118H169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,200,500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Avenue Institutional Advisers Clo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WV443B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,010,299.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldentree Loan Management Us Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB63YF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,006,152.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozlm Xxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PXHPS82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,299.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halseypoint Clo 7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF453M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,049.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 72 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNQ49D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,790.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PV7JB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,431.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2023-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC46JL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$998,206.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN8M13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$987,568.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2022-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VJHXT39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,953.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZK73JC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$974,671.77</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG1J862</x:t>
   </x:si>
   <x:si>
-    <x:t>8,700,000</x:t>
-[...845 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$474,528.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>674,673</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>753,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,143.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-6,118,340.50</x:t>
-[...2 lines deleted...]
-    <x:t>-3.78%</x:t>
+    <x:t>$-1,325,190.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1018,56 +1063,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1909fe1552c4786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raf6bed14e780414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5dd2ff2fa1d4348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f919a4fdd814414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7d652196487e4700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R51f3f8c6ecd04512" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J60"/>
+  <x:dimension ref="A1:J62"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
@@ -1179,1811 +1224,1875 @@
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F8" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
-      <x:c r="A60" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B60" s="2" t="s">
+      <x:c r="A60" s="1">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J60" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A61" s="1">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A62" s="2" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="B62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C60" s="2" t="s">
+      <x:c r="C62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D60" s="2" t="s">
+      <x:c r="D62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E60" s="2" t="s">
+      <x:c r="E62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F60" s="2" t="s">
+      <x:c r="F62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G60" s="2" t="s">
+      <x:c r="G62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H60" s="2" t="s">
+      <x:c r="H62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I60" s="2" t="s">
+      <x:c r="I62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J60" s="2" t="s">
+      <x:c r="J62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A60:J60"/>
+    <x:mergeCell ref="A62:J62"/>
   </x:mergeCells>
 </x:worksheet>
 </file>