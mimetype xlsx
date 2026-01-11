--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -1,1416 +1,1401 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e8b2fd08fb46fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R421c100b499b4d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20251204" sheetId="1" r:id="Rd6ccdab4dade43e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20260108" sheetId="1" r:id="R0999fc1d154349c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="668" uniqueCount="457">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="452">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>ATW MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Attijariwafa Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMG377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,474,257.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,037,951.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airtel Africa Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PBWXCZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,199,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,896,706.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NPN SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Naspers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTYB91</x:t>
   </x:si>
   <x:si>
-    <x:t>75,576</x:t>
-[...29 lines deleted...]
-    <x:t>4.77%</x:t>
+    <x:t>78,845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,353,450.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglo American Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWF7M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,090,979.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003CSCHG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407,243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,672,003.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTCO NL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guaranty Trust Holding Co Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LN7CZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,022,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,967,403.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q68231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,019,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,950,991.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHT4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,892,373.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCP MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Centrale Populaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQLKJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,885,823.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSA MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe D'Exploitation Des Ports</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D2ZJ7N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,551,772.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>107,433</x:t>
-[...131 lines deleted...]
-    <x:t>3.23%</x:t>
+    <x:t>74,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,541,728.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSR SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstrand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNTS67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>618,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,451,022.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFCOM KN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safaricom Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLQYC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,937,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,376,778.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Quantum Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,152,236.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HGVLP51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,049,690.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>196,542</x:t>
-[...41 lines deleted...]
-    <x:t>2.95%</x:t>
+    <x:t>178,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,039,152.16</x:t>
   </x:si>
   <x:si>
     <x:t>CBKD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial International Bank Egypt Sae</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CLC0L2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,131,707</x:t>
-[...59 lines deleted...]
-    <x:t>2.66%</x:t>
+    <x:t>1,253,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,844,141.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZENITHBA NL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zenith Bank Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NDS8Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,578,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,664,092.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQTY KN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity Group Holdings Plc/Kenya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F2R4W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,896,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,638,984.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortuna Silver Mines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LDZ482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>262,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,617,687.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>PDN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Paladin Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC8GS6</x:t>
   </x:si>
   <x:si>
-    <x:t>435,541</x:t>
-[...23 lines deleted...]
-    <x:t>2.24%</x:t>
+    <x:t>342,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,512,480.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBK SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Bank Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQR991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,497,022.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAM MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itissalat Al-Maghrib</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNT7Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,342,827.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>CPI SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Capitec Bank Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D4HYB1</x:t>
   </x:si>
   <x:si>
-    <x:t>8,385</x:t>
-[...56 lines deleted...]
-    <x:t>$1,825,270.33</x:t>
+    <x:t>9,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,328,571.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valterra Platinum Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTXNT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,062,450.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMYT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Makemytrip Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB34J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,882,465.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtn Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C4S5Y8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,710,569.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOA MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J1QX23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,682,518.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HTWS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helios Towers Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K7MFFV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>667,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,472.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABG SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Absa Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF9DG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,496,380.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Impala Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTZK82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,335,751.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanlam Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CDQK77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>181,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,119,160.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBSW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sibanye Stillwater Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRGP445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,090,753.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harmony Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX93G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,032,767.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSR MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Co Sucrerie Marocaine Et De Raffinage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQDJ58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$943,590.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DD6054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$847,497.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Caribbean Cruises Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$839,342.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shoprite Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFNXZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$804,267.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NED SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nedbank Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$793,364.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BID SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bid Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP99BP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$772,509.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northam Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0125542Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$724,746.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REM SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Remgro Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C55RJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$593,422.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGR SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golden Agri-Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK1581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,259,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,226.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investec Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0TDQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,627.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLS SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clicks Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWY9T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,993.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOD SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vodacom Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5GF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,664.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sasol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBNC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,184.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMU SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Mutual Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRBWLT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>388,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$355,203.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepkor Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDGJ2C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>214,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,088.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outsurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BNQDW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,458.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bidvest Group Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFBR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,335.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Holdings Ltd/South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV1BQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,580.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Growthpoint Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGWM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>258,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,310.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXX SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxaro Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CF7Z98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,141.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avz Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GDY0D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,399,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,247.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTM SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Momentum Metropolitan Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K2YQD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,333.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBS SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiger Brands Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3KV44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,190.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9KFD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,712.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Price Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTPJN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$218,123.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF9VM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,143.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aspen Pharmacare Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP97L3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,685.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCATC NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scatec Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00747Z8D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,837.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIO SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kumba Iron Ore Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPVK43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,267.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>African Rainbow Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP6Q52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,932.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHC SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Life Healthcare Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC1ND4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,510.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLTA ZH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Corp Ltd/Zimbabwe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLMWL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,359.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECO ZH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Econet Wireless Zimbabwe Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C90H80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNCI ZH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tn Cybertech Investments Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MTHXTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABOAF MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWNWRL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,377,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,377,675.67</x:t>
   </x:si>
   <x:si>
     <x:t>1.95%</x:t>
   </x:si>
   <x:si>
-    <x:t>IAM MC</x:t>
-[...845 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>-ZAR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-NOK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-MAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7.64</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>$46.81</x:t>
-[...17 lines deleted...]
-    <x:t>$7.64</x:t>
+    <x:t>$47.05</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
-    <x:t>$24.71</x:t>
+    <x:t>$24.70</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
-    <x:t>-ZAR CASH-</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-453,370.38</x:t>
-[...2 lines deleted...]
-    <x:t>-0.48%</x:t>
+    <x:t>$-2,179,199.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1438,56 +1423,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce81c39639184be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78702a2951cc43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd6ccdab4dade43e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab0fac2ae2d842a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6f0284faf1e84339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0999fc1d154349c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I83"/>
+  <x:dimension ref="A1:I82"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2033,544 +2018,544 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
@@ -2758,1138 +2743,1109 @@
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="F76" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="F77" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="F79" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E81" s="1" t="s">
+      <x:c r="G81" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="F81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="H81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I81" s="1" t="s">
+    </x:row>
+    <x:row r="82" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A82" s="2" t="s">
         <x:v>451</x:v>
       </x:c>
-    </x:row>
-[...33 lines deleted...]
-      <x:c r="B83" s="2" t="s">
+      <x:c r="B82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C83" s="2" t="s">
+      <x:c r="C82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D83" s="2" t="s">
+      <x:c r="D82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E83" s="2" t="s">
+      <x:c r="E82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F83" s="2" t="s">
+      <x:c r="F82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G83" s="2" t="s">
+      <x:c r="G82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H83" s="2" t="s">
+      <x:c r="H82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I83" s="2" t="s">
+      <x:c r="I82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A83:I83"/>
+    <x:mergeCell ref="A82:I82"/>
   </x:mergeCells>
 </x:worksheet>
 </file>