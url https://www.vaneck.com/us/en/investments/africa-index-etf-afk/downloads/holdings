--- v1 (2026-01-11)
+++ v2 (2026-01-15)
@@ -1,1401 +1,1392 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R421c100b499b4d1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R729ce80f02f14641" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20260108" sheetId="1" r:id="R0999fc1d154349c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20260114" sheetId="1" r:id="R1c17aa17646b487d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="452">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="668" uniqueCount="449">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/14/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ATW MC</x:t>
   </x:si>
   <x:si>
     <x:t>Attijariwafa Bank</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMG377</x:t>
   </x:si>
   <x:si>
-    <x:t>91,355</x:t>
+    <x:t>92,376</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,474,257.04</x:t>
+    <x:t>$7,498,334.77</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.14%</x:t>
+    <x:t>5.90%</x:t>
   </x:si>
   <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>109,090</x:t>
-[...5 lines deleted...]
-    <x:t>4.96%</x:t>
+    <x:t>111,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,249,478.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
   </x:si>
   <x:si>
     <x:t>AAF LN</x:t>
   </x:si>
   <x:si>
     <x:t>Airtel Africa Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PBWXCZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,199,439</x:t>
-[...5 lines deleted...]
-    <x:t>4.84%</x:t>
+    <x:t>1,226,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,874,497.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
   </x:si>
   <x:si>
     <x:t>NPN SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Naspers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTYB91</x:t>
   </x:si>
   <x:si>
-    <x:t>78,845</x:t>
-[...5 lines deleted...]
-    <x:t>4.40%</x:t>
+    <x:t>80,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,630,098.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
-    <x:t>120,052</x:t>
-[...5 lines deleted...]
-    <x:t>4.18%</x:t>
+    <x:t>122,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,451,605.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.29%</x:t>
   </x:si>
   <x:si>
     <x:t>IVN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ivanhoe Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003CSCHG0</x:t>
   </x:si>
   <x:si>
-    <x:t>407,243</x:t>
-[...5 lines deleted...]
-    <x:t>3.84%</x:t>
+    <x:t>416,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,029,574.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHT4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,349,731.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q68231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,041,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,162,751.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.27%</x:t>
   </x:si>
   <x:si>
     <x:t>GTCO NL</x:t>
   </x:si>
   <x:si>
     <x:t>Guaranty Trust Holding Co Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011LN7CZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>57,022,412</x:t>
-[...41 lines deleted...]
-    <x:t>3.20%</x:t>
+    <x:t>57,659,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,017,508.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
   </x:si>
   <x:si>
     <x:t>BCP MC</x:t>
   </x:si>
   <x:si>
     <x:t>Banque Centrale Populaire</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQLKJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>123,667</x:t>
-[...5 lines deleted...]
-    <x:t>3.19%</x:t>
+    <x:t>125,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,876,395.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barrick Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB07P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,812,433.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>MSA MC</x:t>
   </x:si>
   <x:si>
     <x:t>Societe D'Exploitation Des Ports</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D2ZJ7N0</x:t>
   </x:si>
   <x:si>
-    <x:t>33,690</x:t>
-[...23 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>34,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,581,685.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Quantum Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,506,133.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.76%</x:t>
   </x:si>
   <x:si>
     <x:t>FSR SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Firstrand Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNTS67</x:t>
   </x:si>
   <x:si>
-    <x:t>618,370</x:t>
-[...5 lines deleted...]
-    <x:t>2.83%</x:t>
+    <x:t>632,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,473,956.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
   </x:si>
   <x:si>
     <x:t>SAFCOM KN</x:t>
   </x:si>
   <x:si>
     <x:t>Safaricom Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RLQYC7</x:t>
   </x:si>
   <x:si>
-    <x:t>14,937,757</x:t>
-[...23 lines deleted...]
-    <x:t>2.59%</x:t>
+    <x:t>15,104,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,430,770.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HGVLP51</x:t>
   </x:si>
   <x:si>
-    <x:t>33,491</x:t>
-[...5 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>34,239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,407,122.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>178,354</x:t>
-[...2 lines deleted...]
-    <x:t>$3,039,152.16</x:t>
+    <x:t>182,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,247,493.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>CBKD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial International Bank Egypt Sae</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CLC0L2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,253,355</x:t>
-[...5 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>1,281,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,100,917.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
   </x:si>
   <x:si>
     <x:t>ZENITHBA NL</x:t>
   </x:si>
   <x:si>
     <x:t>Zenith Bank Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NDS8Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>56,578,162</x:t>
-[...2 lines deleted...]
-    <x:t>$2,664,092.24</x:t>
+    <x:t>57,210,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,778,266.65</x:t>
   </x:si>
   <x:si>
     <x:t>2.19%</x:t>
   </x:si>
   <x:si>
+    <x:t>FSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortuna Silver Mines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LDZ482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,767,228.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
     <x:t>EQTY KN</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Group Holdings Plc/Kenya</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F2R4W5</x:t>
   </x:si>
   <x:si>
-    <x:t>4,896,361</x:t>
-[...23 lines deleted...]
-    <x:t>2.15%</x:t>
+    <x:t>4,951,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,657,837.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBK SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Bank Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQR991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,486,676.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>PDN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Paladin Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC8GS6</x:t>
   </x:si>
   <x:si>
-    <x:t>342,103</x:t>
-[...23 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>349,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,483,671.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valterra Platinum Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTXNT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,421,657.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capitec Bank Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4HYB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,384,904.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>IAM MC</x:t>
   </x:si>
   <x:si>
     <x:t>Itissalat Al-Maghrib</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNT7Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>191,691</x:t>
-[...41 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>193,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,358,255.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>MMYT US</x:t>
   </x:si>
   <x:si>
     <x:t>Makemytrip Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB34J0</x:t>
   </x:si>
   <x:si>
-    <x:t>22,815</x:t>
-[...5 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>23,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,787,394.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>MTN SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Mtn Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C4S5Y8</x:t>
   </x:si>
   <x:si>
-    <x:t>159,332</x:t>
-[...5 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>162,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,706,664.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>BOA MC</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Africa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J1QX23</x:t>
   </x:si>
   <x:si>
-    <x:t>68,257</x:t>
-[...5 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>69,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,653,290.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Impala Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTZK82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,606,144.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>HTWS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Helios Towers Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K7MFFV5</x:t>
   </x:si>
   <x:si>
-    <x:t>667,168</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>682,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,530,008.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>ABG SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Absa Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF9DG8</x:t>
   </x:si>
   <x:si>
-    <x:t>100,372</x:t>
-[...23 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>102,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,499,100.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBSW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sibanye Stillwater Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRGP445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,276,008.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harmony Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX93G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,110,666.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>SLM SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Sanlam Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CDQK77</x:t>
   </x:si>
   <x:si>
-    <x:t>181,219</x:t>
-[...41 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>185,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,100,983.08</x:t>
   </x:si>
   <x:si>
     <x:t>CSR MC</x:t>
   </x:si>
   <x:si>
     <x:t>Co Sucrerie Marocaine Et De Raffinage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQDJ58</x:t>
   </x:si>
   <x:si>
-    <x:t>41,205</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>41,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$948,381.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northam Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0125542Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$858,431.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>DSY SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Discovery Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DD6054</x:t>
   </x:si>
   <x:si>
-    <x:t>61,071</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>62,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$849,300.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shoprite Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFNXZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$806,949.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NED SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nedbank Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$799,064.98</x:t>
   </x:si>
   <x:si>
     <x:t>RCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Caribbean Cruises Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5792</x:t>
   </x:si>
   <x:si>
-    <x:t>2,758</x:t>
-[...41 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>2,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$787,710.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>BID SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bid Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CP99BP5</x:t>
   </x:si>
   <x:si>
-    <x:t>31,457</x:t>
-[...23 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>32,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$781,140.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>REM SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Remgro Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C55RJ9</x:t>
   </x:si>
   <x:si>
-    <x:t>53,537</x:t>
-[...5 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>54,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$597,301.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVP LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investec Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0TDQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,869.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>GGR SP</x:t>
   </x:si>
   <x:si>
     <x:t>Golden Agri-Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK1581</x:t>
   </x:si>
   <x:si>
-    <x:t>2,259,900</x:t>
-[...20 lines deleted...]
-    <x:t>$487,627.37</x:t>
+    <x:t>2,310,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,591.65</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>CLS SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Clicks Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWY9T8</x:t>
   </x:si>
   <x:si>
-    <x:t>20,812</x:t>
-[...2 lines deleted...]
-    <x:t>$424,993.50</x:t>
+    <x:t>21,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$444,239.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
+    <x:t>SSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sasol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBNC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$432,107.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
     <x:t>VOD SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Vodacom Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5GF1</x:t>
   </x:si>
   <x:si>
-    <x:t>45,812</x:t>
-[...23 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>46,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,451.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>OMU SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Old Mutual Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRBWLT8</x:t>
   </x:si>
   <x:si>
-    <x:t>388,435</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>397,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,581.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avz Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GDY0D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,399,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,245.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>PPH SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Pepkor Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HDGJ2C4</x:t>
   </x:si>
   <x:si>
-    <x:t>214,402</x:t>
-[...5 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>219,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,932.65</x:t>
   </x:si>
   <x:si>
     <x:t>OUT SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Outsurance Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BNQDW2</x:t>
   </x:si>
   <x:si>
-    <x:t>77,861</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>79,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,898.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>BVT SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bidvest Group Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFBR74</x:t>
   </x:si>
   <x:si>
-    <x:t>20,303</x:t>
-[...5 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>20,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,134.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>WHL SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Woolworths Holdings Ltd/South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV1BQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>82,317</x:t>
-[...5 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>84,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,812.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXX SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxaro Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CF7Z98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$289,018.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>GRT SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Growthpoint Properties Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFGWM1</x:t>
   </x:si>
   <x:si>
-    <x:t>258,065</x:t>
-[...35 lines deleted...]
-    <x:t>$252,247.59</x:t>
+    <x:t>263,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,566.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9KFD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,663.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTM SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Momentum Metropolitan Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K2YQD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,690.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aspen Pharmacare Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP97L3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,290.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBS SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiger Brands Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3KV44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,961.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF9VM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,633.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Price Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTPJN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,730.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCATC NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scatec Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00747Z8D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,856.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIO SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kumba Iron Ore Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPVK43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,510.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>African Rainbow Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP6Q52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,568.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHC SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Life Healthcare Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC1ND4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,940.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLTA ZH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Corp Ltd/Zimbabwe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLMWL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,273.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECO ZH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Econet Wireless Zimbabwe Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C90H80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$850.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TNCI ZH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tn Cybertech Investments Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MTHXTT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABOAF MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XWNWRL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,765.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-ZAR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-NOK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-MAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KES CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-AUD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,364.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
-  </x:si>
-[...310 lines deleted...]
-    <x:t>-1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1423,56 +1414,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab0fac2ae2d842a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6f0284faf1e84339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0999fc1d154349c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8015f4714764f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4cbbda09f91a408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c17aa17646b487d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I82"/>
+  <x:dimension ref="A1:I83"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2018,573 +2009,573 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
@@ -2685,1167 +2676,1196 @@
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="G74" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A82" s="1">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F81" s="1" t="s">
+    </x:row>
+    <x:row r="83" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A83" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="G81" s="1" t="s">
-[...13 lines deleted...]
-      <x:c r="B82" s="2" t="s">
+      <x:c r="B83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C82" s="2" t="s">
+      <x:c r="C83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D82" s="2" t="s">
+      <x:c r="D83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E82" s="2" t="s">
+      <x:c r="E83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F82" s="2" t="s">
+      <x:c r="F83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G82" s="2" t="s">
+      <x:c r="G83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H82" s="2" t="s">
+      <x:c r="H83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I82" s="2" t="s">
+      <x:c r="I83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A82:I82"/>
+    <x:mergeCell ref="A83:I83"/>
   </x:mergeCells>
 </x:worksheet>
 </file>