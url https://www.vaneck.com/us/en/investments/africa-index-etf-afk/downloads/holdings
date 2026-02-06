--- v2 (2026-01-15)
+++ v3 (2026-02-06)
@@ -1,1392 +1,1398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R729ce80f02f14641" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b75626f6ac49f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20260114" sheetId="1" r:id="R1c17aa17646b487d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20260204" sheetId="1" r:id="R868f973c6b89454f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="668" uniqueCount="449">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/14/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="668" uniqueCount="451">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ATW MC</x:t>
   </x:si>
   <x:si>
     <x:t>Attijariwafa Bank</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMG377</x:t>
   </x:si>
   <x:si>
-    <x:t>92,376</x:t>
+    <x:t>105,658</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,498,334.77</x:t>
+    <x:t>$8,389,037.14</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.90%</x:t>
+    <x:t>5.76%</x:t>
   </x:si>
   <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>111,516</x:t>
-[...5 lines deleted...]
-    <x:t>4.92%</x:t>
+    <x:t>126,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,181,149.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglo American Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWF7M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,722,274.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
   </x:si>
   <x:si>
     <x:t>AAF LN</x:t>
   </x:si>
   <x:si>
     <x:t>Airtel Africa Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PBWXCZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,226,250</x:t>
-[...5 lines deleted...]
-    <x:t>4.62%</x:t>
+    <x:t>1,387,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,140,743.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003CSCHG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>470,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,079,160.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
   </x:si>
   <x:si>
     <x:t>NPN SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Naspers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTYB91</x:t>
   </x:si>
   <x:si>
-    <x:t>80,607</x:t>
-[...41 lines deleted...]
-    <x:t>3.96%</x:t>
+    <x:t>91,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,272,207.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
   </x:si>
   <x:si>
     <x:t>GFI US</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Fields Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHT4K7</x:t>
   </x:si>
   <x:si>
-    <x:t>87,344</x:t>
-[...5 lines deleted...]
-    <x:t>3.42%</x:t>
+    <x:t>98,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,191,372.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTCO NL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guaranty Trust Holding Co Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LN7CZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,948,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,822,533.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>1,041,852</x:t>
-[...20 lines deleted...]
-    <x:t>$4,017,508.22</x:t>
+    <x:t>1,177,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,609,715.76</x:t>
   </x:si>
   <x:si>
     <x:t>3.16%</x:t>
   </x:si>
   <x:si>
     <x:t>BCP MC</x:t>
   </x:si>
   <x:si>
     <x:t>Banque Centrale Populaire</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQLKJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>125,049</x:t>
-[...5 lines deleted...]
-    <x:t>3.05%</x:t>
+    <x:t>143,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,283,760.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSR SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstrand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNTS67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>714,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,152,289.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFCOM KN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safaricom Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLQYC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,276,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,099,749.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>76,325</x:t>
-[...5 lines deleted...]
-    <x:t>3.00%</x:t>
+    <x:t>86,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,089,157.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBKD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commercial International Bank Egypt Sae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CLC0L2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,449,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,984,921.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,960,537.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HGVLP51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,907,300.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
   </x:si>
   <x:si>
     <x:t>MSA MC</x:t>
   </x:si>
   <x:si>
     <x:t>Societe D'Exploitation Des Ports</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D2ZJ7N0</x:t>
   </x:si>
   <x:si>
-    <x:t>34,067</x:t>
-[...5 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>38,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,885,525.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8GS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>395,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,696,571.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>FM CN</x:t>
   </x:si>
   <x:si>
     <x:t>First Quantum Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX7818</x:t>
   </x:si>
   <x:si>
-    <x:t>117,695</x:t>
-[...95 lines deleted...]
-    <x:t>2.44%</x:t>
+    <x:t>133,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,658,571.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
   </x:si>
   <x:si>
     <x:t>ZENITHBA NL</x:t>
   </x:si>
   <x:si>
     <x:t>Zenith Bank Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NDS8Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>57,210,550</x:t>
-[...5 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>65,435,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,538,379.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>268,663</x:t>
-[...5 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>303,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,210,542.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBK SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Bank Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQR991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>162,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,124,029.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>EQTY KN</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Group Holdings Plc/Kenya</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F2R4W5</x:t>
   </x:si>
   <x:si>
-    <x:t>4,951,061</x:t>
-[...41 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>5,663,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,986,336.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capitec Bank Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4HYB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,904,154.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>VAL SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Valterra Platinum Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTXNT5</x:t>
   </x:si>
   <x:si>
-    <x:t>24,838</x:t>
-[...23 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>28,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,566,212.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>IAM MC</x:t>
   </x:si>
   <x:si>
     <x:t>Itissalat Al-Maghrib</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNT7Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>193,834</x:t>
-[...5 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>221,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,554,868.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtn Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C4S5Y8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,131,165.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HTWS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helios Towers Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K7MFFV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>771,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,903,845.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABG SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Absa Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF9DG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,841,503.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Impala Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTZK82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,812,602.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOA MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J1QX23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,754,881.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>MMYT US</x:t>
   </x:si>
   <x:si>
     <x:t>Makemytrip Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB34J0</x:t>
   </x:si>
   <x:si>
-    <x:t>23,325</x:t>
-[...95 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>26,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,463,312.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>SBSW US</x:t>
   </x:si>
   <x:si>
     <x:t>Sibanye Stillwater Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RRGP445</x:t>
   </x:si>
   <x:si>
-    <x:t>72,790</x:t>
-[...5 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>82,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,413,812.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanlam Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CDQK77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,322,093.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>51,230</x:t>
-[...20 lines deleted...]
-    <x:t>$1,100,983.08</x:t>
+    <x:t>57,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,229,720.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>CSR MC</x:t>
   </x:si>
   <x:si>
     <x:t>Co Sucrerie Marocaine Et De Raffinage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQDJ58</x:t>
   </x:si>
   <x:si>
-    <x:t>41,666</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>47,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,059,487.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Caribbean Cruises Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,049,050.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DD6054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,042,095.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>NPH SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Northam Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0125542Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>35,880</x:t>
-[...20 lines deleted...]
-    <x:t>$849,300.87</x:t>
+    <x:t>40,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$983,579.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
+    <x:t>BID SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bid Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP99BP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$927,117.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NED SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nedbank Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$922,704.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
     <x:t>SHP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Shoprite Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFNXZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>49,133</x:t>
-[...56 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>55,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$911,012.73</x:t>
   </x:si>
   <x:si>
     <x:t>REM SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Remgro Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C55RJ9</x:t>
   </x:si>
   <x:si>
-    <x:t>54,727</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>61,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$707,848.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>INVP LN</x:t>
   </x:si>
   <x:si>
     <x:t>Investec Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0TDQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>65,520</x:t>
-[...2 lines deleted...]
-    <x:t>$515,869.57</x:t>
+    <x:t>74,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$628,583.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGR SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golden Agri-Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK1581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,611,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$594,343.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.41%</x:t>
   </x:si>
   <x:si>
-    <x:t>GGR SP</x:t>
-[...14 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>VOD SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vodacom Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5GF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,113.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>CLS SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Clicks Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWY9T8</x:t>
   </x:si>
   <x:si>
-    <x:t>21,278</x:t>
-[...5 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>24,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,792.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>SSL US</x:t>
   </x:si>
   <x:si>
     <x:t>Sasol Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBNC37</x:t>
   </x:si>
   <x:si>
-    <x:t>58,079</x:t>
-[...23 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>65,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$478,683.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avz Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GDY0D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,399,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,651.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>OMU SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Old Mutual Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRBWLT8</x:t>
   </x:si>
   <x:si>
-    <x:t>397,071</x:t>
-[...2 lines deleted...]
-    <x:t>$360,581.26</x:t>
+    <x:t>448,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$433,164.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepkor Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDGJ2C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$411,159.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
-    <x:t>AVZ AU</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>OUT SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Outsurance Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BNQDW2</x:t>
   </x:si>
   <x:si>
-    <x:t>79,601</x:t>
-[...5 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>90,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,831.20</x:t>
   </x:si>
   <x:si>
     <x:t>BVT SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bidvest Group Ltd/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFBR74</x:t>
   </x:si>
   <x:si>
-    <x:t>20,755</x:t>
-[...2 lines deleted...]
-    <x:t>$307,134.66</x:t>
+    <x:t>23,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,702.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
+    <x:t>EXX SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxaro Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CF7Z98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,402.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Growthpoint Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGWM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>298,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,013.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
     <x:t>WHL SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Woolworths Holdings Ltd/South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV1BQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>84,157</x:t>
-[...35 lines deleted...]
-    <x:t>$279,566.84</x:t>
+    <x:t>95,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,851.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>54,005</x:t>
-[...2 lines deleted...]
-    <x:t>$251,663.30</x:t>
+    <x:t>61,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$308,524.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTM SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Momentum Metropolitan Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K2YQD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$289,849.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>MTM SJ</x:t>
-[...11 lines deleted...]
-    <x:t>$249,690.85</x:t>
+    <x:t>MRP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Price Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTPJN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,369.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TBS SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiger Brands Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3KV44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,160.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF9VM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,924.34</x:t>
   </x:si>
   <x:si>
     <x:t>APN SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Aspen Pharmacare Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP97L3</x:t>
   </x:si>
   <x:si>
-    <x:t>29,424</x:t>
-[...50 lines deleted...]
-    <x:t>$216,730.22</x:t>
+    <x:t>33,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,248.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>SCATC NO</x:t>
   </x:si>
   <x:si>
     <x:t>Scatec Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00747Z8D4</x:t>
   </x:si>
   <x:si>
-    <x:t>15,506</x:t>
-[...2 lines deleted...]
-    <x:t>$175,856.24</x:t>
+    <x:t>17,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,849.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
+    <x:t>ARI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>African Rainbow Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP6Q52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,081.78</x:t>
+  </x:si>
+  <x:si>
     <x:t>KIO SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kumba Iron Ore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PPVK43</x:t>
   </x:si>
   <x:si>
-    <x:t>7,222</x:t>
-[...20 lines deleted...]
-    <x:t>$155,568.05</x:t>
+    <x:t>8,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,455.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>LHC SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Life Healthcare Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1ND4</x:t>
   </x:si>
   <x:si>
-    <x:t>149,005</x:t>
-[...2 lines deleted...]
-    <x:t>$103,940.07</x:t>
+    <x:t>168,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,264.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>DLTA ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Delta Corp Ltd/Zimbabwe</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLMWL2</x:t>
   </x:si>
   <x:si>
     <x:t>15,980</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,273.72</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$17,998.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>ECO ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Econet Wireless Zimbabwe Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C90H80</x:t>
   </x:si>
   <x:si>
     <x:t>2,231</x:t>
   </x:si>
   <x:si>
-    <x:t>$850.65</x:t>
+    <x:t>$671.57</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>TNCI ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Tn Cybertech Investments Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MTHXTT1</x:t>
   </x:si>
   <x:si>
     <x:t>32,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$179.21</x:t>
+    <x:t>$136.09</x:t>
   </x:si>
   <x:si>
     <x:t>ABOAF MC</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XWNWRL2</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>300,765</x:t>
+    <x:t>527,235</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$300,765.12</x:t>
+    <x:t>$527,234.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>-ZAR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>104</x:t>
   </x:si>
   <x:si>
-    <x:t>$6.34</x:t>
+    <x:t>$6.48</x:t>
   </x:si>
   <x:si>
     <x:t>-NOK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>19</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.93</x:t>
+    <x:t>$2.00</x:t>
   </x:si>
   <x:si>
     <x:t>-MAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>71</x:t>
   </x:si>
   <x:si>
-    <x:t>$7.64</x:t>
+    <x:t>$7.68</x:t>
   </x:si>
   <x:si>
     <x:t>-KES CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>$47.10</x:t>
+    <x:t>$47.83</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
-    <x:t>$24.68</x:t>
+    <x:t>$24.97</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$264,364.60</x:t>
-[...2 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>$-358,255.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1414,51 +1420,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8015f4714764f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4cbbda09f91a408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c17aa17646b487d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae6576e54b4e49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re07bc5ff77f74d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R868f973c6b89454f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I83"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1893,689 +1899,689 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
@@ -2676,109 +2682,109 @@
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
@@ -2908,341 +2914,341 @@
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
@@ -3314,549 +3320,549 @@
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>412</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="2" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>