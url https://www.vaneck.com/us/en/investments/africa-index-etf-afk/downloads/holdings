--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -1,1398 +1,1398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b75626f6ac49f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49eef77cdecd43f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20260204" sheetId="1" r:id="R868f973c6b89454f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20260225" sheetId="1" r:id="Rafcc625c69ad4cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="668" uniqueCount="451">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="451">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,946,472.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ATW MC</x:t>
   </x:si>
   <x:si>
     <x:t>Attijariwafa Bank</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMG377</x:t>
   </x:si>
   <x:si>
-    <x:t>105,658</x:t>
-[...29 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>108,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,872,201.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
-    <x:t>138,849</x:t>
-[...5 lines deleted...]
-    <x:t>4.61%</x:t>
+    <x:t>142,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,403,144.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>AAF LN</x:t>
   </x:si>
   <x:si>
     <x:t>Airtel Africa Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PBWXCZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,387,204</x:t>
-[...5 lines deleted...]
-    <x:t>4.21%</x:t>
+    <x:t>1,427,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,803,877.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHT4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,915,276.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTCO NL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guaranty Trust Holding Co Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LN7CZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,860,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,908,485.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
   </x:si>
   <x:si>
     <x:t>IVN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ivanhoe Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003CSCHG0</x:t>
   </x:si>
   <x:si>
-    <x:t>470,653</x:t>
-[...5 lines deleted...]
-    <x:t>4.17%</x:t>
+    <x:t>484,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,478,454.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
   </x:si>
   <x:si>
     <x:t>NPN SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Naspers Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTYB91</x:t>
   </x:si>
   <x:si>
-    <x:t>91,188</x:t>
-[...41 lines deleted...]
-    <x:t>3.31%</x:t>
+    <x:t>93,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,390,944.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.34%</x:t>
   </x:si>
   <x:si>
     <x:t>PRU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Perseus Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q68231</x:t>
   </x:si>
   <x:si>
-    <x:t>1,177,884</x:t>
-[...5 lines deleted...]
-    <x:t>3.16%</x:t>
+    <x:t>1,211,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,233,561.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HGVLP51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,962,321.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>212,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,879,765.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZENITHBA NL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zenith Bank Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NDS8Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,331,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,521,045.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSR SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstrand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNTS67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>735,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,512,125.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFCOM KN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safaricom Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLQYC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,777,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,446,012.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barrick Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB07P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,425,319.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
   </x:si>
   <x:si>
     <x:t>BCP MC</x:t>
   </x:si>
   <x:si>
     <x:t>Banque Centrale Populaire</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQLKJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>143,024</x:t>
-[...56 lines deleted...]
-    <x:t>$4,089,157.12</x:t>
+    <x:t>147,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,329,325.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortuna Silver Mines Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LDZ482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>312,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,131,289.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Quantum Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,100,267.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>CBKD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial International Bank Egypt Sae</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CLC0L2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,449,561</x:t>
-[...41 lines deleted...]
-    <x:t>2.68%</x:t>
+    <x:t>1,491,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,086,881.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8GS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,081,361.17</x:t>
   </x:si>
   <x:si>
     <x:t>MSA MC</x:t>
   </x:si>
   <x:si>
     <x:t>Societe D'Exploitation Des Ports</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D2ZJ7N0</x:t>
   </x:si>
   <x:si>
-    <x:t>38,968</x:t>
-[...77 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>40,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,866,393.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQTY KN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity Group Holdings Plc/Kenya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F2R4W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,827,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,456,981.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>SBK SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Standard Bank Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQR991</x:t>
   </x:si>
   <x:si>
-    <x:t>162,848</x:t>
-[...23 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>167,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,405,677.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
   </x:si>
   <x:si>
     <x:t>CPI SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Capitec Bank Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D4HYB1</x:t>
   </x:si>
   <x:si>
-    <x:t>10,563</x:t>
-[...2 lines deleted...]
-    <x:t>$2,904,154.78</x:t>
+    <x:t>10,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,214,372.39</x:t>
   </x:si>
   <x:si>
     <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>VAL SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Valterra Platinum Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTXNT5</x:t>
   </x:si>
   <x:si>
-    <x:t>28,102</x:t>
-[...5 lines deleted...]
-    <x:t>1.76%</x:t>
+    <x:t>28,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,214,360.09</x:t>
   </x:si>
   <x:si>
     <x:t>IAM MC</x:t>
   </x:si>
   <x:si>
     <x:t>Itissalat Al-Maghrib</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNT7Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>221,701</x:t>
-[...5 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>228,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,560,883.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>MTN SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Mtn Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C4S5Y8</x:t>
   </x:si>
   <x:si>
-    <x:t>184,139</x:t>
-[...5 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>189,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,462,109.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>HTWS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Helios Towers Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K7MFFV5</x:t>
   </x:si>
   <x:si>
-    <x:t>771,607</x:t>
-[...5 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>793,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,145,360.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>ABG SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Absa Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF9DG8</x:t>
   </x:si>
   <x:si>
-    <x:t>116,089</x:t>
-[...2 lines deleted...]
-    <x:t>$1,841,503.30</x:t>
+    <x:t>119,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,033,032.11</x:t>
   </x:si>
   <x:si>
     <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
-    <x:t>95,792</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>98,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,013,197.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>BOA MC</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Africa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J1QX23</x:t>
   </x:si>
   <x:si>
-    <x:t>78,940</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>81,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,920,461.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>MMYT US</x:t>
   </x:si>
   <x:si>
     <x:t>Makemytrip Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB34J0</x:t>
   </x:si>
   <x:si>
-    <x:t>26,385</x:t>
-[...5 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>27,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,546,735.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLM SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanlam Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CDQK77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>215,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,436,972.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>SBSW US</x:t>
   </x:si>
   <x:si>
     <x:t>Sibanye Stillwater Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RRGP445</x:t>
   </x:si>
   <x:si>
-    <x:t>82,342</x:t>
-[...23 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>84,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,420,905.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>57,951</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>59,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,284,451.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DD6054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,116,729.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northam Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0125542Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,071,099.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>CSR MC</x:t>
   </x:si>
   <x:si>
     <x:t>Co Sucrerie Marocaine Et De Raffinage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQDJ58</x:t>
   </x:si>
   <x:si>
-    <x:t>47,659</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>49,039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,065,385.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NED SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nedbank Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,036,048.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>RCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Caribbean Cruises Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5792</x:t>
   </x:si>
   <x:si>
-    <x:t>3,192</x:t>
-[...41 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>3,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,028,205.00</x:t>
   </x:si>
   <x:si>
     <x:t>BID SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Bid Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CP99BP5</x:t>
   </x:si>
   <x:si>
-    <x:t>36,357</x:t>
-[...20 lines deleted...]
-    <x:t>$922,704.07</x:t>
+    <x:t>37,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,712.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>SHP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Shoprite Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFNXZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>55,581</x:t>
-[...2 lines deleted...]
-    <x:t>$911,012.73</x:t>
+    <x:t>57,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$970,946.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>REM SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Remgro Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C55RJ9</x:t>
   </x:si>
   <x:si>
-    <x:t>61,872</x:t>
-[...5 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>63,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,657.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>INVP LN</x:t>
   </x:si>
   <x:si>
     <x:t>Investec Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0TDQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>74,076</x:t>
-[...5 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>76,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$668,405.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>GGR SP</x:t>
   </x:si>
   <x:si>
     <x:t>Golden Agri-Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK1581</x:t>
   </x:si>
   <x:si>
-    <x:t>2,611,300</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>2,686,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,953.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sasol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBNC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,918.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>VOD SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Vodacom Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5GF1</x:t>
   </x:si>
   <x:si>
-    <x:t>52,947</x:t>
-[...2 lines deleted...]
-    <x:t>$510,113.03</x:t>
+    <x:t>54,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,382.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>CLS SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Clicks Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWY9T8</x:t>
   </x:si>
   <x:si>
-    <x:t>24,074</x:t>
-[...20 lines deleted...]
-    <x:t>$478,683.27</x:t>
+    <x:t>24,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$496,972.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMU SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Mutual Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRBWLT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$482,563.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outsurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BNQDW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$431,867.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepkor Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDGJ2C4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>255,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,513.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9KFD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$389,756.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bidvest Group Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFBR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$376,735.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Growthpoint Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGWM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>306,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,074.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXX SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxaro Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CF7Z98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$355,933.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Holdings Ltd/South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV1BQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,011.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>AVZ AU</x:t>
   </x:si>
   <x:si>
     <x:t>Avz Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GDY0D1</x:t>
   </x:si>
   <x:si>
     <x:t>1,399,901</x:t>
   </x:si>
   <x:si>
-    <x:t>$451,651.13</x:t>
-[...140 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>$328,412.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>MTM SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Momentum Metropolitan Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K2YQD3</x:t>
   </x:si>
   <x:si>
-    <x:t>121,781</x:t>
-[...5 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>125,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,614.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aspen Pharmacare Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP97L3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$284,724.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>MRP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Price Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTPJN9</x:t>
   </x:si>
   <x:si>
-    <x:t>24,651</x:t>
-[...5 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>25,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,345.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF9VM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,252.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>TBS SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Tiger Brands Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3KV44</x:t>
   </x:si>
   <x:si>
-    <x:t>12,022</x:t>
-[...32 lines deleted...]
-    <x:t>$228,248.71</x:t>
+    <x:t>12,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,815.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>SCATC NO</x:t>
   </x:si>
   <x:si>
     <x:t>Scatec Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00747Z8D4</x:t>
   </x:si>
   <x:si>
-    <x:t>17,546</x:t>
-[...2 lines deleted...]
-    <x:t>$208,849.94</x:t>
+    <x:t>18,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,577.83</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ARI SJ</x:t>
   </x:si>
   <x:si>
     <x:t>African Rainbow Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP6Q52</x:t>
   </x:si>
   <x:si>
-    <x:t>13,381</x:t>
-[...2 lines deleted...]
-    <x:t>$202,081.78</x:t>
+    <x:t>13,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,247.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>KIO SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kumba Iron Ore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PPVK43</x:t>
   </x:si>
   <x:si>
-    <x:t>8,170</x:t>
-[...5 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>8,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,382.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>LHC SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Life Healthcare Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1ND4</x:t>
   </x:si>
   <x:si>
-    <x:t>168,562</x:t>
-[...2 lines deleted...]
-    <x:t>$115,264.15</x:t>
+    <x:t>173,448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,905.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>DLTA ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Delta Corp Ltd/Zimbabwe</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLMWL2</x:t>
   </x:si>
   <x:si>
     <x:t>15,980</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,998.64</x:t>
+    <x:t>$18,689.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>ECO ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Econet Wireless Zimbabwe Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C90H80</x:t>
   </x:si>
   <x:si>
     <x:t>2,231</x:t>
   </x:si>
   <x:si>
-    <x:t>$671.57</x:t>
+    <x:t>$801.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>TNCI ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Tn Cybertech Investments Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MTHXTT1</x:t>
   </x:si>
   <x:si>
     <x:t>32,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$136.09</x:t>
+    <x:t>$134.67</x:t>
   </x:si>
   <x:si>
     <x:t>ABOAF MC</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XWNWRL2</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>527,235</x:t>
+    <x:t>1,200,893</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$527,234.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$1,200,892.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>-ZAR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>104</x:t>
   </x:si>
   <x:si>
-    <x:t>$6.48</x:t>
+    <x:t>$6.57</x:t>
   </x:si>
   <x:si>
     <x:t>-NOK CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>19</x:t>
-[...2 lines deleted...]
-    <x:t>$2.00</x:t>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2.36</x:t>
   </x:si>
   <x:si>
     <x:t>-MAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>71</x:t>
   </x:si>
   <x:si>
     <x:t>$7.68</x:t>
   </x:si>
   <x:si>
-    <x:t>-KES CASH-</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>$47.83</x:t>
+    <x:t>$47.37</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>21</x:t>
-[...2 lines deleted...]
-    <x:t>$24.97</x:t>
+    <x:t>14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16.79</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-358,255.06</x:t>
-[...2 lines deleted...]
-    <x:t>-0.25%</x:t>
+    <x:t>$-962,708.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1420,56 +1420,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae6576e54b4e49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re07bc5ff77f74d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R868f973c6b89454f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22322ae1f7944f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Reacee17506c040e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rafcc625c69ad4cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I83"/>
+  <x:dimension ref="A1:I82"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2102,1240 +2102,1240 @@
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
@@ -3378,500 +3378,471 @@
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A82" s="1">
-[...28 lines deleted...]
-      <x:c r="A83" s="2" t="s">
+      <x:c r="A82" s="2" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="B83" s="2" t="s">
+      <x:c r="B82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C83" s="2" t="s">
+      <x:c r="C82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D83" s="2" t="s">
+      <x:c r="D82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E83" s="2" t="s">
+      <x:c r="E82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F83" s="2" t="s">
+      <x:c r="F82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G83" s="2" t="s">
+      <x:c r="G82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H83" s="2" t="s">
+      <x:c r="H82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I83" s="2" t="s">
+      <x:c r="I82" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A83:I83"/>
+    <x:mergeCell ref="A82:I82"/>
   </x:mergeCells>
 </x:worksheet>
 </file>