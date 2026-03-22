--- v4 (2026-02-27)
+++ v5 (2026-03-22)
@@ -1,1398 +1,1389 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49eef77cdecd43f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036c5c5494cf4757" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20260225" sheetId="1" r:id="Rafcc625c69ad4cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="AFK_asof_20260319" sheetId="1" r:id="Rca1efca87f1a4c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="451">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/25/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="668" uniqueCount="448">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>ATW MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Attijariwafa Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMG377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,522,539.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.26%</x:t>
+  </x:si>
+  <x:si>
     <x:t>EDV LN</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Mining Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DVVYT3</x:t>
   </x:si>
   <x:si>
-    <x:t>129,714</x:t>
-[...29 lines deleted...]
-    <x:t>5.50%</x:t>
+    <x:t>111,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,170,787.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAF LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airtel Africa Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PBWXCZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,226,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,934,267.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
-    <x:t>142,874</x:t>
-[...23 lines deleted...]
-    <x:t>4.22%</x:t>
+    <x:t>122,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,909,178.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTCO NL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guaranty Trust Holding Co Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LN7CZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,131,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,645,748.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZENITHBA NL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zenith Bank Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NDS8Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,578,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,586,349.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naspers Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTYB91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,297,885.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCP MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banque Centrale Populaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQLKJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,217,921.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFCOM KN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safaricom Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLQYC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,313,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,575,722.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>GFI US</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Fields Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHT4K7</x:t>
   </x:si>
   <x:si>
-    <x:t>101,672</x:t>
-[...23 lines deleted...]
-    <x:t>3.66%</x:t>
+    <x:t>87,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,558,819.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perseus Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q68231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,041,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,553,701.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSA MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe D'Exploitation Des Ports</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D2ZJ7N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,520,212.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>IVN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ivanhoe Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003CSCHG0</x:t>
   </x:si>
   <x:si>
-    <x:t>484,231</x:t>
-[...41 lines deleted...]
-    <x:t>3.24%</x:t>
+    <x:t>416,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,369,608.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSR SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstrand Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNTS67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>632,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,276,374.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,079,266.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQTY KN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity Group Holdings Plc/Kenya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F2R4W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,010,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,958,446.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HGVLP51</x:t>
   </x:si>
   <x:si>
-    <x:t>39,858</x:t>
-[...74 lines deleted...]
-    <x:t>2.76%</x:t>
+    <x:t>34,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,933,511.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>88,844</x:t>
-[...23 lines deleted...]
-    <x:t>2.68%</x:t>
+    <x:t>76,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,921,070.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBKD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commercial International Bank Egypt Sae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CLC0L2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,281,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,844,164.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8GS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>349,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,686,442.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOA MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J1QX23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,618,309.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Quantum Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,554,427.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBK SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Bank Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQR991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,544,216.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAM MC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itissalat Al-Maghrib</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNT7Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,428,872.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>FSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortuna Silver Mines Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LDZ482</x:t>
   </x:si>
   <x:si>
-    <x:t>312,503</x:t>
-[...110 lines deleted...]
-    <x:t>2.11%</x:t>
+    <x:t>268,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,417,562.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>CPI SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Capitec Bank Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D4HYB1</x:t>
   </x:si>
   <x:si>
-    <x:t>10,869</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>9,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,302,125.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>VAL SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Valterra Platinum Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTXNT5</x:t>
   </x:si>
   <x:si>
-    <x:t>28,917</x:t>
-[...20 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>24,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,986,213.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>MTN SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Mtn Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C4S5Y8</x:t>
   </x:si>
   <x:si>
-    <x:t>189,451</x:t>
-[...5 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>162,845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,920,434.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>HTWS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Helios Towers Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K7MFFV5</x:t>
   </x:si>
   <x:si>
-    <x:t>793,971</x:t>
-[...5 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>681,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,650,775.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>ABG SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Absa Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF9DG8</x:t>
   </x:si>
   <x:si>
-    <x:t>119,454</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>102,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,426,812.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
-    <x:t>98,569</x:t>
-[...23 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>84,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,126,392.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>MMYT US</x:t>
   </x:si>
   <x:si>
     <x:t>Makemytrip Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB34J0</x:t>
   </x:si>
   <x:si>
-    <x:t>27,150</x:t>
-[...5 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>23,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$996,887.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>SLM SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Sanlam Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CDQK77</x:t>
   </x:si>
   <x:si>
-    <x:t>215,478</x:t>
-[...5 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>185,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$967,666.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Discovery Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DD6054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$932,461.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>SBSW US</x:t>
   </x:si>
   <x:si>
     <x:t>Sibanye Stillwater Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RRGP445</x:t>
   </x:si>
   <x:si>
-    <x:t>84,729</x:t>
-[...5 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>72,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$822,503.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BID SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bid Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP99BP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$777,768.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shoprite Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFNXZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$768,514.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Caribbean Cruises Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$767,040.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NED SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nedbank Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$759,730.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sasol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBNC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$720,092.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>59,631</x:t>
-[...23 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>51,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$699,221.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>NPH SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Northam Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0125542Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>41,765</x:t>
-[...89 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>35,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$685,671.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>REM SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Remgro Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C55RJ9</x:t>
   </x:si>
   <x:si>
-    <x:t>63,657</x:t>
-[...2 lines deleted...]
-    <x:t>$770,657.69</x:t>
+    <x:t>54,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$587,234.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGR SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golden Agri-Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK1581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,309,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,557.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>INVP LN</x:t>
   </x:si>
   <x:si>
     <x:t>Investec Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0TDQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>76,212</x:t>
-[...41 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>65,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$492,697.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>VOD SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Vodacom Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5GF1</x:t>
   </x:si>
   <x:si>
-    <x:t>54,474</x:t>
-[...5 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>46,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,413.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>CLS SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Clicks Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWY9T8</x:t>
   </x:si>
   <x:si>
-    <x:t>24,772</x:t>
-[...2 lines deleted...]
-    <x:t>$496,972.31</x:t>
+    <x:t>21,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,527.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
+    <x:t>OUT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outsurance Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BNQDW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$333,367.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>OMU SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Old Mutual Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRBWLT8</x:t>
   </x:si>
   <x:si>
-    <x:t>461,867</x:t>
-[...20 lines deleted...]
-    <x:t>$431,867.53</x:t>
+    <x:t>397,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,010.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXX SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxaro Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CF7Z98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,089.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
+    <x:t>AVZ AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avz Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GDY0D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,399,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,340.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
     <x:t>PPH SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Pepkor Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HDGJ2C4</x:t>
   </x:si>
   <x:si>
-    <x:t>255,152</x:t>
-[...5 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>219,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,509.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bidvest Group Ltd/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFBR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,747.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WHL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woolworths Holdings Ltd/South Africa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV1BQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,985.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRT SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Growthpoint Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGWM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,667.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APN SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aspen Pharmacare Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP97L3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,218.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTM SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Momentum Metropolitan Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K2YQD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,554.00</x:t>
   </x:si>
   <x:si>
     <x:t>BTG US</x:t>
   </x:si>
   <x:si>
     <x:t>B2gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9KFD5</x:t>
   </x:si>
   <x:si>
-    <x:t>62,864</x:t>
-[...128 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>53,993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,310.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVI SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF9VM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,657.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>MRP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Price Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTPJN9</x:t>
   </x:si>
   <x:si>
-    <x:t>25,365</x:t>
-[...20 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>21,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,310.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCATC NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scatec Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00747Z8D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,497.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>TBS SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Tiger Brands Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3KV44</x:t>
   </x:si>
   <x:si>
-    <x:t>12,370</x:t>
-[...23 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>10,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,533.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>ARI SJ</x:t>
   </x:si>
   <x:si>
     <x:t>African Rainbow Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP6Q52</x:t>
   </x:si>
   <x:si>
-    <x:t>13,768</x:t>
-[...2 lines deleted...]
-    <x:t>$212,247.26</x:t>
+    <x:t>11,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,988.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>KIO SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kumba Iron Ore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PPVK43</x:t>
   </x:si>
   <x:si>
-    <x:t>8,407</x:t>
-[...5 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>7,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,411.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>LHC SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Life Healthcare Group Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1ND4</x:t>
   </x:si>
   <x:si>
-    <x:t>173,448</x:t>
-[...2 lines deleted...]
-    <x:t>$131,905.86</x:t>
+    <x:t>148,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,107.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>DLTA ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Delta Corp Ltd/Zimbabwe</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLMWL2</x:t>
   </x:si>
   <x:si>
     <x:t>15,980</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,689.26</x:t>
+    <x:t>$16,011.71</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>ECO ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Econet Wireless Zimbabwe Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C90H80</x:t>
   </x:si>
   <x:si>
     <x:t>2,231</x:t>
   </x:si>
   <x:si>
-    <x:t>$801.91</x:t>
+    <x:t>$876.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>TNCI ZH</x:t>
   </x:si>
   <x:si>
     <x:t>Tn Cybertech Investments Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MTHXTT1</x:t>
   </x:si>
   <x:si>
     <x:t>32,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$134.67</x:t>
+    <x:t>$161.59</x:t>
   </x:si>
   <x:si>
     <x:t>ABOAF MC</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XWNWRL2</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
+    <x:t>-NGN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,641,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,274.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-ZAR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-NOK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-MAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KES CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-AUD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.01</x:t>
+  </x:si>
+  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...62 lines deleted...]
-    <x:t>$-.01</x:t>
+    <x:t>-1,946,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,946,121.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-962,708.42</x:t>
-[...2 lines deleted...]
-    <x:t>-0.60%</x:t>
+    <x:t>$-900,759.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1420,62 +1411,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22322ae1f7944f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Reacee17506c040e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rafcc625c69ad4cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dc38c9f8214ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R031b1dc6ac4a4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rca1efca87f1a4c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I82"/>
+  <x:dimension ref="A1:I83"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="16" customWidth="1"/>
+    <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1841,109 +1832,109 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
@@ -2102,979 +2093,979 @@
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
@@ -3175,674 +3166,703 @@
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>375</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="G75" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A82" s="1">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F81" s="1" t="s">
+    </x:row>
+    <x:row r="83" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A83" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="G81" s="1" t="s">
-[...13 lines deleted...]
-      <x:c r="B82" s="2" t="s">
+      <x:c r="B83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C82" s="2" t="s">
+      <x:c r="C83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D82" s="2" t="s">
+      <x:c r="D83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E82" s="2" t="s">
+      <x:c r="E83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F82" s="2" t="s">
+      <x:c r="F83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G82" s="2" t="s">
+      <x:c r="G83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H82" s="2" t="s">
+      <x:c r="H83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I82" s="2" t="s">
+      <x:c r="I83" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A82:I82"/>
+    <x:mergeCell ref="A83:I83"/>
   </x:mergeCells>
 </x:worksheet>
 </file>