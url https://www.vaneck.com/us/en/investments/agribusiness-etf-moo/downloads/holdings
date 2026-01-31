--- v0 (2026-01-10)
+++ v1 (2026-01-31)
@@ -1,1035 +1,1041 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a2ea91b48754447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c0641d737d4245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOO_asof_20260108" sheetId="1" r:id="Ra62654b623b842c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOO_asof_20260129" sheetId="1" r:id="Rdd35ddd796984b90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="330">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="332">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH1NH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,081,418.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYN GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayer Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBWDG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,217,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,248,964.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.65%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>381,648</x:t>
-[...47 lines deleted...]
-    <x:t>7.22%</x:t>
+    <x:t>502,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,166,734.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.28%</x:t>
   </x:si>
   <x:si>
     <x:t>CTVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Corteva Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN969C1</x:t>
   </x:si>
   <x:si>
-    <x:t>562,402</x:t>
-[...5 lines deleted...]
-    <x:t>6.67%</x:t>
+    <x:t>740,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,680,292.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.51%</x:t>
   </x:si>
   <x:si>
     <x:t>NTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nutrien Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM9XLN6</x:t>
   </x:si>
   <x:si>
-    <x:t>572,815</x:t>
-[...5 lines deleted...]
-    <x:t>5.79%</x:t>
+    <x:t>754,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,648,877.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.39%</x:t>
   </x:si>
   <x:si>
     <x:t>ADM US</x:t>
   </x:si>
   <x:si>
     <x:t>Archer-Daniels-Midland Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6WG8</x:t>
   </x:si>
   <x:si>
-    <x:t>532,204</x:t>
-[...5 lines deleted...]
-    <x:t>5.50%</x:t>
+    <x:t>700,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,894,190.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.58%</x:t>
   </x:si>
   <x:si>
     <x:t>TSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyson Foods Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKCC19</x:t>
   </x:si>
   <x:si>
-    <x:t>488,357</x:t>
-[...5 lines deleted...]
-    <x:t>4.74%</x:t>
+    <x:t>643,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,938,155.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
   </x:si>
   <x:si>
     <x:t>CF US</x:t>
   </x:si>
   <x:si>
     <x:t>Cf Industries Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWJFZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>282,762</x:t>
-[...5 lines deleted...]
-    <x:t>3.89%</x:t>
+    <x:t>372,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,008,497.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bunge Global Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ8VL91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,561,500.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.64%</x:t>
   </x:si>
   <x:si>
     <x:t>6326 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Kubota Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGGYY2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,486,800</x:t>
-[...5 lines deleted...]
-    <x:t>3.79%</x:t>
+    <x:t>1,956,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,744,717.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
   </x:si>
   <x:si>
     <x:t>MOWI NO</x:t>
   </x:si>
   <x:si>
     <x:t>Mowi Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JDLY02</x:t>
   </x:si>
   <x:si>
-    <x:t>884,217</x:t>
-[...23 lines deleted...]
-    <x:t>3.32%</x:t>
+    <x:t>1,164,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,809,227.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.19%</x:t>
   </x:si>
   <x:si>
     <x:t>WIL SP</x:t>
   </x:si>
   <x:si>
     <x:t>Wilmar International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM10Z8</x:t>
   </x:si>
   <x:si>
-    <x:t>6,648,900</x:t>
-[...5 lines deleted...]
-    <x:t>2.72%</x:t>
+    <x:t>8,753,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,723,352.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yara International Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KDG7R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,780,552.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>TTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Toro Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVQRY3</x:t>
   </x:si>
   <x:si>
-    <x:t>153,017</x:t>
-[...5 lines deleted...]
-    <x:t>2.27%</x:t>
+    <x:t>201,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,480,567.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
   </x:si>
   <x:si>
     <x:t>MOS US</x:t>
   </x:si>
   <x:si>
     <x:t>Mosaic Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFXHL6</x:t>
   </x:si>
   <x:si>
-    <x:t>496,303</x:t>
-[...5 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>653,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,323,635.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>CNH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cnh Industrial Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059JSF49</x:t>
   </x:si>
   <x:si>
-    <x:t>1,271,005</x:t>
-[...2 lines deleted...]
-    <x:t>$13,104,061.55</x:t>
+    <x:t>1,673,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,157,995.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
   </x:si>
   <x:si>
     <x:t>ELAN US</x:t>
   </x:si>
   <x:si>
     <x:t>Elanco Animal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LJYS1P8</x:t>
   </x:si>
   <x:si>
-    <x:t>562,967</x:t>
-[...23 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>741,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,938,322.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>DAR US</x:t>
   </x:si>
   <x:si>
     <x:t>Darling Ingredients Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN8ZK8</x:t>
   </x:si>
   <x:si>
-    <x:t>290,356</x:t>
-[...5 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>382,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,547,845.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>AGCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Agco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DCCZW2</x:t>
   </x:si>
   <x:si>
-    <x:t>91,318</x:t>
-[...5 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>120,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,744,523.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>SALM NO</x:t>
   </x:si>
   <x:si>
     <x:t>Salmar Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P3KW39</x:t>
   </x:si>
   <x:si>
-    <x:t>171,807</x:t>
-[...5 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>226,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,526,894.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>2319 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Mengniu Dairy Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PXTGY5</x:t>
   </x:si>
   <x:si>
-    <x:t>4,238,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>5,534,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,827,110.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2282 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nh Foods Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHN6G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,996,830.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>CPF-R TB</x:t>
   </x:si>
   <x:si>
     <x:t>Charoen Pokphand Foods Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMC8H9</x:t>
   </x:si>
   <x:si>
-    <x:t>10,668,700</x:t>
-[...23 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>14,048,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,361,179.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>CALM US</x:t>
   </x:si>
   <x:si>
     <x:t>Cal-Maine Foods Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CDMJW6</x:t>
   </x:si>
   <x:si>
-    <x:t>82,428</x:t>
-[...5 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>108,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,953,560.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDF GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K+s Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8MY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>534,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,909,251.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>BUCN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Bucher Industries Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLZXN4</x:t>
   </x:si>
   <x:si>
-    <x:t>13,939</x:t>
-[...23 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>18,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,703,232.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dyno Nobel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PTL148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,259,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,128,082.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>RAIL3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Rumo Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G6D37M6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,106,300</x:t>
-[...23 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>2,771,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,882,206.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWE AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Treasury Wine Estates Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QZ1QQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,927,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,267,502.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDG MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sime Darby Plantation Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J88MJM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,903,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,241,176.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>ICL US</x:t>
   </x:si>
   <x:si>
     <x:t>Icl Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXH0Q7</x:t>
   </x:si>
   <x:si>
-    <x:t>965,179</x:t>
-[...41 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>1,270,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,951,571.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1332 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Suisan Kaisha Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH5GX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>734,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,122,583.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>BAKKA NO</x:t>
   </x:si>
   <x:si>
     <x:t>Bakkafrost P/F</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QF8SK5</x:t>
   </x:si>
   <x:si>
-    <x:t>91,515</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>120,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,873,956.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>KLK MK</x:t>
   </x:si>
   <x:si>
     <x:t>Kuala Lumpur Kepong Bhd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD1WK4</x:t>
   </x:si>
   <x:si>
-    <x:t>883,200</x:t>
-[...23 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>1,152,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,719,669.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genus Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTMKX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,599,963.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilgrim's Pride Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFLXV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,541,407.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>IOI MK</x:t>
   </x:si>
   <x:si>
     <x:t>Ioi Corp Bhd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDC923</x:t>
   </x:si>
   <x:si>
-    <x:t>3,988,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>5,202,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,281,128.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>CPIN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Charoen Pokphand Indonesia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF2H49</x:t>
   </x:si>
   <x:si>
-    <x:t>14,120,600</x:t>
-[...41 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>18,592,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,780,864.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>FMC US</x:t>
   </x:si>
   <x:si>
     <x:t>Fmc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJP882</x:t>
   </x:si>
   <x:si>
-    <x:t>209,479</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>275,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,388,439.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neogen Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1BCK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>408,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,170,499.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>LSG NO</x:t>
   </x:si>
   <x:si>
     <x:t>Leroy Seafood Group Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C9S737</x:t>
   </x:si>
   <x:si>
-    <x:t>634,536</x:t>
-[...23 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>835,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,152,550.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ppb Group Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDYNQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,427,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,064,974.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>SCHO DC</x:t>
   </x:si>
   <x:si>
     <x:t>Schouw &amp; Co A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZVM24</x:t>
   </x:si>
   <x:si>
-    <x:t>27,761</x:t>
-[...23 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>36,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,828,989.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1333 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maruha Nichiro Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001HX4YF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>378,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,440,962.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>1722 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Fertilizer Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCVKZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,688,000</x:t>
-[...2 lines deleted...]
-    <x:t>$2,489,992.61</x:t>
+    <x:t>2,216,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,300,818.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGR SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golden Agri-Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK1581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,000,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,198,113.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oci Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0042FK280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>353,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,390,911.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TL3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-AUD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>569,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,563.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-TWD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,614,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,594.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-SGD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-JPY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-BRL CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3,084,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-3,084,455.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,534,910.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
-  </x:si>
-[...157 lines deleted...]
-    <x:t>-0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1057,51 +1063,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R540a12b6cab14e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R86ae018867594de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra62654b623b842c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72573164c3fa4e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R373a42321e8c4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd35ddd796984b90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I61"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1594,1274 +1600,1274 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="2" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>