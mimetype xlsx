--- v1 (2026-01-31)
+++ v2 (2026-02-21)
@@ -1,1041 +1,1035 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c0641d737d4245" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc242a48efa242cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOO_asof_20260129" sheetId="1" r:id="Rdd35ddd796984b90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOO_asof_20260219" sheetId="1" r:id="R364da3c21bc2463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="332">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="500" uniqueCount="330">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>DE US</x:t>
   </x:si>
   <x:si>
     <x:t>Deere &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH1NH9</x:t>
   </x:si>
   <x:si>
-    <x:t>126,552</x:t>
+    <x:t>136,922</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$67,081,418.64</x:t>
+    <x:t>$90,642,364.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.99%</x:t>
+    <x:t>9.36%</x:t>
   </x:si>
   <x:si>
     <x:t>BAYN GR</x:t>
   </x:si>
   <x:si>
     <x:t>Bayer Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBWDG1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,217,919</x:t>
-[...5 lines deleted...]
-    <x:t>7.65%</x:t>
+    <x:t>1,317,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,576,218.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.29%</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>502,520</x:t>
-[...5 lines deleted...]
-    <x:t>7.28%</x:t>
+    <x:t>543,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,210,536.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.15%</x:t>
   </x:si>
   <x:si>
     <x:t>CTVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Corteva Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN969C1</x:t>
   </x:si>
   <x:si>
-    <x:t>740,524</x:t>
-[...5 lines deleted...]
-    <x:t>6.51%</x:t>
+    <x:t>801,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,715,971.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.37%</x:t>
   </x:si>
   <x:si>
     <x:t>NTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nutrien Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM9XLN6</x:t>
   </x:si>
   <x:si>
-    <x:t>754,237</x:t>
-[...5 lines deleted...]
-    <x:t>6.39%</x:t>
+    <x:t>816,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,581,883.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.05%</x:t>
   </x:si>
   <x:si>
     <x:t>ADM US</x:t>
   </x:si>
   <x:si>
     <x:t>Archer-Daniels-Midland Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6WG8</x:t>
   </x:si>
   <x:si>
-    <x:t>700,750</x:t>
-[...5 lines deleted...]
-    <x:t>5.58%</x:t>
+    <x:t>758,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,214,747.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.39%</x:t>
   </x:si>
   <x:si>
     <x:t>TSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyson Foods Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKCC19</x:t>
   </x:si>
   <x:si>
-    <x:t>643,026</x:t>
-[...5 lines deleted...]
-    <x:t>4.99%</x:t>
+    <x:t>695,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,760,428.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6326 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kubota Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGGYY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,118,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,256,881.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.26%</x:t>
   </x:si>
   <x:si>
     <x:t>CF US</x:t>
   </x:si>
   <x:si>
     <x:t>Cf Industries Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWJFZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>372,312</x:t>
-[...5 lines deleted...]
-    <x:t>4.17%</x:t>
+    <x:t>402,873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,069,748.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
   </x:si>
   <x:si>
     <x:t>BG US</x:t>
   </x:si>
   <x:si>
     <x:t>Bunge Global Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JZ8VL91</x:t>
   </x:si>
   <x:si>
-    <x:t>265,406</x:t>
-[...23 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>287,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,463,734.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
   </x:si>
   <x:si>
     <x:t>MOWI NO</x:t>
   </x:si>
   <x:si>
     <x:t>Mowi Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JDLY02</x:t>
   </x:si>
   <x:si>
-    <x:t>1,164,246</x:t>
-[...5 lines deleted...]
-    <x:t>3.19%</x:t>
+    <x:t>1,259,813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,045,193.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
   </x:si>
   <x:si>
     <x:t>WIL SP</x:t>
   </x:si>
   <x:si>
     <x:t>Wilmar International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM10Z8</x:t>
   </x:si>
   <x:si>
-    <x:t>8,753,900</x:t>
-[...5 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>9,473,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,639,415.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnh Industrial Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059JSF49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,810,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,505,559.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
   </x:si>
   <x:si>
     <x:t>YAR NO</x:t>
   </x:si>
   <x:si>
     <x:t>Yara International Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KDG7R6</x:t>
   </x:si>
   <x:si>
-    <x:t>425,625</x:t>
-[...5 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>460,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,150,671.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>TTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Toro Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVQRY3</x:t>
   </x:si>
   <x:si>
-    <x:t>201,467</x:t>
-[...2 lines deleted...]
-    <x:t>$18,480,567.91</x:t>
+    <x:t>218,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,899,606.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN8ZK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>413,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,408,561.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mosaic Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFXHL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>707,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,326,648.72</x:t>
   </x:si>
   <x:si>
     <x:t>2.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>MOS US</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>ELAN US</x:t>
   </x:si>
   <x:si>
     <x:t>Elanco Animal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LJYS1P8</x:t>
   </x:si>
   <x:si>
-    <x:t>741,253</x:t>
-[...20 lines deleted...]
-    <x:t>$17,547,845.40</x:t>
+    <x:t>802,105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,213,046.00</x:t>
   </x:si>
   <x:si>
     <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>AGCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Agco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DCCZW2</x:t>
   </x:si>
   <x:si>
-    <x:t>120,218</x:t>
-[...5 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>130,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,022,006.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
   </x:si>
   <x:si>
     <x:t>SALM NO</x:t>
   </x:si>
   <x:si>
     <x:t>Salmar Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P3KW39</x:t>
   </x:si>
   <x:si>
-    <x:t>226,207</x:t>
-[...5 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>244,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,842,339.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>2319 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Mengniu Dairy Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PXTGY5</x:t>
   </x:si>
   <x:si>
-    <x:t>5,534,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>6,047,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,125,108.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>2282 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nh Foods Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHN6G3</x:t>
   </x:si>
   <x:si>
-    <x:t>221,200</x:t>
-[...5 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>239,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,763,763.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>CPF-R TB</x:t>
   </x:si>
   <x:si>
     <x:t>Charoen Pokphand Foods Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMC8H9</x:t>
   </x:si>
   <x:si>
-    <x:t>14,048,700</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>15,200,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,637,101.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUCN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bucher Industries Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLZXN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,848,306.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDF GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K+s Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8MY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>578,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,838,039.33</x:t>
   </x:si>
   <x:si>
     <x:t>CALM US</x:t>
   </x:si>
   <x:si>
     <x:t>Cal-Maine Foods Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CDMJW6</x:t>
   </x:si>
   <x:si>
-    <x:t>108,528</x:t>
-[...41 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>117,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,815,802.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rumo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6D37M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,997,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,452,529.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>DNL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Dyno Nobel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PTL148</x:t>
   </x:si>
   <x:si>
-    <x:t>3,259,925</x:t>
-[...23 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>3,527,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,213,800.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDG MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sime Darby Plantation Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J88MJM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,355,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,015,929.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1332 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Suisan Kaisha Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH5GX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>796,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,774,299.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icl Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXH0Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,375,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,412,133.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>TWE AU</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Wine Estates Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QZ1QQ6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,927,363</x:t>
-[...59 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>2,085,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,927,287.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLK MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuala Lumpur Kepong Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD1WK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,258,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,445,738.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>BAKKA NO</x:t>
   </x:si>
   <x:si>
     <x:t>Bakkafrost P/F</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QF8SK5</x:t>
   </x:si>
   <x:si>
-    <x:t>120,515</x:t>
-[...23 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>130,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,253,342.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>GNS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Genus Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTMKX7</x:t>
   </x:si>
   <x:si>
-    <x:t>133,025</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>143,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,074,142.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>PPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Pilgrim's Pride Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFLXV3</x:t>
   </x:si>
   <x:si>
-    <x:t>127,594</x:t>
-[...5 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>138,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,860,392.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>IOI MK</x:t>
   </x:si>
   <x:si>
     <x:t>Ioi Corp Bhd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDC923</x:t>
   </x:si>
   <x:si>
-    <x:t>5,202,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>5,682,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,770,398.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>CPIN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Charoen Pokphand Indonesia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF2H49</x:t>
   </x:si>
   <x:si>
-    <x:t>18,592,400</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>20,118,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,088,597.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neogen Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1BCK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>441,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,853,149.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leroy Seafood Group Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C9S737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>904,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,594,295.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>FMC US</x:t>
   </x:si>
   <x:si>
     <x:t>Fmc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJP882</x:t>
   </x:si>
   <x:si>
-    <x:t>275,829</x:t>
-[...41 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>298,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,435,145.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>PEP MK</x:t>
   </x:si>
   <x:si>
     <x:t>Ppb Group Bhd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDYNQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,427,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>1,558,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,424,546.95</x:t>
   </x:si>
   <x:si>
     <x:t>SCHO DC</x:t>
   </x:si>
   <x:si>
     <x:t>Schouw &amp; Co A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZVM24</x:t>
   </x:si>
   <x:si>
-    <x:t>36,561</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>39,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,338,496.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>1333 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Maruha Nichiro Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001HX4YF1</x:t>
   </x:si>
   <x:si>
-    <x:t>378,900</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>411,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,040,879.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>1722 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Fertilizer Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCVKZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,216,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>2,395,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,525,803.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>GGR SP</x:t>
   </x:si>
   <x:si>
     <x:t>Golden Agri-Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK1581</x:t>
   </x:si>
   <x:si>
-    <x:t>14,000,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>15,149,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,516,807.81</x:t>
   </x:si>
   <x:si>
     <x:t>OCI NA</x:t>
   </x:si>
   <x:si>
     <x:t>Oci Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0042FK280</x:t>
   </x:si>
   <x:si>
-    <x:t>353,166</x:t>
-[...5 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>382,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,564,469.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>.PHOR2 RU</x:t>
   </x:si>
   <x:si>
-    <x:t>Private</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG0175TL3N9</x:t>
   </x:si>
   <x:si>
     <x:t>1,892</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>PHOR RM</x:t>
   </x:si>
   <x:si>
     <x:t>Phosagro Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S689R0</x:t>
   </x:si>
   <x:si>
     <x:t>97,916</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>569,616</x:t>
+    <x:t>569,790</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$397,563.76</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$402,101.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>-TWD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>3,614,914</x:t>
-[...5 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$.03</x:t>
   </x:si>
   <x:si>
     <x:t>-SGD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>-JPY CASH-</x:t>
   </x:si>
   <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3.71</x:t>
+  </x:si>
+  <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-3,084,455</x:t>
-[...5 lines deleted...]
-    <x:t>-0.37%</x:t>
+    <x:t>-99,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-99,548.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,534,910.85</x:t>
-[...2 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>$771,812.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1063,56 +1057,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72573164c3fa4e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R373a42321e8c4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd35ddd796984b90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e0a7e2ed914232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2a6b95921a2f419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R364da3c21bc2463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I61"/>
+  <x:dimension ref="A1:I62"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1890,993 +1884,1022 @@
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="G54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A61" s="1">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F60" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="G60" s="1" t="s">
+    </x:row>
+    <x:row r="62" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A62" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="H60" s="1" t="s">
-[...10 lines deleted...]
-      <x:c r="B61" s="2" t="s">
+      <x:c r="B62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C61" s="2" t="s">
+      <x:c r="C62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D61" s="2" t="s">
+      <x:c r="D62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E61" s="2" t="s">
+      <x:c r="E62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F61" s="2" t="s">
+      <x:c r="F62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G61" s="2" t="s">
+      <x:c r="G62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H61" s="2" t="s">
+      <x:c r="H62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I61" s="2" t="s">
+      <x:c r="I62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A61:I61"/>
+    <x:mergeCell ref="A62:I62"/>
   </x:mergeCells>
 </x:worksheet>
 </file>