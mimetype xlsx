--- v2 (2026-02-21)
+++ v3 (2026-03-13)
@@ -1,1035 +1,1044 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc242a48efa242cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0719787eb2b498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOO_asof_20260219" sheetId="1" r:id="R364da3c21bc2463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOO_asof_20260312" sheetId="1" r:id="R7690088c247f4803"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="500" uniqueCount="330">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/19/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="500" uniqueCount="333">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>DE US</x:t>
   </x:si>
   <x:si>
     <x:t>Deere &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH1NH9</x:t>
   </x:si>
   <x:si>
-    <x:t>136,922</x:t>
+    <x:t>143,625</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$90,642,364.00</x:t>
+    <x:t>$84,139,833.75</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.36%</x:t>
+    <x:t>8.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nutrien Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JM9XLN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>856,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,863,636.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corteva Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN969C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>840,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,035,617.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0039320N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,860,693.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.60%</x:t>
   </x:si>
   <x:si>
     <x:t>BAYN GR</x:t>
   </x:si>
   <x:si>
     <x:t>Bayer Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBWDG1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,317,871</x:t>
-[...59 lines deleted...]
-    <x:t>6.05%</x:t>
+    <x:t>1,382,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,169,832.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.23%</x:t>
   </x:si>
   <x:si>
     <x:t>ADM US</x:t>
   </x:si>
   <x:si>
     <x:t>Archer-Daniels-Midland Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6WG8</x:t>
   </x:si>
   <x:si>
-    <x:t>758,274</x:t>
-[...5 lines deleted...]
-    <x:t>5.39%</x:t>
+    <x:t>795,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,669,110.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>422,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,476,320.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76%</x:t>
   </x:si>
   <x:si>
     <x:t>TSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyson Foods Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKCC19</x:t>
   </x:si>
   <x:si>
-    <x:t>695,794</x:t>
-[...5 lines deleted...]
-    <x:t>4.62%</x:t>
+    <x:t>729,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,545,064.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bunge Global Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ8VL91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,907,671.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
   </x:si>
   <x:si>
     <x:t>6326 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Kubota Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGGYY2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,118,000</x:t>
-[...41 lines deleted...]
-    <x:t>3.66%</x:t>
+    <x:t>2,221,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,268,441.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.73%</x:t>
   </x:si>
   <x:si>
     <x:t>MOWI NO</x:t>
   </x:si>
   <x:si>
     <x:t>Mowi Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JDLY02</x:t>
   </x:si>
   <x:si>
-    <x:t>1,259,813</x:t>
-[...5 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>1,321,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,269,436.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>WIL SP</x:t>
   </x:si>
   <x:si>
     <x:t>Wilmar International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM10Z8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,473,200</x:t>
-[...5 lines deleted...]
-    <x:t>2.75%</x:t>
+    <x:t>9,938,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,034,327.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yara International Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KDG7R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>483,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,965,649.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN8ZK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>433,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,445,361.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mosaic Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFXHL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>741,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,262,095.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVQRY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>228,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,726,405.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>CNH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cnh Industrial Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059JSF49</x:t>
   </x:si>
   <x:si>
-    <x:t>1,810,906</x:t>
-[...77 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>1,899,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,421,280.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>ELAN US</x:t>
   </x:si>
   <x:si>
     <x:t>Elanco Animal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LJYS1P8</x:t>
   </x:si>
   <x:si>
-    <x:t>802,105</x:t>
-[...5 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>841,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,083,224.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>AGCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Agco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DCCZW2</x:t>
   </x:si>
   <x:si>
-    <x:t>130,104</x:t>
-[...5 lines deleted...]
-    <x:t>1.86%</x:t>
+    <x:t>136,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,360,217.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>SALM NO</x:t>
   </x:si>
   <x:si>
     <x:t>Salmar Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P3KW39</x:t>
   </x:si>
   <x:si>
-    <x:t>244,788</x:t>
-[...5 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>256,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,363,131.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>2319 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Mengniu Dairy Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PXTGY5</x:t>
   </x:si>
   <x:si>
-    <x:t>6,047,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>6,344,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,969,040.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDF GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K+s Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8MY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>606,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,458,309.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CALM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cal-Maine Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CDMJW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,982,493.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>2282 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nh Foods Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHN6G3</x:t>
   </x:si>
   <x:si>
-    <x:t>239,900</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>252,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,395,464.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rumo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6D37M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,141,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,923,288.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUCN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bucher Industries Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLZXN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,667,202.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>CPF-R TB</x:t>
   </x:si>
   <x:si>
     <x:t>Charoen Pokphand Foods Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMC8H9</x:t>
   </x:si>
   <x:si>
-    <x:t>15,200,300</x:t>
-[...74 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>15,944,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,474,319.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDG MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sime Darby Plantation Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J88MJM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,609,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,213,260.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icl Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXH0Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,442,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,861,946.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>DNL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Dyno Nobel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PTL148</x:t>
   </x:si>
   <x:si>
-    <x:t>3,527,484</x:t>
-[...23 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>3,700,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,741,745.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>1332 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Suisan Kaisha Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH5GX2</x:t>
   </x:si>
   <x:si>
-    <x:t>796,800</x:t>
-[...23 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>835,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,031,947.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLK MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kuala Lumpur Kepong Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD1WK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,317,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,606,890.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAKKA NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bakkafrost P/F</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QF8SK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,369,069.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>TWE AU</x:t>
   </x:si>
   <x:si>
     <x:t>Treasury Wine Estates Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QZ1QQ6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,085,561</x:t>
-[...41 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>2,187,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,233,476.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IOI MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ioi Corp Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDC923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,947,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,068,204.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>GNS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Genus Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTMKX7</x:t>
   </x:si>
   <x:si>
-    <x:t>143,936</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>150,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,424,921.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>PPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Pilgrim's Pride Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFLXV3</x:t>
   </x:si>
   <x:si>
-    <x:t>138,054</x:t>
-[...23 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>144,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,240,746.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leroy Seafood Group Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C9S737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>948,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,002,131.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP MK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ppb Group Bhd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDYNQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,634,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,743,783.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>CPIN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Charoen Pokphand Indonesia Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF2H49</x:t>
   </x:si>
   <x:si>
-    <x:t>20,118,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>21,104,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,576,274.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fmc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJP882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>313,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,486,493.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>NEOG US</x:t>
   </x:si>
   <x:si>
     <x:t>Neogen Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1BCK2</x:t>
   </x:si>
   <x:si>
-    <x:t>441,999</x:t>
-[...56 lines deleted...]
-    <x:t>$4,424,546.95</x:t>
+    <x:t>463,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,335,221.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>SCHO DC</x:t>
   </x:si>
   <x:si>
     <x:t>Schouw &amp; Co A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZVM24</x:t>
   </x:si>
   <x:si>
-    <x:t>39,553</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>41,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,033,557.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>1333 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Maruha Nichiro Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001HX4YF1</x:t>
   </x:si>
   <x:si>
-    <x:t>411,400</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>431,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,887,863.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>1722 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Fertilizer Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCVKZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,395,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>2,518,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,750,188.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>GGR SP</x:t>
   </x:si>
   <x:si>
     <x:t>Golden Agri-Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK1581</x:t>
   </x:si>
   <x:si>
-    <x:t>15,149,800</x:t>
-[...2 lines deleted...]
-    <x:t>$3,516,807.81</x:t>
+    <x:t>15,892,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,715,825.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>OCI NA</x:t>
   </x:si>
   <x:si>
     <x:t>Oci Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0042FK280</x:t>
   </x:si>
   <x:si>
-    <x:t>382,049</x:t>
-[...5 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>400,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,715,642.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>.PHOR1 RU</x:t>
   </x:si>
   <x:si>
     <x:t>Private</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0175TKDG6</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>.PHOR2 RU</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0175TL3N9</x:t>
   </x:si>
   <x:si>
     <x:t>1,892</x:t>
   </x:si>
   <x:si>
-    <x:t>PHOR RM</x:t>
-[...8 lines deleted...]
-    <x:t>97,916</x:t>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,364,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,364,496.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-SGD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-NOK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-JPY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-BRL CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...53 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99.58</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$771,812.67</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$208,257.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1057,51 +1066,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e0a7e2ed914232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2a6b95921a2f419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R364da3c21bc2463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4914089e1b4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a0af5406b5d4182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7690088c247f4803" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I62"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1884,1013 +1893,1013 @@
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="2" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>