--- v0 (2026-01-09)
+++ v1 (2026-01-30)
@@ -1,510 +1,510 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf751366a49ad4ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2dd6f787f7c4036" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPZ_asof_20260108" sheetId="1" r:id="R3bcd317742274d58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPZ_asof_20260129" sheetId="1" r:id="R4ae7ecb69f5042db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="155">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>BN US</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C9KL89</x:t>
   </x:si>
   <x:si>
     <x:t>322,464</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,233,199.36</x:t>
+    <x:t>$15,010,699.20</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>11.88%</x:t>
+    <x:t>12.37%</x:t>
   </x:si>
   <x:si>
     <x:t>BX US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH0106</x:t>
   </x:si>
   <x:si>
     <x:t>97,645</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,164,268.50</x:t>
-[...2 lines deleted...]
-    <x:t>11.83%</x:t>
+    <x:t>$13,957,376.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.50%</x:t>
   </x:si>
   <x:si>
     <x:t>KKR US</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCQ6J8</x:t>
   </x:si>
   <x:si>
     <x:t>90,032</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,031,876.48</x:t>
-[...2 lines deleted...]
-    <x:t>9.38%</x:t>
+    <x:t>$10,351,879.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.53%</x:t>
   </x:si>
   <x:si>
     <x:t>APO US</x:t>
   </x:si>
   <x:si>
     <x:t>Apollo Global Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZNLTFK3</x:t>
   </x:si>
   <x:si>
     <x:t>68,380</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,996,472.20</x:t>
-[...2 lines deleted...]
-    <x:t>7.80%</x:t>
+    <x:t>$9,196,426.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.58%</x:t>
   </x:si>
   <x:si>
     <x:t>ARES US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Management Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0068KVV91</x:t>
   </x:si>
   <x:si>
     <x:t>50,035</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,793,651.25</x:t>
-[...2 lines deleted...]
-    <x:t>6.86%</x:t>
+    <x:t>$7,589,809.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGHN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Partners Group Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYF655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,669,379.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
   </x:si>
   <x:si>
     <x:t>EQT SS</x:t>
   </x:si>
   <x:si>
     <x:t>Eqt Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q57JLK2</x:t>
   </x:si>
   <x:si>
     <x:t>162,859</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,214,134.09</x:t>
-[...2 lines deleted...]
-    <x:t>4.85%</x:t>
+    <x:t>$6,404,655.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.28%</x:t>
   </x:si>
   <x:si>
     <x:t>CG US</x:t>
   </x:si>
   <x:si>
     <x:t>Carlyle Group Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3F20</x:t>
   </x:si>
   <x:si>
     <x:t>96,002</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,209,409.36</x:t>
-[...20 lines deleted...]
-    <x:t>4.72%</x:t>
+    <x:t>$5,712,119.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
   </x:si>
   <x:si>
     <x:t>ICG LN</x:t>
   </x:si>
   <x:si>
     <x:t>Icg Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D8KQJ7</x:t>
   </x:si>
   <x:si>
     <x:t>211,230</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,898,646.98</x:t>
-[...2 lines deleted...]
-    <x:t>4.60%</x:t>
+    <x:t>$5,340,739.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BPHNXZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,222,337.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLNE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hamilton Lane Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FX58Q66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,108,605.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONEX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC6SL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,041,027.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
   </x:si>
   <x:si>
     <x:t>TPG US</x:t>
   </x:si>
   <x:si>
     <x:t>Tpg Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0145FSNR1</x:t>
   </x:si>
   <x:si>
     <x:t>84,862</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,682,359.52</x:t>
-[...20 lines deleted...]
-    <x:t>4.32%</x:t>
+    <x:t>$4,994,977.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
   </x:si>
   <x:si>
     <x:t>OWL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Owl Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XV417R8</x:t>
   </x:si>
   <x:si>
     <x:t>346,268</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,464,109.04</x:t>
-[...38 lines deleted...]
-    <x:t>3.88%</x:t>
+    <x:t>$4,844,289.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.99%</x:t>
   </x:si>
   <x:si>
     <x:t>STEP US</x:t>
   </x:si>
   <x:si>
     <x:t>Stepstone Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WXXV032</x:t>
   </x:si>
   <x:si>
     <x:t>50,101</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,560,177.06</x:t>
-[...2 lines deleted...]
-    <x:t>2.78%</x:t>
+    <x:t>$3,574,205.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>RF FP</x:t>
   </x:si>
   <x:si>
     <x:t>Eurazeo Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC18W6</x:t>
   </x:si>
   <x:si>
     <x:t>56,055</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,375,881.97</x:t>
-[...2 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>$3,445,865.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>HASI US</x:t>
   </x:si>
   <x:si>
     <x:t>Hannon Armstrong Sustainable Infrastruc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0044K5DM4</x:t>
   </x:si>
   <x:si>
     <x:t>89,363</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,926,638.25</x:t>
-[...2 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>$3,139,322.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>DBRG US</x:t>
   </x:si>
   <x:si>
     <x:t>Digitalbridge Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D30HGP6</x:t>
   </x:si>
   <x:si>
     <x:t>166,833</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,564,223.21</x:t>
-[...2 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>$2,570,896.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
   </x:si>
   <x:si>
     <x:t>BPT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Bridgepoint Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011PQ0FR8</x:t>
   </x:si>
   <x:si>
     <x:t>492,329</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,925,819.60</x:t>
-[...2 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>$1,881,354.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>FIH/U CN</x:t>
   </x:si>
   <x:si>
     <x:t>Fairfax India Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007MSNQV1</x:t>
   </x:si>
   <x:si>
     <x:t>67,642</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,197,939.82</x:t>
-[...2 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>$1,172,912.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>85,643</x:t>
+    <x:t>148,345</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$85,642.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$148,344.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>-SEK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-63</x:t>
   </x:si>
   <x:si>
-    <x:t>$-6.81</x:t>
+    <x:t>$-7.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
-    <x:t>$29.11</x:t>
+    <x:t>$29.76</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-158</x:t>
   </x:si>
   <x:si>
-    <x:t>$-114.26</x:t>
+    <x:t>$-116.82</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$65,667.73</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$-36,461.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -532,51 +532,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8979db2f5b0c4a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re862624974a1494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bcd317742274d58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0e239de90c437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R81a54b7d522a43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4ae7ecb69f5042db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">