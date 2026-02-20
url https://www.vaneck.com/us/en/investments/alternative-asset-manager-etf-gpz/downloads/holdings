--- v1 (2026-01-30)
+++ v2 (2026-02-20)
@@ -1,510 +1,510 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2dd6f787f7c4036" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a3a4b8d3524dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPZ_asof_20260129" sheetId="1" r:id="R4ae7ecb69f5042db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPZ_asof_20260218" sheetId="1" r:id="R7533173f8eb74135"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="155">
   <x:si>
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+    <x:t>Daily Holdings (%)  02/18/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>BN US</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C9KL89</x:t>
   </x:si>
   <x:si>
-    <x:t>322,464</x:t>
+    <x:t>372,206</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,010,699.20</x:t>
+    <x:t>$17,661,174.70</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>12.37%</x:t>
+    <x:t>13.57%</x:t>
   </x:si>
   <x:si>
     <x:t>BX US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH0106</x:t>
   </x:si>
   <x:si>
-    <x:t>97,645</x:t>
-[...5 lines deleted...]
-    <x:t>11.50%</x:t>
+    <x:t>112,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,979,159.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.51%</x:t>
   </x:si>
   <x:si>
     <x:t>KKR US</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCQ6J8</x:t>
   </x:si>
   <x:si>
-    <x:t>90,032</x:t>
-[...5 lines deleted...]
-    <x:t>8.53%</x:t>
+    <x:t>103,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,765,697.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.27%</x:t>
   </x:si>
   <x:si>
     <x:t>APO US</x:t>
   </x:si>
   <x:si>
     <x:t>Apollo Global Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZNLTFK3</x:t>
   </x:si>
   <x:si>
-    <x:t>68,380</x:t>
-[...5 lines deleted...]
-    <x:t>7.58%</x:t>
+    <x:t>78,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,853,536.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.57%</x:t>
   </x:si>
   <x:si>
     <x:t>ARES US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Management Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0068KVV91</x:t>
   </x:si>
   <x:si>
-    <x:t>50,035</x:t>
-[...5 lines deleted...]
-    <x:t>6.26%</x:t>
+    <x:t>57,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,736,901.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.94%</x:t>
   </x:si>
   <x:si>
     <x:t>PGHN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Partners Group Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYF655</x:t>
   </x:si>
   <x:si>
-    <x:t>4,824</x:t>
-[...5 lines deleted...]
-    <x:t>5.50%</x:t>
+    <x:t>5,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,926,972.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.32%</x:t>
   </x:si>
   <x:si>
     <x:t>EQT SS</x:t>
   </x:si>
   <x:si>
     <x:t>Eqt Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q57JLK2</x:t>
   </x:si>
   <x:si>
-    <x:t>162,859</x:t>
-[...5 lines deleted...]
-    <x:t>5.28%</x:t>
+    <x:t>187,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,367,975.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Asset Management Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BPHNXZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,222,664.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
   </x:si>
   <x:si>
     <x:t>CG US</x:t>
   </x:si>
   <x:si>
     <x:t>Carlyle Group Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3F20</x:t>
   </x:si>
   <x:si>
-    <x:t>96,002</x:t>
-[...5 lines deleted...]
-    <x:t>4.71%</x:t>
+    <x:t>110,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,083,688.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
   </x:si>
   <x:si>
     <x:t>ICG LN</x:t>
   </x:si>
   <x:si>
     <x:t>Icg Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D8KQJ7</x:t>
   </x:si>
   <x:si>
-    <x:t>211,230</x:t>
-[...23 lines deleted...]
-    <x:t>4.30%</x:t>
+    <x:t>243,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,780,692.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONEX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC6SL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,371,818.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
   </x:si>
   <x:si>
     <x:t>HLNE US</x:t>
   </x:si>
   <x:si>
     <x:t>Hamilton Lane Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FX58Q66</x:t>
   </x:si>
   <x:si>
-    <x:t>35,870</x:t>
-[...23 lines deleted...]
-    <x:t>4.15%</x:t>
+    <x:t>41,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,099,942.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OWL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XV417R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,920,060.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.78%</x:t>
   </x:si>
   <x:si>
     <x:t>TPG US</x:t>
   </x:si>
   <x:si>
     <x:t>Tpg Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0145FSNR1</x:t>
   </x:si>
   <x:si>
-    <x:t>84,862</x:t>
-[...23 lines deleted...]
-    <x:t>3.99%</x:t>
+    <x:t>97,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,636,304.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HASI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hannon Armstrong Sustainable Infrastruc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0044K5DM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,895,673.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RF FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eurazeo Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC18W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,839,944.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>STEP US</x:t>
   </x:si>
   <x:si>
     <x:t>Stepstone Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WXXV032</x:t>
   </x:si>
   <x:si>
-    <x:t>50,101</x:t>
-[...41 lines deleted...]
-    <x:t>2.59%</x:t>
+    <x:t>57,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,287,986.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>DBRG US</x:t>
   </x:si>
   <x:si>
     <x:t>Digitalbridge Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D30HGP6</x:t>
   </x:si>
   <x:si>
-    <x:t>166,833</x:t>
-[...5 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>192,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,967,503.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
   </x:si>
   <x:si>
     <x:t>BPT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Bridgepoint Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011PQ0FR8</x:t>
   </x:si>
   <x:si>
-    <x:t>492,329</x:t>
-[...5 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>568,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,084,668.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>FIH/U CN</x:t>
   </x:si>
   <x:si>
     <x:t>Fairfax India Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007MSNQV1</x:t>
   </x:si>
   <x:si>
-    <x:t>67,642</x:t>
-[...5 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>78,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,388,120.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>148,345</x:t>
+    <x:t>159,481</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$148,344.97</x:t>
+    <x:t>$159,480.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>-SEK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-63</x:t>
   </x:si>
   <x:si>
-    <x:t>$-7.08</x:t>
+    <x:t>$-6.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
-    <x:t>$29.76</x:t>
+    <x:t>$29.50</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-158</x:t>
   </x:si>
   <x:si>
-    <x:t>$-116.82</x:t>
+    <x:t>$-115.87</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-36,461.34</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$133,495.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -532,51 +532,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0e239de90c437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R81a54b7d522a43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4ae7ecb69f5042db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9feb0b204584493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R86b269c7d58f4ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7533173f8eb74135" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">