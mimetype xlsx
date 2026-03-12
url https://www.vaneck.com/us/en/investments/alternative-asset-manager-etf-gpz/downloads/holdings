--- v2 (2026-02-20)
+++ v3 (2026-03-12)
@@ -1,510 +1,510 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a3a4b8d3524dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90e944cf6554689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPZ_asof_20260218" sheetId="1" r:id="R7533173f8eb74135"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GPZ_asof_20260310" sheetId="1" r:id="R4932efcc74234180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="155">
   <x:si>
-    <x:t>Daily Holdings (%)  02/18/2026</x:t>
+    <x:t>Daily Holdings (%)  03/10/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>BN US</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C9KL89</x:t>
   </x:si>
   <x:si>
-    <x:t>372,206</x:t>
+    <x:t>420,578</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,661,174.70</x:t>
+    <x:t>$17,533,896.82</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>13.57%</x:t>
+    <x:t>13.73%</x:t>
   </x:si>
   <x:si>
     <x:t>BX US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH0106</x:t>
   </x:si>
   <x:si>
-    <x:t>112,710</x:t>
-[...5 lines deleted...]
-    <x:t>11.51%</x:t>
+    <x:t>127,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,004,065.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.97%</x:t>
   </x:si>
   <x:si>
     <x:t>KKR US</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCQ6J8</x:t>
   </x:si>
   <x:si>
-    <x:t>103,916</x:t>
-[...2 lines deleted...]
-    <x:t>$10,765,697.60</x:t>
+    <x:t>117,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,562,833.32</x:t>
   </x:si>
   <x:si>
     <x:t>8.27%</x:t>
   </x:si>
   <x:si>
     <x:t>APO US</x:t>
   </x:si>
   <x:si>
     <x:t>Apollo Global Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZNLTFK3</x:t>
   </x:si>
   <x:si>
-    <x:t>78,923</x:t>
-[...5 lines deleted...]
-    <x:t>7.57%</x:t>
+    <x:t>89,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,646,276.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.55%</x:t>
   </x:si>
   <x:si>
     <x:t>ARES US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Management Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0068KVV91</x:t>
   </x:si>
   <x:si>
-    <x:t>57,751</x:t>
-[...5 lines deleted...]
-    <x:t>5.94%</x:t>
+    <x:t>65,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,093,108.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
   </x:si>
   <x:si>
     <x:t>PGHN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Partners Group Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYF655</x:t>
   </x:si>
   <x:si>
-    <x:t>5,565</x:t>
-[...5 lines deleted...]
-    <x:t>5.32%</x:t>
+    <x:t>6,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,586,371.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
   </x:si>
   <x:si>
     <x:t>EQT SS</x:t>
   </x:si>
   <x:si>
     <x:t>Eqt Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q57JLK2</x:t>
   </x:si>
   <x:si>
-    <x:t>187,981</x:t>
-[...5 lines deleted...]
-    <x:t>4.89%</x:t>
+    <x:t>212,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,517,287.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
   </x:si>
   <x:si>
     <x:t>BAM US</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Asset Management Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BPHNXZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>118,912</x:t>
-[...5 lines deleted...]
-    <x:t>4.78%</x:t>
+    <x:t>134,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,086,160.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
   </x:si>
   <x:si>
     <x:t>CG US</x:t>
   </x:si>
   <x:si>
     <x:t>Carlyle Group Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3F20</x:t>
   </x:si>
   <x:si>
-    <x:t>110,814</x:t>
-[...5 lines deleted...]
-    <x:t>4.67%</x:t>
+    <x:t>125,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,066,569.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
   </x:si>
   <x:si>
     <x:t>ICG LN</x:t>
   </x:si>
   <x:si>
     <x:t>Icg Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D8KQJ7</x:t>
   </x:si>
   <x:si>
-    <x:t>243,812</x:t>
-[...5 lines deleted...]
-    <x:t>4.44%</x:t>
+    <x:t>275,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,884,328.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
   </x:si>
   <x:si>
     <x:t>ONEX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Onex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC6SL9</x:t>
   </x:si>
   <x:si>
-    <x:t>68,362</x:t>
-[...5 lines deleted...]
-    <x:t>4.13%</x:t>
+    <x:t>77,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,725,975.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
   </x:si>
   <x:si>
     <x:t>HLNE US</x:t>
   </x:si>
   <x:si>
     <x:t>Hamilton Lane Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FX58Q66</x:t>
   </x:si>
   <x:si>
-    <x:t>41,399</x:t>
-[...5 lines deleted...]
-    <x:t>3.92%</x:t>
+    <x:t>46,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,888,410.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TPG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tpg Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0145FSNR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,674,396.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
   </x:si>
   <x:si>
     <x:t>OWL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Owl Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XV417R8</x:t>
   </x:si>
   <x:si>
-    <x:t>399,680</x:t>
-[...23 lines deleted...]
-    <x:t>3.56%</x:t>
+    <x:t>451,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,272,457.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.35%</x:t>
   </x:si>
   <x:si>
     <x:t>HASI US</x:t>
   </x:si>
   <x:si>
     <x:t>Hannon Armstrong Sustainable Infrastruc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0044K5DM4</x:t>
   </x:si>
   <x:si>
-    <x:t>103,142</x:t>
-[...5 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>116,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,196,340.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.29%</x:t>
   </x:si>
   <x:si>
     <x:t>RF FP</x:t>
   </x:si>
   <x:si>
     <x:t>Eurazeo Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC18W6</x:t>
   </x:si>
   <x:si>
-    <x:t>64,700</x:t>
-[...5 lines deleted...]
-    <x:t>2.95%</x:t>
+    <x:t>73,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,802,454.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digitalbridge Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D30HGP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>217,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,339,931.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
   </x:si>
   <x:si>
     <x:t>STEP US</x:t>
   </x:si>
   <x:si>
     <x:t>Stepstone Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WXXV032</x:t>
   </x:si>
   <x:si>
-    <x:t>57,826</x:t>
-[...23 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>65,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,030,047.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>BPT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Bridgepoint Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011PQ0FR8</x:t>
   </x:si>
   <x:si>
-    <x:t>568,272</x:t>
-[...5 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>642,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,990,865.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>FIH/U CN</x:t>
   </x:si>
   <x:si>
     <x:t>Fairfax India Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007MSNQV1</x:t>
   </x:si>
   <x:si>
-    <x:t>78,072</x:t>
-[...5 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>88,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,538,487.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>159,481</x:t>
+    <x:t>200,331</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$159,480.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$200,331.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>-SEK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-63</x:t>
   </x:si>
   <x:si>
-    <x:t>$-6.98</x:t>
+    <x:t>$-6.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
-    <x:t>$29.50</x:t>
+    <x:t>$29.06</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-158</x:t>
   </x:si>
   <x:si>
-    <x:t>$-115.87</x:t>
+    <x:t>$-116.74</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$133,495.31</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$54,231.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -532,51 +532,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9feb0b204584493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R86b269c7d58f4ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7533173f8eb74135" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff606e5120746b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R659e532d0af34503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4932efcc74234180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">