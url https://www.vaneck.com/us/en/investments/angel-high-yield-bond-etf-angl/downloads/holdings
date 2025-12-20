--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd2572b48f644cb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R826cee7e0e64426a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20251204" sheetId="1" r:id="Red2d9bb42c3e4acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20251218" sheetId="1" r:id="Rb02bf41d31d3437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1379" uniqueCount="675">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1379" uniqueCount="678">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,2013 +58,2022 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Vodafone Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NR6TKJ0</x:t>
   </x:si>
   <x:si>
     <x:t>7.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>107,039,000</x:t>
-[...2 lines deleted...]
-    <x:t>$114,113,433.32</x:t>
+    <x:t>107,514,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,160,431.39</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.66%</x:t>
+    <x:t>3.68%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Nissan Motor Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YS2P3</x:t>
   </x:si>
   <x:si>
     <x:t>4.345</x:t>
   </x:si>
   <x:si>
-    <x:t>108,103,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.44%</x:t>
+    <x:t>108,578,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,286,375.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YT6N5</x:t>
   </x:si>
   <x:si>
     <x:t>4.810</x:t>
   </x:si>
   <x:si>
-    <x:t>108,125,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.29%</x:t>
+    <x:t>108,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,815,993.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016KD65M2</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
-    <x:t>85,644,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.76%</x:t>
+    <x:t>86,019,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,918,373.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
+    <x:t>Dresdner Funding Trust I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000259Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,729,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,553,616.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Germany</x:t>
+  </x:si>
+  <x:si>
     <x:t>Celanese Us Holdings Llc</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PJG3C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,781,114.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HVFYF48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,543,906.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HVFYDX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,736,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,326,266.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resorts World Las Vegas Llc / Rwlv Capi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NS2HX12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,785,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,056,104.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HVFYC72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,108,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,614,310.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacificorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX471B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,531,593.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rogers Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015476304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,387,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,924,101.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordstrom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006G2HB38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,332,474.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perrigo Finance Unlimited Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ08Y98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,817,211.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntsman International Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NGT4PQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,717,581.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PJG371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,823,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,329,722.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methanex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6Y2GK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,926,276.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirit Aerosystems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L01CQ18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,705,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,871,016.77</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018PJG317</x:t>
   </x:si>
   <x:si>
     <x:t>6.415</x:t>
   </x:si>
   <x:si>
-    <x:t>71,282,000</x:t>
-[...281 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>35,607,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,778,542.24</x:t>
   </x:si>
   <x:si>
     <x:t>Whirlpool Corp</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NDYBB76</x:t>
   </x:si>
   <x:si>
-    <x:t>37,450,000</x:t>
-[...2 lines deleted...]
-    <x:t>$37,670,715.27</x:t>
+    <x:t>37,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,636,354.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Vf Corp</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TCX6Q42</x:t>
   </x:si>
   <x:si>
     <x:t>2.950</x:t>
   </x:si>
   <x:si>
-    <x:t>40,125,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>$36,555,100.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nissan Motor Acceptance Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9B7JK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,066,894.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Buckeye Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F3ZN1D3</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
-    <x:t>32,101,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>32,251,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,989,463.43</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
-    <x:t>Nissan Motor Acceptance Co Llc</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Bombardier Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00008TWC6</x:t>
   </x:si>
   <x:si>
     <x:t>7.450</x:t>
   </x:si>
   <x:si>
-    <x:t>27,358,000</x:t>
-[...2 lines deleted...]
-    <x:t>$30,819,419.28</x:t>
+    <x:t>27,463,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,010,487.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.99%</x:t>
   </x:si>
   <x:si>
+    <x:t>Newell Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGXVV28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,264,121.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockies Express Pipeline Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NSL8L43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,090,710.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Navient Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00004FRQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,014,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,965,991.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Capital Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001HGB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,865,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,956,006.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000X252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,865,551.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transocean International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00000W4J4</x:t>
   </x:si>
   <x:si>
-    <x:t>32,600,000</x:t>
-[...50 lines deleted...]
-    <x:t>7.200</x:t>
+    <x:t>32,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,627,068.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00003HHT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,820,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,318,884.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000R05L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,885,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,235,654.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptiv Swiss Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNZPC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,949,147.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BKK89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,870,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,829,411.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LSDJQ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,286,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,382,442.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TCX6NY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,869,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,381,291.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diversified Healthcare Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K15GWN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,975,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,367,714.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sealed Air Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007X5K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,264,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,327,806.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRX4L45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,845,893.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Embarq Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000CFMW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,619,687.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudson Pacific Properties Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NDYSQH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,878,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,950,645.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJJYVZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,067,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,915,819.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advance Auto Parts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VQQGZ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,818,319.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fmc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9KR2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,291,390.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brandywine Operating Partnership Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6GNLG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,836,364.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kohl's Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVB4MQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,889,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,811,135.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN95L88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.650</x:t>
   </x:si>
   <x:si>
     <x:t>26,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$29,844,092.25</x:t>
-[...323 lines deleted...]
-    <x:t>$23,317,324.60</x:t>
+    <x:t>$23,508,025.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Travel + Leisure Co</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G74TP92</x:t>
   </x:si>
   <x:si>
-    <x:t>21,495,000</x:t>
-[...2 lines deleted...]
-    <x:t>$22,040,492.94</x:t>
+    <x:t>21,570,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,161,859.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Service Properties Trust</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FQQRR10</x:t>
   </x:si>
   <x:si>
-    <x:t>21,400,000</x:t>
-[...2 lines deleted...]
-    <x:t>$21,666,520.16</x:t>
+    <x:t>21,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,791,103.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wilton Re Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XWYSH90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,745,938.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
-    <x:t>Wilton Re Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>$21,574,491.83</x:t>
+    <x:t>04/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGX53C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,581,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,638,684.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LS0Y42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,517,380.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenet Healthcare Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000060XN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,380,776.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dpl Llc/Ohio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SGDXN50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,325,192.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6FSCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,287,450.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toledo Hospital/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M912MT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,385,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,949,405.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTH10P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,667,493.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HZPQJY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,508,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,618,007.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00002HMW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,277,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,395,588.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWRFF09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,332,905.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXCGR12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,331,628.19</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GN95LD2</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,514,742.71</x:t>
-[...119 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>$20,239,553.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005K2ZC06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,513,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,224,335.01</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TN4JZS4</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,653,931.26</x:t>
-[...56 lines deleted...]
-    <x:t>$20,207,016.97</x:t>
+    <x:t>$20,099,413.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q72JRK8</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,654,270.55</x:t>
+    <x:t>$19,826,611.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Yum! Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000KR6H3</x:t>
   </x:si>
   <x:si>
-    <x:t>17,423,000</x:t>
-[...2 lines deleted...]
-    <x:t>$19,308,855.86</x:t>
+    <x:t>17,488,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,437,773.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG019K3NT38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,829,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,861,454.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CBZB0</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
-    <x:t>18,751,000</x:t>
-[...17 lines deleted...]
-    <x:t>$18,702,565.03</x:t>
+    <x:t>18,816,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,820,501.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDRXGW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,618,352.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QDGKZM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,407,785.51</x:t>
   </x:si>
   <x:si>
     <x:t>Lumen Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000JXSP2</x:t>
   </x:si>
   <x:si>
     <x:t>7.600</x:t>
   </x:si>
   <x:si>
     <x:t>18,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,551,041.68</x:t>
-[...26 lines deleted...]
-    <x:t>$18,392,552.36</x:t>
+    <x:t>$18,231,458.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00737P6S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,207,805.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXHW3R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,183,957.47</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0116QXQQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,204,603.21</x:t>
-[...2 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>$17,977,966.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>Macy's Retail Holdings Llc</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007JNT9G5</x:t>
   </x:si>
   <x:si>
-    <x:t>19,600,000</x:t>
-[...23 lines deleted...]
-    <x:t>$18,073,922.55</x:t>
+    <x:t>19,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,972,239.08</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XK3KNN0</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,775,298.37</x:t>
-[...2 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>18,815,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,854,691.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Tcp Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N0Q4YY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,770,388.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNYH763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,722,740.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M910BZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,115,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,569,067.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xpo Cnw Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000097KS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,174,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,300,168.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Frontier Florida Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00005FWX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,151,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,210,451.78</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q9KR2Y7</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,767,806.19</x:t>
-[...80 lines deleted...]
-    <x:t>$17,120,875.67</x:t>
+    <x:t>$17,209,049.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vornado Realty Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112HF027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,177,849.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009LH9PG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,146,211.97</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q08FX59</x:t>
   </x:si>
   <x:si>
     <x:t>5.700</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,084,508.89</x:t>
-[...32 lines deleted...]
-    <x:t>$16,822,595.23</x:t>
+    <x:t>$17,114,406.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00005NKC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,943,001.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00005NKC4</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BBG01FRDSD80</x:t>
   </x:si>
   <x:si>
-    <x:t>16,059,000</x:t>
-[...2 lines deleted...]
-    <x:t>$16,698,660.30</x:t>
+    <x:t>16,144,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,750,332.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Oceaneering International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JXGP4D6</x:t>
   </x:si>
   <x:si>
-    <x:t>16,055,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>16,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,702,469.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hb Fuller Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZ3TF24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,226,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,423,186.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Transalta Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000V3KC9</x:t>
   </x:si>
   <x:si>
     <x:t>6.500</x:t>
   </x:si>
   <x:si>
-    <x:t>16,133,000</x:t>
-[...2 lines deleted...]
-    <x:t>$16,463,942.72</x:t>
+    <x:t>16,083,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,405,178.17</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015QGM561</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
-    <x:t>18,742,000</x:t>
-[...14 lines deleted...]
-    <x:t>$16,253,662.36</x:t>
+    <x:t>18,817,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,234,550.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVD9QG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,789,978.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000PKZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,815,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,729,648.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safeway Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000067R08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,010,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,647,077.75</x:t>
   </x:si>
   <x:si>
     <x:t>Murphy Oil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003NX70F1</x:t>
   </x:si>
   <x:si>
     <x:t>5.125</x:t>
   </x:si>
   <x:si>
     <x:t>18,175,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,809,350.90</x:t>
-[...17 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>$15,580,166.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bath &amp; Body Works Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001TRM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,317,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,538,254.07</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LNT9BZ1</x:t>
   </x:si>
   <x:si>
     <x:t>5.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,700,510.19</x:t>
-[...38 lines deleted...]
-    <x:t>03/01/2033</x:t>
+    <x:t>$15,429,803.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F818595</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,534,978.20</x:t>
-[...14 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$15,408,182.50</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000BPZL6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,400,000</x:t>
-[...2 lines deleted...]
-    <x:t>$15,011,479.55</x:t>
+    <x:t>13,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,088,564.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
+    <x:t>11/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000KMF24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,913,241.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000726P0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,885,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,795,796.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0073BLQS5</x:t>
   </x:si>
   <x:si>
     <x:t>5.600</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,959,640.54</x:t>
+    <x:t>16,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,751,892.72</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0175QZS82</x:t>
   </x:si>
   <x:si>
     <x:t>4.700</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,914,942.25</x:t>
-[...29 lines deleted...]
-    <x:t>$14,709,818.57</x:t>
+    <x:t>$14,727,834.35</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005GR5GM6</x:t>
   </x:si>
   <x:si>
     <x:t>5.350</x:t>
   </x:si>
   <x:si>
-    <x:t>14,766,000</x:t>
-[...2 lines deleted...]
-    <x:t>$14,378,879.57</x:t>
+    <x:t>14,791,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,507,690.71</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007J4V2Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,146,182.90</x:t>
+    <x:t>$14,311,086.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012HNR6J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,215,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,133,770.67</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG012HNR6J2</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Warnermedia Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4GG513</x:t>
   </x:si>
   <x:si>
     <x:t>4.279</x:t>
   </x:si>
   <x:si>
-    <x:t>15,775,000</x:t>
-[...2 lines deleted...]
-    <x:t>$13,883,717.68</x:t>
+    <x:t>15,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,583,807.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prospect Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PNSRX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,483,483.57</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010FXJ678</x:t>
   </x:si>
   <x:si>
     <x:t>2.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,532,040.03</x:t>
-[...20 lines deleted...]
-    <x:t>$13,423,977.07</x:t>
+    <x:t>$13,439,162.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNYH7C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,127,009.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007LSWBJ9</x:t>
   </x:si>
   <x:si>
     <x:t>4.900</x:t>
   </x:si>
   <x:si>
-    <x:t>16,300,000</x:t>
-[...17 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>16,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,936,071.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B2ZXKB2</x:t>
   </x:si>
   <x:si>
     <x:t>4.982</x:t>
   </x:si>
   <x:si>
     <x:t>14,625,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,650,299.98</x:t>
-[...2 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>$12,641,743.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Crane Nxt Co</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JYFZ482</x:t>
   </x:si>
   <x:si>
     <x:t>4.200</x:t>
   </x:si>
   <x:si>
-    <x:t>18,863,000</x:t>
-[...8 lines deleted...]
-    <x:t>Steelcase Inc</x:t>
+    <x:t>18,963,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,370,737.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hni Corp</x:t>
   </x:si>
   <x:si>
     <x:t>01/18/2029</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00N2V1VR9</x:t>
+    <x:t>BBG01Y5R9KT4</x:t>
   </x:si>
   <x:si>
     <x:t>11,671,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,659,019.25</x:t>
-[...2 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>$11,841,647.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002D9FKF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,380,246.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0045Z3HD3</x:t>
   </x:si>
   <x:si>
     <x:t>5.150</x:t>
   </x:si>
   <x:si>
-    <x:t>13,381,000</x:t>
-[...17 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>13,456,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,287,907.38</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003MMKXQ7</x:t>
   </x:si>
   <x:si>
     <x:t>4.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,854,240.95</x:t>
+    <x:t>$9,942,011.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Xerox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000MMJZ6</x:t>
   </x:si>
   <x:si>
     <x:t>6.750</x:t>
   </x:si>
   <x:si>
-    <x:t>18,813,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>19,013,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,720,235.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008748H46</x:t>
   </x:si>
   <x:si>
-    <x:t>13,500,000</x:t>
-[...2 lines deleted...]
-    <x:t>$3,882,079.32</x:t>
+    <x:t>13,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,744,478.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>8,265,817</x:t>
-[...5 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>55,951,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,951,541.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$226,502.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-249,680.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2092,51 +2101,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ae57182ea914ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8b26554b95574f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red2d9bb42c3e4acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52dc55b96135413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc0b49b179c7b4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb02bf41d31d3437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L125"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="21" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
@@ -2411,1354 +2420,1354 @@
       <x:c r="C8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H10" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="H10" s="1" t="s">
+      <x:c r="I10" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J10" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="H20" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="H21" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="K26" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="I29" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="H30" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="H31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="K31" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="H33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="H36" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="H38" s="1" t="s">
+      <x:c r="I38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J38" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="H40" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="I42" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
@@ -3790,3088 +3799,3088 @@
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="H46" s="1" t="s">
+      <x:c r="I46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J64" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J71" s="1" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J78" s="1" t="s">
         <x:v>439</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J84" s="1" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J91" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J93" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J96" s="1" t="s">
         <x:v>527</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J103" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="I105" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="I105" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J108" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="I108" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="I111" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J111" s="1" t="s">
         <x:v>601</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H116" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J116" s="1" t="s">
         <x:v>628</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>631</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J119" s="1" t="s">
         <x:v>645</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>647</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="2" t="s">
-        <x:v>674</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="B125" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C125" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D125" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E125" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F125" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G125" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H125" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I125" s="2" t="s">
         <x:v>1</x:v>
       </x:c>