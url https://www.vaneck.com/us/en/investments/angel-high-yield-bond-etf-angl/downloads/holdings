--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R826cee7e0e64426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b2d5f5b5514bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20251218" sheetId="1" r:id="Rb02bf41d31d3437a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20260108" sheetId="1" r:id="Raad054c5210d4b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1379" uniqueCount="678">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1313" uniqueCount="669">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,2022 +58,1995 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Vodafone Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NR6TKJ0</x:t>
   </x:si>
   <x:si>
     <x:t>7.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>107,514,000</x:t>
-[...2 lines deleted...]
-    <x:t>$115,160,431.39</x:t>
+    <x:t>116,041,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,075,397.54</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.68%</x:t>
+    <x:t>3.91%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Nissan Motor Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YS2P3</x:t>
   </x:si>
   <x:si>
     <x:t>4.345</x:t>
   </x:si>
   <x:si>
-    <x:t>108,578,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.46%</x:t>
+    <x:t>109,478,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,866,324.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YT6N5</x:t>
   </x:si>
   <x:si>
     <x:t>4.810</x:t>
   </x:si>
   <x:si>
-    <x:t>108,600,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.31%</x:t>
+    <x:t>109,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,567,195.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016KD65M2</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
-    <x:t>86,019,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.78%</x:t>
+    <x:t>93,019,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,338,226.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Dresdner Funding Trust I</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000259Q1</x:t>
   </x:si>
   <x:si>
     <x:t>8.151</x:t>
   </x:si>
   <x:si>
-    <x:t>53,729,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.97%</x:t>
+    <x:t>58,104,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,336,196.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>Celanese Us Holdings Llc</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018PJG3C5</x:t>
   </x:si>
   <x:si>
     <x:t>6.629</x:t>
   </x:si>
   <x:si>
-    <x:t>47,750,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>58,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,679,296.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HVFYDX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,111,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,348,337.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HVFYF48</x:t>
   </x:si>
   <x:si>
     <x:t>6.950</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,543,906.94</x:t>
+    <x:t>$62,293,066.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resorts World Las Vegas Llc / Rwlv Capi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NS2HX12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,588,444.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacificorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX471B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,608,491.43</x:t>
   </x:si>
   <x:si>
     <x:t>1.61%</x:t>
   </x:si>
   <x:si>
-    <x:t>11/15/2030</x:t>
-[...32 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PJG371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,598,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,318,949.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HVFYC72</x:t>
   </x:si>
   <x:si>
     <x:t>6.600</x:t>
   </x:si>
   <x:si>
-    <x:t>45,108,000</x:t>
-[...23 lines deleted...]
-    <x:t>$47,531,593.92</x:t>
+    <x:t>43,345,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,961,260.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Rogers Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2082</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015476304</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
-    <x:t>40,387,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>43,662,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,343,070.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Nordstrom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006G2HB38</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
-    <x:t>51,875,000</x:t>
-[...2 lines deleted...]
-    <x:t>$40,332,474.64</x:t>
+    <x:t>56,119,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,538,650.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perrigo Finance Unlimited Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ08Y98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,725,189.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntsman International Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NGT4PQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,229,311.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methanex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6Y2GK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,340,673.79</x:t>
   </x:si>
   <x:si>
     <x:t>1.29%</x:t>
   </x:si>
   <x:si>
-    <x:t>Perrigo Finance Unlimited Co</x:t>
-[...83 lines deleted...]
-    <x:t>BBG00L01CQ18</x:t>
+    <x:t>Whirlpool Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NDYBB76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,548,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,847,508.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vf Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TCX6Q42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,003,376.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PJG317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,142,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,136,062.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bombardier Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008TWC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,688,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,846,879.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newell Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGXVV28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,543,071.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Capital Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000X252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,731,485.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockies Express Pipeline Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NSL8L43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,995,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,677,884.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nissan Motor Acceptance Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9B7JK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,498,174.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001HGB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,953,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,477,188.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Navient Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00004FRQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,377,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,286,954.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transocean International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000W4J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,357,774.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Embarq Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000CFMW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,730,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,187,627.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00003HHT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,862,790.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptiv Swiss Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNZPC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,585,453.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000R05L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,035,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,497,570.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BKK89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,067,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,331,617.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LSDJQ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,305,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,529,954.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diversified Healthcare Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K15GWN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,136,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,742,057.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TCX6NY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,069,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,741,226.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sealed Air Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007X5K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,244,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,715,244.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRX4L45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,941,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,023,281.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudson Pacific Properties Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NDYSQH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,052,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,243,021.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advance Auto Parts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VQQGZ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,070,027.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fmc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9KR2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,047,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,254,643.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brandywine Operating Partnership Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6GNLG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,891,355.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN95L88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,809,955.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJJYVZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,287,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,310,508.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kohl's Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVB4MQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,349,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,387,530.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travel + Leisure Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G74TP92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,186,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,891,603.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGX53C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,880,732.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service Properties Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQQRR10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,804,486.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LS0Y42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,410,385.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wilton Re Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XWYSH90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,329,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,395,133.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenet Healthcare Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000060XN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,079,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,320,509.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dpl Llc/Ohio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SGDXN50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,251,191.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buckeye Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6FSCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,126,270.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HZPQJY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,258,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,598,218.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTH10P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,482,773.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q72JRK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,282,356.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005K2ZC06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,263,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,163,295.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00002HMW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,805,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,158,361.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWRFF09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,334,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,054,280.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXCGR12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,898,157.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN95LD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,770,185.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN4JZS4</x:t>
   </x:si>
   <x:si>
     <x:t>4.600</x:t>
   </x:si>
   <x:si>
-    <x:t>37,705,000</x:t>
-[...680 lines deleted...]
-    <x:t>$20,667,493.51</x:t>
+    <x:t>29,051,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,757,121.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum! Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000KR6H3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,913,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,091,313.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
-    <x:t>01/15/2028</x:t>
-[...23 lines deleted...]
-    <x:t>$20,395,588.18</x:t>
+    <x:t>BBG019K3NT38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,354,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,635,693.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.65%</x:t>
   </x:si>
   <x:si>
-    <x:t>03/15/2028</x:t>
-[...53 lines deleted...]
-    <x:t>$20,099,413.24</x:t>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5CBZB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,339,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,440,630.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.64%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00Q72JRK8</x:t>
-[...2 lines deleted...]
-    <x:t>$19,826,611.66</x:t>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXHW3R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,410,417.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QDGKZM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,208,300.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>Yum! Brands Inc</x:t>
-[...11 lines deleted...]
-    <x:t>$19,437,773.12</x:t>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDRXGW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,984,353.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lumen Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000JXSP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,970,152.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG019K3NT38</x:t>
-[...8 lines deleted...]
-    <x:t>$18,861,454.47</x:t>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116QXQQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,796,886.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00737P6S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,258,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,581,539.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macy's Retail Holdings Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007JNT9G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,315,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,530,324.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XK3KNN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,360,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,426,141.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Tcp Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N0Q4YY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,248,681.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.60%</x:t>
   </x:si>
   <x:si>
-    <x:t>03/15/2027</x:t>
-[...23 lines deleted...]
-    <x:t>$18,618,352.92</x:t>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q08FX59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,290,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,049,714.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xpo Cnw Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000097KS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,473,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,966,986.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
-    <x:t>01/15/2030</x:t>
-[...26 lines deleted...]
-    <x:t>$18,231,458.15</x:t>
+    <x:t>Frontier Florida Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00005FWX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,837,827.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vornado Realty Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112HF027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,437,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,666,297.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.58%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00737P6S4</x:t>
-[...23 lines deleted...]
-    <x:t>$17,977,966.25</x:t>
+    <x:t>10/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9KR2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,635,652.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009LH9PG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,807,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,510,903.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00005NKC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,401,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,468,449.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDSD80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,454,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,279,597.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
-    <x:t>Macy's Retail Holdings Llc</x:t>
-[...41 lines deleted...]
-    <x:t>$17,770,388.57</x:t>
+    <x:t>Oceaneering International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXGP4D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,379,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,134,462.84</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PNYH763</x:t>
   </x:si>
   <x:si>
     <x:t>5.300</x:t>
   </x:si>
   <x:si>
-    <x:t>17,400,000</x:t>
-[...14 lines deleted...]
-    <x:t>$17,569,067.11</x:t>
+    <x:t>17,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,918,649.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.56%</x:t>
   </x:si>
   <x:si>
-    <x:t>Xpo Cnw Inc</x:t>
-[...11 lines deleted...]
-    <x:t>$17,300,168.61</x:t>
+    <x:t>Transalta Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000V3KC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,433,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,801,417.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hb Fuller Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZ3TF24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,741,172.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015QGM561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,602,739.67</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
-    <x:t>Frontier Florida Llc</x:t>
-[...77 lines deleted...]
-    <x:t>$16,943,001.43</x:t>
+    <x:t>Murphy Oil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003NX70F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,723,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,135,192.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01FRDSD80</x:t>
-[...5 lines deleted...]
-    <x:t>$16,750,332.75</x:t>
+    <x:t>Safeway Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000067R08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,235,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,053,563.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
-    <x:t>Oceaneering International Inc</x:t>
-[...20 lines deleted...]
-    <x:t>$16,423,186.09</x:t>
+    <x:t>04/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVD9QG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,045,676.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000PKZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,962,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,024,453.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bath &amp; Body Works Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001TRM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,592,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,002,482.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F818595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,779,210.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LNT9BZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,365,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,688,310.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
-    <x:t>Transalta Corp</x:t>
-[...41 lines deleted...]
-    <x:t>$15,789,978.46</x:t>
+    <x:t>07/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BPZL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,520,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,493,442.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000726P0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,080,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,196,234.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175QZS82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,440,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,141,406.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0073BLQS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,324,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,085,867.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>United States Steel Corp</x:t>
-[...77 lines deleted...]
-    <x:t>$15,429,803.15</x:t>
+    <x:t>11/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000KMF24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,924,954.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005GR5GM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,016,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,820,560.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007J4V2Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,767,161.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01F818595</x:t>
-[...89 lines deleted...]
-    <x:t>$14,507,690.71</x:t>
+    <x:t>05/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010FXJ678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,691,360.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2044</x:t>
-[...5 lines deleted...]
-    <x:t>$14,311,086.50</x:t>
+    <x:t>Warnermedia Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G4GG513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,615,157.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prospect Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PNSRX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,345,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,604,415.46</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012HNR6J2</x:t>
   </x:si>
   <x:si>
     <x:t>2.450</x:t>
   </x:si>
   <x:si>
-    <x:t>15,215,000</x:t>
-[...2 lines deleted...]
-    <x:t>$14,133,770.67</x:t>
+    <x:t>15,340,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,330,994.51</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>Warnermedia Holdings Inc</x:t>
-[...44 lines deleted...]
-    <x:t>$13,439,162.20</x:t>
+    <x:t>12/15/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007LSWBJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,714,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,319,518.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crane Nxt Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JYFZ482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,463,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,507,180.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PNYH7C6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,050,000</x:t>
-[...74 lines deleted...]
-    <x:t>$11,841,647.75</x:t>
+    <x:t>13,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,385,108.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002D9FKF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,433,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,314,345.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0045Z3HD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,464,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,083,073.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
-    <x:t>01/15/2042</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>02/15/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003MMKXQ7</x:t>
   </x:si>
   <x:si>
     <x:t>4.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,942,011.54</x:t>
-[...2 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>14,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,504,688.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Xerox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000MMJZ6</x:t>
   </x:si>
   <x:si>
     <x:t>6.750</x:t>
   </x:si>
   <x:si>
-    <x:t>19,013,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>20,113,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,054,350.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008748H46</x:t>
   </x:si>
   <x:si>
-    <x:t>13,600,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>14,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,014,066.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>55,951,542</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>468,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$468,036.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-249,680.87</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$184,272.10</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2101,56 +2074,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52dc55b96135413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc0b49b179c7b4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb02bf41d31d3437a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re78abe4f5ede4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R45b5ecaa8c8a400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raad054c5210d4b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L125"/>
+  <x:dimension ref="A1:L119"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="21" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2484,98 +2457,98 @@
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
@@ -2583,4322 +2556,4094 @@
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="H16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="I16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J16" s="1" t="s">
+      <x:c r="K16" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="H18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="I18" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="H27" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J59" s="1" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A119" s="1">
-[...154 lines deleted...]
-      <x:c r="B123" s="1" t="s">
+      <x:c r="A119" s="2" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
-[...72 lines deleted...]
-      <x:c r="B125" s="2" t="s">
+      <x:c r="B119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C125" s="2" t="s">
+      <x:c r="C119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D125" s="2" t="s">
+      <x:c r="D119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E125" s="2" t="s">
+      <x:c r="E119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F125" s="2" t="s">
+      <x:c r="F119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G125" s="2" t="s">
+      <x:c r="G119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H125" s="2" t="s">
+      <x:c r="H119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I125" s="2" t="s">
+      <x:c r="I119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J125" s="2" t="s">
+      <x:c r="J119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K125" s="2" t="s">
+      <x:c r="K119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L125" s="2" t="s">
+      <x:c r="L119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A125:L125"/>
+    <x:mergeCell ref="A119:L119"/>
   </x:mergeCells>
 </x:worksheet>
 </file>