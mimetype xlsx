--- v2 (2026-01-11)
+++ v3 (2026-01-16)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b2d5f5b5514bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7c55f3649541fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20260108" sheetId="1" r:id="Raad054c5210d4b01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20260114" sheetId="1" r:id="R13cd185d23d1439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1313" uniqueCount="669">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1313" uniqueCount="668">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/14/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,1995 +58,1992 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Vodafone Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NR6TKJ0</x:t>
   </x:si>
   <x:si>
     <x:t>7.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>116,041,000</x:t>
-[...2 lines deleted...]
-    <x:t>$125,075,397.54</x:t>
+    <x:t>113,916,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,824,787.77</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.91%</x:t>
+    <x:t>3.92%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Nissan Motor Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YS2P3</x:t>
   </x:si>
   <x:si>
     <x:t>4.345</x:t>
   </x:si>
   <x:si>
-    <x:t>109,478,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.44%</x:t>
+    <x:t>107,278,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,649,278.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YT6N5</x:t>
   </x:si>
   <x:si>
     <x:t>4.810</x:t>
   </x:si>
   <x:si>
-    <x:t>109,500,000</x:t>
-[...2 lines deleted...]
-    <x:t>$105,567,195.10</x:t>
+    <x:t>107,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,395,131.49</x:t>
   </x:si>
   <x:si>
     <x:t>3.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016KD65M2</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
-    <x:t>93,019,000</x:t>
-[...2 lines deleted...]
-    <x:t>$94,338,226.45</x:t>
+    <x:t>91,144,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,513,985.27</x:t>
   </x:si>
   <x:si>
     <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Dresdner Funding Trust I</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000259Q1</x:t>
   </x:si>
   <x:si>
     <x:t>8.151</x:t>
   </x:si>
   <x:si>
-    <x:t>58,104,000</x:t>
-[...2 lines deleted...]
-    <x:t>$64,336,196.54</x:t>
+    <x:t>56,929,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,101,905.46</x:t>
   </x:si>
   <x:si>
     <x:t>2.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>Celanese Us Holdings Llc</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018PJG3C5</x:t>
   </x:si>
   <x:si>
     <x:t>6.629</x:t>
   </x:si>
   <x:si>
-    <x:t>58,100,000</x:t>
-[...2 lines deleted...]
-    <x:t>$62,679,296.71</x:t>
+    <x:t>56,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,865,212.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HVFYF48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,928,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,384,665.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HVFYDX1</x:t>
   </x:si>
   <x:si>
     <x:t>6.800</x:t>
   </x:si>
   <x:si>
-    <x:t>58,111,000</x:t>
-[...17 lines deleted...]
-    <x:t>$62,293,066.54</x:t>
+    <x:t>56,936,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,335,900.21</x:t>
   </x:si>
   <x:si>
     <x:t>Resorts World Las Vegas Llc / Rwlv Capi</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NS2HX12</x:t>
   </x:si>
   <x:si>
     <x:t>4.625</x:t>
   </x:si>
   <x:si>
-    <x:t>57,510,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>56,910,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,181,122.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Pacificorp</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SX471B0</x:t>
   </x:si>
   <x:si>
     <x:t>7.375</x:t>
   </x:si>
   <x:si>
-    <x:t>49,475,000</x:t>
-[...2 lines deleted...]
-    <x:t>$51,608,491.43</x:t>
+    <x:t>48,467,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,611,147.69</x:t>
   </x:si>
   <x:si>
     <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018PJG371</x:t>
   </x:si>
   <x:si>
     <x:t>6.580</x:t>
   </x:si>
   <x:si>
-    <x:t>43,598,000</x:t>
-[...2 lines deleted...]
-    <x:t>$47,318,949.63</x:t>
+    <x:t>42,698,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,463,451.83</x:t>
   </x:si>
   <x:si>
     <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HVFYC72</x:t>
   </x:si>
   <x:si>
     <x:t>6.600</x:t>
   </x:si>
   <x:si>
-    <x:t>43,345,000</x:t>
-[...2 lines deleted...]
-    <x:t>$45,961,260.82</x:t>
+    <x:t>42,497,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,037,456.50</x:t>
   </x:si>
   <x:si>
     <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Rogers Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2082</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015476304</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
-    <x:t>43,662,000</x:t>
-[...2 lines deleted...]
-    <x:t>$44,343,070.51</x:t>
+    <x:t>42,787,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,510,977.43</x:t>
   </x:si>
   <x:si>
     <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Nordstrom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006G2HB38</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
-    <x:t>56,119,000</x:t>
-[...2 lines deleted...]
-    <x:t>$43,538,650.43</x:t>
+    <x:t>54,994,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,775,107.27</x:t>
   </x:si>
   <x:si>
     <x:t>1.36%</x:t>
   </x:si>
   <x:si>
+    <x:t>Huntsman International Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NGT4PQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,723,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,700,023.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Perrigo Finance Unlimited Co</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ08Y98</x:t>
   </x:si>
   <x:si>
     <x:t>3.150</x:t>
   </x:si>
   <x:si>
-    <x:t>43,625,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.34%</x:t>
+    <x:t>42,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,671,127.81</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland</x:t>
   </x:si>
   <x:si>
-    <x:t>Huntsman International Llc</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Methanex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6Y2GK1</x:t>
   </x:si>
   <x:si>
-    <x:t>40,690,000</x:t>
-[...2 lines deleted...]
-    <x:t>$41,340,673.79</x:t>
+    <x:t>39,873,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,413,199.23</x:t>
   </x:si>
   <x:si>
     <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Whirlpool Corp</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NDYBB76</x:t>
   </x:si>
   <x:si>
-    <x:t>40,548,000</x:t>
-[...2 lines deleted...]
-    <x:t>$40,847,508.34</x:t>
+    <x:t>$40,244,503.80</x:t>
   </x:si>
   <x:si>
     <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Vf Corp</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TCX6Q42</x:t>
   </x:si>
   <x:si>
     <x:t>2.950</x:t>
   </x:si>
   <x:si>
-    <x:t>43,600,000</x:t>
-[...2 lines deleted...]
-    <x:t>$40,003,376.93</x:t>
+    <x:t>$39,218,717.89</x:t>
   </x:si>
   <x:si>
     <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018PJG317</x:t>
   </x:si>
   <x:si>
     <x:t>6.415</x:t>
   </x:si>
   <x:si>
-    <x:t>32,142,000</x:t>
-[...2 lines deleted...]
-    <x:t>$34,136,062.81</x:t>
+    <x:t>31,542,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,678,881.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Bombardier Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00008TWC6</x:t>
   </x:si>
   <x:si>
     <x:t>7.450</x:t>
   </x:si>
   <x:si>
-    <x:t>29,688,000</x:t>
-[...2 lines deleted...]
-    <x:t>$33,846,879.81</x:t>
+    <x:t>29,113,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,178,030.35</x:t>
   </x:si>
   <x:si>
     <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Newell Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CGXVV28</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
-    <x:t>38,690,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>37,965,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,174,829.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockies Express Pipeline Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NSL8L43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,345,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,205,220.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Telecom Italia Capital Sa</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00000X252</x:t>
   </x:si>
   <x:si>
     <x:t>7.721</x:t>
   </x:si>
   <x:si>
-    <x:t>29,075,000</x:t>
-[...2 lines deleted...]
-    <x:t>$32,731,485.91</x:t>
+    <x:t>28,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,058,289.71</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
   <x:si>
-    <x:t>Rockies Express Pipeline Llc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Nissan Motor Acceptance Co Llc</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J9B7JK2</x:t>
   </x:si>
   <x:si>
     <x:t>7.050</x:t>
   </x:si>
   <x:si>
-    <x:t>30,675,000</x:t>
-[...2 lines deleted...]
-    <x:t>$32,498,174.12</x:t>
+    <x:t>30,064,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,915,680.84</x:t>
   </x:si>
   <x:si>
     <x:t>07/18/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00001HGB0</x:t>
   </x:si>
   <x:si>
     <x:t>7.200</x:t>
   </x:si>
   <x:si>
-    <x:t>28,953,000</x:t>
-[...2 lines deleted...]
-    <x:t>$32,477,188.11</x:t>
+    <x:t>28,428,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,903,976.84</x:t>
   </x:si>
   <x:si>
     <x:t>Navient Corp</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00004FRQ6</x:t>
   </x:si>
   <x:si>
     <x:t>5.625</x:t>
   </x:si>
   <x:si>
-    <x:t>34,377,000</x:t>
-[...2 lines deleted...]
-    <x:t>$32,286,954.55</x:t>
+    <x:t>33,827,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,778,038.03</x:t>
   </x:si>
   <x:si>
     <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Transocean International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00000W4J4</x:t>
   </x:si>
   <x:si>
-    <x:t>35,400,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>34,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,145,618.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00003HHT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,276,291.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000R05L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,485,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,975,434.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptiv Swiss Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNZPC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,460,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,882,890.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BKK89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,467,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,747,787.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LSDJQ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,905,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,158,406.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Embarq Llc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000CFMW2</x:t>
   </x:si>
   <x:si>
     <x:t>7.995</x:t>
   </x:si>
   <x:si>
-    <x:t>70,730,000</x:t>
-[...86 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>69,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,335,710.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Diversified Healthcare Trust</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K15GWN9</x:t>
   </x:si>
   <x:si>
-    <x:t>29,136,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>28,561,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,236,526.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sealed Air Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007X5K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,697,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,216,093.94</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TCX6NY6</x:t>
   </x:si>
   <x:si>
     <x:t>2.800</x:t>
   </x:si>
   <x:si>
-    <x:t>29,069,000</x:t>
-[...17 lines deleted...]
-    <x:t>$28,715,244.89</x:t>
+    <x:t>28,469,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,175,720.21</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QRX4L45</x:t>
   </x:si>
   <x:si>
     <x:t>4.375</x:t>
   </x:si>
   <x:si>
-    <x:t>28,941,000</x:t>
-[...2 lines deleted...]
-    <x:t>$28,023,281.45</x:t>
+    <x:t>28,471,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,537,532.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Hudson Pacific Properties Lp</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NDYSQH4</x:t>
   </x:si>
   <x:si>
     <x:t>4.650</x:t>
   </x:si>
   <x:si>
-    <x:t>29,052,000</x:t>
-[...2 lines deleted...]
-    <x:t>$27,243,021.87</x:t>
+    <x:t>28,477,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,694,514.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Advance Auto Parts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VQQGZ91</x:t>
   </x:si>
   <x:si>
     <x:t>3.900</x:t>
   </x:si>
   <x:si>
-    <x:t>29,070,000</x:t>
-[...2 lines deleted...]
-    <x:t>$27,070,027.61</x:t>
+    <x:t>28,470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,517,470.46</x:t>
   </x:si>
   <x:si>
     <x:t>Fmc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q9KR2W9</x:t>
   </x:si>
   <x:si>
     <x:t>3.450</x:t>
   </x:si>
   <x:si>
-    <x:t>29,047,000</x:t>
-[...2 lines deleted...]
-    <x:t>$26,254,643.54</x:t>
+    <x:t>28,422,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,842,461.83</x:t>
   </x:si>
   <x:si>
     <x:t>0.82%</x:t>
   </x:si>
   <x:si>
+    <x:t>05/18/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN95L88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,454,456.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brandywine Operating Partnership Lp</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J6GNLG7</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
-    <x:t>26,150,000</x:t>
-[...17 lines deleted...]
-    <x:t>$25,809,955.60</x:t>
+    <x:t>25,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,421,733.76</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZJJYVZ6</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
-    <x:t>26,287,000</x:t>
-[...2 lines deleted...]
-    <x:t>$25,310,508.06</x:t>
+    <x:t>25,762,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,749,808.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
+    <x:t>04/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGX53C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,886,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,855,148.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kohl's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZVB4MQ2</x:t>
   </x:si>
   <x:si>
     <x:t>3.625</x:t>
   </x:si>
   <x:si>
-    <x:t>27,349,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>26,817,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,836,221.34</x:t>
   </x:si>
   <x:si>
     <x:t>Travel + Leisure Co</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G74TP92</x:t>
   </x:si>
   <x:si>
-    <x:t>23,186,000</x:t>
-[...2 lines deleted...]
-    <x:t>$23,891,603.60</x:t>
+    <x:t>22,861,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,545,991.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.75%</x:t>
   </x:si>
   <x:si>
-    <x:t>04/01/2036</x:t>
-[...11 lines deleted...]
-    <x:t>$23,880,732.24</x:t>
+    <x:t>Wilton Re Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XWYSH90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,854,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,034,110.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LS0Y42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,214,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,005,852.31</x:t>
   </x:si>
   <x:si>
     <x:t>Service Properties Trust</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FQQRR10</x:t>
   </x:si>
   <x:si>
-    <x:t>23,225,000</x:t>
-[...35 lines deleted...]
-    <x:t>$23,395,133.67</x:t>
+    <x:t>22,499,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,909,665.54</x:t>
   </x:si>
   <x:si>
     <x:t>Tenet Healthcare Corp</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000060XN7</x:t>
   </x:si>
   <x:si>
-    <x:t>21,079,000</x:t>
-[...2 lines deleted...]
-    <x:t>$23,320,509.13</x:t>
+    <x:t>20,679,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,893,396.90</x:t>
   </x:si>
   <x:si>
     <x:t>Dpl Llc/Ohio</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SGDXN50</x:t>
   </x:si>
   <x:si>
     <x:t>4.350</x:t>
   </x:si>
   <x:si>
-    <x:t>23,300,000</x:t>
-[...2 lines deleted...]
-    <x:t>$23,251,191.16</x:t>
+    <x:t>22,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,834,880.03</x:t>
   </x:si>
   <x:si>
     <x:t>Buckeye Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J6FSCK9</x:t>
   </x:si>
   <x:si>
     <x:t>4.125</x:t>
   </x:si>
   <x:si>
-    <x:t>23,260,000</x:t>
-[...2 lines deleted...]
-    <x:t>$23,126,270.36</x:t>
+    <x:t>22,799,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,695,325.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZPQJY1</x:t>
   </x:si>
   <x:si>
-    <x:t>23,258,000</x:t>
-[...2 lines deleted...]
-    <x:t>$22,598,218.44</x:t>
+    <x:t>22,795,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,111,279.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG00Q72JRK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,040,241.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTH10P4</x:t>
   </x:si>
   <x:si>
-    <x:t>23,250,000</x:t>
-[...14 lines deleted...]
-    <x:t>$22,282,356.83</x:t>
+    <x:t>22,786,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,006,899.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00002HMW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,491,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,002,976.34</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005K2ZC06</x:t>
   </x:si>
   <x:si>
     <x:t>5.850</x:t>
   </x:si>
   <x:si>
-    <x:t>23,263,000</x:t>
-[...2 lines deleted...]
-    <x:t>$22,163,295.49</x:t>
+    <x:t>22,788,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,595,581.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
-    <x:t>04/15/2031</x:t>
-[...11 lines deleted...]
-    <x:t>$22,158,361.94</x:t>
+    <x:t>05/18/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN95LD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,435,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,587,377.69</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BWRFF09</x:t>
   </x:si>
   <x:si>
     <x:t>7.800</x:t>
   </x:si>
   <x:si>
-    <x:t>20,334,000</x:t>
-[...2 lines deleted...]
-    <x:t>$22,054,280.02</x:t>
+    <x:t>19,944,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,586,880.38</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CXCGR12</x:t>
   </x:si>
   <x:si>
-    <x:t>28,925,000</x:t>
-[...14 lines deleted...]
-    <x:t>$21,770,185.73</x:t>
+    <x:t>$21,554,327.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN4JZS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,436,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,294,539.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.68%</x:t>
   </x:si>
   <x:si>
-    <x:t>05/15/2050</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Yum! Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000KR6H3</x:t>
   </x:si>
   <x:si>
-    <x:t>18,913,000</x:t>
-[...2 lines deleted...]
-    <x:t>$21,091,313.98</x:t>
+    <x:t>18,523,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,721,408.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXHW3R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,231,066.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG019K3NT38</x:t>
   </x:si>
   <x:si>
     <x:t>5.950</x:t>
   </x:si>
   <x:si>
-    <x:t>20,354,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>19,904,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,113,311.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CBZB0</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
-    <x:t>20,339,000</x:t>
-[...17 lines deleted...]
-    <x:t>$20,410,417.40</x:t>
+    <x:t>19,945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,007,506.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDRXGW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,960,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,909,854.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QDGKZM8</x:t>
   </x:si>
   <x:si>
     <x:t>3.250</x:t>
   </x:si>
   <x:si>
-    <x:t>23,230,000</x:t>
-[...20 lines deleted...]
-    <x:t>$19,984,353.33</x:t>
+    <x:t>22,755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,821,129.59</x:t>
   </x:si>
   <x:si>
     <x:t>Lumen Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000JXSP2</x:t>
   </x:si>
   <x:si>
     <x:t>7.600</x:t>
   </x:si>
   <x:si>
-    <x:t>20,140,000</x:t>
-[...2 lines deleted...]
-    <x:t>$19,970,152.69</x:t>
+    <x:t>19,865,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,722,634.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116QXQQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,785,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,542,343.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2031</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BBG00737P6S4</x:t>
   </x:si>
   <x:si>
     <x:t>4.550</x:t>
   </x:si>
   <x:si>
-    <x:t>20,258,000</x:t>
-[...2 lines deleted...]
-    <x:t>$19,581,539.02</x:t>
+    <x:t>19,952,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,357,291.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macy's Retail Holdings Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007JNT9G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,869,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,034,395.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
-    <x:t>Macy's Retail Holdings Llc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XK3KNN0</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
-    <x:t>20,360,000</x:t>
-[...2 lines deleted...]
-    <x:t>$19,426,141.54</x:t>
+    <x:t>19,935,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,015,022.88</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N0Q4YY4</x:t>
   </x:si>
   <x:si>
-    <x:t>18,950,000</x:t>
-[...2 lines deleted...]
-    <x:t>$19,248,681.34</x:t>
+    <x:t>18,525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,904,375.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q08FX59</x:t>
   </x:si>
   <x:si>
     <x:t>5.700</x:t>
   </x:si>
   <x:si>
-    <x:t>20,290,000</x:t>
-[...2 lines deleted...]
-    <x:t>$19,049,714.91</x:t>
+    <x:t>19,943,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,861,660.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9KR2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,527,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,659,762.59</x:t>
   </x:si>
   <x:si>
     <x:t>Xpo Cnw Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000097KS7</x:t>
   </x:si>
   <x:si>
     <x:t>6.700</x:t>
   </x:si>
   <x:si>
-    <x:t>17,473,000</x:t>
-[...2 lines deleted...]
-    <x:t>$18,966,986.26</x:t>
+    <x:t>17,123,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,586,061.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Frontier Florida Llc</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00005FWX4</x:t>
   </x:si>
   <x:si>
     <x:t>6.860</x:t>
   </x:si>
   <x:si>
-    <x:t>17,490,000</x:t>
-[...2 lines deleted...]
-    <x:t>$18,837,827.97</x:t>
+    <x:t>17,159,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,539,889.49</x:t>
   </x:si>
   <x:si>
     <x:t>Vornado Realty Lp</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112HF027</x:t>
   </x:si>
   <x:si>
     <x:t>3.400</x:t>
   </x:si>
   <x:si>
-    <x:t>20,437,000</x:t>
-[...2 lines deleted...]
-    <x:t>$18,666,297.55</x:t>
+    <x:t>20,037,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,346,495.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00005NKC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,102,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,160,095.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.58%</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2049</x:t>
-[...5 lines deleted...]
-    <x:t>$18,635,652.64</x:t>
+    <x:t>BBG01FRDSD80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,104,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,920,459.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009LH9PG7</x:t>
   </x:si>
   <x:si>
     <x:t>5.550</x:t>
   </x:si>
   <x:si>
-    <x:t>24,807,000</x:t>
-[...23 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>24,332,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,846,881.33</x:t>
   </x:si>
   <x:si>
     <x:t>Oceaneering International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JXGP4D6</x:t>
   </x:si>
   <x:si>
-    <x:t>17,379,000</x:t>
-[...2 lines deleted...]
-    <x:t>$18,134,462.84</x:t>
+    <x:t>17,077,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,837,945.45</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PNYH763</x:t>
   </x:si>
   <x:si>
     <x:t>5.300</x:t>
   </x:si>
   <x:si>
-    <x:t>17,525,000</x:t>
-[...2 lines deleted...]
-    <x:t>$17,918,649.62</x:t>
+    <x:t>17,199,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,619,792.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Transalta Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000V3KC9</x:t>
   </x:si>
   <x:si>
     <x:t>6.500</x:t>
   </x:si>
   <x:si>
-    <x:t>17,433,000</x:t>
-[...2 lines deleted...]
-    <x:t>$17,801,417.40</x:t>
+    <x:t>17,108,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,487,227.33</x:t>
   </x:si>
   <x:si>
     <x:t>Hb Fuller Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZ3TF24</x:t>
   </x:si>
   <x:si>
-    <x:t>17,500,000</x:t>
-[...2 lines deleted...]
-    <x:t>$17,741,172.75</x:t>
+    <x:t>17,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,422,954.90</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015QGM561</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
-    <x:t>20,300,000</x:t>
-[...2 lines deleted...]
-    <x:t>$17,602,739.67</x:t>
+    <x:t>19,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,317,394.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Murphy Oil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003NX70F1</x:t>
   </x:si>
   <x:si>
     <x:t>5.125</x:t>
   </x:si>
   <x:si>
-    <x:t>19,723,000</x:t>
-[...2 lines deleted...]
-    <x:t>$17,135,192.58</x:t>
+    <x:t>19,298,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,100,532.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVD9QG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,032,229.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
+    <x:t>United States Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000PKZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,634,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,689,244.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bath &amp; Body Works Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001TRM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,256,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,683,447.41</x:t>
+  </x:si>
+  <x:si>
     <x:t>Safeway Inc</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000067R08</x:t>
   </x:si>
   <x:si>
     <x:t>7.250</x:t>
   </x:si>
   <x:si>
-    <x:t>15,235,000</x:t>
-[...50 lines deleted...]
-    <x:t>$17,002,482.83</x:t>
+    <x:t>14,890,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,623,773.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LNT9BZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,065,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,510,924.72</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F818595</x:t>
   </x:si>
   <x:si>
-    <x:t>17,450,000</x:t>
-[...17 lines deleted...]
-    <x:t>$16,688,310.98</x:t>
+    <x:t>17,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,490,918.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BPZL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,220,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,155,299.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2038</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000726P0</x:t>
   </x:si>
   <x:si>
-    <x:t>16,080,000</x:t>
-[...2 lines deleted...]
-    <x:t>$16,196,234.28</x:t>
+    <x:t>15,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,986,067.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0175QZS82</x:t>
   </x:si>
   <x:si>
     <x:t>4.700</x:t>
   </x:si>
   <x:si>
-    <x:t>17,440,000</x:t>
-[...2 lines deleted...]
-    <x:t>$16,141,406.37</x:t>
+    <x:t>17,090,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,961,728.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000KMF24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,324,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,877,532.65</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0073BLQS5</x:t>
   </x:si>
   <x:si>
     <x:t>5.600</x:t>
   </x:si>
   <x:si>
-    <x:t>17,324,000</x:t>
-[...2 lines deleted...]
-    <x:t>$16,085,867.02</x:t>
+    <x:t>17,099,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,858,514.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007J4V2Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,093,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,583,386.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>11/01/2037</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>11/01/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005GR5GM6</x:t>
   </x:si>
   <x:si>
     <x:t>5.350</x:t>
   </x:si>
   <x:si>
-    <x:t>16,016,000</x:t>
-[...14 lines deleted...]
-    <x:t>$15,767,161.34</x:t>
+    <x:t>15,666,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,463,772.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010FXJ678</x:t>
   </x:si>
   <x:si>
     <x:t>2.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,691,360.91</x:t>
+    <x:t>17,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,498,922.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Warnermedia Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4GG513</x:t>
   </x:si>
   <x:si>
     <x:t>4.279</x:t>
   </x:si>
   <x:si>
-    <x:t>17,090,000</x:t>
-[...2 lines deleted...]
-    <x:t>$14,615,157.19</x:t>
+    <x:t>16,690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,245,972.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Prospect Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012PNSRX0</x:t>
   </x:si>
   <x:si>
     <x:t>3.437</x:t>
   </x:si>
   <x:si>
-    <x:t>16,345,000</x:t>
-[...2 lines deleted...]
-    <x:t>$14,604,415.46</x:t>
+    <x:t>15,945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,242,990.73</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012HNR6J2</x:t>
   </x:si>
   <x:si>
     <x:t>2.450</x:t>
   </x:si>
   <x:si>
-    <x:t>15,340,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>15,015,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,070,030.19</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007LSWBJ9</x:t>
   </x:si>
   <x:si>
     <x:t>4.900</x:t>
   </x:si>
   <x:si>
-    <x:t>17,714,000</x:t>
-[...2 lines deleted...]
-    <x:t>$14,319,518.75</x:t>
+    <x:t>17,314,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,019,400.88</x:t>
   </x:si>
   <x:si>
     <x:t>Crane Nxt Co</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JYFZ482</x:t>
   </x:si>
   <x:si>
     <x:t>4.200</x:t>
   </x:si>
   <x:si>
-    <x:t>20,463,000</x:t>
-[...2 lines deleted...]
-    <x:t>$13,507,180.21</x:t>
+    <x:t>19,988,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,314,238.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PNYH7C6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,150,000</x:t>
-[...2 lines deleted...]
-    <x:t>$13,385,108.88</x:t>
+    <x:t>12,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,138,274.58</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002D9FKF4</x:t>
   </x:si>
   <x:si>
-    <x:t>14,433,000</x:t>
-[...2 lines deleted...]
-    <x:t>$12,314,345.54</x:t>
+    <x:t>14,216,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,083,315.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0045Z3HD3</x:t>
   </x:si>
   <x:si>
     <x:t>5.150</x:t>
   </x:si>
   <x:si>
-    <x:t>14,464,000</x:t>
-[...2 lines deleted...]
-    <x:t>$12,083,073.85</x:t>
+    <x:t>14,264,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,035,698.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003MMKXQ7</x:t>
   </x:si>
   <x:si>
     <x:t>4.300</x:t>
   </x:si>
   <x:si>
-    <x:t>14,375,000</x:t>
-[...2 lines deleted...]
-    <x:t>$10,504,688.51</x:t>
+    <x:t>14,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,438,127.03</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Xerox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000MMJZ6</x:t>
   </x:si>
   <x:si>
     <x:t>6.750</x:t>
   </x:si>
   <x:si>
-    <x:t>20,113,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>20,013,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,354,615.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008748H46</x:t>
   </x:si>
   <x:si>
-    <x:t>14,350,000</x:t>
-[...2 lines deleted...]
-    <x:t>$4,014,066.22</x:t>
+    <x:t>14,347,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,985,512.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>468,036</x:t>
-[...2 lines deleted...]
-    <x:t>$468,036.10</x:t>
+    <x:t>433,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$433,618.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$184,272.10</x:t>
+    <x:t>$-3,489,838.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2074,51 +2071,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re78abe4f5ede4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R45b5ecaa8c8a400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raad054c5210d4b01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5292cc104de047b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R47840afcf44f4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13cd185d23d1439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L119"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="21" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
@@ -2495,4137 +2492,4137 @@
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="K19" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="H21" s="1" t="s">
+      <x:c r="I21" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="I22" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="H24" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="K27" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="H33" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="H37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="H38" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="I41" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="I42" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="I44" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="I50" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="I51" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J51" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="H51" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="I56" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="K56" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="I57" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J65" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="I66" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J67" s="1" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J68" s="1" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>408</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="I70" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J70" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="I77" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J77" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
+      <x:c r="I87" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J87" s="1" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
+      <x:c r="I90" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J90" s="1" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>520</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J92" s="1" t="s">
         <x:v>528</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J93" s="1" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="H96" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J98" s="1" t="s">
         <x:v>559</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="I99" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J99" s="1" t="s">
         <x:v>564</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>567</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J103" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="H104" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="I104" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J104" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="H105" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
+      <x:c r="I105" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
         <x:v>596</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G106" s="1" t="s">
+      <x:c r="I106" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>602</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="D107" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="E107" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="E107" s="1" t="s">
+      <x:c r="F107" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="F107" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G107" s="1" t="s">
+      <x:c r="H107" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="H107" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="E108" s="1" t="s">
+      <x:c r="F108" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="F108" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G108" s="1" t="s">
+      <x:c r="H108" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="H108" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
+      <x:c r="F109" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
+      <x:c r="H109" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="F109" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="E110" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
+      <x:c r="F110" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="E110" s="1" t="s">
+      <x:c r="H110" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="F110" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G110" s="1" t="s">
+      <x:c r="I110" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J110" s="1" t="s">
         <x:v>624</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>626</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="H111" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="E111" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="H112" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G112" s="1" t="s">
+      <x:c r="I112" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J112" s="1" t="s">
         <x:v>633</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>635</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="F113" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="F113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G113" s="1" t="s">
+      <x:c r="I113" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J113" s="1" t="s">
         <x:v>639</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>641</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="F114" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
+      <x:c r="H114" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="F114" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G114" s="1" t="s">
+      <x:c r="I114" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J114" s="1" t="s">
         <x:v>645</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>647</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="E115" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="F115" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="E115" s="1" t="s">
+      <x:c r="H115" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="F115" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G115" s="1" t="s">
+      <x:c r="I115" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J115" s="1" t="s">
         <x:v>652</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>654</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="E116" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G116" s="1" t="s">
+      <x:c r="I116" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J116" s="1" t="s">
         <x:v>657</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>659</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F117" s="1" t="s">
+      <x:c r="H117" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="G117" s="1" t="s">
+      <x:c r="I117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J117" s="1" t="s">
         <x:v>662</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>664</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H118" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F118" s="1" t="s">
+      <x:c r="I118" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J118" s="1" t="s">
         <x:v>666</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>664</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="2" t="s">
-        <x:v>668</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="B119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>