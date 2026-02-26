--- v3 (2026-01-16)
+++ v4 (2026-02-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7c55f3649541fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ba7967c67c46fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20260114" sheetId="1" r:id="R13cd185d23d1439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20260224" sheetId="1" r:id="Ra2d852b1caca49e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1313" uniqueCount="668">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/14/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1313" uniqueCount="673">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/24/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,1992 +58,2007 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Vodafone Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NR6TKJ0</x:t>
   </x:si>
   <x:si>
     <x:t>7.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>113,916,000</x:t>
-[...2 lines deleted...]
-    <x:t>$122,824,787.77</x:t>
+    <x:t>114,666,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,593,285.24</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.92%</x:t>
+    <x:t>3.94%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Nissan Motor Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YS2P3</x:t>
   </x:si>
   <x:si>
     <x:t>4.345</x:t>
   </x:si>
   <x:si>
-    <x:t>107,278,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.43%</x:t>
+    <x:t>107,478,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,775,796.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YT6N5</x:t>
   </x:si>
   <x:si>
     <x:t>4.810</x:t>
   </x:si>
   <x:si>
-    <x:t>107,275,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.30%</x:t>
+    <x:t>107,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,614,355.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016KD65M2</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
-    <x:t>91,144,000</x:t>
-[...2 lines deleted...]
-    <x:t>$92,513,985.27</x:t>
+    <x:t>91,726,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,466,113.50</x:t>
   </x:si>
   <x:si>
     <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Dresdner Funding Trust I</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000259Q1</x:t>
   </x:si>
   <x:si>
     <x:t>8.151</x:t>
   </x:si>
   <x:si>
-    <x:t>56,929,000</x:t>
-[...2 lines deleted...]
-    <x:t>$63,101,905.46</x:t>
+    <x:t>57,079,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,684,934.02</x:t>
   </x:si>
   <x:si>
     <x:t>2.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>Celanese Us Holdings Llc</x:t>
   </x:si>
   <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HVFYF48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,297,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,206,899.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HVFYDX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,286,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,561,613.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018PJG3C5</x:t>
   </x:si>
   <x:si>
-    <x:t>6.629</x:t>
-[...41 lines deleted...]
-    <x:t>$61,335,900.21</x:t>
+    <x:t>57,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,429,229.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Resorts World Las Vegas Llc / Rwlv Capi</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NS2HX12</x:t>
   </x:si>
   <x:si>
     <x:t>4.625</x:t>
   </x:si>
   <x:si>
-    <x:t>56,910,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>56,935,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,014,895.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Pacificorp</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SX471B0</x:t>
   </x:si>
   <x:si>
     <x:t>7.375</x:t>
   </x:si>
   <x:si>
-    <x:t>48,467,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>48,782,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,832,229.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HVFYC72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,744,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,902,344.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018PJG371</x:t>
   </x:si>
   <x:si>
-    <x:t>6.580</x:t>
-[...26 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>42,973,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,894,170.91</x:t>
   </x:si>
   <x:si>
     <x:t>Rogers Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2082</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015476304</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
-    <x:t>42,787,000</x:t>
-[...2 lines deleted...]
-    <x:t>$43,510,977.43</x:t>
+    <x:t>42,986,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,127,292.47</x:t>
   </x:si>
   <x:si>
     <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Nordstrom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006G2HB38</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
-    <x:t>54,994,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>55,269,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,506,086.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perrigo Finance Unlimited Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ08Y98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,984,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,377,009.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Huntsman International Llc</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NGT4PQ0</x:t>
   </x:si>
   <x:si>
     <x:t>4.500</x:t>
   </x:si>
   <x:si>
-    <x:t>42,723,000</x:t>
-[...2 lines deleted...]
-    <x:t>$41,700,023.40</x:t>
+    <x:t>42,823,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,945,395.72</x:t>
   </x:si>
   <x:si>
     <x:t>1.33%</x:t>
   </x:si>
   <x:si>
-    <x:t>Perrigo Finance Unlimited Co</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Methanex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6Y2GK1</x:t>
   </x:si>
   <x:si>
-    <x:t>39,873,000</x:t>
-[...2 lines deleted...]
-    <x:t>$40,413,199.23</x:t>
+    <x:t>40,127,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,871,191.69</x:t>
   </x:si>
   <x:si>
     <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Whirlpool Corp</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NDYBB76</x:t>
   </x:si>
   <x:si>
-    <x:t>$40,244,503.80</x:t>
+    <x:t>40,112,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,642,724.03</x:t>
   </x:si>
   <x:si>
     <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Vf Corp</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TCX6Q42</x:t>
   </x:si>
   <x:si>
     <x:t>2.950</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,218,717.89</x:t>
-[...2 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>42,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,930,208.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transocean International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000W4J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,864,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,969,342.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newell Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGXVV28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,135,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,965,287.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bombardier Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008TWC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,292,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,621,171.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Capital Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000X252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,123,148.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018PJG317</x:t>
   </x:si>
   <x:si>
-    <x:t>6.415</x:t>
-[...47 lines deleted...]
-    <x:t>$33,174,829.20</x:t>
+    <x:t>31,667,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,047,672.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nissan Motor Acceptance Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9B7JK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,309,254.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001HGB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,655,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,886,538.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockies Express Pipeline Llc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NSL8L43</x:t>
   </x:si>
   <x:si>
     <x:t>4.950</x:t>
   </x:si>
   <x:si>
-    <x:t>31,345,000</x:t>
-[...62 lines deleted...]
-    <x:t>$31,903,976.84</x:t>
+    <x:t>31,520,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,755,391.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00003HHT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,877,968.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BKK89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,651,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,439,500.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptiv Swiss Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNZPC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,685,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,352,317.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000R05L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,212,009.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LSDJQ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,030,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,549,360.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Navient Corp</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00004FRQ6</x:t>
   </x:si>
   <x:si>
     <x:t>5.625</x:t>
   </x:si>
   <x:si>
-    <x:t>33,827,000</x:t>
-[...107 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>34,077,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,875,234.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Embarq Llc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000CFMW2</x:t>
   </x:si>
   <x:si>
     <x:t>7.995</x:t>
   </x:si>
   <x:si>
-    <x:t>69,150,000</x:t>
-[...2 lines deleted...]
-    <x:t>$28,335,710.81</x:t>
+    <x:t>69,724,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,806,819.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TCX6NY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,668,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,361,784.67</x:t>
   </x:si>
   <x:si>
     <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>Diversified Healthcare Trust</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K15GWN9</x:t>
   </x:si>
   <x:si>
-    <x:t>28,561,000</x:t>
-[...2 lines deleted...]
-    <x:t>$28,236,526.02</x:t>
+    <x:t>28,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,180,399.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRX4L45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,596,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,124,849.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advance Auto Parts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VQQGZ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,242,091.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Sealed Air Corp</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00007X5K3</x:t>
   </x:si>
   <x:si>
-    <x:t>25,697,000</x:t>
-[...35 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>25,872,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,144,407.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brandywine Operating Partnership Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6GNLG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,821,775.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fmc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9KR2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,622,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,709,247.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN95L88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,672,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,424,581.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Hudson Pacific Properties Lp</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NDYSQH4</x:t>
   </x:si>
   <x:si>
     <x:t>4.650</x:t>
   </x:si>
   <x:si>
-    <x:t>28,477,000</x:t>
-[...77 lines deleted...]
-    <x:t>$25,421,733.76</x:t>
+    <x:t>28,677,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,331,171.25</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZJJYVZ6</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
-    <x:t>25,762,000</x:t>
-[...2 lines deleted...]
-    <x:t>$24,749,808.84</x:t>
+    <x:t>25,812,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,944,316.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CGX53C8</x:t>
   </x:si>
   <x:si>
     <x:t>5.375</x:t>
   </x:si>
   <x:si>
-    <x:t>23,886,000</x:t>
-[...2 lines deleted...]
-    <x:t>$23,855,148.95</x:t>
+    <x:t>24,053,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,906,135.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ses Americom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0065Z7P55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,222,141.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00002HMW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,666,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,052,692.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
+    <x:t>Travel + Leisure Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G74TP92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,957,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,835,242.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wilton Re Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XWYSH90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,004,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,244,161.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenet Healthcare Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000060XN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,804,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,164,863.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buckeye Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6FSCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,924,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,018,428.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dpl Llc/Ohio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SGDXN50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,983,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,998,643.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LS0Y42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,328,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,750,777.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service Properties Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q72JRK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,420,075.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005K2ZC06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,913,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,128,967.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWRFF09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,069,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,080,493.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTH10P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,948,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,960,415.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HZPQJY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,913,775.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXCGR12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,667,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,638,132.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN95LD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,623,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,572,236.63</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kohl's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZVB4MQ2</x:t>
   </x:si>
   <x:si>
     <x:t>3.625</x:t>
   </x:si>
   <x:si>
-    <x:t>26,817,000</x:t>
-[...53 lines deleted...]
-    <x:t>Service Properties Trust</x:t>
+    <x:t>24,338,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,558,142.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN4JZS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,661,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,335,184.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum! Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000KR6H3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,631,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,237,778.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5CBZB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,051,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,356,767.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXHW3R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,281,281.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lumen Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000JXSP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,040,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,140,756.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDRXGW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,042,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,031,534.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116QXQQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,941,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,009,151.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q08FX59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,071,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,604,513.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00737P6S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,082,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,346,366.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XK3KNN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,064,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,326,188.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Tcp Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N0Q4YY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,216,535.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K3NT38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,079,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,174,844.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macy's Retail Holdings Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007JNT9G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,963,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,160,060.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xpo Cnw Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000097KS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,247,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,984,543.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QDGKZM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,745,655.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vornado Realty Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112HF027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,162,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,564,727.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00005NKC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,177,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,475,871.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDSD80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,223,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,211,946.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015QGM561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,035,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,012,443.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transalta Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000V3KC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,158,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,893,675.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNYH763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,224,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,711,588.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVD9QG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,610,616.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9KR2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,628,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,600,886.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceaneering International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXGP4D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,202,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,561,418.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Murphy Oil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003NX70F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,446,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,464,922.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bath &amp; Body Works Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001TRM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,329,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,042,424.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LNT9BZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,004,276.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F818595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,983,705.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009LH9PG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,432,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,961,130.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000PKZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,765,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,861,608.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000726P0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,586,258.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safeway Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000067R08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,052,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,482,170.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000KMF24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,444,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,437,060.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0073BLQS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,174,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,147,529.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175QZS82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,084,667.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007J4V2Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,193,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,865,236.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BPZL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,323,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,852,314.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005GR5GM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,727,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,597,596.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hb Fuller Co</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00FQQRR10</x:t>
-[...550 lines deleted...]
-  <x:si>
     <x:t>BBG00FZ3TF24</x:t>
   </x:si>
   <x:si>
-    <x:t>17,175,000</x:t>
-[...239 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>15,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,876,898.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010FXJ678</x:t>
   </x:si>
   <x:si>
     <x:t>2.400</x:t>
   </x:si>
   <x:si>
-    <x:t>17,075,000</x:t>
-[...2 lines deleted...]
-    <x:t>$14,498,922.07</x:t>
+    <x:t>$14,690,043.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Warnermedia Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4GG513</x:t>
   </x:si>
   <x:si>
     <x:t>4.279</x:t>
   </x:si>
   <x:si>
-    <x:t>16,690,000</x:t>
-[...2 lines deleted...]
-    <x:t>$14,245,972.01</x:t>
+    <x:t>16,865,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,688,028.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prospect Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PNSRX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,145,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,539,849.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007LSWBJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,414,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,436,668.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012HNR6J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,055,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,255,289.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>Prospect Capital Corp</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Crane Nxt Co</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JYFZ482</x:t>
   </x:si>
   <x:si>
     <x:t>4.200</x:t>
   </x:si>
   <x:si>
-    <x:t>19,988,000</x:t>
-[...2 lines deleted...]
-    <x:t>$13,314,238.66</x:t>
+    <x:t>20,188,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,801,075.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNYH7C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,257,457.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
-    <x:t>09/13/2029</x:t>
-[...8 lines deleted...]
-    <x:t>$13,138,274.58</x:t>
+    <x:t>03/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0045Z3HD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,415,443.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002D9FKF4</x:t>
   </x:si>
   <x:si>
-    <x:t>14,216,000</x:t>
-[...20 lines deleted...]
-    <x:t>$12,035,698.43</x:t>
+    <x:t>14,291,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,078,730.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
+    <x:t>Ses Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004CZ8KY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,782,161.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxembourg</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/15/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003MMKXQ7</x:t>
   </x:si>
   <x:si>
     <x:t>4.300</x:t>
   </x:si>
   <x:si>
-    <x:t>14,200,000</x:t>
-[...2 lines deleted...]
-    <x:t>$10,438,127.03</x:t>
+    <x:t>14,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,413,663.03</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Xerox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000MMJZ6</x:t>
   </x:si>
   <x:si>
     <x:t>6.750</x:t>
   </x:si>
   <x:si>
-    <x:t>20,013,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>20,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,986,920.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008748H46</x:t>
   </x:si>
   <x:si>
-    <x:t>14,347,000</x:t>
-[...2 lines deleted...]
-    <x:t>$3,985,512.08</x:t>
+    <x:t>14,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,222,080.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>433,618</x:t>
-[...5 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>2,806,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,806,878.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,489,838.76</x:t>
-[...2 lines deleted...]
-    <x:t>-0.11%</x:t>
+    <x:t>$-329,149.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2071,51 +2086,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5292cc104de047b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R47840afcf44f4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13cd185d23d1439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41d1b8ccef74ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2fac99ff0a2348c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2d852b1caca49e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L119"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="21" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
@@ -2486,66 +2501,66 @@
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="s">
+      <x:c r="I11" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
@@ -2638,355 +2653,355 @@
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="H15" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="H16" s="1" t="s">
+      <x:c r="K16" s="1" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="I17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="K18" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="H19" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="H20" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
@@ -2995,486 +3010,486 @@
       <x:c r="B24" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="H25" s="1" t="s">
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="I25" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="H28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="H31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="I31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="H34" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="H35" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -3489,3140 +3504,3140 @@
       <x:c r="B37" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="H38" s="1" t="s">
+      <x:c r="I38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J38" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J59" s="1" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="I61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J63" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
         <x:v>435</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>440</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J82" s="1" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J84" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="I84" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J87" s="1" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>501</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J91" s="1" t="s">
         <x:v>522</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J96" s="1" t="s">
         <x:v>547</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>535</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J101" s="1" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>564</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="H105" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="I105" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
         <x:v>594</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="2" t="s">
-        <x:v>667</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="B119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>