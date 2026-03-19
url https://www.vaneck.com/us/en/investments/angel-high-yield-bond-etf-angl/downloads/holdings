--- v4 (2026-02-26)
+++ v5 (2026-03-19)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ba7967c67c46fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0370972bb5804464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20260224" sheetId="1" r:id="Ra2d852b1caca49e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ANGL_asof_20260317" sheetId="1" r:id="R10d2473eb10d4f04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1313" uniqueCount="673">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/24/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1302" uniqueCount="667">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,2007 +58,1989 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Vodafone Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NR6TKJ0</x:t>
   </x:si>
   <x:si>
     <x:t>7.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>114,666,000</x:t>
-[...2 lines deleted...]
-    <x:t>$124,593,285.24</x:t>
+    <x:t>112,191,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,627,455.40</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.94%</x:t>
+    <x:t>3.99%</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Nissan Motor Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YS2P3</x:t>
   </x:si>
   <x:si>
     <x:t>4.345</x:t>
   </x:si>
   <x:si>
-    <x:t>107,478,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.44%</x:t>
+    <x:t>104,628,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,492,174.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7YT6N5</x:t>
   </x:si>
   <x:si>
     <x:t>4.810</x:t>
   </x:si>
   <x:si>
-    <x:t>107,475,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.31%</x:t>
+    <x:t>104,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,207,792.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016KD65M2</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
-    <x:t>91,726,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.95%</x:t>
+    <x:t>89,751,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,044,159.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Dresdner Funding Trust I</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000259Q1</x:t>
   </x:si>
   <x:si>
     <x:t>8.151</x:t>
   </x:si>
   <x:si>
-    <x:t>57,079,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.01%</x:t>
+    <x:t>56,104,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,844,874.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>Celanese Us Holdings Llc</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HVFYF48</x:t>
   </x:si>
   <x:si>
     <x:t>6.950</x:t>
   </x:si>
   <x:si>
-    <x:t>57,297,000</x:t>
-[...2 lines deleted...]
-    <x:t>$63,206,899.07</x:t>
+    <x:t>56,122,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,628,915.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HVFYDX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,111,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,836,415.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PJG3C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,884,322.66</x:t>
   </x:si>
   <x:si>
     <x:t>2.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>11/15/2030</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Resorts World Las Vegas Llc / Rwlv Capi</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NS2HX12</x:t>
   </x:si>
   <x:si>
     <x:t>4.625</x:t>
   </x:si>
   <x:si>
-    <x:t>56,935,000</x:t>
-[...2 lines deleted...]
-    <x:t>$53,014,895.14</x:t>
+    <x:t>56,175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,517,132.92</x:t>
   </x:si>
   <x:si>
     <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Pacificorp</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SX471B0</x:t>
   </x:si>
   <x:si>
     <x:t>7.375</x:t>
   </x:si>
   <x:si>
-    <x:t>48,782,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>47,682,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,234,540.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PJG371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,098,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,677,660.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HVFYC72</x:t>
   </x:si>
   <x:si>
     <x:t>6.600</x:t>
   </x:si>
   <x:si>
-    <x:t>42,744,000</x:t>
-[...17 lines deleted...]
-    <x:t>$45,894,170.91</x:t>
+    <x:t>41,869,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,635,752.36</x:t>
   </x:si>
   <x:si>
     <x:t>Rogers Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2082</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015476304</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
-    <x:t>42,986,000</x:t>
-[...2 lines deleted...]
-    <x:t>$44,127,292.47</x:t>
+    <x:t>42,086,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,753,032.56</x:t>
   </x:si>
   <x:si>
     <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
+    <x:t>Huntsman International Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NGT4PQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,515,132.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Methanex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6Y2GK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,277,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,778,013.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perrigo Finance Unlimited Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ08Y98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,084,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,719,799.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
     <x:t>Nordstrom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006G2HB38</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
-    <x:t>55,269,000</x:t>
-[...62 lines deleted...]
-    <x:t>$40,871,191.69</x:t>
+    <x:t>54,194,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,795,170.52</x:t>
   </x:si>
   <x:si>
     <x:t>1.29%</x:t>
   </x:si>
   <x:si>
+    <x:t>Vf Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TCX6Q42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,406,253.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Whirlpool Corp</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NDYBB76</x:t>
   </x:si>
   <x:si>
-    <x:t>40,112,000</x:t>
-[...26 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>39,287,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,144,855.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Transocean International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00000W4J4</x:t>
   </x:si>
   <x:si>
-    <x:t>34,864,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>34,189,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,875,891.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bombardier Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008TWC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,617,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,643,537.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Newell Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CGXVV28</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
-    <x:t>38,135,000</x:t>
-[...23 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>37,385,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,607,146.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PJG317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,092,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,332,842.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Telecom Italia Capital Sa</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00000X252</x:t>
   </x:si>
   <x:si>
     <x:t>7.721</x:t>
   </x:si>
   <x:si>
-    <x:t>28,610,000</x:t>
-[...2 lines deleted...]
-    <x:t>$33,123,148.62</x:t>
+    <x:t>28,060,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,436,583.72</x:t>
   </x:si>
   <x:si>
     <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2027</x:t>
-[...11 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>Rockies Express Pipeline Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NSL8L43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,870,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,718,298.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001HGB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,055,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,511,608.02</x:t>
   </x:si>
   <x:si>
     <x:t>Nissan Motor Acceptance Co Llc</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J9B7JK2</x:t>
   </x:si>
   <x:si>
     <x:t>7.050</x:t>
   </x:si>
   <x:si>
-    <x:t>30,125,000</x:t>
-[...20 lines deleted...]
-    <x:t>$31,886,538.97</x:t>
+    <x:t>29,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,239,513.87</x:t>
   </x:si>
   <x:si>
     <x:t>1.01%</x:t>
   </x:si>
   <x:si>
-    <x:t>Rockies Express Pipeline Llc</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BBG00003HHT5</x:t>
   </x:si>
   <x:si>
     <x:t>6.375</x:t>
   </x:si>
   <x:si>
-    <x:t>28,625,000</x:t>
-[...2 lines deleted...]
-    <x:t>$30,877,968.90</x:t>
+    <x:t>28,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,463,389.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.98%</x:t>
   </x:si>
   <x:si>
+    <x:t>Aptiv Swiss Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNNZPC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,161,029.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000BKK89</x:t>
   </x:si>
   <x:si>
     <x:t>6.000</x:t>
   </x:si>
   <x:si>
-    <x:t>28,651,000</x:t>
-[...2 lines deleted...]
-    <x:t>$30,439,500.56</x:t>
+    <x:t>28,076,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,143,365.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000R05L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,912,371.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.96%</x:t>
   </x:si>
   <x:si>
-    <x:t>Aptiv Swiss Holdings Ltd</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Fluor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LSDJQ97</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
-    <x:t>29,030,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>28,405,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,054,271.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TCX6NY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,068,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,696,550.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diversified Healthcare Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K15GWN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,065,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,501,479.04</x:t>
   </x:si>
   <x:si>
     <x:t>Navient Corp</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00004FRQ6</x:t>
   </x:si>
   <x:si>
     <x:t>5.625</x:t>
   </x:si>
   <x:si>
-    <x:t>34,077,000</x:t>
-[...2 lines deleted...]
-    <x:t>$28,875,234.55</x:t>
+    <x:t>33,352,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,426,312.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRX4L45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,071,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,869,747.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advance Auto Parts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VQQGZ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,481,021.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sealed Air Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00007X5K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,272,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,802,313.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Embarq Llc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000CFMW2</x:t>
   </x:si>
   <x:si>
     <x:t>7.995</x:t>
   </x:si>
   <x:si>
-    <x:t>69,724,000</x:t>
-[...89 lines deleted...]
-    <x:t>$27,144,407.84</x:t>
+    <x:t>68,174,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,727,340.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fmc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9KR2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,072,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,119,955.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN95L88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,912,083.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudson Pacific Properties Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NDYSQH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,077,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,759,495.56</x:t>
   </x:si>
   <x:si>
     <x:t>Brandywine Operating Partnership Lp</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J6GNLG7</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
-    <x:t>25,800,000</x:t>
-[...62 lines deleted...]
-    <x:t>$25,331,171.25</x:t>
+    <x:t>25,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,743,743.10</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZJJYVZ6</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
-    <x:t>25,812,000</x:t>
-[...2 lines deleted...]
-    <x:t>$24,944,316.01</x:t>
+    <x:t>25,137,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,731,132.56</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CGX53C8</x:t>
   </x:si>
   <x:si>
     <x:t>5.375</x:t>
   </x:si>
   <x:si>
-    <x:t>24,053,000</x:t>
-[...2 lines deleted...]
-    <x:t>$24,906,135.45</x:t>
+    <x:t>23,578,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,669,836.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00002HMW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,216,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,314,671.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travel + Leisure Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G74TP92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,457,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,277,877.69</x:t>
   </x:si>
   <x:si>
     <x:t>Ses Americom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0065Z7P55</x:t>
   </x:si>
   <x:si>
     <x:t>5.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,222,141.05</x:t>
-[...17 lines deleted...]
-    <x:t>$24,052,692.54</x:t>
+    <x:t>$22,693,154.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
-    <x:t>Travel + Leisure Co</x:t>
-[...11 lines deleted...]
-    <x:t>$23,835,242.99</x:t>
+    <x:t>Tenet Healthcare Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000060XN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,304,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,467,849.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Wilton Re Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XWYSH90</x:t>
   </x:si>
   <x:si>
-    <x:t>23,004,000</x:t>
-[...2 lines deleted...]
-    <x:t>$23,244,161.76</x:t>
+    <x:t>22,454,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,456,564.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buckeye Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6FSCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,449,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,345,689.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dpl Llc/Ohio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SGDXN50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,433,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,297,928.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LS0Y42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,853,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,869,802.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.73%</x:t>
   </x:si>
   <x:si>
-    <x:t>Tenet Healthcare Corp</x:t>
-[...59 lines deleted...]
-    <x:t>$22,750,777.63</x:t>
+    <x:t>Service Properties Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q72JRK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,509,885.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
-    <x:t>Service Properties Trust</x:t>
-[...8 lines deleted...]
-    <x:t>$22,420,075.20</x:t>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTH10P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,448,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,345,873.77</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HZPQJY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,106,360.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/15/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005K2ZC06</x:t>
   </x:si>
   <x:si>
     <x:t>5.850</x:t>
   </x:si>
   <x:si>
-    <x:t>22,913,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>22,463,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,876,696.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GN95LD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,073,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,789,142.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum! Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000KR6H3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,256,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,604,852.16</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BWRFF09</x:t>
   </x:si>
   <x:si>
     <x:t>7.800</x:t>
   </x:si>
   <x:si>
-    <x:t>20,069,000</x:t>
-[...29 lines deleted...]
-    <x:t>$21,913,775.59</x:t>
+    <x:t>19,644,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,382,215.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN4JZS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,061,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,527,460.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDRXGW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,642,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,497,427.02</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CXCGR12</x:t>
   </x:si>
   <x:si>
-    <x:t>28,667,000</x:t>
-[...17 lines deleted...]
-    <x:t>$21,572,236.63</x:t>
+    <x:t>28,067,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,492,346.36</x:t>
   </x:si>
   <x:si>
     <x:t>Kohl's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZVB4MQ2</x:t>
   </x:si>
   <x:si>
     <x:t>3.625</x:t>
   </x:si>
   <x:si>
-    <x:t>24,338,000</x:t>
-[...35 lines deleted...]
-    <x:t>$21,237,778.99</x:t>
+    <x:t>23,863,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,279,933.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXHW3R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,134,818.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116QXQQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,466,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,999,584.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XK3KNN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,664,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,821,463.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K3NT38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,654,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,805,576.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q08FX59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,646,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,630,583.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00737P6S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,657,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,620,174.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lumen Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000JXSP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,590,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,507,325.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QDGKZM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,455,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,255,072.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Tcp Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N0Q4YY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,199,437.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macy's Retail Holdings Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007JNT9G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,105,950.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vornado Realty Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112HF027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,662,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,928,110.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xpo Cnw Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000097KS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,797,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,860,488.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q9KR2Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,078,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,598,147.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDSD80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,848,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,248,080.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015QGM561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,660,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,216,434.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00005NKC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,852,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,213,343.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceaneering International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXGP4D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,827,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,097,609.93</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CBZB0</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
-    <x:t>20,051,000</x:t>
-[...248 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>17,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,068,734.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Murphy Oil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003NX70F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,814,191.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Transalta Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000V3KC9</x:t>
   </x:si>
   <x:si>
     <x:t>6.500</x:t>
   </x:si>
   <x:si>
-    <x:t>17,158,000</x:t>
-[...2 lines deleted...]
-    <x:t>$17,893,675.86</x:t>
+    <x:t>16,858,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,760,574.13</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PNYH763</x:t>
   </x:si>
   <x:si>
-    <x:t>17,224,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>16,749,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,729,255.11</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZVD9QG5</x:t>
   </x:si>
   <x:si>
-    <x:t>19,925,000</x:t>
-[...47 lines deleted...]
-    <x:t>$17,464,922.09</x:t>
+    <x:t>19,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,568,736.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
+    <x:t>10/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000726P0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,241,653.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000PKZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,390,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,132,371.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000KMF24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,119,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,069,650.59</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bath &amp; Body Works Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00001TRM1</x:t>
   </x:si>
   <x:si>
-    <x:t>16,329,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>15,979,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,800,494.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safeway Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000067R08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,677,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,707,314.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0073BLQS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,849,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,555,734.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F818595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,527,558.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007J4V2Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,843,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,518,211.44</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LNT9BZ1</x:t>
   </x:si>
   <x:si>
     <x:t>5.750</x:t>
   </x:si>
   <x:si>
-    <x:t>17,190,000</x:t>
-[...11 lines deleted...]
-    <x:t>$16,983,705.41</x:t>
+    <x:t>16,840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,488,980.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005GR5GM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,452,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,409,192.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175QZS82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,148,071.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000BPZL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,048,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,018,562.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009LH9PG7</x:t>
   </x:si>
   <x:si>
     <x:t>5.550</x:t>
   </x:si>
   <x:si>
-    <x:t>24,432,000</x:t>
-[...161 lines deleted...]
-    <x:t>$14,876,898.21</x:t>
+    <x:t>23,957,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,276,497.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prospect Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012PNSRX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,092,465.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010FXJ678</x:t>
   </x:si>
   <x:si>
     <x:t>2.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,690,043.00</x:t>
+    <x:t>$13,731,044.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG012HNR6J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,610,189.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Warnermedia Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G4GG513</x:t>
   </x:si>
   <x:si>
     <x:t>4.279</x:t>
   </x:si>
   <x:si>
-    <x:t>16,865,000</x:t>
-[...20 lines deleted...]
-    <x:t>$14,539,849.17</x:t>
+    <x:t>16,465,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,324,244.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crane Nxt Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JYFZ482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,663,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,382,629.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PNYH7C6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,363,799.99</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007LSWBJ9</x:t>
   </x:si>
   <x:si>
     <x:t>4.900</x:t>
   </x:si>
   <x:si>
-    <x:t>17,414,000</x:t>
-[...53 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>17,064,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,038,063.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ses Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004CZ8KY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,397,175.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luxembourg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002D9FKF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,998,125.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0045Z3HD3</x:t>
   </x:si>
   <x:si>
     <x:t>5.150</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,415,443.72</x:t>
-[...38 lines deleted...]
-    <x:t>Luxembourg</x:t>
+    <x:t>$10,897,493.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003MMKXQ7</x:t>
   </x:si>
   <x:si>
     <x:t>4.300</x:t>
   </x:si>
   <x:si>
-    <x:t>14,275,000</x:t>
-[...2 lines deleted...]
-    <x:t>$10,413,663.03</x:t>
+    <x:t>$9,782,058.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Xerox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000MMJZ6</x:t>
   </x:si>
   <x:si>
     <x:t>6.750</x:t>
   </x:si>
   <x:si>
-    <x:t>20,125,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>19,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,512,946.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008748H46</x:t>
   </x:si>
   <x:si>
-    <x:t>14,400,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>14,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,550,653.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>2,806,878</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>1,565,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,565,647.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-329,149.32</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$4,561,999.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2086,56 +2068,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41d1b8ccef74ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2fac99ff0a2348c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2d852b1caca49e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4178412e79f48d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf3993cc803754a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R10d2473eb10d4f04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L119"/>
+  <x:dimension ref="A1:L118"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="21" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2615,104 +2597,104 @@
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
@@ -2735,235 +2717,235 @@
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="H17" s="1" t="s">
+      <x:c r="I17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="H18" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="H19" s="1" t="s">
+      <x:c r="K19" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
@@ -3010,735 +2992,735 @@
       <x:c r="B24" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="H26" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="H27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="I27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J27" s="1" t="s">
+      <x:c r="K27" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="H28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="H29" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="H30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="H31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="I31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="H32" s="1" t="s">
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="I32" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="H35" s="1" t="s">
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="I38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J38" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="H40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="H41" s="1" t="s">
+      <x:c r="I41" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
@@ -3746,2916 +3728,2878 @@
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="I44" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="H45" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="I49" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="I51" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J51" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="I54" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="K54" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="I55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="I56" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="I57" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="I58" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="I59" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J59" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="H62" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="H63" s="1" t="s">
+      <x:c r="I63" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J63" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="H64" s="1" t="s">
+      <x:c r="I64" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J64" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="H67" s="1" t="s">
+      <x:c r="I67" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J67" s="1" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="H68" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="I69" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
         <x:v>412</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="I72" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J72" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="F76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="H76" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="H77" s="1" t="s">
+      <x:c r="I77" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J77" s="1" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
+      <x:c r="I80" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J80" s="1" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G81" s="1" t="s">
+      <x:c r="I81" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J81" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>447</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="F83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="H83" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="H86" s="1" t="s">
+      <x:c r="I86" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J86" s="1" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>496</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="F89" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="H89" s="1" t="s">
+      <x:c r="I89" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J89" s="1" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>516</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G90" s="1" t="s">
+      <x:c r="I90" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J90" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>522</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="E91" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="F91" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="H91" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="H95" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J95" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="F96" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="H96" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="F98" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
+      <x:c r="I99" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J99" s="1" t="s">
         <x:v>567</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>564</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="H100" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G101" s="1" t="s">
+      <x:c r="I101" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J101" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="F102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="H102" s="1" t="s">
+      <x:c r="I102" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J102" s="1" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>586</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
+      <x:c r="F105" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="F105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G105" s="1" t="s">
+      <x:c r="H105" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="H105" s="1" t="s">
+      <x:c r="I105" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
         <x:v>599</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>594</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="H106" s="1" t="s">
+      <x:c r="I106" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>605</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>594</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J108" s="1" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>615</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="F115" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G115" s="1" t="s">
+      <x:c r="H115" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="H115" s="1" t="s">
+      <x:c r="I115" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J115" s="1" t="s">
         <x:v>656</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>657</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="G116" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="E116" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="H116" s="1" t="s">
+      <x:c r="I116" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J116" s="1" t="s">
         <x:v>661</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>662</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F117" s="1" t="s">
+      <x:c r="G117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H117" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="G117" s="1" t="s">
+      <x:c r="I117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J117" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="H117" s="1" t="s">
+      <x:c r="K117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L117" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A118" s="2" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="I117" s="1" t="s">
-[...54 lines deleted...]
-      <x:c r="B119" s="2" t="s">
+      <x:c r="B118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C119" s="2" t="s">
+      <x:c r="C118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D119" s="2" t="s">
+      <x:c r="D118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E119" s="2" t="s">
+      <x:c r="E118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F119" s="2" t="s">
+      <x:c r="F118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G119" s="2" t="s">
+      <x:c r="G118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H119" s="2" t="s">
+      <x:c r="H118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I119" s="2" t="s">
+      <x:c r="I118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J119" s="2" t="s">
+      <x:c r="J118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K119" s="2" t="s">
+      <x:c r="K118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L119" s="2" t="s">
+      <x:c r="L118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A119:L119"/>
+    <x:mergeCell ref="A118:L118"/>
   </x:mergeCells>
 </x:worksheet>
 </file>