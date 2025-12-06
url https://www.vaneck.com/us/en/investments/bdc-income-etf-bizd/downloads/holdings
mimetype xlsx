--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3cd0b1cb2a74749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfadeb14cd4274dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20251204" sheetId="1" r:id="R7085a4335352425b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20251204" sheetId="1" r:id="R3ab8f4cff3c74de1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="205">
   <x:si>
     <x:t>Daily Holdings (%)  12/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -682,51 +682,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07135ce30f5e44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd4b41a060b594adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7085a4335352425b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R678fbaba9bbe413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3e8b62de66444dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ab8f4cff3c74de1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">