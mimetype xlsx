--- v1 (2025-12-06)
+++ v2 (2025-12-21)
@@ -1,660 +1,678 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfadeb14cd4274dc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728682b3106f4556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20251204" sheetId="1" r:id="R3ab8f4cff3c74de1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20251218" sheetId="1" r:id="R47ca4f0d21d94caa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="205">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="211">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ARCC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PD6X77</x:t>
   </x:si>
   <x:si>
-    <x:t>11,865,212</x:t>
+    <x:t>12,678,125</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$248,220,235.04</x:t>
+    <x:t>$255,337,437.50</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>15.60%</x:t>
+    <x:t>15.09%</x:t>
   </x:si>
   <x:si>
     <x:t>OBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Owl Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DB0XYC4</x:t>
   </x:si>
   <x:si>
-    <x:t>11,638,347</x:t>
-[...5 lines deleted...]
-    <x:t>9.84%</x:t>
+    <x:t>12,435,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,933,326.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.33%</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXT422</x:t>
   </x:si>
   <x:si>
-    <x:t>2,036,614</x:t>
-[...5 lines deleted...]
-    <x:t>7.68%</x:t>
+    <x:t>2,176,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,243,425.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.76%</x:t>
   </x:si>
   <x:si>
     <x:t>BXSL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Secured Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MS80PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,884,465</x:t>
-[...5 lines deleted...]
-    <x:t>3.35%</x:t>
+    <x:t>2,405,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,177,973.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
   </x:si>
   <x:si>
     <x:t>HTGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Hercules Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2R8K2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,804,793</x:t>
-[...5 lines deleted...]
-    <x:t>3.34%</x:t>
+    <x:t>2,996,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,562,377.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
   </x:si>
   <x:si>
     <x:t>GBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Golub Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PXNF64</x:t>
   </x:si>
   <x:si>
-    <x:t>3,680,706</x:t>
-[...5 lines deleted...]
-    <x:t>3.29%</x:t>
+    <x:t>3,932,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,015,060.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001YCZP63</x:t>
   </x:si>
   <x:si>
-    <x:t>3,047,558</x:t>
-[...5 lines deleted...]
-    <x:t>2.98%</x:t>
+    <x:t>3,256,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,749,340.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DFW799</x:t>
   </x:si>
   <x:si>
-    <x:t>1,956,360</x:t>
-[...5 lines deleted...]
-    <x:t>2.74%</x:t>
+    <x:t>2,090,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,487,952.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>MSDL US</x:t>
   </x:si>
   <x:si>
     <x:t>Morgan Stanley Direct Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R40RNG8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,478,185</x:t>
-[...5 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>1,579,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,914,714.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>CSWC US</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Southwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGJ661</x:t>
   </x:si>
   <x:si>
-    <x:t>1,154,849</x:t>
-[...5 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>1,233,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,529,172.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>MFIC US</x:t>
   </x:si>
   <x:si>
     <x:t>Midcap Financial Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CBNX94</x:t>
   </x:si>
   <x:si>
-    <x:t>1,936,960</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>2,069,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,090,260.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T6WFZ96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,559,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,677,293.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004DDDKH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,379,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,126,193.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>OCSL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oaktree Specialty Lending Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TKZRB3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,664,051</x:t>
-[...38 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>1,778,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,813,138.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>PSEC US</x:t>
   </x:si>
   <x:si>
     <x:t>Prospect Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3RGN4</x:t>
   </x:si>
   <x:si>
-    <x:t>7,774,378</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>8,307,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,182,901.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>PFLT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001LV74X3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,059,732</x:t>
-[...5 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>2,200,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,072,034.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>NMFC US</x:t>
   </x:si>
   <x:si>
     <x:t>New Mountain Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG22J4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,987,192</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>2,123,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,364,277.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>CGBD US</x:t>
   </x:si>
   <x:si>
     <x:t>Tcg BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GQVWWP4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,407,476</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>1,503,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,250,393.60</x:t>
   </x:si>
   <x:si>
     <x:t>BBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Barings BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F54FK1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,899,215</x:t>
-[...5 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>2,029,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,224,514.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>FDUS US</x:t>
   </x:si>
   <x:si>
     <x:t>Fidus Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K9JH07</x:t>
   </x:si>
   <x:si>
-    <x:t>734,487</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>784,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,014,103.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>SLRC US</x:t>
   </x:si>
   <x:si>
     <x:t>Slr Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V86JM5</x:t>
   </x:si>
   <x:si>
-    <x:t>883,336</x:t>
-[...5 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>943,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,694,888.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>BCSF US</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Specialty Finance Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JDV0M15</x:t>
   </x:si>
   <x:si>
-    <x:t>848,364</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>906,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,571,546.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>GAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gladstone Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C32KN7</x:t>
   </x:si>
   <x:si>
-    <x:t>793,373</x:t>
-[...2 lines deleted...]
-    <x:t>$11,083,420.81</x:t>
+    <x:t>847,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,868,920.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
+    <x:t>CION US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cion Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009KJ66B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,494,946.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NCDL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen Churchill Direct Lending Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S1L7066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>754,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,816,455.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P0TNW2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,765,298</x:t>
-[...41 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>1,886,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,600,578.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>GLAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Gladstone Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DJYTQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>463,494</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>495,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,315,661.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kayne Anderson BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z6ZX0D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,256,546.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797QD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T8LCHN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,581,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,493,793.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.69%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RJ8</x:t>
   </x:si>
   <x:si>
-    <x:t>United States Treasury Bill</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG01VXS1ZJ3</x:t>
   </x:si>
   <x:si>
     <x:t>252,644,000</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...20 lines deleted...]
-    <x:t>12.86%</x:t>
+    <x:t>$251,973,545.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Mvbdc Tr (Gross) Swap</x:t>
   </x:si>
   <x:si>
-    <x:t>170,473</x:t>
+    <x:t>191,793</x:t>
   </x:si>
   <x:si>
     <x:t>Swap</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>485971131.51</x:t>
+    <x:t>535816898.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>3,350</x:t>
   </x:si>
   <x:si>
-    <x:t>9549918.70</x:t>
+    <x:t>9358978.75</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>4,684,904</x:t>
+    <x:t>-45,071</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,684,903.63</x:t>
-[...2 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>$-45,071.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,457,891.19</x:t>
-[...2 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>$14,522,200.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -682,56 +700,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R678fbaba9bbe413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3e8b62de66444dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ab8f4cff3c74de1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81205032de4648af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06529da5192a4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47ca4f0d21d94caa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I37"/>
+  <x:dimension ref="A1:I38"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1161,196 +1179,196 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
@@ -1587,219 +1605,248 @@
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="G35" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A37" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I37" s="2" t="s">
+      <x:c r="A37" s="1">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A38" s="2" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B38" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C38" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D38" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E38" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F38" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G38" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H38" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I38" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A37:I37"/>
+    <x:mergeCell ref="A38:I38"/>
   </x:mergeCells>
 </x:worksheet>
 </file>