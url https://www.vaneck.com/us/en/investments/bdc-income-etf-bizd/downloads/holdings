--- v2 (2025-12-21)
+++ v3 (2026-01-10)
@@ -1,678 +1,678 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728682b3106f4556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11a2571c4454e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20251218" sheetId="1" r:id="R47ca4f0d21d94caa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20260108" sheetId="1" r:id="R60c7f17656d74e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="211">
   <x:si>
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ARCC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PD6X77</x:t>
   </x:si>
   <x:si>
-    <x:t>12,678,125</x:t>
+    <x:t>12,260,338</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$255,337,437.50</x:t>
+    <x:t>$254,769,823.64</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>15.09%</x:t>
+    <x:t>15.64%</x:t>
   </x:si>
   <x:si>
     <x:t>OBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Owl Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DB0XYC4</x:t>
   </x:si>
   <x:si>
-    <x:t>12,435,695</x:t>
-[...5 lines deleted...]
-    <x:t>9.33%</x:t>
+    <x:t>11,786,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,747,598.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Secured Lending Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MS80PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,703,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,946,948.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.61%</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXT422</x:t>
   </x:si>
   <x:si>
-    <x:t>2,176,147</x:t>
-[...23 lines deleted...]
-    <x:t>3.91%</x:t>
+    <x:t>837,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,092,375.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
   </x:si>
   <x:si>
     <x:t>HTGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Hercules Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2R8K2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,996,892</x:t>
-[...5 lines deleted...]
-    <x:t>3.28%</x:t>
+    <x:t>2,767,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,800,074.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>GBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Golub Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PXNF64</x:t>
   </x:si>
   <x:si>
-    <x:t>3,932,868</x:t>
-[...5 lines deleted...]
-    <x:t>3.13%</x:t>
+    <x:t>3,668,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,658,794.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001YCZP63</x:t>
   </x:si>
   <x:si>
-    <x:t>3,256,469</x:t>
-[...5 lines deleted...]
-    <x:t>2.88%</x:t>
+    <x:t>3,316,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,527,666.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DFW799</x:t>
   </x:si>
   <x:si>
-    <x:t>2,090,439</x:t>
-[...5 lines deleted...]
-    <x:t>2.69%</x:t>
+    <x:t>1,878,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,145,566.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSWC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Southwest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGJ661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,142,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,176,851.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T6WFZ96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,504,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,791,061.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>MSDL US</x:t>
   </x:si>
   <x:si>
     <x:t>Morgan Stanley Direct Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R40RNG8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,579,502</x:t>
-[...23 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>1,432,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,695,617.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oaktree Specialty Lending Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TKZRB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,735,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,391,291.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>MFIC US</x:t>
   </x:si>
   <x:si>
     <x:t>Midcap Financial Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CBNX94</x:t>
   </x:si>
   <x:si>
-    <x:t>2,069,610</x:t>
-[...23 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>1,855,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,204,284.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prospect Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3RGN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,584,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,856,253.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>GSBD US</x:t>
   </x:si>
   <x:si>
     <x:t>Goldman Sachs BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004DDDKH1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,379,238</x:t>
-[...41 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>2,132,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,621,438.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>PFLT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001LV74X3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,200,881</x:t>
-[...5 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>1,972,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,859,241.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>NMFC US</x:t>
   </x:si>
   <x:si>
     <x:t>New Mountain Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG22J4</x:t>
   </x:si>
   <x:si>
-    <x:t>2,123,276</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>1,845,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,240,986.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>CGBD US</x:t>
   </x:si>
   <x:si>
     <x:t>Tcg BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GQVWWP4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,503,937</x:t>
-[...2 lines deleted...]
-    <x:t>$19,250,393.60</x:t>
+    <x:t>1,348,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,066,211.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>BBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Barings BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F54FK1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,029,456</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>1,819,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,735,315.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>FDUS US</x:t>
   </x:si>
   <x:si>
     <x:t>Fidus Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K9JH07</x:t>
   </x:si>
   <x:si>
-    <x:t>784,846</x:t>
-[...5 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>724,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,355,189.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCSF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Specialty Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDV0M15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>958,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,373,962.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>SLRC US</x:t>
   </x:si>
   <x:si>
     <x:t>Slr Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V86JM5</x:t>
   </x:si>
   <x:si>
-    <x:t>943,795</x:t>
-[...20 lines deleted...]
-    <x:t>$12,571,546.08</x:t>
+    <x:t>846,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,122,654.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kayne Anderson BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z6ZX0D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>822,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,101,944.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.74%</x:t>
   </x:si>
   <x:si>
+    <x:t>NCDL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen Churchill Direct Lending Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S1L7066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>836,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,315,469.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
     <x:t>GAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gladstone Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C32KN7</x:t>
   </x:si>
   <x:si>
-    <x:t>847,780</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>788,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,020,084.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>CION US</x:t>
   </x:si>
   <x:si>
     <x:t>Cion Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009KJ66B4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,155,271</x:t>
-[...23 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>1,027,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,924,239.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P0TNW2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,886,224</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>1,686,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,395,893.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>GLAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Gladstone Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DJYTQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>495,231</x:t>
-[...23 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>449,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,343,318.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>912797QD2</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T8LCHN4</x:t>
   </x:si>
   <x:si>
-    <x:t>268,581,000</x:t>
+    <x:t>272,221,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$265,493,793.01</x:t>
-[...2 lines deleted...]
-    <x:t>15.69%</x:t>
+    <x:t>$269,646,102.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.55%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RJ8</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VXS1ZJ3</x:t>
   </x:si>
   <x:si>
     <x:t>252,644,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$251,973,545.99</x:t>
-[...2 lines deleted...]
-    <x:t>14.89%</x:t>
+    <x:t>$252,496,097.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.50%</x:t>
   </x:si>
   <x:si>
     <x:t>Mvbdc Tr (Gross) Swap</x:t>
   </x:si>
   <x:si>
-    <x:t>191,793</x:t>
+    <x:t>196,823</x:t>
   </x:si>
   <x:si>
     <x:t>Swap</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>535816898.93</x:t>
+    <x:t>559441231.81</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>3,350</x:t>
   </x:si>
   <x:si>
-    <x:t>9358978.75</x:t>
+    <x:t>9521895.95</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-45,071</x:t>
+    <x:t>1,722</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-45,071.36</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$1,722.20</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,522,200.73</x:t>
-[...2 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$3,852,707.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -700,51 +700,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81205032de4648af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06529da5192a4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47ca4f0d21d94caa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ee179a67664a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6f446a9609b54c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60c7f17656d74e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I38"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1324,486 +1324,486 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">