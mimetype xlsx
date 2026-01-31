--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -1,678 +1,675 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11a2571c4454e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd03149cd1dba493c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20260108" sheetId="1" r:id="R60c7f17656d74e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20260129" sheetId="1" r:id="Rd4d5da4f0a2541dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="211">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="210">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ARCC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PD6X77</x:t>
   </x:si>
   <x:si>
-    <x:t>12,260,338</x:t>
+    <x:t>12,176,550</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$254,769,823.64</x:t>
+    <x:t>$245,479,248.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>15.64%</x:t>
+    <x:t>15.31%</x:t>
   </x:si>
   <x:si>
     <x:t>OBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Owl Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DB0XYC4</x:t>
   </x:si>
   <x:si>
-    <x:t>11,786,656</x:t>
-[...5 lines deleted...]
-    <x:t>9.13%</x:t>
+    <x:t>11,706,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,229,139.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.87%</x:t>
   </x:si>
   <x:si>
     <x:t>BXSL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Secured Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MS80PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,703,869</x:t>
-[...5 lines deleted...]
-    <x:t>7.61%</x:t>
+    <x:t>4,671,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,176,946.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.56%</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXT422</x:t>
   </x:si>
   <x:si>
-    <x:t>837,498</x:t>
-[...2 lines deleted...]
-    <x:t>$52,092,375.60</x:t>
+    <x:t>831,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,715,383.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HTGC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hercules Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2R8K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,748,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,336,095.80</x:t>
   </x:si>
   <x:si>
     <x:t>3.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>HTGC US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>GBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Golub Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PXNF64</x:t>
   </x:si>
   <x:si>
-    <x:t>3,668,269</x:t>
-[...5 lines deleted...]
-    <x:t>3.11%</x:t>
+    <x:t>3,643,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,365,292.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.08%</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001YCZP63</x:t>
   </x:si>
   <x:si>
-    <x:t>3,316,997</x:t>
-[...5 lines deleted...]
-    <x:t>2.98%</x:t>
+    <x:t>3,294,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,524,848.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DFW799</x:t>
   </x:si>
   <x:si>
-    <x:t>1,878,793</x:t>
-[...5 lines deleted...]
-    <x:t>2.53%</x:t>
+    <x:t>1,865,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,312,265.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
   </x:si>
   <x:si>
     <x:t>CSWC US</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Southwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGJ661</x:t>
   </x:si>
   <x:si>
-    <x:t>1,142,595</x:t>
-[...5 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>1,134,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,735,487.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>TRIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T6WFZ96</x:t>
   </x:si>
   <x:si>
-    <x:t>1,504,811</x:t>
-[...5 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>1,494,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,496,528.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>MSDL US</x:t>
   </x:si>
   <x:si>
     <x:t>Morgan Stanley Direct Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R40RNG8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,432,625</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>1,422,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,064,220.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>OCSL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oaktree Specialty Lending Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TKZRB3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,735,759</x:t>
-[...5 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>1,723,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,495,648.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prospect Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3RGN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,532,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,638,386.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>MFIC US</x:t>
   </x:si>
   <x:si>
     <x:t>Midcap Financial Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CBNX94</x:t>
   </x:si>
   <x:si>
-    <x:t>1,855,143</x:t>
-[...20 lines deleted...]
-    <x:t>$20,856,253.00</x:t>
+    <x:t>1,842,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,598,691.62</x:t>
   </x:si>
   <x:si>
     <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>GSBD US</x:t>
   </x:si>
   <x:si>
     <x:t>Goldman Sachs BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004DDDKH1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,132,765</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>2,118,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,910,995.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>PFLT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001LV74X3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,972,724</x:t>
-[...2 lines deleted...]
-    <x:t>$18,859,241.44</x:t>
+    <x:t>1,959,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,573,614.16</x:t>
   </x:si>
   <x:si>
     <x:t>1.16%</x:t>
   </x:si>
   <x:si>
+    <x:t>CGBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcg BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQVWWP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,338,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,507,687.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barings BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F54FK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,806,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,476,410.88</x:t>
+  </x:si>
+  <x:si>
     <x:t>NMFC US</x:t>
   </x:si>
   <x:si>
     <x:t>New Mountain Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG22J4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,845,930</x:t>
-[...41 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>1,833,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,839,789.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>FDUS US</x:t>
   </x:si>
   <x:si>
     <x:t>Fidus Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K9JH07</x:t>
   </x:si>
   <x:si>
-    <x:t>724,278</x:t>
-[...5 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>719,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,940,460.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slr Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V86JM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>840,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,570,917.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>BCSF US</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Specialty Finance Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JDV0M15</x:t>
   </x:si>
   <x:si>
-    <x:t>958,707</x:t>
-[...23 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>952,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,558,093.48</x:t>
   </x:si>
   <x:si>
     <x:t>KBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kayne Anderson BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z6ZX0D7</x:t>
   </x:si>
   <x:si>
-    <x:t>822,143</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>816,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,569,422.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>NCDL US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Churchill Direct Lending Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S1L7066</x:t>
   </x:si>
   <x:si>
-    <x:t>836,943</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>831,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,170,897.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>GAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gladstone Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C32KN7</x:t>
   </x:si>
   <x:si>
-    <x:t>788,275</x:t>
-[...2 lines deleted...]
-    <x:t>$11,020,084.50</x:t>
+    <x:t>782,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,905,601.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>CION US</x:t>
   </x:si>
   <x:si>
     <x:t>Cion Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009KJ66B4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,027,354</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>1,020,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,519,772.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLAD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gladstone Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DJYTQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,226,009.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P0TNW2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,686,875</x:t>
-[...23 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>1,675,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,762,059.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDC8DQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,445,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,934,511.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.90%</x:t>
   </x:si>
   <x:si>
     <x:t>912797QD2</x:t>
   </x:si>
   <x:si>
-    <x:t>United States Treasury Bill</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG01T8LCHN4</x:t>
   </x:si>
   <x:si>
     <x:t>272,221,000</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...20 lines deleted...]
-    <x:t>15.50%</x:t>
+    <x:t>$270,159,304.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Mvbdc Tr (Gross) Swap</x:t>
   </x:si>
   <x:si>
     <x:t>196,823</x:t>
   </x:si>
   <x:si>
     <x:t>Swap</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>559441231.81</x:t>
+    <x:t>549827609.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>3,350</x:t>
   </x:si>
   <x:si>
-    <x:t>9521895.95</x:t>
+    <x:t>9358268.55</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>1,722</x:t>
+    <x:t>857,142</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,722.20</x:t>
+    <x:t>$857,142.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,852,707.89</x:t>
-[...2 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$-14,012,779.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -700,51 +697,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ee179a67664a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6f446a9609b54c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60c7f17656d74e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cbeb9019e8c46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc3265a46e43d4573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4d5da4f0a2541dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I38"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1324,520 +1321,520 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E34" s="1" t="s">
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E36" s="1" t="s">
+      <x:c r="G36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F37" s="1" t="s">
+      <x:c r="G37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B38" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C38" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D38" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E38" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G38" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H38" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I38" s="2" t="s">
         <x:v>1</x:v>
       </x:c>