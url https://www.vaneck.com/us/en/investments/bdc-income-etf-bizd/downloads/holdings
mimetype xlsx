--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,675 +1,675 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd03149cd1dba493c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8da2ef2f8d1c442a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20260129" sheetId="1" r:id="Rd4d5da4f0a2541dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20260219" sheetId="1" r:id="R0edea3d69760408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="210">
   <x:si>
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+    <x:t>Daily Holdings (%)  02/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ARCC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PD6X77</x:t>
   </x:si>
   <x:si>
-    <x:t>12,176,550</x:t>
+    <x:t>11,849,509</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$245,479,248.00</x:t>
+    <x:t>$224,548,195.55</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>15.31%</x:t>
+    <x:t>15.13%</x:t>
   </x:si>
   <x:si>
     <x:t>OBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Owl Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DB0XYC4</x:t>
   </x:si>
   <x:si>
-    <x:t>11,706,102</x:t>
-[...5 lines deleted...]
-    <x:t>8.87%</x:t>
+    <x:t>11,391,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,207,359.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.77%</x:t>
   </x:si>
   <x:si>
     <x:t>BXSL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Secured Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MS80PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,671,432</x:t>
-[...5 lines deleted...]
-    <x:t>7.56%</x:t>
+    <x:t>4,544,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,666,741.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.32%</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXT422</x:t>
   </x:si>
   <x:si>
-    <x:t>831,765</x:t>
-[...5 lines deleted...]
-    <x:t>3.35%</x:t>
+    <x:t>809,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,851,602.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golub Capital BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PXNF64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,545,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,324,409.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fs Kkr Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001YCZP63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,204,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,175,641.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>HTGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Hercules Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2R8K2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,748,185</x:t>
-[...41 lines deleted...]
-    <x:t>2.84%</x:t>
+    <x:t>2,674,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,854,125.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DFW799</x:t>
   </x:si>
   <x:si>
-    <x:t>1,865,956</x:t>
-[...5 lines deleted...]
-    <x:t>2.58%</x:t>
+    <x:t>1,815,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,920,152.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>CSWC US</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Southwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGJ661</x:t>
   </x:si>
   <x:si>
-    <x:t>1,134,783</x:t>
-[...5 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>1,104,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,265,903.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>TRIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T6WFZ96</x:t>
   </x:si>
   <x:si>
-    <x:t>1,494,521</x:t>
-[...5 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>1,454,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,208,107.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>MSDL US</x:t>
   </x:si>
   <x:si>
     <x:t>Morgan Stanley Direct Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R40RNG8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,422,839</x:t>
-[...2 lines deleted...]
-    <x:t>$23,064,220.19</x:t>
+    <x:t>1,384,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,544,796.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prospect Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3RGN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,329,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,403,512.40</x:t>
   </x:si>
   <x:si>
     <x:t>1.44%</x:t>
   </x:si>
   <x:si>
+    <x:t>MFIC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midcap Financial Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CBNX94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,792,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,884,170.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
     <x:t>OCSL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oaktree Specialty Lending Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TKZRB3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,723,789</x:t>
-[...41 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>1,677,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,873,030.65</x:t>
   </x:si>
   <x:si>
     <x:t>GSBD US</x:t>
   </x:si>
   <x:si>
     <x:t>Goldman Sachs BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004DDDKH1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,118,191</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>2,061,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,881,352.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>PFLT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001LV74X3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,959,242</x:t>
-[...5 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>1,906,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,301,412.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barings BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F54FK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,758,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,963,366.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>CGBD US</x:t>
   </x:si>
   <x:si>
     <x:t>Tcg BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GQVWWP4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,338,823</x:t>
-[...20 lines deleted...]
-    <x:t>$16,476,410.88</x:t>
+    <x:t>1,302,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,164,952.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>NMFC US</x:t>
   </x:si>
   <x:si>
     <x:t>New Mountain Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG22J4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,833,309</x:t>
-[...2 lines deleted...]
-    <x:t>$15,839,789.76</x:t>
+    <x:t>1,784,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,629,439.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>FDUS US</x:t>
   </x:si>
   <x:si>
     <x:t>Fidus Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K9JH07</x:t>
   </x:si>
   <x:si>
-    <x:t>719,322</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>699,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,998,442.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCSF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Specialty Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDV0M15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>926,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,504,537.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>SLRC US</x:t>
   </x:si>
   <x:si>
     <x:t>Slr Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V86JM5</x:t>
   </x:si>
   <x:si>
-    <x:t>840,302</x:t>
-[...20 lines deleted...]
-    <x:t>$12,558,093.48</x:t>
+    <x:t>817,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,151,794.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NCDL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen Churchill Direct Lending Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S1L7066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,078,066.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>KBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kayne Anderson BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z6ZX0D7</x:t>
   </x:si>
   <x:si>
-    <x:t>816,473</x:t>
-[...23 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>794,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,945,908.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>GAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gladstone Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C32KN7</x:t>
   </x:si>
   <x:si>
-    <x:t>782,886</x:t>
-[...5 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>761,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,506,518.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>CION US</x:t>
   </x:si>
   <x:si>
     <x:t>Cion Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009KJ66B4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,020,340</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>992,952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,519,528.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>GLAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Gladstone Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DJYTQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>446,132</x:t>
-[...5 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>434,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,936,444.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P0TNW2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,675,346</x:t>
-[...5 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>1,630,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,695,148.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>912797TN7</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZDC8DQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>275,445,000</x:t>
+    <x:t>287,427,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$270,934,511.00</x:t>
-[...2 lines deleted...]
-    <x:t>16.90%</x:t>
+    <x:t>$283,312,163.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.09%</x:t>
   </x:si>
   <x:si>
     <x:t>912797QD2</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T8LCHN4</x:t>
   </x:si>
   <x:si>
     <x:t>272,221,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$270,159,304.31</x:t>
-[...2 lines deleted...]
-    <x:t>16.85%</x:t>
+    <x:t>$270,720,830.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Mvbdc Tr (Gross) Swap</x:t>
   </x:si>
   <x:si>
-    <x:t>196,823</x:t>
+    <x:t>198,461</x:t>
   </x:si>
   <x:si>
     <x:t>Swap</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>549827609.20</x:t>
+    <x:t>518037786.77</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>3,350</x:t>
   </x:si>
   <x:si>
-    <x:t>9358268.55</x:t>
+    <x:t>8744421.25</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>857,142</x:t>
+    <x:t>2,418</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$857,142.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$2,418.08</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-14,012,779.43</x:t>
-[...2 lines deleted...]
-    <x:t>-0.87%</x:t>
+    <x:t>$-46,603,156.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.14%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -697,51 +697,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cbeb9019e8c46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc3265a46e43d4573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4d5da4f0a2541dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc581100d08dc471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R56ed2f976f3144c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0edea3d69760408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I38"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1205,167 +1205,167 @@
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
@@ -1437,370 +1437,370 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">