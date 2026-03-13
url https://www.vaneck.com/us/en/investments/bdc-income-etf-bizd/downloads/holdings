--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -1,675 +1,675 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8da2ef2f8d1c442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R384694811b3f4935" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20260219" sheetId="1" r:id="R0edea3d69760408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BIZD_asof_20260312" sheetId="1" r:id="Rf35bf955d3cb43f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="210">
   <x:si>
-    <x:t>Daily Holdings (%)  02/19/2026</x:t>
+    <x:t>Daily Holdings (%)  03/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ARCC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PD6X77</x:t>
   </x:si>
   <x:si>
-    <x:t>11,849,509</x:t>
+    <x:t>11,320,251</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$224,548,195.55</x:t>
+    <x:t>$199,123,215.09</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>15.13%</x:t>
+    <x:t>14.15%</x:t>
   </x:si>
   <x:si>
     <x:t>OBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Owl Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DB0XYC4</x:t>
   </x:si>
   <x:si>
-    <x:t>11,391,720</x:t>
-[...5 lines deleted...]
-    <x:t>8.77%</x:t>
+    <x:t>10,882,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,603,587.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.50%</x:t>
   </x:si>
   <x:si>
     <x:t>BXSL US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Secured Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MS80PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>4,544,824</x:t>
-[...5 lines deleted...]
-    <x:t>7.32%</x:t>
+    <x:t>4,382,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,904,451.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.39%</x:t>
   </x:si>
   <x:si>
     <x:t>MAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXT422</x:t>
   </x:si>
   <x:si>
-    <x:t>809,461</x:t>
-[...5 lines deleted...]
-    <x:t>3.16%</x:t>
+    <x:t>773,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,268,359.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>GBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Golub Capital BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PXNF64</x:t>
   </x:si>
   <x:si>
-    <x:t>3,545,369</x:t>
-[...5 lines deleted...]
-    <x:t>2.92%</x:t>
+    <x:t>3,386,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,966,529.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HTGC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hercules Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2R8K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,554,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,870,711.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>FSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Fs Kkr Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001YCZP63</x:t>
   </x:si>
   <x:si>
-    <x:t>3,204,836</x:t>
-[...23 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>3,090,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,643,719.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Sixth Street Specialty Lending Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DFW799</x:t>
   </x:si>
   <x:si>
-    <x:t>1,815,854</x:t>
-[...5 lines deleted...]
-    <x:t>2.29%</x:t>
+    <x:t>1,734,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,295,052.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>CSWC US</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Southwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGJ661</x:t>
   </x:si>
   <x:si>
-    <x:t>1,104,279</x:t>
-[...5 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>1,055,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,647,370.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>TRIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T6WFZ96</x:t>
   </x:si>
   <x:si>
-    <x:t>1,454,362</x:t>
-[...5 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>1,389,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,174,552.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>MSDL US</x:t>
   </x:si>
   <x:si>
     <x:t>Morgan Stanley Direct Lending Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R40RNG8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,384,627</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>1,322,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,233,206.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>PSEC US</x:t>
   </x:si>
   <x:si>
     <x:t>Prospect Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3RGN4</x:t>
   </x:si>
   <x:si>
-    <x:t>7,329,970</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>7,002,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,556,818.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCSL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oaktree Specialty Lending Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TKZRB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,617,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,127,646.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSBD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goldman Sachs BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004DDDKH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,969,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,841,169.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>MFIC US</x:t>
   </x:si>
   <x:si>
     <x:t>Midcap Financial Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CBNX94</x:t>
   </x:si>
   <x:si>
-    <x:t>1,792,982</x:t>
-[...38 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>1,712,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,745,830.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>PFLT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennantpark Floating Rate Capital Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001LV74X3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,906,598</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>1,821,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,644,498.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>BBDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Barings BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F54FK1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,758,080</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>1,679,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,638,100.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>CGBD US</x:t>
   </x:si>
   <x:si>
     <x:t>Tcg BDC Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GQVWWP4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,302,831</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>1,244,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,517,387.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NMFC US</x:t>
   </x:si>
   <x:si>
     <x:t>New Mountain Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG22J4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,784,078</x:t>
-[...5 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>1,704,411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,498,935.12</x:t>
   </x:si>
   <x:si>
     <x:t>FDUS US</x:t>
   </x:si>
   <x:si>
     <x:t>Fidus Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K9JH07</x:t>
   </x:si>
   <x:si>
-    <x:t>699,970</x:t>
-[...5 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>668,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,877,088.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>BCSF US</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Specialty Finance Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JDV0M15</x:t>
   </x:si>
   <x:si>
-    <x:t>926,262</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>893,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,093,022.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>SLRC US</x:t>
   </x:si>
   <x:si>
     <x:t>Slr Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V86JM5</x:t>
   </x:si>
   <x:si>
-    <x:t>817,752</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>781,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,788,095.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kayne Anderson BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z6ZX0D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>765,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,393,846.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>NCDL US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Churchill Direct Lending Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S1L7066</x:t>
   </x:si>
   <x:si>
-    <x:t>808,618</x:t>
-[...23 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>779,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,238,156.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>GAIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gladstone Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C32KN7</x:t>
   </x:si>
   <x:si>
-    <x:t>761,894</x:t>
-[...5 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>727,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,226,180.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLAD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gladstone Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DJYTQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>414,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,325,032.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>CION US</x:t>
   </x:si>
   <x:si>
     <x:t>Cion Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009KJ66B4</x:t>
   </x:si>
   <x:si>
-    <x:t>992,952</x:t>
-[...23 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>948,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,469,349.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>TCPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Tcp Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P0TNW2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,630,328</x:t>
-[...5 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>1,557,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,684,984.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>912797TN7</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZDC8DQ5</x:t>
   </x:si>
   <x:si>
     <x:t>287,427,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$283,312,163.45</x:t>
-[...2 lines deleted...]
-    <x:t>19.09%</x:t>
+    <x:t>$283,864,270.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.18%</x:t>
   </x:si>
   <x:si>
     <x:t>912797QD2</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T8LCHN4</x:t>
   </x:si>
   <x:si>
     <x:t>272,221,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$270,720,830.90</x:t>
-[...2 lines deleted...]
-    <x:t>18.24%</x:t>
+    <x:t>$271,286,879.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Mvbdc Tr (Gross) Swap</x:t>
   </x:si>
   <x:si>
     <x:t>198,461</x:t>
   </x:si>
   <x:si>
     <x:t>Swap</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>518037786.77</x:t>
+    <x:t>491627390.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>3,350</x:t>
   </x:si>
   <x:si>
-    <x:t>8744421.25</x:t>
+    <x:t>8298616.65</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>2,418</x:t>
+    <x:t>4,640,941</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,418.08</x:t>
+    <x:t>$4,640,940.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-46,603,156.43</x:t>
-[...2 lines deleted...]
-    <x:t>-3.14%</x:t>
+    <x:t>$-30,247,087.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -697,51 +697,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc581100d08dc471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R56ed2f976f3144c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0edea3d69760408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9119ba45f27445ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rece74fa9932f4880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf35bf955d3cb43f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I38"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1205,196 +1205,196 @@
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
@@ -1524,283 +1524,283 @@
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="H34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
+      <x:c r="G36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">