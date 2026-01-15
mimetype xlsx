--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -1,564 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce8e3204cbd4c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b844c05b3f4ae1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BBH_asof_20251204" sheetId="1" r:id="Rfcbd7b45d3dd4e77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BBH_asof_20260114" sheetId="1" r:id="R1ffd8670754b4dce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
   <x:si>
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+    <x:t>Daily Holdings (%)  01/14/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AMGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBS2Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>149,804</x:t>
+    <x:t>172,395</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,957,328.64</x:t>
+    <x:t>$56,712,783.15</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>13.10%</x:t>
+    <x:t>14.92%</x:t>
   </x:si>
   <x:si>
     <x:t>GILD US</x:t>
   </x:si>
   <x:si>
     <x:t>Gilead Sciences Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKGBP2</x:t>
   </x:si>
   <x:si>
-    <x:t>365,275</x:t>
-[...5 lines deleted...]
-    <x:t>11.52%</x:t>
+    <x:t>438,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,354,322.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.30%</x:t>
   </x:si>
   <x:si>
     <x:t>VRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Vertex Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1S2X2</x:t>
   </x:si>
   <x:si>
-    <x:t>79,611</x:t>
-[...5 lines deleted...]
-    <x:t>9.36%</x:t>
+    <x:t>75,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,829,829.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.90%</x:t>
   </x:si>
   <x:si>
     <x:t>REGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Regeneron Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C734W3</x:t>
   </x:si>
   <x:si>
-    <x:t>29,492</x:t>
-[...5 lines deleted...]
-    <x:t>5.48%</x:t>
+    <x:t>37,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,236,509.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iqvia Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00333FYS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,208,650.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argenx Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GHB88X9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,781,134.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natera Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001J1BQ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,708,139.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALNY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alnylam Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGNJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,254,405.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.01%</x:t>
   </x:si>
   <x:si>
     <x:t>INSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Insmed Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWM5P3</x:t>
   </x:si>
   <x:si>
-    <x:t>101,103</x:t>
-[...77 lines deleted...]
-    <x:t>4.18%</x:t>
+    <x:t>88,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,480,267.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.81%</x:t>
   </x:si>
   <x:si>
     <x:t>ONC US</x:t>
   </x:si>
   <x:si>
     <x:t>Beone Medicines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6WF7T5</x:t>
   </x:si>
   <x:si>
-    <x:t>45,276</x:t>
-[...5 lines deleted...]
-    <x:t>3.86%</x:t>
+    <x:t>39,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,526,717.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.56%</x:t>
   </x:si>
   <x:si>
     <x:t>BIIB US</x:t>
   </x:si>
   <x:si>
     <x:t>Biogen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C17X76</x:t>
   </x:si>
   <x:si>
-    <x:t>78,231</x:t>
-[...5 lines deleted...]
-    <x:t>3.66%</x:t>
+    <x:t>67,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,360,023.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>UTHR US</x:t>
   </x:si>
   <x:si>
     <x:t>United Therapeutics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4XJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>28,026</x:t>
-[...5 lines deleted...]
-    <x:t>3.49%</x:t>
+    <x:t>22,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,855,207.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illumina Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSMS70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,700,138.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
   </x:si>
   <x:si>
     <x:t>ICLR US</x:t>
   </x:si>
   <x:si>
     <x:t>Icon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTSZQ6</x:t>
   </x:si>
   <x:si>
-    <x:t>63,588</x:t>
-[...23 lines deleted...]
-    <x:t>2.87%</x:t>
+    <x:t>50,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,320,907.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exact Sciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CWL0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,298,910.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moderna Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PHHZT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,171,635.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNPSQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,852,272.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biontech Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q70B3V1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,809,936.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>NBIX US</x:t>
   </x:si>
   <x:si>
     <x:t>Neurocrine Biosciences Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GJS7C1</x:t>
   </x:si>
   <x:si>
-    <x:t>59,749</x:t>
-[...59 lines deleted...]
-    <x:t>1.97%</x:t>
+    <x:t>51,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,955,014.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C15114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,725,422.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles River Laboratories Internationa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG5BL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,643,883.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Repligen Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS48J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,833,678.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tempus Ai Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZQYJF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,781,774.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>QGEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Qiagen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GTYWL7</x:t>
   </x:si>
   <x:si>
-    <x:t>133,013</x:t>
-[...92 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>100,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,771,847.28</x:t>
   </x:si>
   <x:si>
     <x:t>BMRN US</x:t>
   </x:si>
   <x:si>
     <x:t>Biomarin Pharmaceutical Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CZWZ05</x:t>
   </x:si>
   <x:si>
-    <x:t>90,885</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>76,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,301,840.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>24,502</x:t>
+    <x:t>431,444</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,502.48</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$431,444.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$279,449.77</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$127,610.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff0f7da2c4994adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6e7bb3cbf02346f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfcbd7b45d3dd4e77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R389f5b9d4634474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcdc0e2c443dd4811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ffd8670754b4dce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1326,109 +1326,109 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">