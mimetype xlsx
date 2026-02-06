--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -1,564 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b844c05b3f4ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77cf5172940648d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BBH_asof_20260114" sheetId="1" r:id="R1ffd8670754b4dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BBH_asof_20260204" sheetId="1" r:id="R72a6c388c29a43df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/14/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>GILD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gilead Sciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKGBP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>440,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,387,116.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.38%</x:t>
+  </x:si>
+  <x:si>
     <x:t>AMGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBS2Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>172,395</x:t>
-[...29 lines deleted...]
-    <x:t>14.30%</x:t>
+    <x:t>173,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,450,741.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.14%</x:t>
   </x:si>
   <x:si>
     <x:t>VRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Vertex Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1S2X2</x:t>
   </x:si>
   <x:si>
-    <x:t>75,256</x:t>
-[...5 lines deleted...]
-    <x:t>8.90%</x:t>
+    <x:t>75,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,588,721.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.05%</x:t>
   </x:si>
   <x:si>
     <x:t>REGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Regeneron Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C734W3</x:t>
   </x:si>
   <x:si>
-    <x:t>37,442</x:t>
-[...5 lines deleted...]
-    <x:t>7.43%</x:t>
+    <x:t>37,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,167,057.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARGX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argenx Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GHB88X9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,953,357.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
   </x:si>
   <x:si>
     <x:t>IQV US</x:t>
   </x:si>
   <x:si>
     <x:t>Iqvia Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00333FYS2</x:t>
   </x:si>
   <x:si>
-    <x:t>75,445</x:t>
-[...23 lines deleted...]
-    <x:t>4.42%</x:t>
+    <x:t>75,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,358,000.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALNY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alnylam Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGNJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,709,112.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.74%</x:t>
   </x:si>
   <x:si>
     <x:t>NTRA US</x:t>
   </x:si>
   <x:si>
     <x:t>Natera Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001J1BQ86</x:t>
   </x:si>
   <x:si>
-    <x:t>69,853</x:t>
-[...23 lines deleted...]
-    <x:t>4.01%</x:t>
+    <x:t>70,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,435,261.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beone Medicines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6WF7T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,801,216.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>INSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Insmed Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWM5P3</x:t>
   </x:si>
   <x:si>
-    <x:t>88,586</x:t>
-[...23 lines deleted...]
-    <x:t>3.56%</x:t>
+    <x:t>89,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,572,495.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
   </x:si>
   <x:si>
     <x:t>BIIB US</x:t>
   </x:si>
   <x:si>
     <x:t>Biogen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C17X76</x:t>
   </x:si>
   <x:si>
-    <x:t>67,096</x:t>
-[...5 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>67,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,506,006.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>UTHR US</x:t>
   </x:si>
   <x:si>
     <x:t>United Therapeutics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4XJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>22,818</x:t>
-[...5 lines deleted...]
-    <x:t>2.86%</x:t>
+    <x:t>22,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,067,719.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>ILMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Illumina Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSMS70</x:t>
   </x:si>
   <x:si>
-    <x:t>74,322</x:t>
-[...5 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>74,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,023,858.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moderna Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PHHZT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,656,263.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exact Sciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CWL0F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,341,754.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
   </x:si>
   <x:si>
     <x:t>ICLR US</x:t>
   </x:si>
   <x:si>
     <x:t>Icon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTSZQ6</x:t>
   </x:si>
   <x:si>
-    <x:t>50,446</x:t>
-[...41 lines deleted...]
-    <x:t>2.15%</x:t>
+    <x:t>50,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,270,003.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biontech Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q70B3V1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,824,369.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>INCY US</x:t>
   </x:si>
   <x:si>
     <x:t>Incyte Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNPSQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>74,113</x:t>
-[...23 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>74,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,642,571.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>NBIX US</x:t>
   </x:si>
   <x:si>
     <x:t>Neurocrine Biosciences Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GJS7C1</x:t>
   </x:si>
   <x:si>
-    <x:t>51,393</x:t>
-[...5 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>51,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,120,882.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>TECH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bio-Techne Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C15114</x:t>
   </x:si>
   <x:si>
-    <x:t>83,705</x:t>
-[...5 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>84,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,777,138.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>CRL US</x:t>
   </x:si>
   <x:si>
     <x:t>Charles River Laboratories Internationa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG5BL8</x:t>
   </x:si>
   <x:si>
-    <x:t>26,082</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>26,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,285,266.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QGEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qiagen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GTYWL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,227,725.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biomarin Pharmaceutical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CZWZ05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,442,386.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>RGEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Repligen Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS48J3</x:t>
   </x:si>
   <x:si>
-    <x:t>29,832</x:t>
-[...5 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>29,983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,380,816.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>TEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Tempus Ai Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZQYJF9</x:t>
   </x:si>
   <x:si>
-    <x:t>69,021</x:t>
-[...38 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>69,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,714,817.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>431,444</x:t>
+    <x:t>342,111</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$431,444.20</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$342,111.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$127,610.55</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$141,787.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R389f5b9d4634474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcdc0e2c443dd4811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ffd8670754b4dce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e26893fc31047af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Recd53a3285c14f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72a6c388c29a43df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1384,143 +1387,143 @@
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>