--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,567 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77cf5172940648d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45c2d4b657cf4654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BBH_asof_20260204" sheetId="1" r:id="R72a6c388c29a43df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BBH_asof_20260225" sheetId="1" r:id="Rf40115a48bb94121"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBS2Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,684,713.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.08%</x:t>
+  </x:si>
+  <x:si>
     <x:t>GILD US</x:t>
   </x:si>
   <x:si>
     <x:t>Gilead Sciences Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKGBP2</x:t>
   </x:si>
   <x:si>
-    <x:t>440,314</x:t>
-[...29 lines deleted...]
-    <x:t>16.14%</x:t>
+    <x:t>440,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,868,738.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.62%</x:t>
   </x:si>
   <x:si>
     <x:t>VRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Vertex Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1S2X2</x:t>
   </x:si>
   <x:si>
-    <x:t>75,637</x:t>
-[...5 lines deleted...]
-    <x:t>9.05%</x:t>
+    <x:t>75,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,587,173.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.37%</x:t>
   </x:si>
   <x:si>
     <x:t>REGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Regeneron Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C734W3</x:t>
   </x:si>
   <x:si>
-    <x:t>37,632</x:t>
-[...5 lines deleted...]
-    <x:t>7.42%</x:t>
+    <x:t>37,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,554,807.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.57%</x:t>
   </x:si>
   <x:si>
     <x:t>ARGX US</x:t>
   </x:si>
   <x:si>
     <x:t>Argenx Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GHB88X9</x:t>
   </x:si>
   <x:si>
-    <x:t>21,100</x:t>
-[...5 lines deleted...]
-    <x:t>4.57%</x:t>
+    <x:t>21,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,261,336.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natera Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001J1BQ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,892,496.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beone Medicines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6WF7T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,829,254.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALNY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alnylam Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGNJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,700,016.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWM5P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,249,770.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C17X76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,879,806.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
   </x:si>
   <x:si>
     <x:t>IQV US</x:t>
   </x:si>
   <x:si>
     <x:t>Iqvia Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00333FYS2</x:t>
   </x:si>
   <x:si>
-    <x:t>75,827</x:t>
-[...95 lines deleted...]
-    <x:t>3.18%</x:t>
+    <x:t>75,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,294,150.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
   </x:si>
   <x:si>
     <x:t>UTHR US</x:t>
   </x:si>
   <x:si>
     <x:t>United Therapeutics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4XJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>22,934</x:t>
-[...5 lines deleted...]
-    <x:t>2.81%</x:t>
+    <x:t>22,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,289,106.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moderna Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PHHZT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,411,260.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
   </x:si>
   <x:si>
     <x:t>ILMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Illumina Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSMS70</x:t>
   </x:si>
   <x:si>
-    <x:t>74,699</x:t>
-[...23 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>74,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,116,119.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>EXAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Exact Sciences Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CWL0F5</x:t>
   </x:si>
   <x:si>
-    <x:t>81,566</x:t>
-[...5 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>81,679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,434,990.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biontech Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q70B3V1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,912,104.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNPSQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,457,608.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neurocrine Biosciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GJS7C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,783,602.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>ICLR US</x:t>
   </x:si>
   <x:si>
     <x:t>Icon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTSZQ6</x:t>
   </x:si>
   <x:si>
-    <x:t>50,702</x:t>
-[...59 lines deleted...]
-    <x:t>1.81%</x:t>
+    <x:t>50,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,127,972.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QGEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qiagen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GTYWL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,922,191.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>TECH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bio-Techne Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C15114</x:t>
   </x:si>
   <x:si>
-    <x:t>84,129</x:t>
-[...5 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>84,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,875,316.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biomarin Pharmaceutical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CZWZ05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,743,413.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>CRL US</x:t>
   </x:si>
   <x:si>
     <x:t>Charles River Laboratories Internationa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG5BL8</x:t>
   </x:si>
   <x:si>
-    <x:t>26,214</x:t>
-[...38 lines deleted...]
-    <x:t>$4,442,386.76</x:t>
+    <x:t>26,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,398,617.56</x:t>
   </x:si>
   <x:si>
     <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>RGEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Repligen Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS48J3</x:t>
   </x:si>
   <x:si>
-    <x:t>29,983</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>30,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,967,371.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>TEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Tempus Ai Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZQYJF9</x:t>
   </x:si>
   <x:si>
-    <x:t>69,371</x:t>
-[...5 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>69,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,731,072.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>342,111</x:t>
+    <x:t>29,818</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$342,111.29</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$29,817.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$141,787.79</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$323,655.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e26893fc31047af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Recd53a3285c14f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72a6c388c29a43df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1457bf85ad994536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R75c1992521ff4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf40115a48bb94121" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1039,491 +1036,491 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F30" s="1" t="s">
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>