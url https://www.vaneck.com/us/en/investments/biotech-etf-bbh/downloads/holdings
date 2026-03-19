--- v3 (2026-02-26)
+++ v4 (2026-03-19)
@@ -1,564 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45c2d4b657cf4654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0b575fa2114e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BBH_asof_20260225" sheetId="1" r:id="Rf40115a48bb94121"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BBH_asof_20260318" sheetId="1" r:id="R8c675ad76f634692"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
   <x:si>
-    <x:t>Daily Holdings (%)  02/25/2026</x:t>
+    <x:t>Daily Holdings (%)  03/18/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>GILD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gilead Sciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKGBP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,381,432.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.04%</x:t>
+  </x:si>
+  <x:si>
     <x:t>AMGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBS2Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>173,509</x:t>
-[...29 lines deleted...]
-    <x:t>16.62%</x:t>
+    <x:t>184,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,983,379.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.68%</x:t>
   </x:si>
   <x:si>
     <x:t>VRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Vertex Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1S2X2</x:t>
   </x:si>
   <x:si>
-    <x:t>75,742</x:t>
-[...5 lines deleted...]
-    <x:t>9.37%</x:t>
+    <x:t>80,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,446,925.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.35%</x:t>
   </x:si>
   <x:si>
     <x:t>REGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Regeneron Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C734W3</x:t>
   </x:si>
   <x:si>
-    <x:t>37,684</x:t>
-[...5 lines deleted...]
-    <x:t>7.57%</x:t>
+    <x:t>40,154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,879,394.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.67%</x:t>
   </x:si>
   <x:si>
     <x:t>ARGX US</x:t>
   </x:si>
   <x:si>
     <x:t>Argenx Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GHB88X9</x:t>
   </x:si>
   <x:si>
-    <x:t>21,129</x:t>
-[...5 lines deleted...]
-    <x:t>4.42%</x:t>
+    <x:t>22,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,421,705.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NTRA US</x:t>
   </x:si>
   <x:si>
     <x:t>Natera Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001J1BQ86</x:t>
   </x:si>
   <x:si>
-    <x:t>70,304</x:t>
-[...5 lines deleted...]
-    <x:t>3.82%</x:t>
+    <x:t>74,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,818,426.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALNY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alnylam Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFGNJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,037,876.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Insmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWM5P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,557,784.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iqvia Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00333FYS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,513,755.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C17X76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,119,574.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Therapeutics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV4XJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,979,785.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.33%</x:t>
   </x:si>
   <x:si>
     <x:t>ONC US</x:t>
   </x:si>
   <x:si>
     <x:t>Beone Medicines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6WF7T5</x:t>
   </x:si>
   <x:si>
-    <x:t>39,262</x:t>
-[...92 lines deleted...]
-    <x:t>$12,289,106.60</x:t>
+    <x:t>41,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,809,884.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>MRNA US</x:t>
   </x:si>
   <x:si>
     <x:t>Moderna Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PHHZT1</x:t>
   </x:si>
   <x:si>
-    <x:t>202,672</x:t>
-[...5 lines deleted...]
-    <x:t>2.67%</x:t>
+    <x:t>215,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,316,251.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
   </x:si>
   <x:si>
     <x:t>ILMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Illumina Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSMS70</x:t>
   </x:si>
   <x:si>
-    <x:t>74,802</x:t>
-[...5 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>79,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,799,483.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
   </x:si>
   <x:si>
     <x:t>EXAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Exact Sciences Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CWL0F5</x:t>
   </x:si>
   <x:si>
-    <x:t>81,679</x:t>
-[...5 lines deleted...]
-    <x:t>2.16%</x:t>
+    <x:t>87,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,029,881.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNPSQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,331,142.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neurocrine Biosciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GJS7C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,204,343.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>BNTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Biontech Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q70B3V1</x:t>
   </x:si>
   <x:si>
-    <x:t>72,033</x:t>
-[...41 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>76,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,907,680.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>ICLR US</x:t>
   </x:si>
   <x:si>
     <x:t>Icon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTSZQ6</x:t>
   </x:si>
   <x:si>
-    <x:t>50,772</x:t>
-[...5 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>54,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,255,274.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C15114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,561,315.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biomarin Pharmaceutical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CZWZ05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,559,727.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles River Laboratories Internationa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG5BL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,393,895.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>QGEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Qiagen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GTYWL7</x:t>
   </x:si>
   <x:si>
-    <x:t>101,238</x:t>
-[...59 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>107,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,363,826.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>RGEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Repligen Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS48J3</x:t>
   </x:si>
   <x:si>
-    <x:t>30,024</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>31,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,761,351.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>TEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Tempus Ai Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZQYJF9</x:t>
   </x:si>
   <x:si>
-    <x:t>69,467</x:t>
-[...5 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>74,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,603,887.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>29,818</x:t>
+    <x:t>408,542</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$29,817.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$408,541.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$323,655.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$224,342.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1457bf85ad994536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R75c1992521ff4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf40115a48bb94121" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05b838c9aba54689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R977c9a04cc1c497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8c675ad76f634692" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1036,312 +1036,312 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">