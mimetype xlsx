--- v0 (2025-12-05)
+++ v1 (2026-01-05)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6661f54953324838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ce869a9ccb4f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20251203" sheetId="1" r:id="Rec97c1aa3592453d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20260102" sheetId="1" r:id="R3ae3a2c29ee34efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
   <x:si>
-    <x:t>Daily Holdings (%)  12/03/2025</x:t>
+    <x:t>Daily Holdings (%)  01/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Bitcoin</x:t>
   </x:si>
   <x:si>
-    <x:t>17,061</x:t>
-[...2 lines deleted...]
-    <x:t>$1,588,182,487.81</x:t>
+    <x:t>15,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,420,078,157.11</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -103,51 +103,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b60126569c1499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1ffbdcd267e34744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec97c1aa3592453d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R683ea367ba924cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb6a596c00d2940b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ae3a2c29ee34efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E5"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>