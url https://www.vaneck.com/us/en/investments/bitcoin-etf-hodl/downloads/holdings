--- v1 (2026-01-05)
+++ v2 (2026-01-28)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ce869a9ccb4f2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811c408639fc4971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20260102" sheetId="1" r:id="R3ae3a2c29ee34efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20260126" sheetId="1" r:id="R7413c9cfb32c4003"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
   <x:si>
-    <x:t>Daily Holdings (%)  01/02/2026</x:t>
+    <x:t>Daily Holdings (%)  01/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Bitcoin</x:t>
   </x:si>
   <x:si>
-    <x:t>15,810</x:t>
-[...2 lines deleted...]
-    <x:t>$1,420,078,157.11</x:t>
+    <x:t>15,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,392,126,298.73</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -103,51 +103,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R683ea367ba924cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb6a596c00d2940b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ae3a2c29ee34efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93f4412713ca47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb35956dd6a064c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7413c9cfb32c4003" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E5"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>