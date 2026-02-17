--- v2 (2026-01-28)
+++ v3 (2026-02-17)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811c408639fc4971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63578f9b62514715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20260126" sheetId="1" r:id="R7413c9cfb32c4003"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20260212" sheetId="1" r:id="Ra62144968b2c4412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
   <x:si>
-    <x:t>Daily Holdings (%)  01/26/2026</x:t>
+    <x:t>Daily Holdings (%)  02/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Bitcoin</x:t>
   </x:si>
   <x:si>
-    <x:t>15,866</x:t>
-[...2 lines deleted...]
-    <x:t>$1,392,126,298.73</x:t>
+    <x:t>16,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,052,062.67</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -103,51 +103,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93f4412713ca47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb35956dd6a064c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7413c9cfb32c4003" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99c6a7b5797842ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R941df0cc757f426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra62144968b2c4412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E5"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>