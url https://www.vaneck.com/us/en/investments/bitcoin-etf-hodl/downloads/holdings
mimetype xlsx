--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63578f9b62514715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7afc7dee0ba949bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20260212" sheetId="1" r:id="Ra62144968b2c4412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20260306" sheetId="1" r:id="Rbc0d440f4bab4f4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
   <x:si>
-    <x:t>Daily Holdings (%)  02/12/2026</x:t>
+    <x:t>Daily Holdings (%)  03/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Bitcoin</x:t>
   </x:si>
   <x:si>
-    <x:t>16,298</x:t>
-[...2 lines deleted...]
-    <x:t>$1,068,052,062.67</x:t>
+    <x:t>17,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,158,608,224.49</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -103,51 +103,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99c6a7b5797842ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R941df0cc757f426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra62144968b2c4412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda8706bfe5574901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R330546bade1146b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc0d440f4bab4f4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E5"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>