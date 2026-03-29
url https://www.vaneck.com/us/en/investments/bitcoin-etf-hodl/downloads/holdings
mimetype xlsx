--- v4 (2026-03-09)
+++ v5 (2026-03-29)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7afc7dee0ba949bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2df06986a5c4d71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20260306" sheetId="1" r:id="Rbc0d440f4bab4f4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HODL_asof_20260326" sheetId="1" r:id="R4f680042125a4cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
   <x:si>
-    <x:t>Daily Holdings (%)  03/06/2026</x:t>
+    <x:t>Daily Holdings (%)  03/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Bitcoin</x:t>
   </x:si>
   <x:si>
-    <x:t>17,033</x:t>
-[...2 lines deleted...]
-    <x:t>$1,158,608,224.49</x:t>
+    <x:t>17,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,166,767,240.00</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -103,51 +103,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda8706bfe5574901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R330546bade1146b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc0d440f4bab4f4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d4847d504b41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6c6af3237eab49bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4f680042125a4cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E5"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="12" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>