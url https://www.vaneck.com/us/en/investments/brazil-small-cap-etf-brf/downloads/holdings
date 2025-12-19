--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -1,1716 +1,1716 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R340f10fbf56c4168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733c9df17ac74fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20251204" sheetId="1" r:id="Ra3203470111244b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20251217" sheetId="1" r:id="R69a12e0449f342c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="557">
   <x:si>
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+    <x:t>Daily Holdings (%)  12/17/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>ERO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ero Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J09YMM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,653.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CYRE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cyrela Brazil Realty Sa Empreendimentos</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHPKD3</x:t>
   </x:si>
   <x:si>
     <x:t>171,050</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...26 lines deleted...]
-    <x:t>4.34%</x:t>
+    <x:t>$961,556.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
   </x:si>
   <x:si>
     <x:t>CSMG3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Saneamento De Minas Gerais-Copas</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M50TV5</x:t>
   </x:si>
   <x:si>
     <x:t>114,438</x:t>
   </x:si>
   <x:si>
-    <x:t>$923,983.36</x:t>
-[...2 lines deleted...]
-    <x:t>3.76%</x:t>
+    <x:t>$889,846.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>ALUP11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Alupar Investimento Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PQHMW2</x:t>
   </x:si>
   <x:si>
     <x:t>135,693</x:t>
   </x:si>
   <x:si>
-    <x:t>$878,726.52</x:t>
-[...2 lines deleted...]
-    <x:t>3.58%</x:t>
+    <x:t>$787,403.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
   </x:si>
   <x:si>
     <x:t>COGN3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cogna Educacao</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DN7YR3</x:t>
   </x:si>
   <x:si>
     <x:t>937,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$706,092.75</x:t>
-[...2 lines deleted...]
-    <x:t>2.88%</x:t>
+    <x:t>$608,747.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
   </x:si>
   <x:si>
     <x:t>SAPR11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Saneamento Do Parana</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JBB34P2</x:t>
   </x:si>
   <x:si>
     <x:t>91,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$679,975.34</x:t>
-[...2 lines deleted...]
-    <x:t>2.77%</x:t>
+    <x:t>$606,948.89</x:t>
   </x:si>
   <x:si>
     <x:t>IGTI11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Iguatemi Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0131XR464</x:t>
   </x:si>
   <x:si>
     <x:t>130,450</x:t>
   </x:si>
   <x:si>
-    <x:t>$675,327.79</x:t>
-[...2 lines deleted...]
-    <x:t>2.75%</x:t>
+    <x:t>$586,895.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Petroleum Oleo E Gas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y4RJKF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,816.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CURY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cury Construtora E Incorporadora Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C0463Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,257.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>DIRR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Direcional Engenharia Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P8N9L6</x:t>
   </x:si>
   <x:si>
     <x:t>191,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$673,081.01</x:t>
-[...38 lines deleted...]
-    <x:t>2.21%</x:t>
+    <x:t>$498,235.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
   </x:si>
   <x:si>
     <x:t>VIVA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Vivara Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q29WNZ6</x:t>
   </x:si>
   <x:si>
     <x:t>76,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$520,477.03</x:t>
-[...2 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>$456,241.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcos Dorados Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001LR99L2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$439,147.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORVR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orizon Valorizacao De Residuos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YLW5FR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$435,560.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLRY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fleury Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRQZM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,953.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auren Energia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P348290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,863.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>POMO4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Marcopolo Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CX36</x:t>
   </x:si>
   <x:si>
     <x:t>384,840</x:t>
   </x:si>
   <x:si>
-    <x:t>$478,872.07</x:t>
-[...71 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>$425,696.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAP4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bradespar Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C25R24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,421.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>ECOR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Ecorodovias Infraestrutura E Logistica</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QSPZ95</x:t>
   </x:si>
   <x:si>
     <x:t>196,990</x:t>
   </x:si>
   <x:si>
-    <x:t>$423,124.01</x:t>
-[...20 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>$359,719.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPAN4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Pan Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RYJY28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,488.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDIA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M Dias Branco Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS37N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,966.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSR6 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Do Estado Do Rio Grande Do Sul Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ32T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,521.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karoon Gas Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N80D34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,565.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIP6 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipar Carbocloro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2BCY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,324.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irb Brasil Resseguros Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ00L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,291.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODPV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Odontoprev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBXR73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,694.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USIM5 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Usinas Siderurgicas De Minas Gerais Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K59S31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,941.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLCE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slc Agricola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R7T985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,037.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ituran Location And Control Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HBTSH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,380.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EZTC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ez Tec Empreendimentos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RCQF01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,200.10</x:t>
   </x:si>
   <x:si>
     <x:t>MGLU3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Magazine Luiza Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PWYLV3</x:t>
   </x:si>
   <x:si>
     <x:t>178,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$390,376.60</x:t>
-[...140 lines deleted...]
-    <x:t>$327,465.10</x:t>
+    <x:t>$296,959.86</x:t>
   </x:si>
   <x:si>
     <x:t>1.33%</x:t>
   </x:si>
   <x:si>
+    <x:t>BEEF3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minerva Sa/Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q6CG80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,164.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHSF3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jhsf Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PGKZ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,508.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YDUQ3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yduqs Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RPWPQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,194.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
     <x:t>AZZA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Arezzo Industria E Comercio Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BGWLL4</x:t>
   </x:si>
   <x:si>
     <x:t>60,875</x:t>
   </x:si>
   <x:si>
-    <x:t>$326,718.73</x:t>
-[...89 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>$264,935.49</x:t>
   </x:si>
   <x:si>
     <x:t>MRVE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Mrv Engenharia E Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QWT9X3</x:t>
   </x:si>
   <x:si>
     <x:t>169,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$294,342.49</x:t>
-[...20 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>$246,978.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMTO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sao Martinho S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QVK054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,064.68</x:t>
   </x:si>
   <x:si>
     <x:t>ABCB4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Abc Brasil Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QJ56H2</x:t>
   </x:si>
   <x:si>
     <x:t>54,998</x:t>
   </x:si>
   <x:si>
-    <x:t>$261,217.33</x:t>
-[...2 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>$243,546.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tres Tentos Agroindustrial Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XGV714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,810.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpargatas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC1CL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,271.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>CEAB3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>C&amp;A Modas Ltda</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q883N02</x:t>
   </x:si>
   <x:si>
     <x:t>89,050</x:t>
   </x:si>
   <x:si>
-    <x:t>$259,503.20</x:t>
+    <x:t>$208,150.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construtora Tenda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H4NQT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,509.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexco Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBDM58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>212,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,825.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VINP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinci Partners Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRJVVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,407.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEVE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mahle Metal Leve Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYQRF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,129.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>SIMH3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Simpar Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BRFV5W1</x:t>
   </x:si>
   <x:si>
     <x:t>184,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$252,512.68</x:t>
-[...35 lines deleted...]
-    <x:t>$245,221.90</x:t>
+    <x:t>$176,841.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>MOVI3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Movida Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CP5CGT4</x:t>
   </x:si>
   <x:si>
     <x:t>85,850</x:t>
   </x:si>
   <x:si>
-    <x:t>$220,441.07</x:t>
-[...50 lines deleted...]
-    <x:t>$215,410.06</x:t>
+    <x:t>$163,307.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VULC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vulcabras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2H6T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,095.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RECV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroreconcavo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1DZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,831.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>VAMO3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Vamos Locacao De Caminhoes Maquinas E E</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBBR3V6</x:t>
   </x:si>
   <x:si>
     <x:t>247,350</x:t>
   </x:si>
   <x:si>
-    <x:t>$193,240.37</x:t>
-[...68 lines deleted...]
-    <x:t>$168,438.93</x:t>
+    <x:t>$149,812.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYPK3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iochpe Maxion Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZPMJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,558.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBAV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Brasileira De Aluminio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZNY36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,523.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hidrovias Do Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002D7HFJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>204,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,210.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepler Weber Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYJY43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,123.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Braskem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJYK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,616.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>LWSA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Lwsa Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TZV8X2</x:t>
   </x:si>
   <x:si>
     <x:t>170,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$153,653.67</x:t>
-[...2 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>$132,870.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFYA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afya Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PK9C4C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,586.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>MDNE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Moura Dubeux Engenharia S/A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F2F582</x:t>
   </x:si>
   <x:si>
     <x:t>29,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$153,003.64</x:t>
-[...53 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>$128,124.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intelbras Sa Industria De Telecomunicac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1JK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,517.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011M1L5H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,968.64</x:t>
   </x:si>
   <x:si>
     <x:t>SBFG3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Sbf Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003MC9592</x:t>
   </x:si>
   <x:si>
     <x:t>51,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$145,327.13</x:t>
-[...68 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>$115,989.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brasilagro - Co Brasileira De Proprieda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P1P859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,024.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNVL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dimed Sa Distribuidora Da Medicamentos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C09194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,600.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oncoclinicas Do Brasil Servicos Medicos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PFZTW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,684.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RANI3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irani Papel E Embalagem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0KBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,615.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PETZ3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pet Center Comercio E Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005PTZGL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,218.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FESA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Ferro Ligas Da Bahia - Ferbasa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW1ZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,422.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grendene Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVXD17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,556.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mills Estruturas E Servicos De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBGBD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,119.64</x:t>
   </x:si>
   <x:si>
     <x:t>RAPT4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Randon Sa Implementos E Participacoes</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0L9J2</x:t>
   </x:si>
   <x:si>
     <x:t>101,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$129,546.97</x:t>
-[...107 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>$104,419.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLID3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valid Solucoes E Servicos De Seguranca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NXBD73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,202.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>GUAR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Guararapes Confeccoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX7WK4</x:t>
   </x:si>
   <x:si>
     <x:t>51,050</x:t>
   </x:si>
   <x:si>
-    <x:t>$112,439.64</x:t>
-[...17 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>$95,072.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>PLPL3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Plano &amp; Plano Desenvolvimento Imobiliar</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W8ZZHK5</x:t>
   </x:si>
   <x:si>
     <x:t>35,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$109,774.57</x:t>
-[...32 lines deleted...]
-    <x:t>$107,397.33</x:t>
+    <x:t>$92,444.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIZ4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raizen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0020BM0M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,028.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>FRAS3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Fras-Le Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1CYG8</x:t>
   </x:si>
   <x:si>
     <x:t>21,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,314.92</x:t>
-[...35 lines deleted...]
-    <x:t>$97,296.62</x:t>
+    <x:t>$89,751.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SONDA CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F7R6Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,823.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Log Commercial Properties E Participaco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XFGVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,809.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>LIGT3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Light S?A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND430</x:t>
   </x:si>
   <x:si>
     <x:t>89,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$93,380.33</x:t>
-[...35 lines deleted...]
-    <x:t>$81,999.23</x:t>
+    <x:t>$72,383.97</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
+    <x:t>TGMA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tegma Gestao Logistica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KLPQD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,452.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAML3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Camil Alimentos Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PRSWS1</x:t>
   </x:si>
   <x:si>
     <x:t>63,250</x:t>
   </x:si>
   <x:si>
-    <x:t>$69,496.96</x:t>
-[...20 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>$61,133.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>TUPY3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Tupy Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C256X6</x:t>
   </x:si>
   <x:si>
     <x:t>24,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$58,416.43</x:t>
+    <x:t>$55,169.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGMN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empreendimentos Pague Menos S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ3FF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,071.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
-    <x:t>PGMN3 BZ</x:t>
-[...14 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>AGRO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adecoagro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCNPK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,775.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>ARML3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Armac Locacao Logistica E Servicos Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YDGW1Z9</x:t>
   </x:si>
   <x:si>
     <x:t>56,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,356.81</x:t>
-[...17 lines deleted...]
-    <x:t>$50,748.60</x:t>
+    <x:t>$45,023.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>BLAU3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Blau Farmaceutica Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWQBZ94</x:t>
   </x:si>
   <x:si>
     <x:t>19,450</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,944.70</x:t>
-[...2 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>$44,934.40</x:t>
   </x:si>
   <x:si>
     <x:t>CSED3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cruzeiro Do Sul Educacional Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002F3XB56</x:t>
   </x:si>
   <x:si>
     <x:t>37,350</x:t>
   </x:si>
   <x:si>
-    <x:t>$44,999.58</x:t>
-[...2 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$38,606.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATD3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hospital Mater Dei Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ3CQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,812.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>BHIA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Casas Bahia Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXYF9</x:t>
   </x:si>
   <x:si>
     <x:t>59,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,985.34</x:t>
+    <x:t>$33,166.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>MATD3 BZ</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>ZAMP3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Zamp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007LNZ7H8</x:t>
   </x:si>
   <x:si>
     <x:t>41,615</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,419.26</x:t>
+    <x:t>$26,412.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VULC9 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBHDTD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,490.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>VULC9 BZ</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>2324825D AU</x:t>
   </x:si>
   <x:si>
     <x:t>Esg Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K8HVYQ1</x:t>
   </x:si>
   <x:si>
     <x:t>26,308</x:t>
   </x:si>
   <x:si>
-    <x:t>$695.95</x:t>
+    <x:t>$695.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>OIBR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Oi Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PJXHR7</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>$.02</x:t>
   </x:si>
   <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,430.62</x:t>
+  </x:si>
+  <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...23 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>551,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,012.86</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.55</x:t>
+    <x:t>$1.57</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$78,715.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>$85,384.85</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1738,51 +1738,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14155a643aba400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbf6fba4b142d45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3203470111244b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83965012ff544096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36f8f40aea63443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69a12e0449f342c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I100"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2014,283 +2014,283 @@
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
@@ -2420,138 +2420,138 @@
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
@@ -2623,544 +2623,544 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
@@ -3174,602 +3174,602 @@
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
@@ -3783,109 +3783,109 @@
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
@@ -3899,776 +3899,776 @@
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>435</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>494</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>534</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H100" s="2" t="s">