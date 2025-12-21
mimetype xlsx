--- v1 (2025-12-19)
+++ v2 (2025-12-21)
@@ -1,1716 +1,1716 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733c9df17ac74fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf561b0296d294c4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20251217" sheetId="1" r:id="R69a12e0449f342c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20251218" sheetId="1" r:id="R04534fce3d034059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="557">
   <x:si>
-    <x:t>Daily Holdings (%)  12/17/2025</x:t>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ERO US</x:t>
   </x:si>
   <x:si>
     <x:t>Ero Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J09YMM8</x:t>
   </x:si>
   <x:si>
     <x:t>42,414</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,058,653.44</x:t>
+    <x:t>$1,082,829.42</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>4.75%</x:t>
+    <x:t>4.85%</x:t>
   </x:si>
   <x:si>
     <x:t>CYRE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cyrela Brazil Realty Sa Empreendimentos</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHPKD3</x:t>
   </x:si>
   <x:si>
     <x:t>171,050</x:t>
   </x:si>
   <x:si>
-    <x:t>$961,556.25</x:t>
-[...2 lines deleted...]
-    <x:t>4.32%</x:t>
+    <x:t>$944,770.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
   </x:si>
   <x:si>
     <x:t>CSMG3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Saneamento De Minas Gerais-Copas</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M50TV5</x:t>
   </x:si>
   <x:si>
     <x:t>114,438</x:t>
   </x:si>
   <x:si>
-    <x:t>$889,846.21</x:t>
-[...2 lines deleted...]
-    <x:t>4.00%</x:t>
+    <x:t>$889,267.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.98%</x:t>
   </x:si>
   <x:si>
     <x:t>ALUP11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Alupar Investimento Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PQHMW2</x:t>
   </x:si>
   <x:si>
     <x:t>135,693</x:t>
   </x:si>
   <x:si>
-    <x:t>$787,403.51</x:t>
-[...2 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>$777,003.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAPR11 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Saneamento Do Parana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JBB34P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$626,555.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>COGN3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cogna Educacao</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DN7YR3</x:t>
   </x:si>
   <x:si>
     <x:t>937,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$608,747.04</x:t>
-[...17 lines deleted...]
-    <x:t>$606,948.89</x:t>
+    <x:t>$601,133.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>IGTI11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Iguatemi Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0131XR464</x:t>
   </x:si>
   <x:si>
     <x:t>130,450</x:t>
   </x:si>
   <x:si>
-    <x:t>$586,895.49</x:t>
-[...2 lines deleted...]
-    <x:t>2.64%</x:t>
+    <x:t>$590,828.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>BRAV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>3r Petroleum Oleo E Gas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RJKF0</x:t>
   </x:si>
   <x:si>
     <x:t>209,559</x:t>
   </x:si>
   <x:si>
-    <x:t>$554,816.15</x:t>
-[...2 lines deleted...]
-    <x:t>2.49%</x:t>
+    <x:t>$588,222.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
   </x:si>
   <x:si>
     <x:t>CURY3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cury Construtora E Incorporadora Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00C0463Z3</x:t>
   </x:si>
   <x:si>
     <x:t>86,150</x:t>
   </x:si>
   <x:si>
-    <x:t>$502,257.21</x:t>
-[...2 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>$497,367.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
   </x:si>
   <x:si>
     <x:t>DIRR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Direcional Engenharia Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P8N9L6</x:t>
   </x:si>
   <x:si>
     <x:t>191,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$498,235.40</x:t>
-[...2 lines deleted...]
-    <x:t>2.24%</x:t>
+    <x:t>$480,250.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>VIVA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Vivara Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q29WNZ6</x:t>
   </x:si>
   <x:si>
     <x:t>76,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$456,241.76</x:t>
-[...2 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>$462,580.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORVR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orizon Valorizacao De Residuos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YLW5FR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,265.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
   </x:si>
   <x:si>
     <x:t>ARCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Arcos Dorados Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001LR99L2</x:t>
   </x:si>
   <x:si>
     <x:t>60,572</x:t>
   </x:si>
   <x:si>
     <x:t>$439,147.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.97%</x:t>
   </x:si>
   <x:si>
-    <x:t>ORVR3 BZ</x:t>
-[...11 lines deleted...]
-    <x:t>$435,560.47</x:t>
+    <x:t>FLRY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fleury Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRQZM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,542.90</x:t>
   </x:si>
   <x:si>
     <x:t>1.96%</x:t>
   </x:si>
   <x:si>
-    <x:t>FLRY3 BZ</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>AURE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Auren Energia Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P348290</x:t>
   </x:si>
   <x:si>
     <x:t>196,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$426,863.48</x:t>
+    <x:t>$428,772.18</x:t>
   </x:si>
   <x:si>
     <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>POMO4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Marcopolo Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CX36</x:t>
   </x:si>
   <x:si>
     <x:t>384,840</x:t>
   </x:si>
   <x:si>
-    <x:t>$425,696.39</x:t>
-[...2 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>$422,334.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>BRAP4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Bradespar Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C25R24</x:t>
   </x:si>
   <x:si>
     <x:t>104,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$390,421.94</x:t>
-[...2 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>$383,228.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>ECOR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Ecorodovias Infraestrutura E Logistica</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QSPZ95</x:t>
   </x:si>
   <x:si>
     <x:t>196,990</x:t>
   </x:si>
   <x:si>
-    <x:t>$359,719.16</x:t>
-[...2 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>$359,590.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>BPAN4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Pan Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RYJY28</x:t>
   </x:si>
   <x:si>
     <x:t>172,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$344,488.67</x:t>
-[...2 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>$348,089.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>MDIA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>M Dias Branco Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS37N1</x:t>
   </x:si>
   <x:si>
     <x:t>75,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$332,966.43</x:t>
-[...2 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>$330,876.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>BRSR6 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Do Estado Do Rio Grande Do Sul Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QJ32T0</x:t>
   </x:si>
   <x:si>
     <x:t>121,950</x:t>
   </x:si>
   <x:si>
-    <x:t>$325,521.39</x:t>
+    <x:t>$326,628.12</x:t>
   </x:si>
   <x:si>
     <x:t>1.46%</x:t>
   </x:si>
   <x:si>
+    <x:t>UNIP6 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipar Carbocloro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2BCY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,002.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irb Brasil Resseguros Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ00L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,794.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ituran Location And Control Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HBTSH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,578.92</x:t>
+  </x:si>
+  <x:si>
     <x:t>KAR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Karoon Gas Australia Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N80D34</x:t>
   </x:si>
   <x:si>
     <x:t>308,361</x:t>
   </x:si>
   <x:si>
-    <x:t>$317,565.08</x:t>
-[...35 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>$306,292.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EZTC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ez Tec Empreendimentos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RCQF01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,403.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLCE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slc Agricola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R7T985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,949.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGLU3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magazine Luiza Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PWYLV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,394.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USIM5 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Usinas Siderurgicas De Minas Gerais Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K59S31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>280,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,502.72</x:t>
   </x:si>
   <x:si>
     <x:t>ODPV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Odontoprev Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QBXR73</x:t>
   </x:si>
   <x:si>
     <x:t>151,190</x:t>
   </x:si>
   <x:si>
-    <x:t>$305,694.66</x:t>
-[...86 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>$298,614.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>BEEF3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Minerva Sa/Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6CG80</x:t>
   </x:si>
   <x:si>
     <x:t>275,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$282,164.46</x:t>
-[...2 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>$281,285.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>JHSF3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Jhsf Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PGKZ06</x:t>
   </x:si>
   <x:si>
     <x:t>196,850</x:t>
   </x:si>
   <x:si>
-    <x:t>$269,508.39</x:t>
-[...2 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>$274,135.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZZA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arezzo Industria E Comercio Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BGWLL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,987.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>YDUQ3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Yduqs Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RPWPQ5</x:t>
   </x:si>
   <x:si>
     <x:t>118,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$265,194.44</x:t>
-[...17 lines deleted...]
-    <x:t>$264,935.49</x:t>
+    <x:t>$267,418.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABCB4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Abc Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ56H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,704.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Mrv Engenharia E Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QWT9X3</x:t>
   </x:si>
   <x:si>
     <x:t>169,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$246,978.63</x:t>
-[...2 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>$242,350.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>SMTO3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Sao Martinho S/A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QVK054</x:t>
   </x:si>
   <x:si>
     <x:t>86,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$246,064.68</x:t>
-[...17 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>$238,560.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>TTEN3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Tres Tentos Agroindustrial Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001XGV714</x:t>
   </x:si>
   <x:si>
     <x:t>74,950</x:t>
   </x:si>
   <x:si>
-    <x:t>$221,810.30</x:t>
-[...2 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>$221,103.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEAB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C&amp;A Modas Ltda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q883N02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,353.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>ALPA4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Alpargatas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1CL9</x:t>
   </x:si>
   <x:si>
     <x:t>97,250</x:t>
   </x:si>
   <x:si>
-    <x:t>$208,271.30</x:t>
+    <x:t>$207,461.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construtora Tenda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H4NQT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,925.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexco Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBDM58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>212,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,937.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VINP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinci Partners Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRJVVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,957.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEVE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mahle Metal Leve Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYQRF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,908.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMH3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpar Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BRFV5W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,938.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOVI3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Movida Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP5CGT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,977.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RECV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroreconcavo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1DZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,860.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VULC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vulcabras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2H6T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,961.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBAV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Brasileira De Aluminio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZNY36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,599.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAMO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vamos Locacao De Caminhoes Maquinas E E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBBR3V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,516.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hidrovias Do Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002D7HFJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>204,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,246.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYPK3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iochpe Maxion Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZPMJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,818.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Braskem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJYK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,115.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepler Weber Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYJY43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,669.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LWSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lwsa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TZV8X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,456.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFYA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afya Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PK9C4C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,394.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDNE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moura Dubeux Engenharia S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F2F582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,218.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oncoclinicas Do Brasil Servicos Medicos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PFZTW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,523.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNVL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dimed Sa Distribuidora Da Medicamentos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C09194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,321.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intelbras Sa Industria De Telecomunicac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1JK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,056.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011M1L5H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,968.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBFG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Sbf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003MC9592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,231.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brasilagro - Co Brasileira De Proprieda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P1P859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,704.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RANI3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irani Papel E Embalagem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0KBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,905.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PETZ3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pet Center Comercio E Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005PTZGL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,578.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mills Estruturas E Servicos De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBGBD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,849.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FESA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Ferro Ligas Da Bahia - Ferbasa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW1ZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,521.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grendene Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVXD17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,627.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GUAR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guararapes Confeccoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7WK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,096.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAPT4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Randon Sa Implementos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0L9J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,812.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLID3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valid Solucoes E Servicos De Seguranca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NXBD73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,871.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plano &amp; Plano Desenvolvimento Imobiliar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W8ZZHK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,643.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIZ4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raizen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0020BM0M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,907.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRAS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fras-Le Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1CYG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,052.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SONDA CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F7R6Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,592.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIGT3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Light S?A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,961.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Log Commercial Properties E Participaco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XFGVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,959.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAML3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Camil Alimentos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRSWS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,623.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGMA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tegma Gestao Logistica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KLPQD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,485.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGMN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empreendimentos Pague Menos S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ3FF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,410.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TUPY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tupy Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C256X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,303.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adecoagro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCNPK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,354.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLAU3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blau Farmaceutica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FWQBZ94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,983.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARML3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armac Locacao Logistica E Servicos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YDGW1Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,841.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSED3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cruzeiro Do Sul Educacional Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002F3XB56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,036.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATD3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hospital Mater Dei Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ3CQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,748.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHIA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Casas Bahia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWXYF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,511.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAMP3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zamp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007LNZ7H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,376.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VULC9 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBHDTD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,348.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2324825D AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esg Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8HVYQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OIBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJXHR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>209,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,082.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.94%</x:t>
   </x:si>
   <x:si>
-    <x:t>CEAB3 BZ</x:t>
-[...910 lines deleted...]
-  <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>551,526</x:t>
-[...2 lines deleted...]
-    <x:t>$100,012.86</x:t>
+    <x:t>8,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,491.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>$1.57</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$85,384.85</x:t>
+    <x:t>$215,019.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1738,51 +1738,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83965012ff544096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36f8f40aea63443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69a12e0449f342c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80f6e5bdfcc41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raffc9a04833d4243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04534fce3d034059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I100"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2014,573 +2014,573 @@
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
@@ -2884,254 +2884,254 @@
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
@@ -3319,1356 +3319,1356 @@
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>432</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>491</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D92" s="1" t="s">
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>525</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="H93" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
         <x:v>531</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="G95" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>546</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F99" s="1" t="s">
+      <x:c r="G99" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="G99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
         <x:v>555</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="2" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H100" s="2" t="s">