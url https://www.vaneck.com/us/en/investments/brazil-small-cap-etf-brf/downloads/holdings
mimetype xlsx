--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,1716 +1,1737 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf561b0296d294c4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d52098667941be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20251218" sheetId="1" r:id="R04534fce3d034059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20260108" sheetId="1" r:id="R8f0b6f5159ba4009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="557">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="812" uniqueCount="564">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ERO US</x:t>
   </x:si>
   <x:si>
     <x:t>Ero Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J09YMM8</x:t>
   </x:si>
   <x:si>
-    <x:t>42,414</x:t>
+    <x:t>39,306</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,082,829.42</x:t>
+    <x:t>$1,143,411.54</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>4.85%</x:t>
+    <x:t>5.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSMG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Saneamento De Minas Gerais-Copas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M50TV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$827,310.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALUP11 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alupar Investimento Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PQHMW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,877.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAPR11 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Saneamento Do Parana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JBB34P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$725,603.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
   </x:si>
   <x:si>
     <x:t>CYRE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cyrela Brazil Realty Sa Empreendimentos</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHPKD3</x:t>
   </x:si>
   <x:si>
-    <x:t>171,050</x:t>
-[...59 lines deleted...]
-    <x:t>2.81%</x:t>
+    <x:t>155,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,287.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
   </x:si>
   <x:si>
     <x:t>COGN3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cogna Educacao</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DN7YR3</x:t>
   </x:si>
   <x:si>
-    <x:t>937,700</x:t>
-[...5 lines deleted...]
-    <x:t>2.69%</x:t>
+    <x:t>1,019,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$670,067.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>IGTI11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Iguatemi Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0131XR464</x:t>
   </x:si>
   <x:si>
-    <x:t>130,450</x:t>
-[...5 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>128,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,312.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
   </x:si>
   <x:si>
     <x:t>BRAV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>3r Petroleum Oleo E Gas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RJKF0</x:t>
   </x:si>
   <x:si>
-    <x:t>209,559</x:t>
-[...5 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>185,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$586,387.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
   </x:si>
   <x:si>
     <x:t>CURY3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cury Construtora E Incorporadora Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00C0463Z3</x:t>
   </x:si>
   <x:si>
-    <x:t>86,150</x:t>
-[...5 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>85,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,905.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLRY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fleury Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRQZM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,824.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
   </x:si>
   <x:si>
     <x:t>DIRR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Direcional Engenharia Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P8N9L6</x:t>
   </x:si>
   <x:si>
-    <x:t>191,200</x:t>
-[...5 lines deleted...]
-    <x:t>2.15%</x:t>
+    <x:t>185,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,564.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcos Dorados Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001LR99L2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,465.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POMO4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marcopolo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0CX36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$461,374.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>VIVA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Vivara Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q29WNZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>76,800</x:t>
-[...5 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>75,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$427,220.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>ORVR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Orizon Valorizacao De Residuos Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YLW5FR3</x:t>
   </x:si>
   <x:si>
-    <x:t>34,750</x:t>
-[...41 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>32,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,167.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>AURE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Auren Energia Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P348290</x:t>
   </x:si>
   <x:si>
-    <x:t>196,000</x:t>
-[...23 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>193,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$414,464.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECOR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecorodovias Infraestrutura E Logistica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QSPZ95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,777.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>BRAP4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Bradespar Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C25R24</x:t>
   </x:si>
   <x:si>
-    <x:t>104,400</x:t>
-[...23 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>95,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,538.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>BPAN4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Pan Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RYJY28</x:t>
   </x:si>
   <x:si>
-    <x:t>172,700</x:t>
-[...5 lines deleted...]
-    <x:t>1.56%</x:t>
+    <x:t>171,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,513.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSR6 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Do Estado Do Rio Grande Do Sul Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ32T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,231.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USIM5 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Usinas Siderurgicas De Minas Gerais Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K59S31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>293,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,944.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ituran Location And Control Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HBTSH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,366.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>MDIA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>M Dias Branco Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS37N1</x:t>
   </x:si>
   <x:si>
-    <x:t>75,500</x:t>
-[...23 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>74,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,778.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>UNIP6 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Unipar Carbocloro Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2BCY5</x:t>
   </x:si>
   <x:si>
-    <x:t>30,700</x:t>
-[...2 lines deleted...]
-    <x:t>$311,002.90</x:t>
+    <x:t>30,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,260.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EZTC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ez Tec Empreendimentos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RCQF01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,030.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGLU3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magazine Luiza Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PWYLV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,191.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODPV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Odontoprev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBXR73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,445.83</x:t>
   </x:si>
   <x:si>
     <x:t>1.39%</x:t>
   </x:si>
   <x:si>
+    <x:t>SLCE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slc Agricola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R7T985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,538.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
     <x:t>IRBR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Irb Brasil Resseguros Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ00L1</x:t>
   </x:si>
   <x:si>
-    <x:t>33,023</x:t>
-[...17 lines deleted...]
-    <x:t>$310,578.92</x:t>
+    <x:t>32,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,323.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHSF3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jhsf Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PGKZ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>194,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$290,891.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YDUQ3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yduqs Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RPWPQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,842.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>KAR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Karoon Gas Australia Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N80D34</x:t>
   </x:si>
   <x:si>
-    <x:t>308,361</x:t>
-[...89 lines deleted...]
-    <x:t>1.34%</x:t>
+    <x:t>271,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,735.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>BEEF3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Minerva Sa/Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6CG80</x:t>
   </x:si>
   <x:si>
-    <x:t>275,400</x:t>
-[...23 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>279,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,450.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRVE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrv Engenharia E Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QWT9X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>167,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,561.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>AZZA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Arezzo Industria E Comercio Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BGWLL4</x:t>
   </x:si>
   <x:si>
-    <x:t>60,875</x:t>
-[...20 lines deleted...]
-    <x:t>$267,418.33</x:t>
+    <x:t>54,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,056.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>ABCB4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Abc Brasil Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QJ56H2</x:t>
   </x:si>
   <x:si>
-    <x:t>54,998</x:t>
-[...23 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>54,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,930.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexco Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBDM58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,931.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpargatas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC1CL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,346.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tres Tentos Agroindustrial Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XGV714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,305.03</x:t>
   </x:si>
   <x:si>
     <x:t>SMTO3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Sao Martinho S/A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QVK054</x:t>
   </x:si>
   <x:si>
-    <x:t>86,100</x:t>
-[...20 lines deleted...]
-    <x:t>$221,103.86</x:t>
+    <x:t>85,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,598.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.99%</x:t>
   </x:si>
   <x:si>
+    <x:t>TEND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construtora Tenda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H4NQT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,120.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VINP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinci Partners Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRJVVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,314.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VULC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vulcabras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2H6T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,904.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBAV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Brasileira De Aluminio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZNY36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,578.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEVE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mahle Metal Leve Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYQRF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,328.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMH3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpar Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BRFV5W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>181,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,588.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CEAB3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>C&amp;A Modas Ltda</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q883N02</x:t>
   </x:si>
   <x:si>
-    <x:t>89,050</x:t>
-[...104 lines deleted...]
-    <x:t>$170,938.07</x:t>
+    <x:t>88,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,574.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAMO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vamos Locacao De Caminhoes Maquinas E E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBBR3V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>283,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,929.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.77%</x:t>
   </x:si>
   <x:si>
+    <x:t>MDNE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moura Dubeux Engenharia S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F2F582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,631.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MOVI3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Movida Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CP5CGT4</x:t>
   </x:si>
   <x:si>
-    <x:t>85,850</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>84,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,519.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>RECV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Petroreconcavo Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BJ1DZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>81,300</x:t>
-[...56 lines deleted...]
-    <x:t>$141,516.18</x:t>
+    <x:t>83,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,352.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepler Weber Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYJY43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,171.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYPK3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iochpe Maxion Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZPMJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,362.51</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
+    <x:t>PGMN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empreendimentos Pague Menos S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ3FF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,338.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grendene Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVXD17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,573.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFYA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afya Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PK9C4C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,394.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LWSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lwsa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TZV8X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,939.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
     <x:t>HBSA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Hidrovias Do Brasil Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002D7HFJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>204,715</x:t>
-[...17 lines deleted...]
-    <x:t>$139,818.43</x:t>
+    <x:t>161,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,031.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intelbras Sa Industria De Telecomunicac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1JK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,579.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GUAR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guararapes Confeccoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7WK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,578.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBFG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Sbf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003MC9592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,501.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mills Estruturas E Servicos De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBGBD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,167.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RANI3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irani Papel E Embalagem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0KBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,283.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011M1L5H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,235.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oncoclinicas Do Brasil Servicos Medicos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PFZTW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,383.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAPT4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Randon Sa Implementos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0L9J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,868.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNVL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dimed Sa Distribuidora Da Medicamentos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C09194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,429.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FESA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Ferro Ligas Da Bahia - Ferbasa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW1ZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,631.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brasilagro - Co Brasileira De Proprieda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P1P859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,071.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRAS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fras-Le Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1CYG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,474.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLID3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valid Solucoes E Servicos De Seguranca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NXBD73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,154.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plano &amp; Plano Desenvolvimento Imobiliar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W8ZZHK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,090.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUAU3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uniao Pet Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118WVSD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,615.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIZ4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raizen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0020BM0M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>598,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,100.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SONDA CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F7R6Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,702.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>BAK US</x:t>
   </x:si>
   <x:si>
     <x:t>Braskem Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDJYK1</x:t>
   </x:si>
   <x:si>
-    <x:t>49,858</x:t>
-[...374 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>28,749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,947.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Log Commercial Properties E Participaco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XFGVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,298.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>LIGT3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Light S?A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND430</x:t>
   </x:si>
   <x:si>
-    <x:t>89,700</x:t>
-[...23 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>79,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,479.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>CAML3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Camil Alimentos Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PRSWS1</x:t>
   </x:si>
   <x:si>
-    <x:t>63,250</x:t>
-[...2 lines deleted...]
-    <x:t>$61,623.51</x:t>
+    <x:t>62,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,300.38</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>TGMA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Tegma Gestao Logistica</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLPQD1</x:t>
   </x:si>
   <x:si>
-    <x:t>9,100</x:t>
-[...20 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>9,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,229.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>TUPY3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Tupy Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C256X6</x:t>
   </x:si>
   <x:si>
-    <x:t>24,300</x:t>
-[...2 lines deleted...]
-    <x:t>$54,303.15</x:t>
+    <x:t>25,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,407.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
+    <x:t>BLAU3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blau Farmaceutica Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FWQBZ94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,170.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
     <x:t>AGRO US</x:t>
   </x:si>
   <x:si>
     <x:t>Adecoagro Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DCNPK3</x:t>
   </x:si>
   <x:si>
-    <x:t>6,020</x:t>
-[...20 lines deleted...]
-    <x:t>$43,983.32</x:t>
+    <x:t>5,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,072.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSED3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cruzeiro Do Sul Educacional Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002F3XB56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,466.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
+    <x:t>MATD3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hospital Mater Dei Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ3CQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,043.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHIA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Casas Bahia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWXYF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,308.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ARML3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Armac Locacao Logistica E Servicos Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YDGW1Z9</x:t>
   </x:si>
   <x:si>
-    <x:t>56,300</x:t>
-[...56 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>39,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,384.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABCB2 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z86JW99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,996.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGMN1 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z32PLY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$901.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2324825D AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esg Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8HVYQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$704.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OIBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJXHR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.02</x:t>
   </x:si>
   <x:si>
     <x:t>ZAMP3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Zamp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007LNZ7H8</x:t>
   </x:si>
   <x:si>
     <x:t>41,615</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,376.77</x:t>
-[...50 lines deleted...]
-    <x:t>$.02</x:t>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-BRL CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-AUD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...38 lines deleted...]
-    <x:t>$-.01</x:t>
+    <x:t>-38,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-38,022.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$215,019.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>$225,283.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1738,62 +1759,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80f6e5bdfcc41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raffc9a04833d4243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04534fce3d034059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97f851ec3b604c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R99dc0cde9c4444ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f0b6f5159ba4009" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I100"/>
+  <x:dimension ref="A1:I101"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="13" customWidth="1"/>
+    <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2507,2182 +2528,2211 @@
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A100" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B100" s="2" t="s">
+      <x:c r="A100" s="1">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A101" s="2" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="B101" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C100" s="2" t="s">
+      <x:c r="C101" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D100" s="2" t="s">
+      <x:c r="D101" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E100" s="2" t="s">
+      <x:c r="E101" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F100" s="2" t="s">
+      <x:c r="F101" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G100" s="2" t="s">
+      <x:c r="G101" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H100" s="2" t="s">
+      <x:c r="H101" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I100" s="2" t="s">
+      <x:c r="I101" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A100:I100"/>
+    <x:mergeCell ref="A101:I101"/>
   </x:mergeCells>
 </x:worksheet>
 </file>