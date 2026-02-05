--- v3 (2026-01-11)
+++ v4 (2026-02-05)
@@ -1,1737 +1,1725 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d52098667941be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358ce189902e4a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20260108" sheetId="1" r:id="R8f0b6f5159ba4009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20260203" sheetId="1" r:id="R469730b132fb49e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="812" uniqueCount="564">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="560">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ERO US</x:t>
   </x:si>
   <x:si>
     <x:t>Ero Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J09YMM8</x:t>
   </x:si>
   <x:si>
-    <x:t>39,306</x:t>
+    <x:t>40,004</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,143,411.54</x:t>
+    <x:t>$1,475,347.52</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.09%</x:t>
+    <x:t>5.74%</x:t>
   </x:si>
   <x:si>
     <x:t>CSMG3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Saneamento De Minas Gerais-Copas</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M50TV5</x:t>
   </x:si>
   <x:si>
-    <x:t>101,838</x:t>
-[...5 lines deleted...]
-    <x:t>3.68%</x:t>
+    <x:t>103,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,161.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CYRE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cyrela Brazil Realty Sa Empreendimentos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHPKD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$966,022.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
   </x:si>
   <x:si>
     <x:t>ALUP11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Alupar Investimento Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PQHMW2</x:t>
   </x:si>
   <x:si>
-    <x:t>134,093</x:t>
-[...5 lines deleted...]
-    <x:t>3.51%</x:t>
+    <x:t>136,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$884,802.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cogna Educacao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DN7YR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,037,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$859,674.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.34%</x:t>
   </x:si>
   <x:si>
     <x:t>SAPR11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Saneamento Do Parana</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JBB34P2</x:t>
   </x:si>
   <x:si>
-    <x:t>91,600</x:t>
-[...41 lines deleted...]
-    <x:t>2.98%</x:t>
+    <x:t>93,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$836,145.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>IGTI11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Iguatemi Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0131XR464</x:t>
   </x:si>
   <x:si>
-    <x:t>128,950</x:t>
-[...5 lines deleted...]
-    <x:t>2.73%</x:t>
+    <x:t>131,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$717,735.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
   </x:si>
   <x:si>
     <x:t>BRAV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>3r Petroleum Oleo E Gas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RJKF0</x:t>
   </x:si>
   <x:si>
-    <x:t>185,259</x:t>
-[...5 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>188,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,868.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>CURY3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cury Construtora E Incorporadora Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00C0463Z3</x:t>
   </x:si>
   <x:si>
-    <x:t>85,150</x:t>
-[...2 lines deleted...]
-    <x:t>$513,905.02</x:t>
+    <x:t>86,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$602,057.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLRY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fleury Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRQZM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$589,623.03</x:t>
   </x:si>
   <x:si>
     <x:t>2.29%</x:t>
   </x:si>
   <x:si>
-    <x:t>FLRY3 BZ</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>DIRR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Direcional Engenharia Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P8N9L6</x:t>
   </x:si>
   <x:si>
-    <x:t>185,900</x:t>
-[...5 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>189,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,142.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POMO4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marcopolo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0CX36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,424.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>ARCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Arcos Dorados Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001LR99L2</x:t>
   </x:si>
   <x:si>
-    <x:t>59,098</x:t>
-[...23 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>60,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,836.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORVR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orizon Valorizacao De Residuos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YLW5FR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$469,482.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAP4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bradespar Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C25R24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,667.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSR6 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Do Estado Do Rio Grande Do Sul Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ32T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,162.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECOR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecorodovias Infraestrutura E Logistica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QSPZ95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,518.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>VIVA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Vivara Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q29WNZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>75,900</x:t>
-[...23 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>77,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,247.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>AURE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Auren Energia Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P348290</x:t>
   </x:si>
   <x:si>
-    <x:t>193,800</x:t>
-[...77 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>197,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,463.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIP6 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipar Carbocloro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2BCY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,695.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ituran Location And Control Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HBTSH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,521.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>USIM5 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Usinas Siderurgicas De Minas Gerais Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K59S31</x:t>
   </x:si>
   <x:si>
-    <x:t>293,400</x:t>
-[...23 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>298,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,465.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHSF3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jhsf Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PGKZ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$376,154.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irb Brasil Resseguros Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ00L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,527.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>MDIA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>M Dias Branco Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS37N1</x:t>
   </x:si>
   <x:si>
-    <x:t>74,600</x:t>
-[...14 lines deleted...]
-    <x:t>BBG000C2BCY5</x:t>
+    <x:t>76,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,015.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLCE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slc Agricola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R7T985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,690.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGLU3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magazine Luiza Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PWYLV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,225.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EZTC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ez Tec Empreendimentos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RCQF01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,101.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODPV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Odontoprev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBXR73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,312.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEEF3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minerva Sa/Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q6CG80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,370.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karoon Gas Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N80D34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,798.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YDUQ3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yduqs Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RPWPQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,347.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABCB4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Abc Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ56H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,050.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZZA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arezzo Industria E Comercio Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BGWLL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,645.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpargatas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC1CL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,151.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRVE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrv Engenharia E Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QWT9X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,548.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexco Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBDM58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>239,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,769.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMTO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sao Martinho S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QVK054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,504.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construtora Tenda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H4NQT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,128.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tres Tentos Agroindustrial Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XGV714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,380.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAMO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vamos Locacao De Caminhoes Maquinas E E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBBR3V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,279.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMH3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpar Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BRFV5W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,261.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBAV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Brasileira De Aluminio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZNY36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,022.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOVI3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Movida Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP5CGT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,999.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDNE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moura Dubeux Engenharia S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F2F582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,543.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEAB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C&amp;A Modas Ltda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q883N02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,908.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEVE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mahle Metal Leve Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYQRF8</x:t>
   </x:si>
   <x:si>
     <x:t>30,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$337,260.45</x:t>
-[...296 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$204,550.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>VINP US</x:t>
   </x:si>
   <x:si>
     <x:t>Vinci Partners Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YRJVVX5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,805</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>15,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,856.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RECV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroreconcavo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1DZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,711.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>VULC3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Vulcabras Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2H6T8</x:t>
   </x:si>
   <x:si>
-    <x:t>51,236</x:t>
-[...125 lines deleted...]
-    <x:t>$157,519.05</x:t>
+    <x:t>52,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,930.30</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
-    <x:t>RECV3 BZ</x:t>
-[...14 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>MYPK3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iochpe Maxion Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZPMJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,266.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>KEPL3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Kepler Weber Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BYJY43</x:t>
   </x:si>
   <x:si>
-    <x:t>80,250</x:t>
-[...23 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>81,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,441.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>PGMN3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Empreendimentos Pague Menos S/A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BJ3FF0</x:t>
   </x:si>
   <x:si>
-    <x:t>118,322</x:t>
-[...2 lines deleted...]
-    <x:t>$142,338.29</x:t>
+    <x:t>120,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,438.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>GRND3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Grendene Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PVXD17</x:t>
   </x:si>
   <x:si>
-    <x:t>161,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>163,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,490.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GUAR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guararapes Confeccoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7WK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,961.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LWSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lwsa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TZV8X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,792.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FESA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Ferro Ligas Da Bahia - Ferbasa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW1ZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,503.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intelbras Sa Industria De Telecomunicac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1JK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,847.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>AFYA US</x:t>
   </x:si>
   <x:si>
     <x:t>Afya Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PK9C4C7</x:t>
   </x:si>
   <x:si>
-    <x:t>8,872</x:t>
-[...23 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>9,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,622.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBFG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Sbf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003MC9592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,022.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNVL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dimed Sa Distribuidora Da Medicamentos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C09194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,440.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mills Estruturas E Servicos De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBGBD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,379.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>HBSA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Hidrovias Do Brasil Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002D7HFJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>161,915</x:t>
-[...74 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>164,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,527.19</x:t>
   </x:si>
   <x:si>
     <x:t>RANI3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Irani Papel E Embalagem Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0KBW3</x:t>
   </x:si>
   <x:si>
-    <x:t>67,200</x:t>
-[...2 lines deleted...]
-    <x:t>$109,283.51</x:t>
+    <x:t>68,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,641.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAPT4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Randon Sa Implementos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0L9J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,565.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brasilagro - Co Brasileira De Proprieda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P1P859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,279.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIZ4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raizen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0020BM0M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,932.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Braskem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJYK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,628.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRAS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fras-Le Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1CYG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,396.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLID3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valid Solucoes E Servicos De Seguranca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NXBD73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,834.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plano &amp; Plano Desenvolvimento Imobiliar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W8ZZHK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,248.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>VTEX US</x:t>
   </x:si>
   <x:si>
     <x:t>Vtex</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011M1L5H6</x:t>
   </x:si>
   <x:si>
-    <x:t>29,492</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>30,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,046.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>ONCO3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Oncoclinicas Do Brasil Servicos Medicos</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PFZTW5</x:t>
   </x:si>
   <x:si>
-    <x:t>202,250</x:t>
-[...122 lines deleted...]
-    <x:t>$92,090.63</x:t>
+    <x:t>205,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,339.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SONDA CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F7R6Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,797.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Log Commercial Properties E Participaco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XFGVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,510.96</x:t>
   </x:si>
   <x:si>
     <x:t>AUAU3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Uniao Pet Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0118WVSD7</x:t>
   </x:si>
   <x:si>
-    <x:t>131,250</x:t>
-[...71 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>134,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,552.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAML3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Camil Alimentos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRSWS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,065.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>LIGT3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Light S?A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND430</x:t>
   </x:si>
   <x:si>
-    <x:t>79,800</x:t>
-[...20 lines deleted...]
-    <x:t>$63,300.38</x:t>
+    <x:t>81,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,218.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adecoagro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCNPK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,647.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>TGMA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Tegma Gestao Logistica</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLPQD1</x:t>
   </x:si>
   <x:si>
-    <x:t>9,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>9,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,385.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>TUPY3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Tupy Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C256X6</x:t>
   </x:si>
   <x:si>
-    <x:t>25,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>25,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,604.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>BLAU3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Blau Farmaceutica Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWQBZ94</x:t>
   </x:si>
   <x:si>
-    <x:t>24,765</x:t>
-[...20 lines deleted...]
-    <x:t>$47,072.41</x:t>
+    <x:t>25,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,747.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>CSED3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cruzeiro Do Sul Educacional Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002F3XB56</x:t>
   </x:si>
   <x:si>
-    <x:t>36,850</x:t>
-[...5 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>37,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,528.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHIA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Casas Bahia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWXYF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,322.36</x:t>
   </x:si>
   <x:si>
     <x:t>MATD3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Hospital Mater Dei Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BJ3CQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>37,700</x:t>
-[...20 lines deleted...]
-    <x:t>$32,308.02</x:t>
+    <x:t>38,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,319.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARML3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armac Locacao Logistica E Servicos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YDGW1Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,862.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
-    <x:t>ARML3 BZ</x:t>
-[...17 lines deleted...]
-    <x:t>BBG01Z86JW99</x:t>
+    <x:t>ABCB10 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z9WZWP5</x:t>
   </x:si>
   <x:si>
     <x:t>3,563</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,996.37</x:t>
-[...8 lines deleted...]
-    <x:t>BBG01Z32PLY2</x:t>
+    <x:t>$18,546.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGMN9 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z9774K8</x:t>
   </x:si>
   <x:si>
     <x:t>4,667</x:t>
   </x:si>
   <x:si>
-    <x:t>$901.06</x:t>
+    <x:t>$6,075.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2324825D AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esg Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8HVYQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>2324825D AU</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>OIBR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Oi Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PJXHR7</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>$.02</x:t>
   </x:si>
   <x:si>
     <x:t>ZAMP3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Zamp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007LNZ7H8</x:t>
   </x:si>
   <x:si>
     <x:t>41,615</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>534</x:t>
+    <x:t>26,070</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$99.15</x:t>
+    <x:t>$4,976.26</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.56</x:t>
+    <x:t>$1.58</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-38,022</x:t>
-[...5 lines deleted...]
-    <x:t>-0.17%</x:t>
+    <x:t>-86,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-86,523.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$225,283.85</x:t>
-[...2 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>$170,364.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1759,56 +1747,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97f851ec3b604c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R99dc0cde9c4444ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f0b6f5159ba4009" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd46a81e33af4b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5e9a0c0e8a474a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R469730b132fb49e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I101"/>
+  <x:dimension ref="A1:I100"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2499,109 +2487,109 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
@@ -2615,138 +2603,138 @@
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
@@ -3079,776 +3067,776 @@
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>393</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
@@ -3891,196 +3879,196 @@
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="F74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="F75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
@@ -4268,80 +4256,80 @@
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
@@ -4366,373 +4354,344 @@
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="F90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>519</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="G96" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
         <x:v>554</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A100" s="1">
-[...5 lines deleted...]
-      <x:c r="C100" s="1" t="s">
+      <x:c r="A100" s="2" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
-[...22 lines deleted...]
-      <x:c r="B101" s="2" t="s">
+      <x:c r="B100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C101" s="2" t="s">
+      <x:c r="C100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D101" s="2" t="s">
+      <x:c r="D100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E101" s="2" t="s">
+      <x:c r="E100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F101" s="2" t="s">
+      <x:c r="F100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G101" s="2" t="s">
+      <x:c r="G100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H101" s="2" t="s">
+      <x:c r="H100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I101" s="2" t="s">
+      <x:c r="I100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A101:I101"/>
+    <x:mergeCell ref="A100:I100"/>
   </x:mergeCells>
 </x:worksheet>
 </file>