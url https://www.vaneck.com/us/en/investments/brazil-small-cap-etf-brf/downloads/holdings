--- v4 (2026-02-05)
+++ v5 (2026-02-28)
@@ -1,1725 +1,1707 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358ce189902e4a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8afd4574ec4e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20260203" sheetId="1" r:id="R469730b132fb49e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20260226" sheetId="1" r:id="Rba1c0e30754c40e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="560">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="554">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ERO US</x:t>
   </x:si>
   <x:si>
     <x:t>Ero Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J09YMM8</x:t>
   </x:si>
   <x:si>
-    <x:t>40,004</x:t>
+    <x:t>40,120</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,475,347.52</x:t>
+    <x:t>$1,380,930.40</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.74%</x:t>
+    <x:t>5.20%</x:t>
   </x:si>
   <x:si>
     <x:t>CSMG3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Saneamento De Minas Gerais-Copas</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M50TV5</x:t>
   </x:si>
   <x:si>
-    <x:t>103,638</x:t>
-[...5 lines deleted...]
-    <x:t>4.19%</x:t>
+    <x:t>103,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,125,622.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.24%</x:t>
   </x:si>
   <x:si>
     <x:t>CYRE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cyrela Brazil Realty Sa Empreendimentos</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHPKD3</x:t>
   </x:si>
   <x:si>
-    <x:t>158,150</x:t>
-[...5 lines deleted...]
-    <x:t>3.76%</x:t>
+    <x:t>158,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$975,794.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.68%</x:t>
   </x:si>
   <x:si>
     <x:t>ALUP11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Alupar Investimento Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PQHMW2</x:t>
   </x:si>
   <x:si>
-    <x:t>136,493</x:t>
-[...5 lines deleted...]
-    <x:t>3.44%</x:t>
+    <x:t>136,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$965,341.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAPR11 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia De Saneamento Do Parana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JBB34P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$844,424.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGTI11 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iguatemi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0131XR464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$764,304.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>COGN3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cogna Educacao</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DN7YR3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,037,710</x:t>
-[...41 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>1,040,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,100.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
   </x:si>
   <x:si>
     <x:t>BRAV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>3r Petroleum Oleo E Gas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RJKF0</x:t>
   </x:si>
   <x:si>
-    <x:t>188,559</x:t>
-[...5 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>189,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$683,345.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
   </x:si>
   <x:si>
     <x:t>CURY3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cury Construtora E Incorporadora Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00C0463Z3</x:t>
   </x:si>
   <x:si>
+    <x:t>86,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$667,725.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLRY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fleury Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRQZM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,525.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIRR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Direcional Engenharia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P8N9L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,924.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POMO4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marcopolo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0CX36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>427,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$584,399.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcos Dorados Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001LR99L2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,253.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIVA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vivara Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q29WNZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,985.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORVR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orizon Valorizacao De Residuos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YLW5FR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$478,530.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAP4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bradespar Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C25R24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,590.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auren Energia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P348290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$470,081.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSR6 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Do Estado Do Rio Grande Do Sul Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ32T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,675.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIP6 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipar Carbocloro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2BCY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,220.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECOR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecorodovias Infraestrutura E Logistica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QSPZ95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,330.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irb Brasil Resseguros Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ00L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,043.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USIM5 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Usinas Siderurgicas De Minas Gerais Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K59S31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,815.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ituran Location And Control Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HBTSH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,950.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDIA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M Dias Branco Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS37N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,993.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHSF3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jhsf Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PGKZ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,094.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLCE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slc Agricola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R7T985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,243.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODPV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Odontoprev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBXR73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$381,395.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EZTC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ez Tec Empreendimentos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RCQF01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,839.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGLU3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magazine Luiza Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PWYLV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$351,542.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRVE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrv Engenharia E Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QWT9X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,942.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karoon Gas Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N80D34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,296.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YDUQ3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yduqs Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RPWPQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,453.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABCB4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Abc Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ56H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,702.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMTO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sao Martinho S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QVK054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,401.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpargatas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC1CL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,228.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEEF3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minerva Sa/Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q6CG80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$290,629.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZZA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arezzo Industria E Comercio Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BGWLL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$284,804.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construtora Tenda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H4NQT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$284,749.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexco Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBDM58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>240,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,071.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDNE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moura Dubeux Engenharia S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F2F582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,203.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAMO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vamos Locacao De Caminhoes Maquinas E E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBBR3V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,459.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tres Tentos Agroindustrial Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XGV714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,586.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOVI3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Movida Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP5CGT4</x:t>
+  </x:si>
+  <x:si>
     <x:t>86,650</x:t>
   </x:si>
   <x:si>
-    <x:t>$602,057.72</x:t>
-[...119 lines deleted...]
-    <x:t>BBG000QJ32T0</x:t>
+    <x:t>$245,393.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBAV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Brasileira De Aluminio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZNY36</x:t>
   </x:si>
   <x:si>
     <x:t>122,650</x:t>
   </x:si>
   <x:si>
-    <x:t>$436,162.77</x:t>
-[...398 lines deleted...]
-    <x:t>BBG000H4NQT8</x:t>
+    <x:t>$243,022.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMH3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpar Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BRFV5W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,716.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEAB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C&amp;A Modas Ltda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q883N02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,070.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEVE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mahle Metal Leve Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYQRF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$218,938.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RECV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroreconcavo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1DZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,265.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VULC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vulcabras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2H6T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,945.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VINP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinci Partners Investments Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRJVVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,109.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PGMN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empreendimentos Pague Menos S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ3FF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,460.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYPK3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iochpe Maxion Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZPMJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,373.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grendene Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVXD17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,233.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepler Weber Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYJY43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,851.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intelbras Sa Industria De Telecomunicac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1JK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,563.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIAA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guararapes Confeccoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7WK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,325.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNVL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dimed Sa Distribuidora Da Medicamentos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C09194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,910.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FESA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Ferro Ligas Da Bahia - Ferbasa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW1ZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,334.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hidrovias Do Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002D7HFJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,246.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RANI3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irani Papel E Embalagem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0KBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,517.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mills Estruturas E Servicos De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBGBD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,347.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAPT4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Randon Sa Implementos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0L9J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,001.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFYA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afya Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PK9C4C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,695.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brasilagro - Co Brasileira De Proprieda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P1P859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,985.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBFG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Sbf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003MC9592</x:t>
   </x:si>
   <x:si>
     <x:t>47,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$261,128.50</x:t>
-[...278 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>$120,837.15</x:t>
   </x:si>
   <x:si>
     <x:t>LWSA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Lwsa Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TZV8X2</x:t>
   </x:si>
   <x:si>
-    <x:t>157,700</x:t>
-[...179 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>158,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,082.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Braskem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJYK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,217.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oncoclinicas Do Brasil Servicos Medicos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PFZTW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,495.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plano &amp; Plano Desenvolvimento Imobiliar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W8ZZHK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,456.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRAS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fras-Le Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1CYG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,688.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLID3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valid Solucoes E Servicos De Seguranca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NXBD73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,432.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011M1L5H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,413.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Log Commercial Properties E Participaco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XFGVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,689.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAML3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Camil Alimentos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRSWS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,741.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SONDA CI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F7R6Y7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,341.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUAU3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uniao Pet Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118WVSD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,137.61</x:t>
   </x:si>
   <x:si>
     <x:t>RAIZ4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Raizen Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0020BM0M1</x:t>
   </x:si>
   <x:si>
-    <x:t>609,050</x:t>
-[...173 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>610,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,282.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>LIGT3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Light S?A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND430</x:t>
   </x:si>
   <x:si>
-    <x:t>81,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>81,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,143.02</x:t>
   </x:si>
   <x:si>
     <x:t>AGRO US</x:t>
   </x:si>
   <x:si>
     <x:t>Adecoagro Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DCNPK3</x:t>
   </x:si>
   <x:si>
-    <x:t>8,207</x:t>
-[...5 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>8,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,876.19</x:t>
   </x:si>
   <x:si>
     <x:t>TGMA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Tegma Gestao Logistica</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLPQD1</x:t>
   </x:si>
   <x:si>
     <x:t>9,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$70,385.58</x:t>
+    <x:t>$71,072.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>TUPY3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Tupy Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C256X6</x:t>
   </x:si>
   <x:si>
     <x:t>25,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$59,604.30</x:t>
-[...2 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>$68,880.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>BLAU3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Blau Farmaceutica Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWQBZ94</x:t>
   </x:si>
   <x:si>
     <x:t>25,465</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,747.23</x:t>
+    <x:t>$54,372.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>CSED3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cruzeiro Do Sul Educacional Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002F3XB56</x:t>
   </x:si>
   <x:si>
-    <x:t>37,550</x:t>
-[...2 lines deleted...]
-    <x:t>$49,528.61</x:t>
+    <x:t>37,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,978.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>BHIA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Casas Bahia Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXYF9</x:t>
   </x:si>
   <x:si>
-    <x:t>81,000</x:t>
-[...2 lines deleted...]
-    <x:t>$49,322.36</x:t>
+    <x:t>84,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,739.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARML3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armac Locacao Logistica E Servicos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YDGW1Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,869.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>MATD3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Hospital Mater Dei Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001BJ3CQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>38,400</x:t>
-[...2 lines deleted...]
-    <x:t>$43,319.84</x:t>
+    <x:t>38,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,010.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
-    <x:t>ARML3 BZ</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>ABCB10 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z9WZWP5</x:t>
   </x:si>
   <x:si>
-    <x:t>3,563</x:t>
-[...5 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>3,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,370.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>PGMN9 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z9774K8</x:t>
   </x:si>
   <x:si>
     <x:t>4,667</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,075.62</x:t>
+    <x:t>$6,540.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>2324825D AU</x:t>
   </x:si>
   <x:si>
     <x:t>Esg Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K8HVYQ1</x:t>
   </x:si>
   <x:si>
     <x:t>26,308</x:t>
   </x:si>
   <x:si>
-    <x:t>$738.99</x:t>
+    <x:t>$748.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>OIBR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Oi Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PJXHR7</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>$.02</x:t>
   </x:si>
   <x:si>
     <x:t>ZAMP3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Zamp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007LNZ7H8</x:t>
   </x:si>
   <x:si>
     <x:t>41,615</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,980.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...8 lines deleted...]
-    <x:t>$4,976.26</x:t>
+    <x:t>350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68.12</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>$1.58</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
-    <x:t>-USD CASH-</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$170,364.39</x:t>
-[...2 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>$16,451.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1747,51 +1729,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd46a81e33af4b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5e9a0c0e8a474a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R469730b132fb49e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a387f267758402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4dd74094154d4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba1c0e30754c40e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I100"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2168,370 +2150,370 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
@@ -2574,2115 +2556,2115 @@
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>446</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="2" t="s">
-        <x:v>559</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I100" s="2" t="s">
         <x:v>1</x:v>
       </x:c>