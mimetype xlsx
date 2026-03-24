--- v5 (2026-02-28)
+++ v6 (2026-03-24)
@@ -1,1707 +1,1764 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8afd4574ec4e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e3ba38742742ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20260226" sheetId="1" r:id="Rba1c0e30754c40e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20260323" sheetId="1" r:id="Rab531694367e4bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="554">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="573">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>ERO US</x:t>
-[...8 lines deleted...]
-    <x:t>40,120</x:t>
+    <x:t>ALUP11 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alupar Investimento Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PQHMW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,793</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,380,930.40</x:t>
+    <x:t>$943,144.84</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.20%</x:t>
-[...17 lines deleted...]
-    <x:t>4.24%</x:t>
+    <x:t>3.97%</x:t>
   </x:si>
   <x:si>
     <x:t>CYRE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cyrela Brazil Realty Sa Empreendimentos</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHPKD3</x:t>
   </x:si>
   <x:si>
-    <x:t>158,650</x:t>
-[...23 lines deleted...]
-    <x:t>3.64%</x:t>
+    <x:t>165,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$859,209.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.61%</x:t>
   </x:si>
   <x:si>
     <x:t>SAPR11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Cia De Saneamento Do Parana</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JBB34P2</x:t>
   </x:si>
   <x:si>
-    <x:t>93,500</x:t>
-[...5 lines deleted...]
-    <x:t>3.18%</x:t>
+    <x:t>93,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,629.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CURY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cury Construtora E Incorporadora Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C0463Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,487.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3r Petroleum Oleo E Gas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y4RJKF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$638,897.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cogna Educacao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DN7YR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,085,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,141.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POMO4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marcopolo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0CX36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>506,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,000.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLRY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fleury Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRQZM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,224.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIRR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Direcional Engenharia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P8N9L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,987.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLVM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sylvamo Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0122M8031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,976.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ituran Location And Control Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HBTSH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,075.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auren Energia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P348290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,616.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcos Dorados Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001LR99L2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,142.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORVR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orizon Valorizacao De Residuos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YLW5FR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,434.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAP4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bradespar Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C25R24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,392.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Karoon Gas Australia Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N80D34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$427,280.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSR6 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Do Estado Do Rio Grande Do Sul Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ32T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,323.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLCE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Slc Agricola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R7T985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$418,035.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGML</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Lithium Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L95H2Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,421.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZZA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arezzo Industria E Comercio Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BGWLL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,923.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIVA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vivara Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q29WNZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,667.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODPV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Odontoprev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBXR73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,681.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USIM5 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Usinas Siderurgicas De Minas Gerais Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K59S31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>312,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$393,368.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>IGTI11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Iguatemi Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0131XR464</x:t>
   </x:si>
   <x:si>
-    <x:t>131,550</x:t>
-[...218 lines deleted...]
-    <x:t>1.68%</x:t>
+    <x:t>75,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,181.53</x:t>
   </x:si>
   <x:si>
     <x:t>UNIP6 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Unipar Carbocloro Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2BCY5</x:t>
   </x:si>
   <x:si>
-    <x:t>31,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>32,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,637.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irb Brasil Resseguros Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ00L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,184.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHSF3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jhsf Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PGKZ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>207,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,096.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDIA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M Dias Branco Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS37N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,048.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EZTC3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ez Tec Empreendimentos E Participacoes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RCQF01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$334,237.15</x:t>
   </x:si>
   <x:si>
     <x:t>ECOR3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Ecorodovias Infraestrutura E Logistica</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QSPZ95</x:t>
   </x:si>
   <x:si>
-    <x:t>198,790</x:t>
-[...143 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>207,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,570.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMTO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sao Martinho S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QVK054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,010.21</x:t>
   </x:si>
   <x:si>
     <x:t>MGLU3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Magazine Luiza Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PWYLV3</x:t>
   </x:si>
   <x:si>
-    <x:t>188,530</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>196,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,623.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAPV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hapvida Participacoes E Investimentos S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K6RD2X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,537.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEAB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C&amp;A Modas Ltda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q883N02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,615.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construtora Tenda Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H4NQT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,622.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVE3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Mrv Engenharia E Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QWT9X3</x:t>
   </x:si>
   <x:si>
-    <x:t>170,900</x:t>
-[...20 lines deleted...]
-    <x:t>$317,296.90</x:t>
+    <x:t>196,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,209.10</x:t>
   </x:si>
   <x:si>
     <x:t>1.20%</x:t>
   </x:si>
   <x:si>
+    <x:t>ABCB4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Abc Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ56H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,552.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDNE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moura Dubeux Engenharia S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F2F582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,635.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBAV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Brasileira De Aluminio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZNY36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,480.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
     <x:t>YDUQ3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Yduqs Participacoes Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RPWPQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>119,900</x:t>
-[...38 lines deleted...]
-    <x:t>$301,401.79</x:t>
+    <x:t>114,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,503.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>ALPA4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Alpargatas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1CL9</x:t>
   </x:si>
   <x:si>
-    <x:t>98,050</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>97,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,471.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOVI3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Movida Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP5CGT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,027.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEVE3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mahle Metal Leve Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYQRF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,443.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>BEEF3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Minerva Sa/Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6CG80</x:t>
   </x:si>
   <x:si>
-    <x:t>285,500</x:t>
-[...35 lines deleted...]
-    <x:t>$284,749.79</x:t>
+    <x:t>298,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,141.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTEN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tres Tentos Agroindustrial Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XGV714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,115.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMH3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simpar Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BRFV5W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,628.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAMO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vamos Locacao De Caminhoes Maquinas E E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBBR3V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>303,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,561.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RECV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroreconcavo Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1DZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,637.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>DXCO3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Dexco Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QBDM58</x:t>
   </x:si>
   <x:si>
-    <x:t>240,008</x:t>
-[...140 lines deleted...]
-    <x:t>$218,938.44</x:t>
+    <x:t>215,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,798.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.82%</x:t>
   </x:si>
   <x:si>
-    <x:t>RECV3 BZ</x:t>
-[...11 lines deleted...]
-    <x:t>$204,265.72</x:t>
+    <x:t>PGMN3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empreendimentos Pague Menos S/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ3FF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,539.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>VULC3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Vulcabras Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2H6T8</x:t>
   </x:si>
   <x:si>
-    <x:t>52,336</x:t>
-[...8 lines deleted...]
-    <x:t>VINP US</x:t>
+    <x:t>54,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,445.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VINP</x:t>
   </x:si>
   <x:si>
     <x:t>Vinci Partners Investments Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YRJVVX5</x:t>
   </x:si>
   <x:si>
-    <x:t>15,111</x:t>
-[...23 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>16,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,776.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTB3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intelbras Sa Industria De Telecomunicac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001BJ1JK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,165.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FESA4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia Ferro Ligas Da Bahia - Ferbasa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW1ZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,800.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRND3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grendene Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVXD17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,560.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFYA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afya Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PK9C4C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,201.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIAA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guararapes Confeccoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7WK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,513.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PNVL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dimed Sa Distribuidora Da Medicamentos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C09194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,979.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepler Weber Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYJY43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,839.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hidrovias Do Brasil Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002D7HFJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,603.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILS3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mills Estruturas E Servicos De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBGBD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,250.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Braskem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJYK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,966.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>MYPK3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Iochpe Maxion Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZPMJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>80,352</x:t>
-[...122 lines deleted...]
-    <x:t>$132,246.85</x:t>
+    <x:t>69,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,641.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LWSA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lwsa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TZV8X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,394.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RANI3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irani Papel E Embalagem Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0KBW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,201.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>RANI3 BZ</x:t>
-[...11 lines deleted...]
-    <x:t>$129,517.10</x:t>
+    <x:t>ONCO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oncoclinicas Do Brasil Servicos Medicos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PFZTW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,440.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
-    <x:t>MILS3 BZ</x:t>
-[...14 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>AGRO3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brasilagro - Co Brasileira De Proprieda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P1P859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,408.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBFG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Sbf Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003MC9592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,716.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011M1L5H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,245.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adecoagro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCNPK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,403.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLID3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valid Solucoes E Servicos De Seguranca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NXBD73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,632.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLPL3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plano &amp; Plano Desenvolvimento Imobiliar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W8ZZHK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,446.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>RAPT4 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Randon Sa Implementos E Participacoes</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0L9J2</x:t>
   </x:si>
   <x:si>
-    <x:t>95,200</x:t>
-[...122 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>99,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,103.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOGG3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Log Commercial Properties E Participaco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001XFGVX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,766.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFCO4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Track &amp; Field Co Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S5067J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,278.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUAU3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uniao Pet Participacoes Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118WVSD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,780.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIGT3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Light S?A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,380.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAML3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Camil Alimentos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRSWS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,498.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIZ4 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raizen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0020BM0M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>637,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,072.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>FRAS3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Fras-Le Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1CYG8</x:t>
   </x:si>
   <x:si>
-    <x:t>22,100</x:t>
-[...149 lines deleted...]
-    <x:t>$75,876.19</x:t>
+    <x:t>16,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,271.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TUPY3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tupy Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C256X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,176.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>TGMA3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Tegma Gestao Logistica</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLPQD1</x:t>
   </x:si>
   <x:si>
-    <x:t>9,200</x:t>
-[...23 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>9,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,030.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>BLAU3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Blau Farmaceutica Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWQBZ94</x:t>
   </x:si>
   <x:si>
-    <x:t>25,465</x:t>
-[...2 lines deleted...]
-    <x:t>$54,372.78</x:t>
+    <x:t>26,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,703.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSED3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cruzeiro Do Sul Educacional Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002F3XB56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,630.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARML3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armac Locacao Logistica E Servicos Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YDGW1Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,051.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHIA3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Casas Bahia Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWXYF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,360.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABCB10 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z9WZWP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,355.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOVI1 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020TZGSR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,617.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIMH1 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020TYTFN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,280.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAMO1 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG020TYT4X5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,527.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2324825D AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esg Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8HVYQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$737.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OIBR3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oi Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJXHR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAMP3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zamp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007LNZ7H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,527.67</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>CSED3 BZ</x:t>
-[...163 lines deleted...]
-  <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>350</x:t>
-[...2 lines deleted...]
-    <x:t>$68.12</x:t>
+    <x:t>2,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$556.49</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.58</x:t>
+    <x:t>$1.57</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,451.48</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$106,233.60</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1729,56 +1786,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a387f267758402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4dd74094154d4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba1c0e30754c40e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0028c7c13023456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R858b180c80ca405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rab531694367e4bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I100"/>
+  <x:dimension ref="A1:I102"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2150,631 +2207,631 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
@@ -2817,1863 +2874,1921 @@
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A100" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B100" s="2" t="s">
+      <x:c r="A100" s="1">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B100" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A101" s="1">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A102" s="2" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="B102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C100" s="2" t="s">
+      <x:c r="C102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D100" s="2" t="s">
+      <x:c r="D102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E100" s="2" t="s">
+      <x:c r="E102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F100" s="2" t="s">
+      <x:c r="F102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G100" s="2" t="s">
+      <x:c r="G102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H100" s="2" t="s">
+      <x:c r="H102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I100" s="2" t="s">
+      <x:c r="I102" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A100:I100"/>
+    <x:mergeCell ref="A102:I102"/>
   </x:mergeCells>
 </x:worksheet>
 </file>