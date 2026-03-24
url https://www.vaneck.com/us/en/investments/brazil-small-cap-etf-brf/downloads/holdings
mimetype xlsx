--- v6 (2026-03-24)
+++ v7 (2026-03-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e3ba38742742ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc59c438da4984e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20260323" sheetId="1" r:id="Rab531694367e4bbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BRF_asof_20260323" sheetId="1" r:id="R60413bcf5584429b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="820" uniqueCount="573">
   <x:si>
     <x:t>Daily Holdings (%)  03/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1786,51 +1786,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0028c7c13023456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R858b180c80ca405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rab531694367e4bbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb56e458adfd54f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R32e349b9931942c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60413bcf5584429b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I102"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">