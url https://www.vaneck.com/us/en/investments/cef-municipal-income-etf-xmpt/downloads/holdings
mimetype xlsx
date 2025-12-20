--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -1,990 +1,993 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44169140a7e74c15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3306952f3fed498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20251203" sheetId="1" r:id="Rbfff5f6472f8441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20251218" sheetId="1" r:id="R81d16617352f4edf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="315">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/03/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="316">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NEA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Quality Municipal Incom</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PC4J09</x:t>
   </x:si>
   <x:si>
-    <x:t>1,349,843</x:t>
+    <x:t>1,392,240</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,604,185.08</x:t>
+    <x:t>$16,163,906.40</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.14%</x:t>
+    <x:t>8.19%</x:t>
   </x:si>
   <x:si>
     <x:t>NAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Quality Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWLKT7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,264,107</x:t>
-[...5 lines deleted...]
-    <x:t>8.00%</x:t>
+    <x:t>1,303,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,737,047.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.97%</x:t>
   </x:si>
   <x:si>
     <x:t>NVG US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Credit Income</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DBR6Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,168,141</x:t>
-[...5 lines deleted...]
-    <x:t>7.73%</x:t>
+    <x:t>1,204,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,096,570.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.65%</x:t>
   </x:si>
   <x:si>
     <x:t>NZF US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Credit Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9MK1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,047,105</x:t>
-[...5 lines deleted...]
-    <x:t>6.96%</x:t>
+    <x:t>1,079,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,683,574.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.93%</x:t>
   </x:si>
   <x:si>
     <x:t>BTT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal 2030 Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003BPLZZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>488,450</x:t>
-[...5 lines deleted...]
-    <x:t>5.75%</x:t>
+    <x:t>503,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,315,213.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.73%</x:t>
   </x:si>
   <x:si>
     <x:t>NUV US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Value Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ9R46</x:t>
   </x:si>
   <x:si>
-    <x:t>1,102,130</x:t>
-[...5 lines deleted...]
-    <x:t>5.24%</x:t>
+    <x:t>1,136,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,208,015.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.17%</x:t>
   </x:si>
   <x:si>
     <x:t>PML US</x:t>
   </x:si>
   <x:si>
     <x:t>Pimco Municipal Income Fund Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F37M82</x:t>
   </x:si>
   <x:si>
-    <x:t>829,619</x:t>
-[...5 lines deleted...]
-    <x:t>3.32%</x:t>
+    <x:t>855,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,469,031.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
   </x:si>
   <x:si>
     <x:t>MQY US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKP7P1</x:t>
   </x:si>
   <x:si>
-    <x:t>482,659</x:t>
-[...5 lines deleted...]
-    <x:t>2.88%</x:t>
+    <x:t>497,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,655,189.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
   </x:si>
   <x:si>
     <x:t>MYI US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Iii In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CR6303</x:t>
   </x:si>
   <x:si>
-    <x:t>458,396</x:t>
-[...5 lines deleted...]
-    <x:t>2.64%</x:t>
+    <x:t>472,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,115,631.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>NMZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal High Income Opportunit</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BY2HL9</x:t>
   </x:si>
   <x:si>
-    <x:t>475,043</x:t>
-[...5 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>489,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,066,279.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
   </x:si>
   <x:si>
     <x:t>MHD US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniholdings Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBX3V5</x:t>
   </x:si>
   <x:si>
-    <x:t>396,132</x:t>
-[...5 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>408,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,772,191.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
   </x:si>
   <x:si>
     <x:t>VMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Opportunity Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT8BC6</x:t>
   </x:si>
   <x:si>
-    <x:t>457,078</x:t>
-[...5 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>471,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,525,747.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>MMU US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Managed Municipals Fund I</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1FN0</x:t>
   </x:si>
   <x:si>
-    <x:t>371,985</x:t>
-[...5 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>383,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,036,229.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>BLE US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Trust Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NWS486</x:t>
   </x:si>
   <x:si>
-    <x:t>363,444</x:t>
-[...2 lines deleted...]
-    <x:t>$3,768,914.28</x:t>
+    <x:t>374,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,894,753.84</x:t>
   </x:si>
   <x:si>
     <x:t>1.97%</x:t>
   </x:si>
   <x:si>
     <x:t>VKQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG4S05</x:t>
   </x:si>
   <x:si>
-    <x:t>374,525</x:t>
-[...5 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>386,289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,731,551.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>EIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Bond Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7C95</x:t>
   </x:si>
   <x:si>
-    <x:t>351,956</x:t>
-[...5 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>363,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,535,668.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>NXP US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Select Tax-Free Income Portfolio</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CPMYC8</x:t>
   </x:si>
   <x:si>
-    <x:t>234,066</x:t>
-[...5 lines deleted...]
-    <x:t>1.77%</x:t>
+    <x:t>241,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,423,392.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniyield Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDG091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>324,527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,378,326.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
   </x:si>
   <x:si>
     <x:t>NDMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Dynamic Municipal Opportunities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VM4GS72</x:t>
   </x:si>
   <x:si>
-    <x:t>312,761</x:t>
-[...20 lines deleted...]
-    <x:t>$3,297,479.60</x:t>
+    <x:t>322,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,225,840.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>IIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Value Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWHD72</x:t>
   </x:si>
   <x:si>
-    <x:t>247,211</x:t>
-[...5 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>254,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,138,754.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>VGM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Trust For Investment Grade Muni</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQLM15</x:t>
   </x:si>
   <x:si>
-    <x:t>293,821</x:t>
-[...2 lines deleted...]
-    <x:t>$3,026,356.30</x:t>
+    <x:t>303,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,118,384.50</x:t>
   </x:si>
   <x:si>
     <x:t>1.58%</x:t>
   </x:si>
   <x:si>
+    <x:t>LEO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bny Mellon Strategic Municipals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN5Y60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>489,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,101,048.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
     <x:t>BFK US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZGJ91</x:t>
   </x:si>
   <x:si>
-    <x:t>301,168</x:t>
-[...2 lines deleted...]
-    <x:t>$2,993,609.92</x:t>
+    <x:t>310,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,081,429.76</x:t>
   </x:si>
   <x:si>
     <x:t>1.56%</x:t>
   </x:si>
   <x:si>
-    <x:t>LEO US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>IQI US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Quality Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDH0S9</x:t>
   </x:si>
   <x:si>
-    <x:t>287,518</x:t>
-[...5 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>296,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,953,558.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>MVF US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Munivest Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8QS6</x:t>
   </x:si>
   <x:si>
-    <x:t>386,531</x:t>
-[...2 lines deleted...]
-    <x:t>$2,663,198.59</x:t>
+    <x:t>398,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,750,816.10</x:t>
   </x:si>
   <x:si>
     <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>AFB US</x:t>
   </x:si>
   <x:si>
     <x:t>Alliancebernstein National Municipal In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DTM676</x:t>
   </x:si>
   <x:si>
-    <x:t>220,647</x:t>
-[...2 lines deleted...]
-    <x:t>$2,396,186.70</x:t>
+    <x:t>227,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,462,372.32</x:t>
   </x:si>
   <x:si>
     <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>NBH US</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Municipal Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HYRYN7</x:t>
   </x:si>
   <x:si>
-    <x:t>225,153</x:t>
-[...2 lines deleted...]
-    <x:t>$2,307,818.25</x:t>
+    <x:t>232,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,368,695.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.20%</x:t>
   </x:si>
   <x:si>
+    <x:t>MUA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniassets Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHYBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>206,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,228,644.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
     <x:t>BYM US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Quality Trus</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLWDZ8</x:t>
   </x:si>
   <x:si>
-    <x:t>197,729</x:t>
-[...20 lines deleted...]
-    <x:t>$2,148,816.24</x:t>
+    <x:t>203,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,227,013.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VKI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Advantage Municipal Income Trus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKYYD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,211,301.62</x:t>
   </x:si>
   <x:si>
     <x:t>1.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>VKI US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>DSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Strategic Municipal Bond Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2NFP5</x:t>
   </x:si>
   <x:si>
-    <x:t>341,547</x:t>
-[...2 lines deleted...]
-    <x:t>$2,045,866.53</x:t>
+    <x:t>352,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,106,586.56</x:t>
   </x:si>
   <x:si>
     <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>PMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Municipal Opportunities Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHDPQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>193,593</x:t>
-[...2 lines deleted...]
-    <x:t>$2,024,982.78</x:t>
+    <x:t>199,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,082,610.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>KTF US</x:t>
   </x:si>
   <x:si>
     <x:t>Dws Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0PD09</x:t>
   </x:si>
   <x:si>
-    <x:t>208,989</x:t>
-[...5 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>215,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,954,868.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>PMM US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Managed Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C14561</x:t>
   </x:si>
   <x:si>
-    <x:t>294,016</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>303,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,861,948.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>EOT US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance National Municipal Opportun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D5LLH5</x:t>
   </x:si>
   <x:si>
-    <x:t>107,606</x:t>
-[...2 lines deleted...]
-    <x:t>$1,779,803.24</x:t>
+    <x:t>110,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,842,400.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>NUW US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8M05</x:t>
   </x:si>
   <x:si>
-    <x:t>122,293</x:t>
-[...2 lines deleted...]
-    <x:t>$1,739,006.46</x:t>
+    <x:t>126,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,805,020.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>MFM US</x:t>
   </x:si>
   <x:si>
     <x:t>Mfs Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNZ6M0</x:t>
   </x:si>
   <x:si>
-    <x:t>320,394</x:t>
-[...2 lines deleted...]
-    <x:t>$1,736,535.48</x:t>
+    <x:t>330,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,784,478.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>EVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQQTP9</x:t>
   </x:si>
   <x:si>
-    <x:t>155,650</x:t>
-[...5 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>160,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,740,242.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>MUE US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniholdings Quality Fund Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK9173</x:t>
   </x:si>
   <x:si>
-    <x:t>166,682</x:t>
-[...2 lines deleted...]
-    <x:t>$1,673,487.28</x:t>
+    <x:t>171,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,720,889.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>OIA US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Income Opportunities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D10QR5</x:t>
   </x:si>
   <x:si>
-    <x:t>251,898</x:t>
-[...2 lines deleted...]
-    <x:t>$1,534,058.82</x:t>
+    <x:t>259,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,574,430.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>MQT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Ii Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CWRH26</x:t>
   </x:si>
   <x:si>
-    <x:t>152,529</x:t>
-[...2 lines deleted...]
-    <x:t>$1,523,764.71</x:t>
+    <x:t>157,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,573,200.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bny Mellon Municipal Bond Infrastructur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004H65XS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,555,864.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>DMB US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BKN US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Investment Quality Municipal</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG98N9</x:t>
   </x:si>
   <x:si>
-    <x:t>118,434</x:t>
-[...2 lines deleted...]
-    <x:t>$1,324,092.12</x:t>
+    <x:t>122,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,370,601.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>MVT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Munivest Fund Ii Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH0D73</x:t>
   </x:si>
   <x:si>
-    <x:t>108,745</x:t>
-[...2 lines deleted...]
-    <x:t>$1,160,309.15</x:t>
+    <x:t>112,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,202,355.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>VFL US</x:t>
   </x:si>
   <x:si>
     <x:t>Abrdn National Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH20J6</x:t>
   </x:si>
   <x:si>
-    <x:t>94,977</x:t>
-[...2 lines deleted...]
-    <x:t>$959,267.70</x:t>
+    <x:t>97,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$996,283.71</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>ETX US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income 2028 Term</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PQCQ52</x:t>
   </x:si>
   <x:si>
-    <x:t>48,211</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>49,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$926,339.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>BTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Long-Term Municipal Advantage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWS336</x:t>
   </x:si>
   <x:si>
-    <x:t>87,357</x:t>
-[...2 lines deleted...]
-    <x:t>$822,029.37</x:t>
+    <x:t>90,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$854,607.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>BMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock 2037 Municipal Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01B6VM2H2</x:t>
   </x:si>
   <x:si>
-    <x:t>28,993</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>29,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$777,556.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>MHF US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Municipal High Income Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQ9P7</x:t>
   </x:si>
   <x:si>
-    <x:t>83,239</x:t>
-[...2 lines deleted...]
-    <x:t>$580,175.83</x:t>
+    <x:t>85,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$596,664.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
+    <x:t>12,529</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-.01</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$12,529.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-366,408.44</x:t>
-[...2 lines deleted...]
-    <x:t>-0.19%</x:t>
+    <x:t>$322,828.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1012,51 +1015,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bcaa5fee97a4ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8ac68e1bac5a4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfff5f6472f8441f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1de2712aa84a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Recd5a82c2e134d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R81d16617352f4edf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1665,341 +1668,341 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
@@ -2187,167 +2190,167 @@
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
@@ -2552,97 +2555,97 @@
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>