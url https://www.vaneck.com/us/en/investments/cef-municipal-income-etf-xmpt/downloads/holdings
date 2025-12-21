--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3306952f3fed498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfea2e3dca3245e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20251218" sheetId="1" r:id="R81d16617352f4edf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20251218" sheetId="1" r:id="Rbfed1a3fef954a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="316">
   <x:si>
     <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1015,51 +1015,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1de2712aa84a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Recd5a82c2e134d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R81d16617352f4edf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a290dea29043b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R86f3d0330df34d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfed1a3fef954a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">