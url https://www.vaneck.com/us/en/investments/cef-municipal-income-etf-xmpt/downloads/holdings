--- v2 (2025-12-21)
+++ v3 (2026-01-14)
@@ -1,993 +1,981 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfea2e3dca3245e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ee0cbc89294f35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20251218" sheetId="1" r:id="Rbfed1a3fef954a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20260112" sheetId="1" r:id="R03b98c4042684d18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="316">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="312">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NEA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Quality Municipal Incom</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PC4J09</x:t>
   </x:si>
   <x:si>
-    <x:t>1,392,240</x:t>
+    <x:t>1,439,570</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,163,906.40</x:t>
+    <x:t>$16,914,947.50</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.19%</x:t>
+    <x:t>8.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen AMT-Free Municipal Credit Income</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DBR6Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,278,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,366,540.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.78%</x:t>
   </x:si>
   <x:si>
     <x:t>NAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Quality Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWLKT7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,303,815</x:t>
-[...23 lines deleted...]
-    <x:t>7.65%</x:t>
+    <x:t>1,220,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,895,638.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.08%</x:t>
   </x:si>
   <x:si>
     <x:t>NZF US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Credit Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9MK1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,079,998</x:t>
-[...5 lines deleted...]
-    <x:t>6.93%</x:t>
+    <x:t>1,023,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,024,160.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.19%</x:t>
   </x:si>
   <x:si>
     <x:t>BTT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal 2030 Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003BPLZZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>503,794</x:t>
-[...5 lines deleted...]
-    <x:t>5.73%</x:t>
+    <x:t>548,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,413,460.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.90%</x:t>
   </x:si>
   <x:si>
     <x:t>NUV US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Value Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ9R46</x:t>
   </x:si>
   <x:si>
-    <x:t>1,136,750</x:t>
-[...5 lines deleted...]
-    <x:t>5.17%</x:t>
+    <x:t>1,105,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,025,442.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniyield Quality Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKP7P1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>565,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,555,113.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen Municipal High Income Opportunit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BY2HL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>626,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,531,245.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
   </x:si>
   <x:si>
     <x:t>PML US</x:t>
   </x:si>
   <x:si>
     <x:t>Pimco Municipal Income Fund Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F37M82</x:t>
   </x:si>
   <x:si>
-    <x:t>855,692</x:t>
-[...23 lines deleted...]
-    <x:t>2.87%</x:t>
+    <x:t>792,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,016,974.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>MYI US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Iii In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CR6303</x:t>
   </x:si>
   <x:si>
-    <x:t>472,794</x:t>
-[...23 lines deleted...]
-    <x:t>2.57%</x:t>
+    <x:t>523,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,755,640.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
   </x:si>
   <x:si>
     <x:t>MHD US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniholdings Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBX3V5</x:t>
   </x:si>
   <x:si>
-    <x:t>408,578</x:t>
-[...5 lines deleted...]
-    <x:t>2.42%</x:t>
+    <x:t>450,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,341,796.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MMU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Asset Managed Municipals Fund I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC1FN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>415,827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,386,974.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Municipal Income Trust Ii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NWS486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>410,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,308,171.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VKQ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Municipal Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG4S05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,074,964.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>VMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Opportunity Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT8BC6</x:t>
   </x:si>
   <x:si>
-    <x:t>471,432</x:t>
-[...59 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>415,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,060,021.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>EIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Bond Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7C95</x:t>
   </x:si>
   <x:si>
-    <x:t>363,005</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>403,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,997,639.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>NXP US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Select Tax-Free Income Portfolio</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CPMYC8</x:t>
   </x:si>
   <x:si>
-    <x:t>241,424</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>277,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,962,157.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BFK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Municipal Income Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZGJ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>378,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,808,400.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>MYD US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDG091</x:t>
   </x:si>
   <x:si>
-    <x:t>324,527</x:t>
-[...5 lines deleted...]
-    <x:t>1.71%</x:t>
+    <x:t>359,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,797,883.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bny Mellon Strategic Municipals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN5Y60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>531,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,409,925.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Trust For Investment Grade Muni</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQLM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>323,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,390,745.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>NDMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Dynamic Municipal Opportunities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VM4GS72</x:t>
   </x:si>
   <x:si>
-    <x:t>322,584</x:t>
-[...5 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>326,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,389,454.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IQI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Quality Municipal Income Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDH0S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>317,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,203,685.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>IIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Value Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWHD72</x:t>
   </x:si>
   <x:si>
-    <x:t>254,976</x:t>
-[...77 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>249,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,142,924.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>MVF US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Munivest Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8QS6</x:t>
   </x:si>
   <x:si>
-    <x:t>398,669</x:t>
-[...5 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>440,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,079,220.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>AFB US</x:t>
   </x:si>
   <x:si>
     <x:t>Alliancebernstein National Municipal In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DTM676</x:t>
   </x:si>
   <x:si>
-    <x:t>227,576</x:t>
-[...5 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>251,734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,743,900.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>NBH US</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Municipal Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HYRYN7</x:t>
   </x:si>
   <x:si>
-    <x:t>232,225</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>256,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,645,005.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>MUA US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniassets Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHYBF1</x:t>
   </x:si>
   <x:si>
-    <x:t>206,356</x:t>
-[...5 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>236,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,588,595.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>BYM US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Quality Trus</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLWDZ8</x:t>
   </x:si>
   <x:si>
-    <x:t>203,939</x:t>
-[...2 lines deleted...]
-    <x:t>$2,227,013.88</x:t>
+    <x:t>223,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,456,127.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>VKI US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Advantage Municipal Income Trus</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKYYD6</x:t>
   </x:si>
   <x:si>
-    <x:t>248,182</x:t>
-[...5 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>262,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,402,506.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>DSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Strategic Municipal Bond Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2NFP5</x:t>
   </x:si>
   <x:si>
-    <x:t>352,272</x:t>
-[...5 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>383,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,397,506.25</x:t>
   </x:si>
   <x:si>
     <x:t>PMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Municipal Opportunities Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHDPQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>199,675</x:t>
-[...5 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>218,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,335,382.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>KTF US</x:t>
   </x:si>
   <x:si>
     <x:t>Dws Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0PD09</x:t>
   </x:si>
   <x:si>
-    <x:t>215,555</x:t>
-[...2 lines deleted...]
-    <x:t>$1,954,868.29</x:t>
+    <x:t>237,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,174,469.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eaton Vance National Municipal Opportun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D5LLH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,087,627.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>PMM US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Managed Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C14561</x:t>
   </x:si>
   <x:si>
-    <x:t>303,249</x:t>
-[...20 lines deleted...]
-    <x:t>$1,842,400.80</x:t>
+    <x:t>330,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,077,518.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eaton Vance Municipal Income Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQQTP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,006,748.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mfs Municipal Income Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNZ6M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>359,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,956,544.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.93%</x:t>
   </x:si>
   <x:si>
+    <x:t>MQT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniyield Quality Fund Ii Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CWRH26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,927,515.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Munivest Fund Ii Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH0D73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,914,704.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniholdings Quality Fund Ii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK9173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,909,469.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bny Mellon Municipal Bond Infrastructur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004H65XS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>156,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,748,028.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Municipal Income Opportunities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D10QR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>282,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,735,363.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Investment Quality Municipal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG98N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>147,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,672,455.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NUW US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8M05</x:t>
   </x:si>
   <x:si>
-    <x:t>126,137</x:t>
-[...146 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>110,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,600,887.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>VFL US</x:t>
   </x:si>
   <x:si>
     <x:t>Abrdn National Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH20J6</x:t>
   </x:si>
   <x:si>
-    <x:t>97,963</x:t>
-[...5 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>107,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,102,818.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock 2037 Municipal Target Term Tr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01B6VM2H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$926,404.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>ETX US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income 2028 Term</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PQCQ52</x:t>
   </x:si>
   <x:si>
-    <x:t>49,723</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>47,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$891,854.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>BTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Long-Term Municipal Advantage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWS336</x:t>
   </x:si>
   <x:si>
-    <x:t>90,101</x:t>
-[...23 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>83,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$795,607.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>MHF US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Municipal High Income Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQ9P7</x:t>
   </x:si>
   <x:si>
-    <x:t>85,851</x:t>
-[...5 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>99,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$693,659.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>12,529</x:t>
+    <x:t>-7,587</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,529.19</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-7,586.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$322,828.78</x:t>
-[...2 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$-310,909.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1015,51 +1003,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a290dea29043b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R86f3d0330df34d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfed1a3fef954a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f84f2055d1f4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf9563450d5594a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R03b98c4042684d18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1668,984 +1656,984 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
-        <x:v>315</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>