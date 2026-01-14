--- v3 (2026-01-14)
+++ v4 (2026-01-14)
@@ -1,981 +1,984 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ee0cbc89294f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3cce0d12e964619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20260112" sheetId="1" r:id="R03b98c4042684d18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20260113" sheetId="1" r:id="Rebaf706d0dbc48c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="312">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="313">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NEA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Quality Municipal Incom</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PC4J09</x:t>
   </x:si>
   <x:si>
     <x:t>1,439,570</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,914,947.50</x:t>
+    <x:t>$17,015,717.40</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.04%</x:t>
+    <x:t>8.07%</x:t>
   </x:si>
   <x:si>
     <x:t>NVG US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Credit Income</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DBR6Y0</x:t>
   </x:si>
   <x:si>
     <x:t>1,278,636</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,366,540.80</x:t>
-[...2 lines deleted...]
-    <x:t>7.78%</x:t>
+    <x:t>$16,340,968.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.75%</x:t>
   </x:si>
   <x:si>
     <x:t>NAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Quality Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWLKT7</x:t>
   </x:si>
   <x:si>
     <x:t>1,220,954</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,895,638.80</x:t>
-[...2 lines deleted...]
-    <x:t>7.08%</x:t>
+    <x:t>$14,859,010.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.05%</x:t>
   </x:si>
   <x:si>
     <x:t>NZF US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Credit Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9MK1</x:t>
   </x:si>
   <x:si>
     <x:t>1,023,912</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,024,160.64</x:t>
-[...2 lines deleted...]
-    <x:t>6.19%</x:t>
+    <x:t>$12,993,443.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.16%</x:t>
   </x:si>
   <x:si>
     <x:t>BTT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal 2030 Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003BPLZZ6</x:t>
   </x:si>
   <x:si>
     <x:t>548,540</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,413,460.20</x:t>
-[...2 lines deleted...]
-    <x:t>5.90%</x:t>
+    <x:t>$12,484,770.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.92%</x:t>
   </x:si>
   <x:si>
     <x:t>NUV US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Value Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ9R46</x:t>
   </x:si>
   <x:si>
     <x:t>1,105,341</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,025,442.87</x:t>
+    <x:t>$10,047,549.69</x:t>
   </x:si>
   <x:si>
     <x:t>4.77%</x:t>
   </x:si>
   <x:si>
     <x:t>MQY US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKP7P1</x:t>
   </x:si>
   <x:si>
     <x:t>565,096</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,555,113.60</x:t>
+    <x:t>$6,583,368.40</x:t>
   </x:si>
   <x:si>
     <x:t>3.12%</x:t>
   </x:si>
   <x:si>
     <x:t>NMZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal High Income Opportunit</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BY2HL9</x:t>
   </x:si>
   <x:si>
     <x:t>626,198</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,531,245.14</x:t>
+    <x:t>$6,562,555.04</x:t>
   </x:si>
   <x:si>
     <x:t>3.11%</x:t>
   </x:si>
   <x:si>
     <x:t>PML US</x:t>
   </x:si>
   <x:si>
     <x:t>Pimco Municipal Income Fund Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F37M82</x:t>
   </x:si>
   <x:si>
     <x:t>792,698</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,016,974.17</x:t>
-[...2 lines deleted...]
-    <x:t>2.86%</x:t>
+    <x:t>$6,064,139.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>MYI US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Iii In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CR6303</x:t>
   </x:si>
   <x:si>
     <x:t>523,240</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,755,640.00</x:t>
+    <x:t>$5,781,802.00</x:t>
   </x:si>
   <x:si>
     <x:t>2.74%</x:t>
   </x:si>
   <x:si>
     <x:t>MHD US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniholdings Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBX3V5</x:t>
   </x:si>
   <x:si>
     <x:t>450,025</x:t>
   </x:si>
   <x:si>
     <x:t>$5,341,796.75</x:t>
   </x:si>
   <x:si>
-    <x:t>2.54%</x:t>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>MMU US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Managed Municipals Fund I</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1FN0</x:t>
   </x:si>
   <x:si>
     <x:t>415,827</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,386,974.85</x:t>
-[...2 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>$4,391,133.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>BLE US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Trust Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NWS486</x:t>
   </x:si>
   <x:si>
     <x:t>410,302</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,308,171.00</x:t>
-[...2 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>$4,345,098.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>VKQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG4S05</x:t>
   </x:si>
   <x:si>
     <x:t>416,663</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,074,964.14</x:t>
+    <x:t>$4,091,630.66</x:t>
   </x:si>
   <x:si>
     <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>VMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Opportunity Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT8BC6</x:t>
   </x:si>
   <x:si>
     <x:t>415,560</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,060,021.20</x:t>
+    <x:t>$4,068,332.40</x:t>
   </x:si>
   <x:si>
     <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>EIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Bond Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7C95</x:t>
   </x:si>
   <x:si>
     <x:t>403,802</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,997,639.80</x:t>
+    <x:t>$4,013,791.88</x:t>
   </x:si>
   <x:si>
     <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>NXP US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Select Tax-Free Income Portfolio</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CPMYC8</x:t>
   </x:si>
   <x:si>
     <x:t>277,462</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,962,157.36</x:t>
+    <x:t>$3,956,608.12</x:t>
   </x:si>
   <x:si>
     <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>BFK US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZGJ91</x:t>
   </x:si>
   <x:si>
     <x:t>378,005</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,808,400.38</x:t>
+    <x:t>$3,814,070.45</x:t>
   </x:si>
   <x:si>
     <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>MYD US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDG091</x:t>
   </x:si>
   <x:si>
     <x:t>359,989</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,797,883.95</x:t>
+    <x:t>$3,808,683.62</x:t>
   </x:si>
   <x:si>
     <x:t>LEO US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Strategic Municipals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN5Y60</x:t>
   </x:si>
   <x:si>
     <x:t>531,141</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,409,925.22</x:t>
+    <x:t>$3,413,643.21</x:t>
   </x:si>
   <x:si>
     <x:t>1.62%</x:t>
   </x:si>
   <x:si>
+    <x:t>NDMO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen Dynamic Municipal Opportunities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VM4GS72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326,537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,395,984.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
     <x:t>VGM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Trust For Investment Grade Muni</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQLM15</x:t>
   </x:si>
   <x:si>
     <x:t>323,236</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,390,745.64</x:t>
-[...17 lines deleted...]
-    <x:t>$3,389,454.06</x:t>
+    <x:t>$3,393,978.00</x:t>
   </x:si>
   <x:si>
     <x:t>IQI US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Quality Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDH0S9</x:t>
   </x:si>
   <x:si>
     <x:t>317,511</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,203,685.99</x:t>
-[...2 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>$3,225,911.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>IIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Value Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWHD72</x:t>
   </x:si>
   <x:si>
     <x:t>249,835</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,142,924.30</x:t>
+    <x:t>$3,140,425.95</x:t>
   </x:si>
   <x:si>
     <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>MVF US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Munivest Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8QS6</x:t>
   </x:si>
   <x:si>
     <x:t>440,518</x:t>
   </x:si>
   <x:si>
     <x:t>$3,079,220.82</x:t>
   </x:si>
   <x:si>
     <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>AFB US</x:t>
   </x:si>
   <x:si>
     <x:t>Alliancebernstein National Municipal In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DTM676</x:t>
   </x:si>
   <x:si>
     <x:t>251,734</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,743,900.60</x:t>
-[...2 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>$2,753,969.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>NBH US</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Municipal Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HYRYN7</x:t>
   </x:si>
   <x:si>
     <x:t>256,299</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,645,005.68</x:t>
-[...2 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>$2,642,442.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>MUA US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniassets Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHYBF1</x:t>
   </x:si>
   <x:si>
     <x:t>236,834</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,588,595.62</x:t>
+    <x:t>$2,595,700.64</x:t>
   </x:si>
   <x:si>
     <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>BYM US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Quality Trus</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLWDZ8</x:t>
   </x:si>
   <x:si>
     <x:t>223,691</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,456,127.18</x:t>
-[...2 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>$2,478,496.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>VKI US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Advantage Municipal Income Trus</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKYYD6</x:t>
   </x:si>
   <x:si>
     <x:t>262,569</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,402,506.35</x:t>
-[...2 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>$2,426,137.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>DSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Strategic Municipal Bond Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2NFP5</x:t>
   </x:si>
   <x:si>
     <x:t>383,601</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,397,506.25</x:t>
+    <x:t>$2,361,831.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>PMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Municipal Opportunities Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHDPQ1</x:t>
   </x:si>
   <x:si>
     <x:t>218,260</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,335,382.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>$2,324,469.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>KTF US</x:t>
   </x:si>
   <x:si>
     <x:t>Dws Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0PD09</x:t>
   </x:si>
   <x:si>
     <x:t>237,907</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,174,469.98</x:t>
+    <x:t>$2,179,228.12</x:t>
   </x:si>
   <x:si>
     <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>EOT US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance National Municipal Opportun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D5LLH5</x:t>
   </x:si>
   <x:si>
     <x:t>121,515</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,087,627.70</x:t>
-[...2 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>$2,108,285.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>PMM US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Managed Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C14561</x:t>
   </x:si>
   <x:si>
     <x:t>330,815</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,077,518.20</x:t>
+    <x:t>$2,074,210.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>EVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQQTP9</x:t>
   </x:si>
   <x:si>
     <x:t>182,266</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,006,748.66</x:t>
+    <x:t>$2,011,979.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>MFM US</x:t>
   </x:si>
   <x:si>
     <x:t>Mfs Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNZ6M0</x:t>
   </x:si>
   <x:si>
     <x:t>359,659</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,956,544.96</x:t>
-[...2 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>$1,974,527.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>MQT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Ii Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CWRH26</x:t>
   </x:si>
   <x:si>
     <x:t>189,903</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,927,515.45</x:t>
-[...2 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$1,925,616.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>MVT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Munivest Fund Ii Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH0D73</x:t>
   </x:si>
   <x:si>
     <x:t>178,444</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,914,704.12</x:t>
-[...2 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>$1,923,626.32</x:t>
   </x:si>
   <x:si>
     <x:t>MUE US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniholdings Quality Fund Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK9173</x:t>
   </x:si>
   <x:si>
     <x:t>189,150</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,909,469.25</x:t>
+    <x:t>$1,916,089.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Municipal Income Opportunities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D10QR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>282,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,746,650.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>DMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Municipal Bond Infrastructur</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004H65XS1</x:t>
   </x:si>
   <x:si>
     <x:t>156,074</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,748,028.80</x:t>
-[...17 lines deleted...]
-    <x:t>$1,735,363.95</x:t>
+    <x:t>$1,743,346.58</x:t>
   </x:si>
   <x:si>
     <x:t>BKN US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Investment Quality Municipal</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG98N9</x:t>
   </x:si>
   <x:si>
     <x:t>147,613</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,672,455.29</x:t>
+    <x:t>$1,678,359.81</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>NUW US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8M05</x:t>
   </x:si>
   <x:si>
     <x:t>110,406</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,600,887.00</x:t>
+    <x:t>$1,594,527.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>VFL US</x:t>
   </x:si>
   <x:si>
     <x:t>Abrdn National Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH20J6</x:t>
   </x:si>
   <x:si>
     <x:t>107,592</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,102,818.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>$1,107,121.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>BMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock 2037 Municipal Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01B6VM2H2</x:t>
   </x:si>
   <x:si>
     <x:t>35,763</x:t>
   </x:si>
   <x:si>
-    <x:t>$926,404.75</x:t>
+    <x:t>$937,884.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>ETX US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income 2028 Term</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PQCQ52</x:t>
   </x:si>
   <x:si>
     <x:t>47,795</x:t>
   </x:si>
   <x:si>
-    <x:t>$891,854.70</x:t>
+    <x:t>$895,200.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>BTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Long-Term Municipal Advantage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWS336</x:t>
   </x:si>
   <x:si>
     <x:t>83,397</x:t>
   </x:si>
   <x:si>
-    <x:t>$795,607.38</x:t>
+    <x:t>$797,275.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>MHF US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Municipal High Income Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQ9P7</x:t>
   </x:si>
   <x:si>
     <x:t>99,951</x:t>
   </x:si>
   <x:si>
-    <x:t>$693,659.94</x:t>
+    <x:t>$696,658.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-7,587</x:t>
+    <x:t>-349</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-7,586.92</x:t>
+    <x:t>$-349.10</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-310,909.07</x:t>
-[...2 lines deleted...]
-    <x:t>-0.15%</x:t>
+    <x:t>$-290,095.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1003,51 +1006,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f84f2055d1f4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf9563450d5594a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R03b98c4042684d18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c9c1ff4fb14399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R03133d248e40485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rebaf706d0dbc48c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2004,636 +2007,636 @@
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>