--- v4 (2026-01-14)
+++ v5 (2026-02-04)
@@ -1,984 +1,993 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3cce0d12e964619" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42fcd368f594f3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20260113" sheetId="1" r:id="Rebaf706d0dbc48c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20260202" sheetId="1" r:id="R2046d8bb07a742e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="313">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/13/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="316">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NEA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Quality Municipal Incom</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PC4J09</x:t>
   </x:si>
   <x:si>
-    <x:t>1,439,570</x:t>
+    <x:t>1,439,530</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,015,717.40</x:t>
+    <x:t>$16,871,291.60</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.07%</x:t>
+    <x:t>8.01%</x:t>
   </x:si>
   <x:si>
     <x:t>NVG US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Credit Income</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DBR6Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,278,636</x:t>
-[...5 lines deleted...]
-    <x:t>7.75%</x:t>
+    <x:t>1,278,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,481,154.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.83%</x:t>
   </x:si>
   <x:si>
     <x:t>NAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Quality Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWLKT7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,220,954</x:t>
-[...5 lines deleted...]
-    <x:t>7.05%</x:t>
+    <x:t>1,220,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,785,341.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.02%</x:t>
   </x:si>
   <x:si>
     <x:t>NZF US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Credit Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9MK1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,023,912</x:t>
-[...5 lines deleted...]
-    <x:t>6.16%</x:t>
+    <x:t>1,023,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,778,072.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.07%</x:t>
   </x:si>
   <x:si>
     <x:t>BTT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal 2030 Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003BPLZZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>548,540</x:t>
-[...5 lines deleted...]
-    <x:t>5.92%</x:t>
+    <x:t>548,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,500,953.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.94%</x:t>
   </x:si>
   <x:si>
     <x:t>NUV US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Value Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ9R46</x:t>
   </x:si>
   <x:si>
-    <x:t>1,105,341</x:t>
-[...5 lines deleted...]
-    <x:t>4.77%</x:t>
+    <x:t>1,105,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,124,630.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
   </x:si>
   <x:si>
     <x:t>MQY US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKP7P1</x:t>
   </x:si>
   <x:si>
-    <x:t>565,096</x:t>
-[...2 lines deleted...]
-    <x:t>$6,583,368.40</x:t>
+    <x:t>565,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,628,411.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen Municipal High Income Opportunit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BY2HL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>626,178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,574,869.00</x:t>
   </x:si>
   <x:si>
     <x:t>3.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>NMZ US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>PML US</x:t>
   </x:si>
   <x:si>
     <x:t>Pimco Municipal Income Fund Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F37M82</x:t>
   </x:si>
   <x:si>
-    <x:t>792,698</x:t>
-[...5 lines deleted...]
-    <x:t>2.88%</x:t>
+    <x:t>792,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,119,489.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>MYI US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Iii In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CR6303</x:t>
   </x:si>
   <x:si>
-    <x:t>523,240</x:t>
-[...5 lines deleted...]
-    <x:t>2.74%</x:t>
+    <x:t>523,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,849,621.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
   </x:si>
   <x:si>
     <x:t>MHD US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniholdings Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBX3V5</x:t>
   </x:si>
   <x:si>
-    <x:t>450,025</x:t>
-[...5 lines deleted...]
-    <x:t>2.53%</x:t>
+    <x:t>450,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,359,678.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>MMU US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Managed Municipals Fund I</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1FN0</x:t>
   </x:si>
   <x:si>
-    <x:t>415,827</x:t>
-[...5 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>415,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,403,502.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>BLE US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Trust Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NWS486</x:t>
   </x:si>
   <x:si>
-    <x:t>410,302</x:t>
-[...5 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>410,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,320,374.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>VKQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG4S05</x:t>
   </x:si>
   <x:si>
-    <x:t>416,663</x:t>
-[...5 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>416,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,074,866.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>VMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Opportunity Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT8BC6</x:t>
   </x:si>
   <x:si>
-    <x:t>415,560</x:t>
-[...5 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>415,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,030,835.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>EIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Bond Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7C95</x:t>
   </x:si>
   <x:si>
-    <x:t>403,802</x:t>
-[...2 lines deleted...]
-    <x:t>$4,013,791.88</x:t>
+    <x:t>403,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,007,635.60</x:t>
   </x:si>
   <x:si>
     <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>NXP US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Select Tax-Free Income Portfolio</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CPMYC8</x:t>
   </x:si>
   <x:si>
-    <x:t>277,462</x:t>
-[...5 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>277,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,917,594.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniyield Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDG091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>359,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,848,196.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>BFK US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZGJ91</x:t>
   </x:si>
   <x:si>
-    <x:t>378,005</x:t>
-[...20 lines deleted...]
-    <x:t>$3,808,683.62</x:t>
+    <x:t>377,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,827,219.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>LEO US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Strategic Municipals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN5Y60</x:t>
   </x:si>
   <x:si>
-    <x:t>531,141</x:t>
-[...2 lines deleted...]
-    <x:t>$3,413,643.21</x:t>
+    <x:t>531,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,431,054.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDMO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen Dynamic Municipal Opportunities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VM4GS72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,412,228.05</x:t>
   </x:si>
   <x:si>
     <x:t>1.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>NDMO US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>VGM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Trust For Investment Grade Muni</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQLM15</x:t>
   </x:si>
   <x:si>
-    <x:t>323,236</x:t>
-[...2 lines deleted...]
-    <x:t>$3,393,978.00</x:t>
+    <x:t>323,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,319,551.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>IQI US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Quality Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDH0S9</x:t>
   </x:si>
   <x:si>
-    <x:t>317,511</x:t>
-[...5 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>317,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,181,380.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>IIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Value Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWHD72</x:t>
   </x:si>
   <x:si>
-    <x:t>249,835</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>249,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,097,879.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>MVF US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Munivest Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8QS6</x:t>
   </x:si>
   <x:si>
-    <x:t>440,518</x:t>
-[...2 lines deleted...]
-    <x:t>$3,079,220.82</x:t>
+    <x:t>440,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,083,556.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>AFB US</x:t>
   </x:si>
   <x:si>
     <x:t>Alliancebernstein National Municipal In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DTM676</x:t>
   </x:si>
   <x:si>
-    <x:t>251,734</x:t>
-[...2 lines deleted...]
-    <x:t>$2,753,969.96</x:t>
+    <x:t>251,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,769,008.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>NBH US</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Municipal Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HYRYN7</x:t>
   </x:si>
   <x:si>
-    <x:t>256,299</x:t>
-[...2 lines deleted...]
-    <x:t>$2,642,442.69</x:t>
+    <x:t>256,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,683,387.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniassets Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHYBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>236,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,631,114.64</x:t>
   </x:si>
   <x:si>
     <x:t>1.25%</x:t>
   </x:si>
   <x:si>
-    <x:t>MUA US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BYM US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal Income Quality Trus</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLWDZ8</x:t>
   </x:si>
   <x:si>
-    <x:t>223,691</x:t>
-[...2 lines deleted...]
-    <x:t>$2,478,496.28</x:t>
+    <x:t>223,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,487,377.20</x:t>
   </x:si>
   <x:si>
     <x:t>1.18%</x:t>
   </x:si>
   <x:si>
+    <x:t>DSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bny Mellon Strategic Municipal Bond Fun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2NFP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,359,084.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
     <x:t>VKI US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Advantage Municipal Income Trus</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKYYD6</x:t>
   </x:si>
   <x:si>
-    <x:t>262,569</x:t>
-[...23 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>262,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,344,687.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>PMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Municipal Opportunities Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHDPQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>218,260</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>218,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,328,770.18</x:t>
   </x:si>
   <x:si>
     <x:t>KTF US</x:t>
   </x:si>
   <x:si>
     <x:t>Dws Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0PD09</x:t>
   </x:si>
   <x:si>
-    <x:t>237,907</x:t>
-[...2 lines deleted...]
-    <x:t>$2,179,228.12</x:t>
+    <x:t>237,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,172,054.39</x:t>
   </x:si>
   <x:si>
     <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>EOT US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance National Municipal Opportun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D5LLH5</x:t>
   </x:si>
   <x:si>
-    <x:t>121,515</x:t>
-[...5 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>121,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,122,832.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>PMM US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Managed Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C14561</x:t>
   </x:si>
   <x:si>
-    <x:t>330,815</x:t>
-[...2 lines deleted...]
-    <x:t>$2,074,210.05</x:t>
+    <x:t>330,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,067,543.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>EVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQQTP9</x:t>
   </x:si>
   <x:si>
-    <x:t>182,266</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>182,262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,972,074.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>MFM US</x:t>
   </x:si>
   <x:si>
     <x:t>Mfs Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNZ6M0</x:t>
   </x:si>
   <x:si>
-    <x:t>359,659</x:t>
-[...5 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>359,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,967,290.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Munivest Fund Ii Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH0D73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>178,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,948,564.80</x:t>
   </x:si>
   <x:si>
     <x:t>MQT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Ii Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CWRH26</x:t>
   </x:si>
   <x:si>
-    <x:t>189,903</x:t>
-[...2 lines deleted...]
-    <x:t>$1,925,616.42</x:t>
+    <x:t>189,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,939,818.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniholdings Quality Fund Ii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK9173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,914,157.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
-    <x:t>MVT US</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>OIA US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Income Opportunities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D10QR5</x:t>
   </x:si>
   <x:si>
-    <x:t>282,173</x:t>
-[...2 lines deleted...]
-    <x:t>$1,746,650.87</x:t>
+    <x:t>282,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,749,435.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>DMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Municipal Bond Infrastructur</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004H65XS1</x:t>
   </x:si>
   <x:si>
-    <x:t>156,074</x:t>
-[...2 lines deleted...]
-    <x:t>$1,743,346.58</x:t>
+    <x:t>156,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,726,134.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>BKN US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Investment Quality Municipal</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG98N9</x:t>
   </x:si>
   <x:si>
-    <x:t>147,613</x:t>
-[...2 lines deleted...]
-    <x:t>$1,678,359.81</x:t>
+    <x:t>147,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,688,646.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>NUW US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8M05</x:t>
   </x:si>
   <x:si>
-    <x:t>110,406</x:t>
-[...2 lines deleted...]
-    <x:t>$1,594,527.61</x:t>
+    <x:t>110,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,605,245.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>VFL US</x:t>
   </x:si>
   <x:si>
     <x:t>Abrdn National Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH20J6</x:t>
   </x:si>
   <x:si>
-    <x:t>107,592</x:t>
-[...2 lines deleted...]
-    <x:t>$1,107,121.68</x:t>
+    <x:t>107,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,111,404.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>BMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock 2037 Municipal Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01B6VM2H2</x:t>
   </x:si>
   <x:si>
     <x:t>35,763</x:t>
   </x:si>
   <x:si>
-    <x:t>$937,884.68</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$938,778.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>ETX US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income 2028 Term</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PQCQ52</x:t>
   </x:si>
   <x:si>
-    <x:t>47,795</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>47,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$901,471.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>BTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Long-Term Municipal Advantage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWS336</x:t>
   </x:si>
   <x:si>
-    <x:t>83,397</x:t>
-[...2 lines deleted...]
-    <x:t>$797,275.32</x:t>
+    <x:t>83,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$800,592.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>MHF US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Municipal High Income Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQ9P7</x:t>
   </x:si>
   <x:si>
-    <x:t>99,951</x:t>
-[...2 lines deleted...]
-    <x:t>$696,658.47</x:t>
+    <x:t>99,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,647.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-349</x:t>
+    <x:t>669,402</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-349.10</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$669,402.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-290,095.91</x:t>
-[...2 lines deleted...]
-    <x:t>-0.14%</x:t>
+    <x:t>$-1,003,446.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1006,51 +1015,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c9c1ff4fb14399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R03133d248e40485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rebaf706d0dbc48c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re07568924d3f4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0e301cb99fd14a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2046d8bb07a742e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I55"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1659,984 +1668,984 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="2" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="B55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I55" s="2" t="s">
         <x:v>1</x:v>
       </x:c>