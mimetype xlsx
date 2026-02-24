--- v5 (2026-02-04)
+++ v6 (2026-02-24)
@@ -1,993 +1,822 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42fcd368f594f3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2a33679763f4f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20260202" sheetId="1" r:id="R2046d8bb07a742e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20260223" sheetId="1" r:id="Rcd7308c444dc4fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="316">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="259">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>MHD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniholdings Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBX3V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,537,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,112,857.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen AMT-Free Municipal Credit Income</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DBR6Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,305,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,323,241.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.93%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NEA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Quality Municipal Incom</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PC4J09</x:t>
   </x:si>
   <x:si>
-    <x:t>1,439,530</x:t>
-[...29 lines deleted...]
-    <x:t>7.83%</x:t>
+    <x:t>1,469,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,313,737.46</x:t>
   </x:si>
   <x:si>
     <x:t>NAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Quality Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWLKT7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,220,920</x:t>
-[...5 lines deleted...]
-    <x:t>7.02%</x:t>
+    <x:t>1,246,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,207,958.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NZF US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Credit Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9MK1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,023,884</x:t>
-[...5 lines deleted...]
-    <x:t>6.07%</x:t>
+    <x:t>1,045,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,401,784.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.14%</x:t>
   </x:si>
   <x:si>
     <x:t>BTT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal 2030 Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003BPLZZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>548,528</x:t>
-[...5 lines deleted...]
-    <x:t>5.94%</x:t>
+    <x:t>560,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,847,409.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniyield Quality Fund Iii In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CR6303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>997,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,241,147.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MQY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniyield Quality Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKP7P1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>897,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,581,053.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
   </x:si>
   <x:si>
     <x:t>NUV US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Value Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ9R46</x:t>
   </x:si>
   <x:si>
-    <x:t>1,105,309</x:t>
-[...23 lines deleted...]
-    <x:t>3.15%</x:t>
+    <x:t>1,128,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,393,650.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
   </x:si>
   <x:si>
     <x:t>NMZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal High Income Opportunit</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BY2HL9</x:t>
   </x:si>
   <x:si>
-    <x:t>626,178</x:t>
-[...5 lines deleted...]
-    <x:t>3.12%</x:t>
+    <x:t>639,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,802,428.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
   </x:si>
   <x:si>
     <x:t>PML US</x:t>
   </x:si>
   <x:si>
     <x:t>Pimco Municipal Income Fund Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F37M82</x:t>
   </x:si>
   <x:si>
-    <x:t>792,680</x:t>
-[...41 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>809,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,320,820.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>MMU US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Managed Municipals Fund I</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1FN0</x:t>
   </x:si>
   <x:si>
-    <x:t>415,817</x:t>
-[...23 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>424,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,500,208.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Municipal Opportunity Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CT8BC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>424,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,230,001.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>VKQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG4S05</x:t>
   </x:si>
   <x:si>
-    <x:t>416,653</x:t>
-[...2 lines deleted...]
-    <x:t>$4,074,866.34</x:t>
+    <x:t>425,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,211,460.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.93%</x:t>
   </x:si>
   <x:si>
-    <x:t>VMO US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>EIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Bond Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7C95</x:t>
   </x:si>
   <x:si>
-    <x:t>403,792</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>412,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,116,505.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>NXP US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Select Tax-Free Income Portfolio</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CPMYC8</x:t>
   </x:si>
   <x:si>
-    <x:t>277,450</x:t>
-[...5 lines deleted...]
-    <x:t>1.86%</x:t>
+    <x:t>283,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,107,502.00</x:t>
   </x:si>
   <x:si>
     <x:t>MYD US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDG091</x:t>
   </x:si>
   <x:si>
-    <x:t>359,981</x:t>
-[...20 lines deleted...]
-    <x:t>$3,827,219.63</x:t>
+    <x:t>366,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,977,611.48</x:t>
   </x:si>
   <x:si>
     <x:t>1.82%</x:t>
   </x:si>
   <x:si>
+    <x:t>MUA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniassets Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHYBF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>317,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,528,610.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDMO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen Dynamic Municipal Opportunities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VM4GS72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,527,234.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
     <x:t>LEO US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Strategic Municipals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN5Y60</x:t>
   </x:si>
   <x:si>
-    <x:t>531,123</x:t>
-[...23 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>542,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,503,090.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>VGM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Trust For Investment Grade Muni</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQLM15</x:t>
   </x:si>
   <x:si>
-    <x:t>323,228</x:t>
-[...5 lines deleted...]
-    <x:t>1.58%</x:t>
+    <x:t>330,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,465,147.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>IQI US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Quality Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDH0S9</x:t>
   </x:si>
   <x:si>
-    <x:t>317,503</x:t>
-[...2 lines deleted...]
-    <x:t>$3,181,380.06</x:t>
+    <x:t>324,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,293,557.04</x:t>
   </x:si>
   <x:si>
     <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>IIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Value Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWHD72</x:t>
   </x:si>
   <x:si>
-    <x:t>249,829</x:t>
-[...23 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>255,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,272,599.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>AFB US</x:t>
   </x:si>
   <x:si>
     <x:t>Alliancebernstein National Municipal In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DTM676</x:t>
   </x:si>
   <x:si>
-    <x:t>251,728</x:t>
-[...5 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>257,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,842,563.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>NBH US</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Municipal Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HYRYN7</x:t>
   </x:si>
   <x:si>
-    <x:t>256,293</x:t>
-[...2 lines deleted...]
-    <x:t>$2,683,387.71</x:t>
+    <x:t>261,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,771,127.66</x:t>
   </x:si>
   <x:si>
     <x:t>1.27%</x:t>
   </x:si>
   <x:si>
-    <x:t>MUA US</x:t>
-[...32 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>VKI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Advantage Municipal Income Trus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKYYD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,503,829.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>DSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Strategic Municipal Bond Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2NFP5</x:t>
   </x:si>
   <x:si>
-    <x:t>383,591</x:t>
-[...20 lines deleted...]
-    <x:t>$2,344,687.59</x:t>
+    <x:t>391,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,420,359.92</x:t>
   </x:si>
   <x:si>
     <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>PMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Municipal Opportunities Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHDPQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>218,254</x:t>
-[...2 lines deleted...]
-    <x:t>$2,328,770.18</x:t>
+    <x:t>222,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,384,377.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>KTF US</x:t>
   </x:si>
   <x:si>
     <x:t>Dws Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0PD09</x:t>
   </x:si>
   <x:si>
-    <x:t>237,903</x:t>
-[...5 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>242,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,220,078.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>EOT US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance National Municipal Opportun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D5LLH5</x:t>
   </x:si>
   <x:si>
-    <x:t>121,513</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>124,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,147,565.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>PMM US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Managed Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C14561</x:t>
   </x:si>
   <x:si>
-    <x:t>330,807</x:t>
-[...5 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>337,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,134,598.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mfs Municipal Income Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNZ6M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>367,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,048,998.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>EVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQQTP9</x:t>
   </x:si>
   <x:si>
-    <x:t>182,262</x:t>
-[...74 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>186,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,043,246.24</x:t>
   </x:si>
   <x:si>
     <x:t>OIA US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Income Opportunities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D10QR5</x:t>
   </x:si>
   <x:si>
-    <x:t>282,167</x:t>
-[...2 lines deleted...]
-    <x:t>$1,749,435.40</x:t>
+    <x:t>288,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,820,722.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>DMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Municipal Bond Infrastructur</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004H65XS1</x:t>
   </x:si>
   <x:si>
-    <x:t>156,070</x:t>
-[...23 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>159,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,759,179.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>NUW US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8M05</x:t>
   </x:si>
   <x:si>
-    <x:t>110,402</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>112,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,610,797.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>VFL US</x:t>
   </x:si>
   <x:si>
     <x:t>Abrdn National Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH20J6</x:t>
   </x:si>
   <x:si>
-    <x:t>107,590</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>109,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,138,014.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>BMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock 2037 Municipal Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01B6VM2H2</x:t>
   </x:si>
   <x:si>
-    <x:t>35,763</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>36,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$998,685.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>ETX US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income 2028 Term</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PQCQ52</x:t>
   </x:si>
   <x:si>
-    <x:t>47,793</x:t>
-[...23 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>48,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$918,791.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>MHF US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Municipal High Income Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQ9P7</x:t>
   </x:si>
   <x:si>
-    <x:t>99,949</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>102,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,158.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>669,402</x:t>
+    <x:t>9,543</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$669,402.22</x:t>
-[...2 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>$9,542.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,003,446.46</x:t>
-[...2 lines deleted...]
-    <x:t>-0.48%</x:t>
+    <x:t>$689,944.55</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1015,56 +844,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re07568924d3f4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0e301cb99fd14a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2046d8bb07a742e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff49ab3712c94f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc0e75c4cbfea4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd7308c444dc4fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I55"/>
+  <x:dimension ref="A1:I46"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1204,1457 +1033,1196 @@
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I7" s="1" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A46" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...304 lines deleted...]
-      <x:c r="I55" s="2" t="s">
+      <x:c r="B46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I46" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A55:I55"/>
+    <x:mergeCell ref="A46:I46"/>
   </x:mergeCells>
 </x:worksheet>
 </file>