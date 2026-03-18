--- v6 (2026-02-24)
+++ v7 (2026-03-18)
@@ -1,822 +1,813 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2a33679763f4f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d38dcef4884909" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20260223" sheetId="1" r:id="Rcd7308c444dc4fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="XMPT_asof_20260317" sheetId="1" r:id="Rd25bc3b6daf54d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="259">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/23/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="256">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>MHD US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniholdings Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBX3V5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,537,594</x:t>
+    <x:t>1,565,250</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,112,857.32</x:t>
+    <x:t>$18,203,857.50</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.29%</x:t>
+    <x:t>8.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen AMT-Free Quality Municipal Incom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PC4J09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,496,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,341,201.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.95%</x:t>
   </x:si>
   <x:si>
     <x:t>NVG US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Credit Income</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DBR6Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,305,444</x:t>
-[...20 lines deleted...]
-    <x:t>$17,313,737.46</x:t>
+    <x:t>1,328,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,811,217.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.71%</x:t>
   </x:si>
   <x:si>
     <x:t>NAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Quality Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWLKT7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,246,554</x:t>
-[...2 lines deleted...]
-    <x:t>$15,207,958.80</x:t>
+    <x:t>1,269,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,164,550.00</x:t>
   </x:si>
   <x:si>
     <x:t>6.96%</x:t>
   </x:si>
   <x:si>
+    <x:t>MQY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Muniyield Quality Fund Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKP7P1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,257,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,242,002.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.53%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NZF US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Credit Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9MK1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,045,381</x:t>
-[...5 lines deleted...]
-    <x:t>6.14%</x:t>
+    <x:t>1,064,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,419,587.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.16%</x:t>
   </x:si>
   <x:si>
     <x:t>BTT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Municipal 2030 Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003BPLZZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>560,044</x:t>
-[...5 lines deleted...]
-    <x:t>5.88%</x:t>
+    <x:t>570,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,998,895.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.96%</x:t>
   </x:si>
   <x:si>
     <x:t>MYI US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniyield Quality Fund Iii In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CR6303</x:t>
   </x:si>
   <x:si>
-    <x:t>997,440</x:t>
-[...23 lines deleted...]
-    <x:t>4.84%</x:t>
+    <x:t>1,015,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,047,116.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.07%</x:t>
   </x:si>
   <x:si>
     <x:t>NUV US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal Value Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ9R46</x:t>
   </x:si>
   <x:si>
-    <x:t>1,128,518</x:t>
-[...5 lines deleted...]
-    <x:t>4.76%</x:t>
+    <x:t>1,148,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,580,807.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
   </x:si>
   <x:si>
     <x:t>NMZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Municipal High Income Opportunit</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BY2HL9</x:t>
   </x:si>
   <x:si>
-    <x:t>639,326</x:t>
-[...5 lines deleted...]
-    <x:t>3.11%</x:t>
+    <x:t>650,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,762,217.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
   </x:si>
   <x:si>
     <x:t>PML US</x:t>
   </x:si>
   <x:si>
     <x:t>Pimco Municipal Income Fund Ii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F37M82</x:t>
   </x:si>
   <x:si>
-    <x:t>809,324</x:t>
-[...2 lines deleted...]
-    <x:t>$6,320,820.44</x:t>
+    <x:t>823,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,294,565.44</x:t>
   </x:si>
   <x:si>
     <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>MMU US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Managed Municipals Fund I</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC1FN0</x:t>
   </x:si>
   <x:si>
-    <x:t>424,548</x:t>
-[...5 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>432,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,542,327.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>VMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Opportunity Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT8BC6</x:t>
   </x:si>
   <x:si>
-    <x:t>424,273</x:t>
-[...5 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>431,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,211,122.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>VKQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG4S05</x:t>
   </x:si>
   <x:si>
-    <x:t>425,400</x:t>
-[...5 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>433,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,191,991.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>EIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Bond Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7C95</x:t>
   </x:si>
   <x:si>
-    <x:t>412,269</x:t>
-[...5 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>419,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,154,980.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>NXP US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen Select Tax-Free Income Portfolio</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CPMYC8</x:t>
   </x:si>
   <x:si>
-    <x:t>283,276</x:t>
-[...20 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>288,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,146,832.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDMO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuveen Dynamic Municipal Opportunities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VM4GS72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,509,282.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bny Mellon Strategic Municipals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN5Y60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>552,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,505,434.95</x:t>
   </x:si>
   <x:si>
     <x:t>MUA US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Muniassets Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHYBF1</x:t>
   </x:si>
   <x:si>
-    <x:t>317,036</x:t>
-[...38 lines deleted...]
-    <x:t>$3,503,090.04</x:t>
+    <x:t>322,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,492,014.34</x:t>
   </x:si>
   <x:si>
     <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>VGM US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Trust For Investment Grade Muni</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CQLM15</x:t>
   </x:si>
   <x:si>
-    <x:t>330,014</x:t>
-[...5 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>335,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,453,617.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IIM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Value Municipal Income Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWHD72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,331,514.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>IQI US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Quality Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDH0S9</x:t>
   </x:si>
   <x:si>
-    <x:t>324,169</x:t>
-[...23 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>330,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,304,980.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>AFB US</x:t>
   </x:si>
   <x:si>
     <x:t>Alliancebernstein National Municipal In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DTM676</x:t>
   </x:si>
   <x:si>
-    <x:t>257,013</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>261,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,815,246.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>NBH US</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Municipal Fund Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HYRYN7</x:t>
   </x:si>
   <x:si>
-    <x:t>261,674</x:t>
-[...5 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>266,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,725,118.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>VKI US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Advantage Municipal Income Trus</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKYYD6</x:t>
   </x:si>
   <x:si>
-    <x:t>268,076</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>272,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,598,027.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PMO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Putnam Municipal Opportunities Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHDPQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,395,536.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>DSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Strategic Municipal Bond Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2NFP5</x:t>
   </x:si>
   <x:si>
-    <x:t>391,644</x:t>
-[...23 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>398,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,392,176.00</x:t>
   </x:si>
   <x:si>
     <x:t>KTF US</x:t>
   </x:si>
   <x:si>
     <x:t>Dws Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0PD09</x:t>
   </x:si>
   <x:si>
-    <x:t>242,897</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>247,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,273,666.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>EOT US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance National Municipal Opportun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D5LLH5</x:t>
   </x:si>
   <x:si>
-    <x:t>124,065</x:t>
-[...5 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>126,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,244,368.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>PMM US</x:t>
   </x:si>
   <x:si>
     <x:t>Putnam Managed Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C14561</x:t>
   </x:si>
   <x:si>
-    <x:t>337,753</x:t>
-[...2 lines deleted...]
-    <x:t>$2,134,598.96</x:t>
+    <x:t>343,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,173,018.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eaton Vance Municipal Income Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CQQTP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,044,057.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>MFM US</x:t>
   </x:si>
   <x:si>
     <x:t>Mfs Municipal Income Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNZ6M0</x:t>
   </x:si>
   <x:si>
-    <x:t>367,204</x:t>
-[...20 lines deleted...]
-    <x:t>$2,043,246.24</x:t>
+    <x:t>373,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,026,077.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>OIA US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Municipal Income Opportunities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D10QR5</x:t>
   </x:si>
   <x:si>
-    <x:t>288,089</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>293,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,794,861.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>DMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Bny Mellon Municipal Bond Infrastructur</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004H65XS1</x:t>
   </x:si>
   <x:si>
-    <x:t>159,346</x:t>
-[...2 lines deleted...]
-    <x:t>$1,759,179.84</x:t>
+    <x:t>162,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,758,410.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>NUW US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuveen AMT-Free Municipal Value Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB8M05</x:t>
   </x:si>
   <x:si>
-    <x:t>112,722</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>114,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,651,266.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>VFL US</x:t>
   </x:si>
   <x:si>
     <x:t>Abrdn National Municipal Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH20J6</x:t>
   </x:si>
   <x:si>
-    <x:t>109,847</x:t>
-[...2 lines deleted...]
-    <x:t>$1,138,014.92</x:t>
+    <x:t>111,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,135,013.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>BMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock 2037 Municipal Target Term Tr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01B6VM2H2</x:t>
   </x:si>
   <x:si>
-    <x:t>36,515</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>37,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$974,527.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>ETX US</x:t>
   </x:si>
   <x:si>
     <x:t>Eaton Vance Municipal Income 2028 Term</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PQCQ52</x:t>
   </x:si>
   <x:si>
-    <x:t>48,794</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>49,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$936,565.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>MHF US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Asset Municipal High Income Fun</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQ9P7</x:t>
   </x:si>
   <x:si>
-    <x:t>102,046</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>103,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$716,792.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>9,543</x:t>
+    <x:t>844</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,542.84</x:t>
+    <x:t>$843.95</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$689,944.55</x:t>
+    <x:t>$659,138.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -844,56 +835,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff49ab3712c94f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc0e75c4cbfea4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd7308c444dc4fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163629d68c3c4c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1970a68320144a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd25bc3b6daf54d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I46"/>
+  <x:dimension ref="A1:I45"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1033,747 +1024,747 @@
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
@@ -1845,384 +1836,355 @@
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A45" s="1">
-[...5 lines deleted...]
-      <x:c r="C45" s="1" t="s">
+      <x:c r="A45" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...43 lines deleted...]
-      <x:c r="I46" s="2" t="s">
+      <x:c r="B45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A46:I46"/>
+    <x:mergeCell ref="A45:I45"/>
   </x:mergeCells>
 </x:worksheet>
 </file>