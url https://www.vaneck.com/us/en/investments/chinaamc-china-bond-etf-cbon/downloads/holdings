--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9992904ef3c74dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a84eaa971dc4943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260108" sheetId="1" r:id="Rf7565276d1794b48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260109" sheetId="1" r:id="R10fd981dc2284461"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="211">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,618 +61,618 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>China Petrochemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P4YG1C1</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,446,142.95</x:t>
+    <x:t>$1,448,560.48</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>7.89%</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
     <x:t>CNY</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Development Bank Of China</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T5W65H4</x:t>
   </x:si>
   <x:si>
     <x:t>2.960</x:t>
   </x:si>
   <x:si>
     <x:t>8,020,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,226,490.54</x:t>
+    <x:t>$1,228,563.13</x:t>
   </x:si>
   <x:si>
     <x:t>6.69%</x:t>
   </x:si>
   <x:si>
     <x:t>China Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K7F2RV7</x:t>
   </x:si>
   <x:si>
     <x:t>2.670</x:t>
   </x:si>
   <x:si>
     <x:t>6,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,060,619.40</x:t>
+    <x:t>$1,063,489.45</x:t>
   </x:si>
   <x:si>
     <x:t>5.79%</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P50WT44</x:t>
   </x:si>
   <x:si>
     <x:t>1.620</x:t>
   </x:si>
   <x:si>
     <x:t>7,170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,037,439.21</x:t>
+    <x:t>$1,039,285.58</x:t>
   </x:si>
   <x:si>
     <x:t>5.66%</x:t>
   </x:si>
   <x:si>
     <x:t>China Everbright Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JFC3RS1</x:t>
   </x:si>
   <x:si>
     <x:t>2.720</x:t>
   </x:si>
   <x:si>
     <x:t>5,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$843,055.26</x:t>
+    <x:t>$844,304.03</x:t>
   </x:si>
   <x:si>
     <x:t>4.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Communications Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JFQCCP6</x:t>
   </x:si>
   <x:si>
     <x:t>2.700</x:t>
   </x:si>
   <x:si>
-    <x:t>$842,913.06</x:t>
+    <x:t>$844,220.31</x:t>
   </x:si>
   <x:si>
     <x:t>State Grid Corp Of China</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019D7X798</x:t>
   </x:si>
   <x:si>
     <x:t>2.880</x:t>
   </x:si>
   <x:si>
     <x:t>5,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$809,975.61</x:t>
+    <x:t>$811,193.31</x:t>
   </x:si>
   <x:si>
     <x:t>4.42%</x:t>
   </x:si>
   <x:si>
     <x:t>China Petroleum &amp; Chemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011YTLFY1</x:t>
   </x:si>
   <x:si>
     <x:t>3.200</x:t>
   </x:si>
   <x:si>
     <x:t>5,240,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$767,470.60</x:t>
+    <x:t>$768,632.67</x:t>
   </x:si>
   <x:si>
     <x:t>4.19%</x:t>
   </x:si>
   <x:si>
     <x:t>China Development Bank</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q77Y760</x:t>
   </x:si>
   <x:si>
     <x:t>3.450</x:t>
   </x:si>
   <x:si>
     <x:t>4,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$735,129.59</x:t>
+    <x:t>$736,603.82</x:t>
   </x:si>
   <x:si>
     <x:t>4.01%</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L9FPQB3</x:t>
   </x:si>
   <x:si>
     <x:t>4.040</x:t>
   </x:si>
   <x:si>
     <x:t>4,360,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$672,112.03</x:t>
+    <x:t>$673,422.08</x:t>
   </x:si>
   <x:si>
     <x:t>3.67%</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYXXD15</x:t>
   </x:si>
   <x:si>
     <x:t>3.480</x:t>
   </x:si>
   <x:si>
     <x:t>4,460,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$671,151.87</x:t>
+    <x:t>$672,431.11</x:t>
   </x:si>
   <x:si>
     <x:t>3.66%</x:t>
   </x:si>
   <x:si>
     <x:t>China Huaneng Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CP5Z6K0</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
     <x:t>4,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$666,622.88</x:t>
+    <x:t>$667,645.49</x:t>
   </x:si>
   <x:si>
     <x:t>3.64%</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XTTTGW0</x:t>
   </x:si>
   <x:si>
     <x:t>3.700</x:t>
   </x:si>
   <x:si>
     <x:t>4,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$650,141.31</x:t>
+    <x:t>$651,560.36</x:t>
   </x:si>
   <x:si>
     <x:t>3.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Guangdong Hengjian Investment Holding C</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014H8C7N0</x:t>
   </x:si>
   <x:si>
     <x:t>3.280</x:t>
   </x:si>
   <x:si>
     <x:t>4,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$644,935.03</x:t>
+    <x:t>$645,944.31</x:t>
   </x:si>
   <x:si>
     <x:t>3.52%</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J6PFBR5</x:t>
   </x:si>
   <x:si>
     <x:t>2.690</x:t>
   </x:si>
   <x:si>
     <x:t>4,060,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$614,779.27</x:t>
-[...2 lines deleted...]
-    <x:t>3.35%</x:t>
+    <x:t>$616,851.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Export-Import Bank Of China/The</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RSSMT5</x:t>
   </x:si>
   <x:si>
     <x:t>3.380</x:t>
   </x:si>
   <x:si>
     <x:t>3,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$532,449.87</x:t>
-[...2 lines deleted...]
-    <x:t>2.90%</x:t>
+    <x:t>$533,871.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3HDY48</x:t>
   </x:si>
   <x:si>
-    <x:t>$520,852.97</x:t>
+    <x:t>$521,308.12</x:t>
   </x:si>
   <x:si>
     <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZDW4M5</x:t>
   </x:si>
   <x:si>
     <x:t>2.270</x:t>
   </x:si>
   <x:si>
     <x:t>3,490,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$517,536.15</x:t>
+    <x:t>$518,569.91</x:t>
   </x:si>
   <x:si>
     <x:t>2.82%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HCSYR36</x:t>
   </x:si>
   <x:si>
     <x:t>2.400</x:t>
   </x:si>
   <x:si>
     <x:t>3,480,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$516,200.02</x:t>
+    <x:t>$517,085.64</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J798WS1</x:t>
   </x:si>
   <x:si>
     <x:t>2.600</x:t>
   </x:si>
   <x:si>
-    <x:t>$513,198.20</x:t>
+    <x:t>$514,124.32</x:t>
   </x:si>
   <x:si>
     <x:t>2.80%</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RVXTLJ4</x:t>
   </x:si>
   <x:si>
     <x:t>1.430</x:t>
   </x:si>
   <x:si>
     <x:t>3,550,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$512,359.70</x:t>
+    <x:t>$513,212.30</x:t>
   </x:si>
   <x:si>
     <x:t>2.79%</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0196BFK43</x:t>
   </x:si>
   <x:si>
     <x:t>2.900</x:t>
   </x:si>
   <x:si>
     <x:t>3,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$505,382.42</x:t>
+    <x:t>$505,951.68</x:t>
   </x:si>
   <x:si>
     <x:t>2.76%</x:t>
   </x:si>
   <x:si>
     <x:t>China Three Gorges Corp</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00002SMS5</x:t>
   </x:si>
   <x:si>
     <x:t>4.150</x:t>
   </x:si>
   <x:si>
-    <x:t>$504,220.36</x:t>
+    <x:t>$505,007.11</x:t>
   </x:si>
   <x:si>
     <x:t>2.75%</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P4N57V4</x:t>
   </x:si>
   <x:si>
     <x:t>3.650</x:t>
   </x:si>
   <x:si>
     <x:t>1,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$302,671.80</x:t>
+    <x:t>$303,255.88</x:t>
   </x:si>
   <x:si>
     <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4CB3N0</x:t>
   </x:si>
   <x:si>
     <x:t>3.740</x:t>
   </x:si>
   <x:si>
     <x:t>1,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$272,754.15</x:t>
+    <x:t>$273,354.03</x:t>
   </x:si>
   <x:si>
     <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LLMJZR3</x:t>
   </x:si>
   <x:si>
     <x:t>2.350</x:t>
   </x:si>
   <x:si>
     <x:t>1,760,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$263,738.75</x:t>
+    <x:t>$264,650.28</x:t>
   </x:si>
   <x:si>
     <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X2RXCX5</x:t>
   </x:si>
   <x:si>
     <x:t>1.440</x:t>
   </x:si>
   <x:si>
-    <x:t>$253,354.00</x:t>
+    <x:t>$253,741.83</x:t>
   </x:si>
   <x:si>
     <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZF4B415</x:t>
   </x:si>
   <x:si>
     <x:t>3.660</x:t>
   </x:si>
   <x:si>
     <x:t>1,170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$187,382.41</x:t>
+    <x:t>$187,787.87</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F3SXS11</x:t>
   </x:si>
   <x:si>
     <x:t>3.100</x:t>
   </x:si>
   <x:si>
     <x:t>580,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$91,523.12</x:t>
+    <x:t>$91,702.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>861,582</x:t>
-[...11 lines deleted...]
-    <x:t>$77,565.83</x:t>
+    <x:t>706,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,291.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,573.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-50,313.78</x:t>
-[...2 lines deleted...]
-    <x:t>-0.27%</x:t>
+    <x:t>$-30,755.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -700,51 +700,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d92181e8ec44729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbb5e3456725e4c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf7565276d1794b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c9406458324cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78ad0d87edbc422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R10fd981dc2284461" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L36"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="20" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">