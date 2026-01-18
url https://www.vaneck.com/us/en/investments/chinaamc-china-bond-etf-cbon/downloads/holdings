--- v1 (2026-01-13)
+++ v2 (2026-01-18)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a84eaa971dc4943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d60b3b29c74e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260109" sheetId="1" r:id="R10fd981dc2284461"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260115" sheetId="1" r:id="Rcda9ed4e70d2434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="211">
   <x:si>
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,618 +61,618 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>China Petrochemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P4YG1C1</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,448,560.48</x:t>
+    <x:t>$1,451,243.31</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.89%</x:t>
+    <x:t>7.88%</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
     <x:t>CNY</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Development Bank Of China</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T5W65H4</x:t>
   </x:si>
   <x:si>
     <x:t>2.960</x:t>
   </x:si>
   <x:si>
     <x:t>8,020,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,228,563.13</x:t>
+    <x:t>$1,232,273.05</x:t>
   </x:si>
   <x:si>
     <x:t>6.69%</x:t>
   </x:si>
   <x:si>
     <x:t>China Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K7F2RV7</x:t>
   </x:si>
   <x:si>
     <x:t>2.670</x:t>
   </x:si>
   <x:si>
     <x:t>6,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,063,489.45</x:t>
-[...2 lines deleted...]
-    <x:t>5.79%</x:t>
+    <x:t>$1,068,302.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P50WT44</x:t>
   </x:si>
   <x:si>
     <x:t>1.620</x:t>
   </x:si>
   <x:si>
     <x:t>7,170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,039,285.58</x:t>
-[...2 lines deleted...]
-    <x:t>5.66%</x:t>
+    <x:t>$1,041,092.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.65%</x:t>
   </x:si>
   <x:si>
     <x:t>China Everbright Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JFC3RS1</x:t>
   </x:si>
   <x:si>
     <x:t>2.720</x:t>
   </x:si>
   <x:si>
     <x:t>5,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$844,304.03</x:t>
-[...2 lines deleted...]
-    <x:t>4.60%</x:t>
+    <x:t>$845,682.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Communications Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JFQCCP6</x:t>
   </x:si>
   <x:si>
     <x:t>2.700</x:t>
   </x:si>
   <x:si>
-    <x:t>$844,220.31</x:t>
+    <x:t>$845,539.03</x:t>
   </x:si>
   <x:si>
     <x:t>State Grid Corp Of China</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019D7X798</x:t>
   </x:si>
   <x:si>
     <x:t>2.880</x:t>
   </x:si>
   <x:si>
     <x:t>5,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$811,193.31</x:t>
-[...2 lines deleted...]
-    <x:t>4.42%</x:t>
+    <x:t>$812,429.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
   </x:si>
   <x:si>
     <x:t>China Petroleum &amp; Chemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011YTLFY1</x:t>
   </x:si>
   <x:si>
     <x:t>3.200</x:t>
   </x:si>
   <x:si>
     <x:t>5,240,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$768,632.67</x:t>
-[...2 lines deleted...]
-    <x:t>4.19%</x:t>
+    <x:t>$769,814.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
   </x:si>
   <x:si>
     <x:t>China Development Bank</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q77Y760</x:t>
   </x:si>
   <x:si>
     <x:t>3.450</x:t>
   </x:si>
   <x:si>
     <x:t>4,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$736,603.82</x:t>
+    <x:t>$738,502.01</x:t>
   </x:si>
   <x:si>
     <x:t>4.01%</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L9FPQB3</x:t>
   </x:si>
   <x:si>
     <x:t>4.040</x:t>
   </x:si>
   <x:si>
     <x:t>4,360,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$673,422.08</x:t>
+    <x:t>$674,873.12</x:t>
   </x:si>
   <x:si>
     <x:t>3.67%</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYXXD15</x:t>
   </x:si>
   <x:si>
     <x:t>3.480</x:t>
   </x:si>
   <x:si>
     <x:t>4,460,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$672,431.11</x:t>
+    <x:t>$673,859.12</x:t>
   </x:si>
   <x:si>
     <x:t>3.66%</x:t>
   </x:si>
   <x:si>
     <x:t>China Huaneng Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CP5Z6K0</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
     <x:t>4,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$667,645.49</x:t>
-[...2 lines deleted...]
-    <x:t>3.64%</x:t>
+    <x:t>$668,645.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.63%</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XTTTGW0</x:t>
   </x:si>
   <x:si>
     <x:t>3.700</x:t>
   </x:si>
   <x:si>
     <x:t>4,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$651,560.36</x:t>
+    <x:t>$653,283.54</x:t>
   </x:si>
   <x:si>
     <x:t>3.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Guangdong Hengjian Investment Holding C</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014H8C7N0</x:t>
   </x:si>
   <x:si>
     <x:t>3.280</x:t>
   </x:si>
   <x:si>
     <x:t>4,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$645,944.31</x:t>
-[...2 lines deleted...]
-    <x:t>3.52%</x:t>
+    <x:t>$627,155.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.41%</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J6PFBR5</x:t>
   </x:si>
   <x:si>
     <x:t>2.690</x:t>
   </x:si>
   <x:si>
     <x:t>4,060,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$616,851.65</x:t>
+    <x:t>$618,286.78</x:t>
   </x:si>
   <x:si>
     <x:t>3.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Export-Import Bank Of China/The</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RSSMT5</x:t>
   </x:si>
   <x:si>
     <x:t>3.380</x:t>
   </x:si>
   <x:si>
     <x:t>3,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$533,871.69</x:t>
+    <x:t>$535,447.86</x:t>
   </x:si>
   <x:si>
     <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3HDY48</x:t>
   </x:si>
   <x:si>
-    <x:t>$521,308.12</x:t>
+    <x:t>$522,295.46</x:t>
   </x:si>
   <x:si>
     <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZDW4M5</x:t>
   </x:si>
   <x:si>
     <x:t>2.270</x:t>
   </x:si>
   <x:si>
     <x:t>3,490,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$518,569.91</x:t>
-[...2 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>$521,100.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HCSYR36</x:t>
   </x:si>
   <x:si>
     <x:t>2.400</x:t>
   </x:si>
   <x:si>
     <x:t>3,480,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$517,085.64</x:t>
+    <x:t>$518,090.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J798WS1</x:t>
   </x:si>
   <x:si>
     <x:t>2.600</x:t>
   </x:si>
   <x:si>
-    <x:t>$514,124.32</x:t>
+    <x:t>$515,481.14</x:t>
   </x:si>
   <x:si>
     <x:t>2.80%</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RVXTLJ4</x:t>
   </x:si>
   <x:si>
     <x:t>1.430</x:t>
   </x:si>
   <x:si>
     <x:t>3,550,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$513,212.30</x:t>
-[...2 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>$514,744.99</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0196BFK43</x:t>
   </x:si>
   <x:si>
     <x:t>2.900</x:t>
   </x:si>
   <x:si>
     <x:t>3,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$505,951.68</x:t>
+    <x:t>$508,649.51</x:t>
   </x:si>
   <x:si>
     <x:t>2.76%</x:t>
   </x:si>
   <x:si>
     <x:t>China Three Gorges Corp</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00002SMS5</x:t>
   </x:si>
   <x:si>
     <x:t>4.150</x:t>
   </x:si>
   <x:si>
-    <x:t>$505,007.11</x:t>
+    <x:t>$505,776.11</x:t>
   </x:si>
   <x:si>
     <x:t>2.75%</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P4N57V4</x:t>
   </x:si>
   <x:si>
     <x:t>3.650</x:t>
   </x:si>
   <x:si>
     <x:t>1,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$303,255.88</x:t>
+    <x:t>$304,053.57</x:t>
   </x:si>
   <x:si>
     <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4CB3N0</x:t>
   </x:si>
   <x:si>
     <x:t>3.740</x:t>
   </x:si>
   <x:si>
     <x:t>1,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$273,354.03</x:t>
+    <x:t>$273,974.45</x:t>
   </x:si>
   <x:si>
     <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LLMJZR3</x:t>
   </x:si>
   <x:si>
     <x:t>2.350</x:t>
   </x:si>
   <x:si>
     <x:t>1,760,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$264,650.28</x:t>
+    <x:t>$265,890.13</x:t>
   </x:si>
   <x:si>
     <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X2RXCX5</x:t>
   </x:si>
   <x:si>
     <x:t>1.440</x:t>
   </x:si>
   <x:si>
-    <x:t>$253,741.83</x:t>
+    <x:t>$254,077.59</x:t>
   </x:si>
   <x:si>
     <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZF4B415</x:t>
   </x:si>
   <x:si>
     <x:t>3.660</x:t>
   </x:si>
   <x:si>
     <x:t>1,170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$187,787.87</x:t>
+    <x:t>$188,402.84</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F3SXS11</x:t>
   </x:si>
   <x:si>
     <x:t>3.100</x:t>
   </x:si>
   <x:si>
     <x:t>580,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$91,702.46</x:t>
+    <x:t>$92,066.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
     <x:t>706,374</x:t>
   </x:si>
   <x:si>
-    <x:t>$101,291.84</x:t>
+    <x:t>$101,451.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
-    <x:t>77,573</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>86,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,208.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-30,755.87</x:t>
-[...2 lines deleted...]
-    <x:t>-0.17%</x:t>
+    <x:t>$-18,052.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -700,51 +700,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c9406458324cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78ad0d87edbc422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R10fd981dc2284461" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a68878b0a3a4c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5cbcc978869544ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcda9ed4e70d2434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L36"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="20" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
@@ -1548,127 +1548,127 @@
       <x:c r="B22" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">