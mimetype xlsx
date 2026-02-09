--- v2 (2026-01-18)
+++ v3 (2026-02-09)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d60b3b29c74e38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e89c29fe764341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260115" sheetId="1" r:id="Rcda9ed4e70d2434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260206" sheetId="1" r:id="R6ffc9cd55d6a495d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="211">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="389" uniqueCount="205">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,618 +61,600 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>China Petrochemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P4YG1C1</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,451,243.31</x:t>
+    <x:t>$1,463,029.07</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.88%</x:t>
+    <x:t>7.90%</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
     <x:t>CNY</x:t>
   </x:si>
   <x:si>
+    <x:t>China Government Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WKXJ191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,356,513.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K7F2RV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,108.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Development Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GS6TQM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,014.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P50WT44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,042.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Everbright Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JFC3RS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$851,022.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Communications Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JFQCCP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$850,716.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Grid Corp Of China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019D7X798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$817,433.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Petroleum &amp; Chemical Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YTLFY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$774,290.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q77Y760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$744,130.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9FPQB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,360,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$679,193.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYXXD15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,460,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$678,676.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Huaneng Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP5Z6K0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$672,453.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTTTGW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$657,929.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guangdong Hengjian Investment Holding C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H8C7N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$630,926.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J6PFBR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,060,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$624,593.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Export-Import Bank Of China/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RSSMT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,372.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MZDW4M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,350.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HCSYR36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,469.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agricultural Development Bank Of China</x:t>
   </x:si>
   <x:si>
+    <x:t>02/04/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3HDY48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,749.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Three Gorges Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00002SMS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,638.48</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T5W65H4</x:t>
   </x:si>
   <x:si>
     <x:t>2.960</x:t>
   </x:si>
   <x:si>
-    <x:t>8,020,000</x:t>
-[...392 lines deleted...]
-    <x:t>2.75%</x:t>
+    <x:t>2,420,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,233.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P4N57V4</x:t>
   </x:si>
   <x:si>
     <x:t>3.650</x:t>
   </x:si>
   <x:si>
     <x:t>1,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$304,053.57</x:t>
+    <x:t>$306,148.04</x:t>
   </x:si>
   <x:si>
     <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4CB3N0</x:t>
   </x:si>
   <x:si>
     <x:t>3.740</x:t>
   </x:si>
   <x:si>
     <x:t>1,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$273,974.45</x:t>
+    <x:t>$275,920.27</x:t>
   </x:si>
   <x:si>
     <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LLMJZR3</x:t>
   </x:si>
   <x:si>
     <x:t>2.350</x:t>
   </x:si>
   <x:si>
     <x:t>1,760,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$265,890.13</x:t>
-[...2 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>$268,560.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X2RXCX5</x:t>
   </x:si>
   <x:si>
     <x:t>1.440</x:t>
   </x:si>
   <x:si>
-    <x:t>$254,077.59</x:t>
+    <x:t>$255,588.96</x:t>
   </x:si>
   <x:si>
     <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZF4B415</x:t>
   </x:si>
   <x:si>
     <x:t>3.660</x:t>
   </x:si>
   <x:si>
     <x:t>1,170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$188,402.84</x:t>
-[...2 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>$189,874.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F3SXS11</x:t>
   </x:si>
   <x:si>
     <x:t>3.100</x:t>
   </x:si>
   <x:si>
     <x:t>580,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,066.58</x:t>
+    <x:t>$92,877.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>706,374</x:t>
-[...14 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>729,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,234.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,673.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-18,052.17</x:t>
-[...2 lines deleted...]
-    <x:t>-0.10%</x:t>
+    <x:t>$-25,965.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -700,56 +682,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a68878b0a3a4c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5cbcc978869544ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcda9ed4e70d2434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc88673ec184a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7bb93f2a66d148cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ffc9cd55d6a495d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L36"/>
+  <x:dimension ref="A1:L35"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="20" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -916,1206 +898,1168 @@
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C6" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="C6" s="1" t="s">
+      <x:c r="D6" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="D6" s="1" t="s">
+      <x:c r="E6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="E6" s="1" t="s">
+      <x:c r="F6" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F6" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G6" s="1" t="s">
+      <x:c r="H6" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="H6" s="1" t="s">
+      <x:c r="I6" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J6" s="1" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="H8" s="1" t="s">
+      <x:c r="I8" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J8" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="s">
+      <x:c r="I11" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="s">
+      <x:c r="I12" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J12" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="H13" s="1" t="s">
+      <x:c r="I13" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J13" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="I17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="H29" s="1" t="s">
+      <x:c r="I29" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="G32" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="H32" s="1" t="s">
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="G33" s="1" t="s">
+      <x:c r="K33" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="H33" s="1" t="s">
+      <x:c r="L33" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L34" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A35" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="L34" s="1" t="s">
-[...75 lines deleted...]
-      <x:c r="L36" s="2" t="s">
+      <x:c r="B35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A36:L36"/>
+    <x:mergeCell ref="A35:L35"/>
   </x:mergeCells>
 </x:worksheet>
 </file>