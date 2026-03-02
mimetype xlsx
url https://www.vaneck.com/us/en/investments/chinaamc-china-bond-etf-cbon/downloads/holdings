--- v3 (2026-02-09)
+++ v4 (2026-03-02)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e89c29fe764341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96537a358c3441c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260206" sheetId="1" r:id="R6ffc9cd55d6a495d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260226" sheetId="1" r:id="Rdd070bf1f1c44d12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="389" uniqueCount="205">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/06/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="389" uniqueCount="206">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,600 +61,603 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>China Petrochemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P4YG1C1</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,463,029.07</x:t>
+    <x:t>$1,484,466.27</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.90%</x:t>
+    <x:t>7.91%</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
     <x:t>CNY</x:t>
   </x:si>
   <x:si>
     <x:t>China Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WKXJ191</x:t>
   </x:si>
   <x:si>
     <x:t>1.420</x:t>
   </x:si>
   <x:si>
     <x:t>9,330,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,356,513.83</x:t>
+    <x:t>$1,375,532.12</x:t>
   </x:si>
   <x:si>
     <x:t>7.33%</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K7F2RV7</x:t>
   </x:si>
   <x:si>
     <x:t>2.670</x:t>
   </x:si>
   <x:si>
     <x:t>6,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,079,108.37</x:t>
+    <x:t>$1,094,716.14</x:t>
   </x:si>
   <x:si>
     <x:t>5.83%</x:t>
   </x:si>
   <x:si>
     <x:t>China Development Bank</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GS6TQM6</x:t>
   </x:si>
   <x:si>
     <x:t>2.520</x:t>
   </x:si>
   <x:si>
     <x:t>7,050,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,056,014.24</x:t>
-[...2 lines deleted...]
-    <x:t>5.71%</x:t>
+    <x:t>$1,070,492.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P50WT44</x:t>
   </x:si>
   <x:si>
     <x:t>1.620</x:t>
   </x:si>
   <x:si>
     <x:t>7,170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,047,042.15</x:t>
+    <x:t>$1,061,498.07</x:t>
   </x:si>
   <x:si>
     <x:t>5.66%</x:t>
   </x:si>
   <x:si>
     <x:t>China Everbright Bank Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JFC3RS1</x:t>
   </x:si>
   <x:si>
     <x:t>2.720</x:t>
   </x:si>
   <x:si>
     <x:t>5,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$851,022.52</x:t>
+    <x:t>$862,587.10</x:t>
   </x:si>
   <x:si>
     <x:t>4.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Communications Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JFQCCP6</x:t>
   </x:si>
   <x:si>
     <x:t>2.700</x:t>
   </x:si>
   <x:si>
-    <x:t>$850,716.07</x:t>
+    <x:t>$862,336.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>State Grid Corp Of China</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019D7X798</x:t>
   </x:si>
   <x:si>
     <x:t>2.880</x:t>
   </x:si>
   <x:si>
     <x:t>5,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$817,433.73</x:t>
+    <x:t>$829,216.62</x:t>
   </x:si>
   <x:si>
     <x:t>4.42%</x:t>
   </x:si>
   <x:si>
     <x:t>China Petroleum &amp; Chemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011YTLFY1</x:t>
   </x:si>
   <x:si>
     <x:t>3.200</x:t>
   </x:si>
   <x:si>
     <x:t>5,240,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$774,290.11</x:t>
+    <x:t>$784,762.57</x:t>
   </x:si>
   <x:si>
     <x:t>4.18%</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q77Y760</x:t>
   </x:si>
   <x:si>
     <x:t>3.450</x:t>
   </x:si>
   <x:si>
     <x:t>4,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$744,130.03</x:t>
+    <x:t>$754,192.11</x:t>
   </x:si>
   <x:si>
     <x:t>4.02%</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L9FPQB3</x:t>
   </x:si>
   <x:si>
     <x:t>4.040</x:t>
   </x:si>
   <x:si>
     <x:t>4,360,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$679,193.43</x:t>
+    <x:t>$688,581.69</x:t>
   </x:si>
   <x:si>
     <x:t>3.67%</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYXXD15</x:t>
   </x:si>
   <x:si>
     <x:t>3.480</x:t>
   </x:si>
   <x:si>
     <x:t>4,460,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$678,676.67</x:t>
+    <x:t>$688,038.85</x:t>
   </x:si>
   <x:si>
     <x:t>China Huaneng Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CP5Z6K0</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
     <x:t>4,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$672,453.89</x:t>
+    <x:t>$681,380.18</x:t>
   </x:si>
   <x:si>
     <x:t>3.63%</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XTTTGW0</x:t>
   </x:si>
   <x:si>
     <x:t>3.700</x:t>
   </x:si>
   <x:si>
     <x:t>4,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$657,929.00</x:t>
-[...2 lines deleted...]
-    <x:t>3.55%</x:t>
+    <x:t>$667,669.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Guangdong Hengjian Investment Holding C</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014H8C7N0</x:t>
   </x:si>
   <x:si>
     <x:t>3.280</x:t>
   </x:si>
   <x:si>
     <x:t>4,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$630,926.53</x:t>
+    <x:t>$639,677.85</x:t>
   </x:si>
   <x:si>
     <x:t>3.41%</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J6PFBR5</x:t>
   </x:si>
   <x:si>
     <x:t>2.690</x:t>
   </x:si>
   <x:si>
     <x:t>4,060,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$624,593.57</x:t>
-[...2 lines deleted...]
-    <x:t>3.37%</x:t>
+    <x:t>$634,486.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Export-Import Bank Of China/The</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RSSMT5</x:t>
   </x:si>
   <x:si>
     <x:t>3.380</x:t>
   </x:si>
   <x:si>
     <x:t>3,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$540,372.37</x:t>
+    <x:t>$548,302.53</x:t>
   </x:si>
   <x:si>
     <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZDW4M5</x:t>
   </x:si>
   <x:si>
     <x:t>2.270</x:t>
   </x:si>
   <x:si>
     <x:t>3,490,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$526,350.91</x:t>
+    <x:t>$533,993.52</x:t>
   </x:si>
   <x:si>
     <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HCSYR36</x:t>
   </x:si>
   <x:si>
     <x:t>2.400</x:t>
   </x:si>
   <x:si>
     <x:t>3,480,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$521,469.42</x:t>
+    <x:t>$528,794.81</x:t>
   </x:si>
   <x:si>
     <x:t>2.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Agricultural Development Bank Of China</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3HDY48</x:t>
   </x:si>
   <x:si>
-    <x:t>$508,749.21</x:t>
+    <x:t>$515,523.23</x:t>
   </x:si>
   <x:si>
     <x:t>2.75%</x:t>
   </x:si>
   <x:si>
     <x:t>China Three Gorges Corp</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00002SMS5</x:t>
   </x:si>
   <x:si>
     <x:t>4.150</x:t>
   </x:si>
   <x:si>
-    <x:t>$508,638.48</x:t>
+    <x:t>$515,405.27</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T5W65H4</x:t>
   </x:si>
   <x:si>
     <x:t>2.960</x:t>
   </x:si>
   <x:si>
     <x:t>2,420,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$374,233.64</x:t>
+    <x:t>$379,537.66</x:t>
   </x:si>
   <x:si>
     <x:t>2.02%</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P4N57V4</x:t>
   </x:si>
   <x:si>
     <x:t>3.650</x:t>
   </x:si>
   <x:si>
     <x:t>1,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$306,148.04</x:t>
+    <x:t>$310,431.86</x:t>
   </x:si>
   <x:si>
     <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4CB3N0</x:t>
   </x:si>
   <x:si>
     <x:t>3.740</x:t>
   </x:si>
   <x:si>
     <x:t>1,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$275,920.27</x:t>
+    <x:t>$280,139.71</x:t>
   </x:si>
   <x:si>
     <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LLMJZR3</x:t>
   </x:si>
   <x:si>
     <x:t>2.350</x:t>
   </x:si>
   <x:si>
     <x:t>1,760,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$268,560.49</x:t>
-[...2 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>$269,499.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X2RXCX5</x:t>
   </x:si>
   <x:si>
     <x:t>1.440</x:t>
   </x:si>
   <x:si>
-    <x:t>$255,588.96</x:t>
+    <x:t>$259,224.76</x:t>
   </x:si>
   <x:si>
     <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZF4B415</x:t>
   </x:si>
   <x:si>
     <x:t>3.660</x:t>
   </x:si>
   <x:si>
     <x:t>1,170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$189,874.86</x:t>
+    <x:t>$192,719.57</x:t>
   </x:si>
   <x:si>
     <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F3SXS11</x:t>
   </x:si>
   <x:si>
     <x:t>3.100</x:t>
   </x:si>
   <x:si>
     <x:t>580,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,877.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>$91,667.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
     <x:t>729,346</x:t>
   </x:si>
   <x:si>
-    <x:t>$105,234.06</x:t>
+    <x:t>$106,601.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
-    <x:t>78,674</x:t>
-[...5 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>82,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,269.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-25,965.05</x:t>
-[...2 lines deleted...]
-    <x:t>-0.14%</x:t>
+    <x:t>$-22,912.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -682,51 +685,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc88673ec184a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7bb93f2a66d148cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ffc9cd55d6a495d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9fe06845695488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Recd9530ef02f48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd070bf1f1c44d12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L35"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="20" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
@@ -1074,974 +1077,974 @@
       <x:c r="B10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="K34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L34" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>