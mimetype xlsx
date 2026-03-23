--- v4 (2026-03-02)
+++ v5 (2026-03-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96537a358c3441c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8f5af87f2324786" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260226" sheetId="1" r:id="Rdd070bf1f1c44d12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CBON_asof_20260320" sheetId="1" r:id="R8aea0d0680c941b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="389" uniqueCount="206">
   <x:si>
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+    <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,600 +61,600 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>China Petrochemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P4YG1C1</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>10,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,484,466.27</x:t>
+    <x:t>$1,474,996.50</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.91%</x:t>
+    <x:t>7.93%</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
     <x:t>CNY</x:t>
   </x:si>
   <x:si>
     <x:t>China Government Bond</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WKXJ191</x:t>
   </x:si>
   <x:si>
     <x:t>1.420</x:t>
   </x:si>
   <x:si>
     <x:t>9,330,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,375,532.12</x:t>
-[...2 lines deleted...]
-    <x:t>7.33%</x:t>
+    <x:t>$1,365,130.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.34%</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K7F2RV7</x:t>
   </x:si>
   <x:si>
     <x:t>2.670</x:t>
   </x:si>
   <x:si>
     <x:t>6,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,094,716.14</x:t>
-[...2 lines deleted...]
-    <x:t>5.83%</x:t>
+    <x:t>$1,085,952.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P50WT44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,053,094.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agricultural Development Bank Of China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMQFW28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,360,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,587.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Everbright Bank Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JFC3RS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$855,747.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Communications Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/26/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JFQCCP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$855,590.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Grid Corp Of China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019D7X798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$822,799.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Petroleum &amp; Chemical Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YTLFY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$778,649.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
   </x:si>
   <x:si>
     <x:t>China Development Bank</x:t>
   </x:si>
   <x:si>
-    <x:t>05/25/2028</x:t>
-[...115 lines deleted...]
-  <x:si>
     <x:t>09/20/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q77Y760</x:t>
   </x:si>
   <x:si>
     <x:t>3.450</x:t>
   </x:si>
   <x:si>
     <x:t>4,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$754,192.11</x:t>
-[...2 lines deleted...]
-    <x:t>4.02%</x:t>
+    <x:t>$749,786.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L9FPQB3</x:t>
   </x:si>
   <x:si>
     <x:t>4.040</x:t>
   </x:si>
   <x:si>
     <x:t>4,360,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$688,581.69</x:t>
+    <x:t>$683,987.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYXXD15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,460,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$683,563.65</x:t>
   </x:si>
   <x:si>
     <x:t>3.67%</x:t>
   </x:si>
   <x:si>
-    <x:t>01/08/2029</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>China Huaneng Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CP5Z6K0</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
     <x:t>4,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$681,380.18</x:t>
+    <x:t>$676,048.94</x:t>
   </x:si>
   <x:si>
     <x:t>3.63%</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XTTTGW0</x:t>
   </x:si>
   <x:si>
     <x:t>3.700</x:t>
   </x:si>
   <x:si>
     <x:t>4,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$667,669.34</x:t>
+    <x:t>$663,144.46</x:t>
   </x:si>
   <x:si>
     <x:t>3.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Guangdong Hengjian Investment Holding C</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014H8C7N0</x:t>
   </x:si>
   <x:si>
     <x:t>3.280</x:t>
   </x:si>
   <x:si>
     <x:t>4,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$639,677.85</x:t>
+    <x:t>$634,914.46</x:t>
   </x:si>
   <x:si>
     <x:t>3.41%</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J6PFBR5</x:t>
   </x:si>
   <x:si>
     <x:t>2.690</x:t>
   </x:si>
   <x:si>
     <x:t>4,060,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$634,486.35</x:t>
-[...2 lines deleted...]
-    <x:t>3.38%</x:t>
+    <x:t>$631,201.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Export-Import Bank Of China/The</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RSSMT5</x:t>
   </x:si>
   <x:si>
     <x:t>3.380</x:t>
   </x:si>
   <x:si>
     <x:t>3,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$548,302.53</x:t>
-[...2 lines deleted...]
-    <x:t>2.92%</x:t>
+    <x:t>$544,997.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MZDW4M5</x:t>
   </x:si>
   <x:si>
     <x:t>2.270</x:t>
   </x:si>
   <x:si>
     <x:t>3,490,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$533,993.52</x:t>
-[...2 lines deleted...]
-    <x:t>2.84%</x:t>
+    <x:t>$529,686.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HCSYR36</x:t>
   </x:si>
   <x:si>
     <x:t>2.400</x:t>
   </x:si>
   <x:si>
     <x:t>3,480,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$528,794.81</x:t>
+    <x:t>$524,651.92</x:t>
   </x:si>
   <x:si>
     <x:t>2.82%</x:t>
   </x:si>
   <x:si>
-    <x:t>Agricultural Development Bank Of China</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/04/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3HDY48</x:t>
   </x:si>
   <x:si>
-    <x:t>$515,523.23</x:t>
+    <x:t>$512,024.87</x:t>
   </x:si>
   <x:si>
     <x:t>2.75%</x:t>
   </x:si>
   <x:si>
     <x:t>China Three Gorges Corp</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00002SMS5</x:t>
   </x:si>
   <x:si>
     <x:t>4.150</x:t>
   </x:si>
   <x:si>
-    <x:t>$515,405.27</x:t>
+    <x:t>$511,405.78</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T5W65H4</x:t>
   </x:si>
   <x:si>
     <x:t>2.960</x:t>
   </x:si>
   <x:si>
     <x:t>2,420,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$379,537.66</x:t>
-[...2 lines deleted...]
-    <x:t>2.02%</x:t>
+    <x:t>$377,209.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P4N57V4</x:t>
   </x:si>
   <x:si>
     <x:t>3.650</x:t>
   </x:si>
   <x:si>
     <x:t>1,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$310,431.86</x:t>
-[...2 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>$308,532.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4CB3N0</x:t>
   </x:si>
   <x:si>
     <x:t>3.740</x:t>
   </x:si>
   <x:si>
     <x:t>1,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$280,139.71</x:t>
-[...2 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>$278,225.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LLMJZR3</x:t>
   </x:si>
   <x:si>
     <x:t>2.350</x:t>
   </x:si>
   <x:si>
     <x:t>1,760,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$269,499.14</x:t>
+    <x:t>$267,126.11</x:t>
   </x:si>
   <x:si>
     <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X2RXCX5</x:t>
   </x:si>
   <x:si>
     <x:t>1.440</x:t>
   </x:si>
   <x:si>
-    <x:t>$259,224.76</x:t>
+    <x:t>$257,222.22</x:t>
   </x:si>
   <x:si>
     <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZF4B415</x:t>
   </x:si>
   <x:si>
     <x:t>3.660</x:t>
   </x:si>
   <x:si>
     <x:t>1,170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$192,719.57</x:t>
-[...2 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>$185,566.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F3SXS11</x:t>
   </x:si>
   <x:si>
     <x:t>3.100</x:t>
   </x:si>
   <x:si>
     <x:t>580,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$91,667.69</x:t>
+    <x:t>$91,236.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>729,346</x:t>
-[...14 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>839,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,571.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,436.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-22,912.10</x:t>
+    <x:t>$-21,566.37</x:t>
   </x:si>
   <x:si>
     <x:t>-0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -685,51 +685,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9fe06845695488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Recd9530ef02f48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd070bf1f1c44d12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R526ef32696be43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R15faac6c0a39468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8aea0d0680c941b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L35"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="20" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
@@ -939,89 +939,89 @@
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="H7" s="1" t="s">
+      <x:c r="I7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J7" s="1" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -1077,673 +1077,673 @@
       <x:c r="B10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="s">
+      <x:c r="I11" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="s">
+      <x:c r="I12" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J12" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -1813,89 +1813,89 @@
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
         <x:v>190</x:v>
       </x:c>