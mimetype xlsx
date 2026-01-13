--- v0 (2025-12-06)
+++ v1 (2026-01-13)
@@ -1,1764 +1,1782 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d1418270295490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb615af13e6ae4f35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20251204" sheetId="1" r:id="R7889d295f29b4c9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260109" sheetId="1" r:id="R6166cf64cb764673"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="836" uniqueCount="573">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="579">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>300750 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYKWDB3</x:t>
   </x:si>
   <x:si>
-    <x:t>156,900</x:t>
+    <x:t>174,300</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,514,543.85</x:t>
+    <x:t>$9,271,321.89</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>20.34%</x:t>
+    <x:t>17.50%</x:t>
   </x:si>
   <x:si>
     <x:t>300308 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongji Innolight Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JMZYLD8</x:t>
   </x:si>
   <x:si>
-    <x:t>52,800</x:t>
-[...5 lines deleted...]
-    <x:t>9.57%</x:t>
+    <x:t>58,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,888,830.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.23%</x:t>
   </x:si>
   <x:si>
     <x:t>300502 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Eoptolink Technology Inc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHXJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>53,540</x:t>
-[...5 lines deleted...]
-    <x:t>6.78%</x:t>
+    <x:t>60,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,472,526.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.56%</x:t>
   </x:si>
   <x:si>
     <x:t>300059 C2</x:t>
   </x:si>
   <x:si>
     <x:t>East Money Information Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138WK7</x:t>
   </x:si>
   <x:si>
-    <x:t>762,000</x:t>
-[...5 lines deleted...]
-    <x:t>5.77%</x:t>
+    <x:t>874,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,032,981.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.73%</x:t>
   </x:si>
   <x:si>
     <x:t>300274 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Sungrow Power Supply Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13CY28</x:t>
   </x:si>
   <x:si>
-    <x:t>88,880</x:t>
-[...5 lines deleted...]
-    <x:t>5.34%</x:t>
+    <x:t>100,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,452,978.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>300476 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Victory Giant Technology Huizhou Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHW12</x:t>
   </x:si>
   <x:si>
-    <x:t>37,100</x:t>
-[...5 lines deleted...]
-    <x:t>3.45%</x:t>
+    <x:t>41,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,757,898.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.32%</x:t>
   </x:si>
   <x:si>
     <x:t>300124 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Inovance Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F139TZ7</x:t>
   </x:si>
   <x:si>
+    <x:t>133,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,506,209.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300760 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Mindray Bio-Medical Electronic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKWDD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,208,832.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300498 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wens Foodstuffs Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13F476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>376,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$917,462.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300014 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eve Energy Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$898,125.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300394 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Tfc Optical Communication Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQSB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$859,853.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300433 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lens Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DT73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$737,952.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300033 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hithink Royalflush Information Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138V10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$711,244.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300450 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Lead Intelligent Equipment Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1LL778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$624,956.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300058 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluefocus Intelligent Communications Gr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138WG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,593.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300136 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sunway Communication Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139VD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$591,850.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chaozhou Three-Circle Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$583,797.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300604 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Chang Chuan Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC81FX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,510.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300803 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Compass Technology Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DBJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,139.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300015 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aier Eye Hospital Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,310.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300442 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Range Intelligent Computing Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBPX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$463,102.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300418 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kunlun Tech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$449,117.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301308 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Longsys Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBRP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,227.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300115 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Everwin Precision Technology C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139P67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,744.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300857 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sharetronic Data Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZT8F36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,381.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300223 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingenic Semiconductor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHJJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,286.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300395 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Feilihua Quartz Glass Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC817P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,796.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300339 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Hoperun Software Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DR31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$389,839.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300255 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Changshan Biochemical Pharmaceuti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CGH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$381,132.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300207 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunwoda Electronic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13BZ08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,655.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300346 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Nata Opto-Electronic Material C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,000.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300347 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Tigermed Consulting Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DR59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,856.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300454 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sangfor Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,082.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300054 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Dinglong Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138W72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,159.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300751 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Maxwell Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQVG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,715.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301236 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isoftstone Information Technology Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWNBPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,575.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300548 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadex Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D7K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,326.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300759 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pharmaron Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R08YHZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$290,723.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300661 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sg Micro Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKWCC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$285,654.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300782 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maxscend Microelectronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC80L30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,894.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300724 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sc New Energy Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PF5F036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,492.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300285 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Sinocera Functional Material C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHL98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,875.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300458 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All Winner Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DW21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,771.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300037 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Capchem Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138V83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,631.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300496 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thunder Software Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13F1V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,551.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300748 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jl Mag Rare-Earth Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PF5F1K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,820.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301358 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunan Yuneng New Energy Battery Materia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G92FS65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,724.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300251 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Enlight Media Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CG90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,426.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300073 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Easpring Material Technology Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,405.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300017 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wangsu Science &amp; Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138SD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,324.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300316 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jingsheng Mechanical &amp; Electri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DKX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,459.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300666 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konfoong Materials International Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN03482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,691.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301269 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empyrean Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBM91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,262.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300002 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Ultrapower Software Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,924.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300003 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lepu Medical Technology Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,584.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300699 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weihai Guangwei Composites Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJGFK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,383.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300866 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anker Innovations Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97H08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,421.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300919 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cngr Advanced Material Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y510B9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,058.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300122 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Zhifei Biological Products Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139TV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,099.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300024 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siasun Robot &amp; Automation Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138SL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,219.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300383 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Sinnet Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,194.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300832 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen New Industries Biomedical Engi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97D07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,226.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300627 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Huace Navigation Technology Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,884.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300567 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuhan Jingce Electronic Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC7L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,808.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300896 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imeik Technology Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97SS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,128.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300012 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Testing International Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,596.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300373 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzhou Yangjie Electronic Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DS20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,339.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qingdao Tgood Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,949.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300142 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walvax Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,523.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300253 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winning Health Technology Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CGF3</x:t>
+  </x:si>
+  <x:si>
     <x:t>120,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,241,851.70</x:t>
-[...452 lines deleted...]
-    <x:t>BBG00F13DR59</x:t>
+    <x:t>$188,247.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300432 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mianyang Fulin Precision Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHRC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,202.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300972 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujian Wanchen Biotechnology Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ882H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,000.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301611 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Kematek Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSLVDP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,717.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300628 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yealink Network Technology Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN03348</x:t>
   </x:si>
   <x:si>
     <x:t>32,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$222,895.34</x:t>
-[...479 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>$169,304.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300763 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginlong Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D9P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,930.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300999 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yihai Kerry Arawana Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DCM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,084.63</x:t>
   </x:si>
   <x:si>
     <x:t>300677 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Intco Medical Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VC80JF2</x:t>
   </x:si>
   <x:si>
-    <x:t>25,700</x:t>
-[...131 lines deleted...]
-    <x:t>$132,663.67</x:t>
+    <x:t>$161,779.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300487 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunresin New Materials Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW7J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,663.20</x:t>
   </x:si>
   <x:si>
     <x:t>300413 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Mango Excellent Media Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DSW7</x:t>
   </x:si>
   <x:si>
-    <x:t>37,700</x:t>
-[...20 lines deleted...]
-    <x:t>$126,782.25</x:t>
+    <x:t>41,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,189.29</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
-    <x:t>300487 C2</x:t>
-[...29 lines deleted...]
-    <x:t>$110,124.27</x:t>
+    <x:t>300765 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cspc Innovation Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQX85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,734.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300679 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric Connector Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJFDL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,729.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
+    <x:t>300676 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bgi Genomics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJFCZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,579.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
     <x:t>300144 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Songcheng Performance Development Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13B032</x:t>
   </x:si>
   <x:si>
-    <x:t>97,500</x:t>
-[...17 lines deleted...]
-    <x:t>$108,812.42</x:t>
+    <x:t>108,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,689.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>300558 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Betta Pharmaceuticals Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H1LL7F9</x:t>
   </x:si>
   <x:si>
-    <x:t>15,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>17,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,039.58</x:t>
   </x:si>
   <x:si>
     <x:t>300146 C2</x:t>
   </x:si>
   <x:si>
     <x:t>By-Health Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13B078</x:t>
   </x:si>
   <x:si>
-    <x:t>59,500</x:t>
-[...35 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>66,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,968.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300100 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shuanglin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139J43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,836.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301536 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigmastar Technology Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MV7GKX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,562.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300718 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Changsheng Sliding Bearings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FR9V056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,386.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300735 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbg Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJGMT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,213.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>300601 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Kangtai Biological Products Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJC7X4</x:t>
   </x:si>
   <x:si>
-    <x:t>$82,769.95</x:t>
-[...17 lines deleted...]
-    <x:t>$81,663.54</x:t>
+    <x:t>43,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,211.58</x:t>
   </x:si>
   <x:si>
     <x:t>300979 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Huali Industrial Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013Y513M1</x:t>
   </x:si>
   <x:si>
-    <x:t>9,200</x:t>
-[...35 lines deleted...]
-    <x:t>$75,559.42</x:t>
+    <x:t>12,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,415.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>300529 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Jafron Biomedical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJC657</x:t>
   </x:si>
   <x:si>
-    <x:t>26,300</x:t>
-[...65 lines deleted...]
-    <x:t>$68,000.29</x:t>
+    <x:t>28,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,781.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
+    <x:t>301200 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Han's Cnc Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWNBMF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,888.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301165 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ruijie Networks Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB0XG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,818.38</x:t>
+  </x:si>
+  <x:si>
     <x:t>300957 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Yunnan Botanee Bio-Technology Group Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013Y512B5</x:t>
   </x:si>
   <x:si>
-    <x:t>11,100</x:t>
-[...2 lines deleted...]
-    <x:t>$63,004.27</x:t>
+    <x:t>13,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,492.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>301165 C2</x:t>
-[...8 lines deleted...]
-    <x:t>$62,019.00</x:t>
+    <x:t>301301 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yili Chuanning Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBQV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,298.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>300888 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Winner Medical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011C97MD3</x:t>
   </x:si>
   <x:si>
-    <x:t>$60,232.56</x:t>
-[...35 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>12,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,610.09</x:t>
   </x:si>
   <x:si>
     <x:t>301498 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Gambol Pet Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J941ZG3</x:t>
   </x:si>
   <x:si>
-    <x:t>5,100</x:t>
-[...2 lines deleted...]
-    <x:t>$48,637.77</x:t>
+    <x:t>6,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,847.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>301267 C2</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>65,936</x:t>
+    <x:t>126,478</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$65,936.05</x:t>
+    <x:t>$126,478.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CNY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-160.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-64,238.39</x:t>
-[...2 lines deleted...]
-    <x:t>-0.15%</x:t>
+    <x:t>$-74,392.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1786,56 +1804,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5f45ce4daf4d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re52a460f0ba340a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7889d295f29b4c9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a6b9b14d334ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R881a2f8f22c54fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6166cf64cb764673" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I104"/>
+  <x:dimension ref="A1:I105"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2468,1559 +2486,1559 @@
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
@@ -4034,819 +4052,848 @@
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="F79" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>463</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="D85" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>492</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>531</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A104" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B104" s="2" t="s">
+      <x:c r="A104" s="1">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="H104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A105" s="2" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C104" s="2" t="s">
+      <x:c r="C105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D104" s="2" t="s">
+      <x:c r="D105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E104" s="2" t="s">
+      <x:c r="E105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F104" s="2" t="s">
+      <x:c r="F105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G104" s="2" t="s">
+      <x:c r="G105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H104" s="2" t="s">
+      <x:c r="H105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I104" s="2" t="s">
+      <x:c r="I105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A104:I104"/>
+    <x:mergeCell ref="A105:I105"/>
   </x:mergeCells>
 </x:worksheet>
 </file>