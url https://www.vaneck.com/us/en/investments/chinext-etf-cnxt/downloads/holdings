--- v1 (2026-01-13)
+++ v2 (2026-01-19)
@@ -1,1782 +1,1779 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb615af13e6ae4f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f7445c9e684118" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260109" sheetId="1" r:id="R6166cf64cb764673"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260115" sheetId="1" r:id="R15c1176e9f224c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="579">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="578">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>300750 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYKWDB3</x:t>
   </x:si>
   <x:si>
-    <x:t>174,300</x:t>
+    <x:t>189,500</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,271,321.89</x:t>
+    <x:t>$9,664,993.38</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>17.50%</x:t>
+    <x:t>16.62%</x:t>
   </x:si>
   <x:si>
     <x:t>300308 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongji Innolight Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JMZYLD8</x:t>
   </x:si>
   <x:si>
-    <x:t>58,000</x:t>
-[...5 lines deleted...]
-    <x:t>9.23%</x:t>
+    <x:t>63,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,620,336.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.66%</x:t>
   </x:si>
   <x:si>
     <x:t>300502 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Eoptolink Technology Inc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHXJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>60,340</x:t>
-[...5 lines deleted...]
-    <x:t>6.56%</x:t>
+    <x:t>65,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,739,647.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43%</x:t>
   </x:si>
   <x:si>
     <x:t>300059 C2</x:t>
   </x:si>
   <x:si>
     <x:t>East Money Information Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138WK7</x:t>
   </x:si>
   <x:si>
-    <x:t>874,600</x:t>
-[...5 lines deleted...]
-    <x:t>5.73%</x:t>
+    <x:t>950,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,292,069.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.66%</x:t>
   </x:si>
   <x:si>
     <x:t>300274 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Sungrow Power Supply Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13CY28</x:t>
   </x:si>
   <x:si>
-    <x:t>100,680</x:t>
-[...5 lines deleted...]
-    <x:t>4.63%</x:t>
+    <x:t>109,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,608,713.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>300476 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Victory Giant Technology Huizhou Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHW12</x:t>
   </x:si>
   <x:si>
-    <x:t>41,400</x:t>
-[...5 lines deleted...]
-    <x:t>3.32%</x:t>
+    <x:t>45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,824,284.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
   </x:si>
   <x:si>
     <x:t>300124 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Inovance Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F139TZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>133,800</x:t>
-[...5 lines deleted...]
-    <x:t>2.84%</x:t>
+    <x:t>145,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,689,926.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>300760 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Mindray Bio-Medical Electronic</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYKWDD1</x:t>
   </x:si>
   <x:si>
-    <x:t>41,300</x:t>
-[...5 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>44,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,318,418.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
   </x:si>
   <x:si>
     <x:t>300498 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Wens Foodstuffs Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13F476</x:t>
   </x:si>
   <x:si>
-    <x:t>376,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>409,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$984,776.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>300014 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Eve Energy Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138RN5</x:t>
   </x:si>
   <x:si>
-    <x:t>90,100</x:t>
-[...5 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>97,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$956,942.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>300394 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Suzhou Tfc Optical Communication Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R2FQSB2</x:t>
   </x:si>
   <x:si>
-    <x:t>29,936</x:t>
-[...5 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>32,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$898,428.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300033 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hithink Royalflush Information Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138V10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$844,724.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>300433 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Lens Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DT73</x:t>
   </x:si>
   <x:si>
-    <x:t>132,300</x:t>
-[...14 lines deleted...]
-    <x:t>BBG00F138V10</x:t>
+    <x:t>143,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$793,957.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300058 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluefocus Intelligent Communications Gr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138WG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$704,706.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300450 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Lead Intelligent Equipment Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1LL778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$701,446.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chaozhou Three-Circle Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$658,956.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300136 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sunway Communication Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139VD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$654,698.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300604 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Chang Chuan Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC81FX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$633,822.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300442 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Range Intelligent Computing Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBPX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$589,963.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300418 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kunlun Tech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,104.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300015 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aier Eye Hospital Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,519.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300803 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Compass Technology Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DBJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,273.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301308 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Longsys Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBRP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,178.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300857 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sharetronic Data Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZT8F36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$469,706.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300339 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Hoperun Software Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DR31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,178.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300395 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Feilihua Quartz Glass Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC817P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$432,496.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300223 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingenic Semiconductor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHJJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$427,153.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300115 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Everwin Precision Technology C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139P67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$415,236.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300255 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Changshan Biochemical Pharmaceuti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CGH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,117.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300454 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sangfor Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,208.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300346 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Nata Opto-Electronic Material C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,537.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300207 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunwoda Electronic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13BZ08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,856.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300347 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Tigermed Consulting Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DR59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,477.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300751 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Maxwell Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQVG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,738.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301236 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isoftstone Information Technology Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWNBPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,445.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300054 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Dinglong Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138W72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,423.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300724 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sc New Energy Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PF5F036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,330.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300759 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pharmaron Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R08YHZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,814.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300496 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thunder Software Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13F1V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,494.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300548 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadex Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D7K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,536.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300661 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sg Micro Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKWCC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,075.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300782 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maxscend Microelectronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC80L30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,070.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300458 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All Winner Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DW21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,758.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300666 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konfoong Materials International Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN03482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,159.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300037 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Capchem Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138V83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,423.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300285 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Sinocera Functional Material C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHL98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,709.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300251 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Enlight Media Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CG90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$266,810.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300017 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wangsu Science &amp; Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138SD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,834.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300073 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Easpring Material Technology Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,710.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300748 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jl Mag Rare-Earth Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PF5F1K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,372.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300253 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winning Health Technology Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CGF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,889.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300002 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Ultrapower Software Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,879.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301358 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunan Yuneng New Energy Battery Materia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G92FS65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,115.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301269 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empyrean Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBM91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,629.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300316 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jingsheng Mechanical &amp; Electri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DKX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,734.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300003 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lepu Medical Technology Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,423.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300919 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cngr Advanced Material Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y510B9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,940.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300567 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuhan Jingce Electronic Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC7L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,766.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300866 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anker Innovations Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97H08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,213.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300383 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Sinnet Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,713.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300122 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Zhifei Biological Products Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139TV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$231,510.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300024 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siasun Robot &amp; Automation Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138SL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,449.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300432 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mianyang Fulin Precision Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHRC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,880.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300699 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weihai Guangwei Composites Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJGFK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,112.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300012 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Testing International Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,879.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300896 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imeik Technology Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97SS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,431.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300142 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walvax Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,237.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300373 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzhou Yangjie Electronic Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DS20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,408.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qingdao Tgood Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,066.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300832 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen New Industries Biomedical Engi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97D07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,800.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300627 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Huace Navigation Technology Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,381.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301611 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Kematek Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSLVDP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,295.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300677 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intco Medical Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC80JF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,484.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300487 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunresin New Materials Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW7J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,535.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300628 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yealink Network Technology Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN03348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,654.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300972 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujian Wanchen Biotechnology Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ882H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,590.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300413 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mango Excellent Media Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,021.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300763 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginlong Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D9P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,950.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300999 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yihai Kerry Arawana Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DCM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,320.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300676 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bgi Genomics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJFCZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,235.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300765 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cspc Innovation Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQX85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,156.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300679 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric Connector Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJFDL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,997.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300144 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Songcheng Performance Development Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,106.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300558 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Betta Pharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1LL7F9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,380.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300146 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By-Health Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,553.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300100 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shuanglin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139J43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,310.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301536 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigmastar Technology Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MV7GKX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,375.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300718 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Changsheng Sliding Bearings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FR9V056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,788.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300601 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Kangtai Biological Products Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC7X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,373.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300735 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbg Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJGMT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,330.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300979 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huali Industrial Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y513M1</x:t>
   </x:si>
   <x:si>
     <x:t>13,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$711,244.03</x:t>
-[...854 lines deleted...]
-    <x:t>BBG00LBJC7L7</x:t>
+    <x:t>$102,712.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301200 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Han's Cnc Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWNBMF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,676.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300529 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jafron Biomedical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,618.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301165 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ruijie Networks Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB0XG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,599.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300957 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Botanee Bio-Technology Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y512B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,416.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301301 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yili Chuanning Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBQV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,289.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300888 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winner Medical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97MD3</x:t>
   </x:si>
   <x:si>
     <x:t>13,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$203,808.54</x:t>
-[...545 lines deleted...]
-    <x:t>$68,610.09</x:t>
+    <x:t>$72,230.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>301498 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Gambol Pet Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J941ZG3</x:t>
   </x:si>
   <x:si>
-    <x:t>6,400</x:t>
-[...5 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>6,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,497.82</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>126,478</x:t>
+    <x:t>154,649</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$126,478.12</x:t>
+    <x:t>$154,649.45</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-1,117</x:t>
-[...2 lines deleted...]
-    <x:t>$-160.15</x:t>
+    <x:t>-4,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-584.63</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-74,392.85</x:t>
-[...2 lines deleted...]
-    <x:t>-0.14%</x:t>
+    <x:t>$-53,386.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1804,51 +1801,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a6b9b14d334ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R881a2f8f22c54fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6166cf64cb764673" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da0ef0949d24f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Reda14a524009452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R15c1176e9f224c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I105"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2341,2550 +2338,2550 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>461</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>467</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="E91" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>507</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="D92" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="F92" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>523</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="D97" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="D99" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
+      <x:c r="F99" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="F99" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
         <x:v>552</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="D100" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="F100" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>558</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="F102" s="1" t="s">
+      <x:c r="G102" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="G102" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="F103" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G103" s="1" t="s">
+      <x:c r="H103" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F104" s="1" t="s">
+      <x:c r="G104" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="G104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="2" t="s">
-        <x:v>578</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>