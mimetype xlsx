--- v2 (2026-01-19)
+++ v3 (2026-02-12)
@@ -1,1779 +1,1788 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f7445c9e684118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3901cdc421b246d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260115" sheetId="1" r:id="R15c1176e9f224c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260211" sheetId="1" r:id="R69af7f69e89d4e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="578">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="581">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>300750 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYKWDB3</x:t>
   </x:si>
   <x:si>
-    <x:t>189,500</x:t>
+    <x:t>219,900</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,664,993.38</x:t>
+    <x:t>$11,709,548.06</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>16.62%</x:t>
+    <x:t>17.70%</x:t>
   </x:si>
   <x:si>
     <x:t>300308 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongji Innolight Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JMZYLD8</x:t>
   </x:si>
   <x:si>
-    <x:t>63,000</x:t>
-[...5 lines deleted...]
-    <x:t>9.66%</x:t>
+    <x:t>73,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,597,157.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.46%</x:t>
   </x:si>
   <x:si>
     <x:t>300502 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Eoptolink Technology Inc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHXJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>65,540</x:t>
-[...5 lines deleted...]
-    <x:t>6.43%</x:t>
+    <x:t>75,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,066,584.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
   </x:si>
   <x:si>
     <x:t>300059 C2</x:t>
   </x:si>
   <x:si>
     <x:t>East Money Information Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138WK7</x:t>
   </x:si>
   <x:si>
-    <x:t>950,700</x:t>
-[...5 lines deleted...]
-    <x:t>5.66%</x:t>
+    <x:t>1,103,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,629,449.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
   </x:si>
   <x:si>
     <x:t>300274 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Sungrow Power Supply Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13CY28</x:t>
   </x:si>
   <x:si>
-    <x:t>109,380</x:t>
-[...5 lines deleted...]
-    <x:t>4.49%</x:t>
+    <x:t>126,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,795,726.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.22%</x:t>
   </x:si>
   <x:si>
     <x:t>300476 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Victory Giant Technology Huizhou Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHW12</x:t>
   </x:si>
   <x:si>
-    <x:t>45,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.14%</x:t>
+    <x:t>52,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,981,208.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>300124 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Inovance Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F139TZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>145,400</x:t>
-[...5 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>168,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,839,228.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300394 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Tfc Optical Communication Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQSB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,568,624.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>300760 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Mindray Bio-Medical Electronic</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYKWDD1</x:t>
   </x:si>
   <x:si>
-    <x:t>44,900</x:t>
-[...5 lines deleted...]
-    <x:t>2.27%</x:t>
+    <x:t>52,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,426,336.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
   </x:si>
   <x:si>
     <x:t>300498 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Wens Foodstuffs Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13F476</x:t>
   </x:si>
   <x:si>
-    <x:t>409,600</x:t>
-[...5 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>475,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,083,889.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>300014 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Eve Energy Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138RN5</x:t>
   </x:si>
   <x:si>
-    <x:t>97,900</x:t>
-[...23 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>113,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,046,980.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chaozhou Three-Circle Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$884,373.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>300033 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Hithink Royalflush Information Network</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138V10</x:t>
   </x:si>
   <x:si>
-    <x:t>15,100</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>17,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$872,753.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300058 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluefocus Intelligent Communications Gr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138WG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$844,069.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>300433 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Lens Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DT73</x:t>
   </x:si>
   <x:si>
-    <x:t>143,400</x:t>
-[...23 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>166,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$828,943.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300136 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sunway Communication Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139VD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$760,138.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>300450 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Wuxi Lead Intelligent Equipment Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H1LL778</x:t>
   </x:si>
   <x:si>
+    <x:t>93,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$748,376.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300604 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Chang Chuan Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC81FX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,287.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300442 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Range Intelligent Computing Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBPX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,176.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300857 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sharetronic Data Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZT8F36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$603,570.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300418 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kunlun Tech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$595,212.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300015 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aier Eye Hospital Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>371,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,998.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301308 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Longsys Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBRP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$569,876.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300751 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Maxwell Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQVG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,641.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300803 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Compass Technology Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DBJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$539,894.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300017 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wangsu Science &amp; Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138SD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,506.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300223 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingenic Semiconductor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHJJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,853.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300395 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Feilihua Quartz Glass Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC817P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,619.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300251 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Enlight Media Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CG90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$470,941.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300339 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Hoperun Software Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DR31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$466,139.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300115 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Everwin Precision Technology C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139P67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,023.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300454 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sangfor Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,589.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300347 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Tigermed Consulting Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DR59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,683.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300207 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunwoda Electronic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13BZ08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,875.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300724 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sc New Energy Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PF5F036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$427,701.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300548 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadex Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D7K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,329.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300316 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jingsheng Mechanical &amp; Electri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DKX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,486.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300346 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Nata Opto-Electronic Material C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$393,882.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300054 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Dinglong Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138W72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,968.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300255 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Changshan Biochemical Pharmaceuti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CGH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,922.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301236 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isoftstone Information Technology Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWNBPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,177.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300759 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pharmaron Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R08YHZ9</x:t>
+  </x:si>
+  <x:si>
     <x:t>80,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$701,446.21</x:t>
-[...143 lines deleted...]
-    <x:t>BBG01GZT8F36</x:t>
+    <x:t>$357,605.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300661 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sg Micro Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKWCC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,228.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300666 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konfoong Materials International Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN03482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,545.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300037 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Capchem Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138V83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,465.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301358 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunan Yuneng New Energy Battery Materia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G92FS65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,922.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300567 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuhan Jingce Electronic Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC7L7</x:t>
   </x:si>
   <x:si>
     <x:t>16,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$469,706.53</x:t>
-[...248 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>$319,031.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300782 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maxscend Microelectronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC80L30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,412.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300285 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Sinocera Functional Material C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHL98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,102.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300748 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jl Mag Rare-Earth Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PF5F1K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,294.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300383 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Sinnet Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,930.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>300496 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Thunder Software Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13F1V5</x:t>
   </x:si>
   <x:si>
-    <x:t>25,600</x:t>
-[...53 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>29,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,147.33</x:t>
   </x:si>
   <x:si>
     <x:t>300458 C2</x:t>
   </x:si>
   <x:si>
     <x:t>All Winner Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DW21</x:t>
   </x:si>
   <x:si>
-    <x:t>43,900</x:t>
-[...11 lines deleted...]
-    <x:t>BBG00JN03482</x:t>
+    <x:t>51,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$308,490.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300373 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzhou Yangjie Electronic Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DS20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,177.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300002 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Ultrapower Software Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,682.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300919 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cngr Advanced Material Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y510B9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,618.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300073 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Easpring Material Technology Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,945.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300012 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Testing International Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,637.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300866 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anker Innovations Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97H08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,204.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300003 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lepu Medical Technology Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,313.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300699 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weihai Guangwei Composites Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJGFK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,635.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300024 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siasun Robot &amp; Automation Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138SL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,823.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301269 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empyrean Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBM91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,911.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300896 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imeik Technology Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97SS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,892.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300142 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walvax Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,211.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300253 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winning Health Technology Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CGF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,821.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300122 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Zhifei Biological Products Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139TV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,822.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qingdao Tgood Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,487.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300972 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujian Wanchen Biotechnology Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ882H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,221.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300432 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mianyang Fulin Precision Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHRC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,918.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300627 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Huace Navigation Technology Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$231,889.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300832 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen New Industries Biomedical Engi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97D07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,607.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300763 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginlong Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D9P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,337.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300628 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yealink Network Technology Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN03348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,673.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300677 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intco Medical Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC80JF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,465.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301611 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Kematek Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSLVDP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,428.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300487 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunresin New Materials Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW7J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,437.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300999 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yihai Kerry Arawana Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DCM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,671.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300413 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mango Excellent Media Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,141.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300144 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Songcheng Performance Development Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,676.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300676 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bgi Genomics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJFCZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,305.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300765 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cspc Innovation Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQX85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,059.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300558 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Betta Pharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1LL7F9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,192.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300146 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By-Health Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,847.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301536 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigmastar Technology Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MV7GKX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,842.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300679 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric Connector Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJFDL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,885.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300100 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shuanglin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139J43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,182.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300718 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Changsheng Sliding Bearings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FR9V056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,524.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300735 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbg Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJGMT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,211.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301200 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Han's Cnc Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWNBMF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,901.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300601 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Kangtai Biological Products Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC7X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,691.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300957 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Botanee Bio-Technology Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y512B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,041.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300979 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huali Industrial Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y513M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,524.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300529 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jafron Biomedical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,666.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301165 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ruijie Networks Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB0XG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,471.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301301 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yili Chuanning Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBQV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,728.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300888 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winner Medical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97MD3</x:t>
   </x:si>
   <x:si>
     <x:t>15,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$281,159.33</x:t>
-[...872 lines deleted...]
-    <x:t>$72,230.08</x:t>
+    <x:t>$77,769.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>301498 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Gambol Pet Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J941ZG3</x:t>
   </x:si>
   <x:si>
-    <x:t>6,900</x:t>
-[...2 lines deleted...]
-    <x:t>$67,497.82</x:t>
+    <x:t>8,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,427.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>154,649</x:t>
+    <x:t>172,029</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$154,649.45</x:t>
+    <x:t>$172,028.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-4,071</x:t>
-[...2 lines deleted...]
-    <x:t>$-584.63</x:t>
+    <x:t>-10,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,458.86</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-53,386.53</x:t>
-[...2 lines deleted...]
-    <x:t>-0.09%</x:t>
+    <x:t>$-76,308.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1801,62 +1810,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da0ef0949d24f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Reda14a524009452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R15c1176e9f224c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3870da04b3f4639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R26331ea789554426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69af7f69e89d4e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I105"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="13" customWidth="1"/>
+    <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2338,2550 +2347,2550 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>510</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>521</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
         <x:v>548</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="2" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>