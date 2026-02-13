--- v3 (2026-02-12)
+++ v4 (2026-02-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3901cdc421b246d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34650d1ed2ef4f00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260211" sheetId="1" r:id="R69af7f69e89d4e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260211" sheetId="1" r:id="R1dd112e865f64b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="581">
   <x:si>
     <x:t>Daily Holdings (%)  02/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1810,51 +1810,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3870da04b3f4639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R26331ea789554426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69af7f69e89d4e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e04c422401c41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb762ce93a85f4dfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1dd112e865f64b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I105"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">