--- v4 (2026-02-13)
+++ v5 (2026-03-05)
@@ -1,1788 +1,1782 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34650d1ed2ef4f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebe608c213b4d49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260211" sheetId="1" r:id="R1dd112e865f64b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260304" sheetId="1" r:id="Rec7d782f7df74388"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="581">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/11/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="579">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>300750 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYKWDB3</x:t>
   </x:si>
   <x:si>
-    <x:t>219,900</x:t>
+    <x:t>227,500</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,709,548.06</x:t>
+    <x:t>$11,320,762.77</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>17.70%</x:t>
+    <x:t>16.91%</x:t>
   </x:si>
   <x:si>
     <x:t>300308 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongji Innolight Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JMZYLD8</x:t>
   </x:si>
   <x:si>
-    <x:t>73,000</x:t>
-[...5 lines deleted...]
-    <x:t>8.46%</x:t>
+    <x:t>75,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,018,649.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.99%</x:t>
   </x:si>
   <x:si>
     <x:t>300502 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Eoptolink Technology Inc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHXJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>75,940</x:t>
-[...5 lines deleted...]
-    <x:t>6.15%</x:t>
+    <x:t>78,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,285,525.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.40%</x:t>
   </x:si>
   <x:si>
     <x:t>300059 C2</x:t>
   </x:si>
   <x:si>
     <x:t>East Money Information Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138WK7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,103,100</x:t>
-[...5 lines deleted...]
-    <x:t>5.48%</x:t>
+    <x:t>1,141,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,501,431.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.23%</x:t>
   </x:si>
   <x:si>
     <x:t>300274 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Sungrow Power Supply Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13CY28</x:t>
   </x:si>
   <x:si>
-    <x:t>126,980</x:t>
-[...5 lines deleted...]
-    <x:t>4.22%</x:t>
+    <x:t>131,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,876,581.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
   </x:si>
   <x:si>
     <x:t>300476 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Victory Giant Technology Huizhou Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHW12</x:t>
   </x:si>
   <x:si>
-    <x:t>52,200</x:t>
-[...5 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>54,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,272,036.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300394 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Tfc Optical Communication Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQSB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,934,823.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>300124 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Inovance Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F139TZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>168,600</x:t>
-[...23 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>174,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,732,021.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>300760 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Mindray Bio-Medical Electronic</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYKWDD1</x:t>
   </x:si>
   <x:si>
-    <x:t>52,100</x:t>
-[...5 lines deleted...]
-    <x:t>2.16%</x:t>
+    <x:t>53,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,382,184.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>300498 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Wens Foodstuffs Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13F476</x:t>
   </x:si>
   <x:si>
-    <x:t>475,200</x:t>
-[...5 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>491,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,161,428.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>300014 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Eve Energy Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138RN5</x:t>
   </x:si>
   <x:si>
-    <x:t>113,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.58%</x:t>
+    <x:t>117,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,051.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>300408 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Chaozhou Three-Circle Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DSS2</x:t>
   </x:si>
   <x:si>
-    <x:t>107,200</x:t>
-[...5 lines deleted...]
-    <x:t>1.34%</x:t>
+    <x:t>110,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$959,929.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300442 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Range Intelligent Computing Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBPX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$841,688.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>300033 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Hithink Royalflush Information Network</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138V10</x:t>
   </x:si>
   <x:si>
-    <x:t>17,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>18,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$823,403.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300433 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lens Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DT73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$811,784.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>300058 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Bluefocus Intelligent Communications Gr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138WG2</x:t>
   </x:si>
   <x:si>
-    <x:t>308,000</x:t>
-[...23 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>318,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$763,381.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300857 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sharetronic Data Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZT8F36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$731,504.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300604 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Chang Chuan Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC81FX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$730,762.98</x:t>
   </x:si>
   <x:si>
     <x:t>300136 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Sunway Communication Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F139VD6</x:t>
   </x:si>
   <x:si>
-    <x:t>69,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>71,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$722,321.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>300450 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Wuxi Lead Intelligent Equipment Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H1LL778</x:t>
   </x:si>
   <x:si>
-    <x:t>93,500</x:t>
-[...59 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>96,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$707,169.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301308 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Longsys Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBRP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$641,631.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300395 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Feilihua Quartz Glass Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC817P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,073.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>300418 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Kunlun Tech Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DSY5</x:t>
   </x:si>
   <x:si>
-    <x:t>72,800</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>75,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$576,739.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>300015 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Aier Eye Hospital Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138RQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>371,600</x:t>
-[...23 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>384,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$569,007.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300803 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Compass Technology Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DBJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,931.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300223 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingenic Semiconductor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHJJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,384.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>300751 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Suzhou Maxwell Technologies Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R2FQVG0</x:t>
   </x:si>
   <x:si>
-    <x:t>12,513</x:t>
-[...23 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>12,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$494,873.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>300017 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Wangsu Science &amp; Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138SD4</x:t>
   </x:si>
   <x:si>
-    <x:t>179,900</x:t>
-[...32 lines deleted...]
-    <x:t>BBG00VC817P6</x:t>
+    <x:t>186,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$490,766.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300339 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Hoperun Software Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DR31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,749.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300207 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunwoda Electronic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13BZ08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,601.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300115 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Everwin Precision Technology C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139P67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$431,134.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300548 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadex Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D7K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,190.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300724 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sc New Energy Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PF5F036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,476.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300666 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konfoong Materials International Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN03482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,617.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300316 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Jingsheng Mechanical &amp; Electri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DKX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,855.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300346 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Nata Opto-Electronic Material C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,358.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300347 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Tigermed Consulting Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DR59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,462.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300054 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Dinglong Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138W72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,001.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300285 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shandong Sinocera Functional Material C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHL98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,253.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300782 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maxscend Microelectronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC80L30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,677.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301236 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isoftstone Information Technology Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWNBPZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,685.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300454 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sangfor Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,307.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300567 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuhan Jingce Electronic Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC7L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$355,870.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300255 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Changshan Biochemical Pharmaceuti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CGH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,924.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301358 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunan Yuneng New Energy Battery Materia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G92FS65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,584.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300037 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Capchem Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138V83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,032.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300759 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pharmaron Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R08YHZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,658.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300661 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sg Micro Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKWCC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,671.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300748 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jl Mag Rare-Earth Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PF5F1K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,414.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300251 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Enlight Media Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CG90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,239.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300373 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzhou Yangjie Electronic Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DS20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,187.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300458 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All Winner Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DW21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,875.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300496 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thunder Software Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13F1V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,998.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300919 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cngr Advanced Material Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y510B9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$284,090.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300012 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Testing International Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,065.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qingdao Tgood Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,864.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300073 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Easpring Material Technology Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHC25</x:t>
   </x:si>
   <x:si>
     <x:t>35,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$510,619.17</x:t>
-[...362 lines deleted...]
-    <x:t>$316,294.06</x:t>
+    <x:t>$275,203.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>300383 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Sinnet Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DSG5</x:t>
   </x:si>
   <x:si>
-    <x:t>121,700</x:t>
-[...53 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>125,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$274,291.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300763 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginlong Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D9P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$274,240.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300866 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anker Innovations Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97H08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,278.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300699 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weihai Guangwei Composites Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJGFK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,432.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300003 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lepu Medical Technology Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,886.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300024 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siasun Robot &amp; Automation Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138SL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,278.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>300002 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Ultrapower Software Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138PG7</x:t>
   </x:si>
   <x:si>
-    <x:t>160,400</x:t>
-[...122 lines deleted...]
-    <x:t>$257,823.57</x:t>
+    <x:t>165,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,173.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300677 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intco Medical Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC80JF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,745.83</x:t>
   </x:si>
   <x:si>
     <x:t>301269 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Empyrean Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FRBBM91</x:t>
   </x:si>
   <x:si>
-    <x:t>$253,911.47</x:t>
-[...2 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>$247,179.67</x:t>
   </x:si>
   <x:si>
     <x:t>300896 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Imeik Technology Development Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011C97SS4</x:t>
   </x:si>
   <x:si>
-    <x:t>11,680</x:t>
-[...2 lines deleted...]
-    <x:t>$251,892.53</x:t>
+    <x:t>12,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,390.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300487 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunresin New Materials Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW7J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,785.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>300142 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Walvax Biotechnology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13B014</x:t>
   </x:si>
   <x:si>
-    <x:t>138,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>142,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,929.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300832 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen New Industries Biomedical Engi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97D07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,118.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300972 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujian Wanchen Biotechnology Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ882H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,568.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300627 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Huace Navigation Technology Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,662.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300122 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Zhifei Biological Products Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139TV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,594.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300432 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mianyang Fulin Precision Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHRC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$218,679.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>300253 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Winning Health Technology Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13CGF3</x:t>
   </x:si>
   <x:si>
-    <x:t>152,400</x:t>
-[...119 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>157,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,051.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300999 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yihai Kerry Arawana Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DCM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,356.36</x:t>
   </x:si>
   <x:si>
     <x:t>300628 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Yealink Network Technology Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JN03348</x:t>
   </x:si>
   <x:si>
-    <x:t>40,600</x:t>
-[...17 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>42,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,519.65</x:t>
   </x:si>
   <x:si>
     <x:t>301611 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Suzhou Kematek Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PSLVDP6</x:t>
   </x:si>
   <x:si>
-    <x:t>12,100</x:t>
-[...32 lines deleted...]
-    <x:t>$209,671.99</x:t>
+    <x:t>12,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,635.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>300413 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Mango Excellent Media Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DSW7</x:t>
   </x:si>
   <x:si>
-    <x:t>52,600</x:t>
-[...5 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>54,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,671.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301536 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigmastar Technology Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MV7GKX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,354.77</x:t>
   </x:si>
   <x:si>
     <x:t>300144 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Songcheng Performance Development Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13B032</x:t>
   </x:si>
   <x:si>
-    <x:t>136,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>141,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,847.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>300676 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Bgi Genomics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJFCZ8</x:t>
   </x:si>
   <x:si>
+    <x:t>23,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,787.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300146 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By-Health Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,746.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300558 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Betta Pharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1LL7F9</x:t>
+  </x:si>
+  <x:si>
     <x:t>22,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$164,305.42</x:t>
-[...2 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>$140,010.99</x:t>
   </x:si>
   <x:si>
     <x:t>300765 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Cspc Innovation Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R2FQX85</x:t>
   </x:si>
   <x:si>
-    <x:t>31,600</x:t>
-[...56 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>32,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,119.01</x:t>
   </x:si>
   <x:si>
     <x:t>300679 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Electric Connector Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJFDL1</x:t>
   </x:si>
   <x:si>
-    <x:t>23,600</x:t>
-[...2 lines deleted...]
-    <x:t>$142,885.49</x:t>
+    <x:t>24,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,894.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>300100 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shuanglin Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F139J43</x:t>
   </x:si>
   <x:si>
-    <x:t>25,900</x:t>
-[...5 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>26,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,902.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301200 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Han's Cnc Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWNBMF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,789.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>300718 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Changsheng Sliding Bearings Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FR9V056</x:t>
   </x:si>
   <x:si>
-    <x:t>11,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>11,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,303.58</x:t>
   </x:si>
   <x:si>
     <x:t>300735 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Dbg Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJGMT2</x:t>
   </x:si>
   <x:si>
-    <x:t>34,200</x:t>
-[...20 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>35,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,196.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300979 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huali Industrial Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y513M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,048.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>300601 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Kangtai Biological Products Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJC7X4</x:t>
   </x:si>
   <x:si>
-    <x:t>55,100</x:t>
-[...2 lines deleted...]
-    <x:t>$121,691.47</x:t>
+    <x:t>57,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,924.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301165 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ruijie Networks Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB0XG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,426.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>300957 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Yunnan Botanee Bio-Technology Group Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013Y512B5</x:t>
   </x:si>
   <x:si>
-    <x:t>16,600</x:t>
-[...17 lines deleted...]
-    <x:t>$116,524.32</x:t>
+    <x:t>17,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,029.55</x:t>
   </x:si>
   <x:si>
     <x:t>300529 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Jafron Biomedical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJC657</x:t>
   </x:si>
   <x:si>
-    <x:t>36,600</x:t>
-[...20 lines deleted...]
-    <x:t>$94,471.84</x:t>
+    <x:t>37,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,316.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301301 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yili Chuanning Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBQV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,389.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
-    <x:t>301301 C2</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>300888 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Winner Medical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011C97MD3</x:t>
   </x:si>
   <x:si>
-    <x:t>15,200</x:t>
-[...2 lines deleted...]
-    <x:t>$77,769.61</x:t>
+    <x:t>15,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,058.57</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>301498 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Gambol Pet Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J941ZG3</x:t>
   </x:si>
   <x:si>
-    <x:t>8,100</x:t>
-[...2 lines deleted...]
-    <x:t>$74,427.21</x:t>
+    <x:t>8,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,921.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>172,029</x:t>
+    <x:t>152,527</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$172,028.63</x:t>
-[...2 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>$152,526.89</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-10,086</x:t>
-[...2 lines deleted...]
-    <x:t>$-1,458.86</x:t>
+    <x:t>-14,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-2,126.53</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-76,308.70</x:t>
-[...2 lines deleted...]
-    <x:t>-0.12%</x:t>
+    <x:t>$-75,594.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1810,51 +1804,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e04c422401c41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb762ce93a85f4dfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1dd112e865f64b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R903b44a6eed849c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R576ca31b23fb4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec7d782f7df74388" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I105"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2434,341 +2428,341 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
@@ -2840,573 +2834,573 @@
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
@@ -3420,167 +3414,167 @@
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
@@ -3594,184 +3588,184 @@
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
@@ -3785,1112 +3779,1112 @@
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>435</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="F82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="F83" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="H89" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="E91" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="D97" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
         <x:v>546</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="F99" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
         <x:v>552</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="D100" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="F100" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>558</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="D101" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="F101" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
         <x:v>564</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="F102" s="1" t="s">
+      <x:c r="G102" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
-      <x:c r="G102" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E103" s="1" t="s">
+      <x:c r="H103" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>577</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="2" t="s">
-        <x:v>580</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>