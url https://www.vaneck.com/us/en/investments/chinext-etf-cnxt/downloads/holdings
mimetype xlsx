--- v5 (2026-03-05)
+++ v6 (2026-03-27)
@@ -1,1782 +1,1779 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebe608c213b4d49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re69e00af0f0141ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260304" sheetId="1" r:id="Rec7d782f7df74388"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CNXT_asof_20260325" sheetId="1" r:id="Read439b2dad1489f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="579">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="844" uniqueCount="578">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>300750 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Contemporary Amperex Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYKWDB3</x:t>
   </x:si>
   <x:si>
-    <x:t>227,500</x:t>
+    <x:t>212,300</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,320,762.77</x:t>
+    <x:t>$12,256,160.11</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>16.91%</x:t>
+    <x:t>18.92%</x:t>
   </x:si>
   <x:si>
     <x:t>300308 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Zhongji Innolight Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JMZYLD8</x:t>
   </x:si>
   <x:si>
-    <x:t>75,500</x:t>
-[...5 lines deleted...]
-    <x:t>8.99%</x:t>
+    <x:t>70,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,428,804.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.92%</x:t>
   </x:si>
   <x:si>
     <x:t>300502 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Eoptolink Technology Inc Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHXJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>78,540</x:t>
-[...5 lines deleted...]
-    <x:t>6.40%</x:t>
+    <x:t>73,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,063,657.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.82%</x:t>
   </x:si>
   <x:si>
     <x:t>300059 C2</x:t>
   </x:si>
   <x:si>
     <x:t>East Money Information Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138WK7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,141,100</x:t>
-[...5 lines deleted...]
-    <x:t>5.23%</x:t>
+    <x:t>1,065,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,070,458.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
   </x:si>
   <x:si>
     <x:t>300274 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Sungrow Power Supply Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13CY28</x:t>
   </x:si>
   <x:si>
-    <x:t>131,380</x:t>
-[...5 lines deleted...]
-    <x:t>4.30%</x:t>
+    <x:t>122,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,973,374.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>300476 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Victory Giant Technology Huizhou Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHW12</x:t>
   </x:si>
   <x:si>
-    <x:t>54,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>50,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,944,639.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>300394 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Suzhou Tfc Optical Communication Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R2FQSB2</x:t>
   </x:si>
   <x:si>
-    <x:t>39,036</x:t>
-[...5 lines deleted...]
-    <x:t>2.89%</x:t>
+    <x:t>36,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,680,435.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>300124 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Inovance Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F139TZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>174,400</x:t>
-[...5 lines deleted...]
-    <x:t>2.59%</x:t>
+    <x:t>162,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,605,435.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
   </x:si>
   <x:si>
     <x:t>300760 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Mindray Bio-Medical Electronic</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYKWDD1</x:t>
   </x:si>
   <x:si>
-    <x:t>53,900</x:t>
-[...5 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>50,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,221,988.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>300498 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Wens Foodstuffs Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13F476</x:t>
   </x:si>
   <x:si>
-    <x:t>491,600</x:t>
-[...5 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>458,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,119,907.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
   </x:si>
   <x:si>
     <x:t>300014 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Eve Energy Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138RN5</x:t>
   </x:si>
   <x:si>
-    <x:t>117,400</x:t>
-[...5 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>109,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,118,572.26</x:t>
   </x:si>
   <x:si>
     <x:t>300408 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Chaozhou Three-Circle Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DSS2</x:t>
   </x:si>
   <x:si>
-    <x:t>110,900</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>103,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$834,884.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300033 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hithink Royalflush Information Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138V10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$763,438.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>300442 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Range Intelligent Computing Technology</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FRBBPX7</x:t>
   </x:si>
   <x:si>
-    <x:t>60,400</x:t>
-[...23 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>56,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$718,109.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>300433 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Lens Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DT73</x:t>
   </x:si>
   <x:si>
-    <x:t>171,900</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>160,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$685,144.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301308 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Longsys Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBRP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$658,271.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300604 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hangzhou Chang Chuan Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC81FX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,354.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300450 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuxi Lead Intelligent Equipment Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1LL778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$631,271.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>300058 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Bluefocus Intelligent Communications Gr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F138WG2</x:t>
   </x:si>
   <x:si>
-    <x:t>318,600</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>297,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$622,298.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>300857 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Sharetronic Data Technology Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GZT8F36</x:t>
   </x:si>
   <x:si>
-    <x:t>20,200</x:t>
-[...20 lines deleted...]
-    <x:t>$730,762.98</x:t>
+    <x:t>18,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,076.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>300136 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Sunway Communication Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F139VD6</x:t>
   </x:si>
   <x:si>
-    <x:t>71,400</x:t>
-[...41 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>66,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$603,610.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300418 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kunlun Tech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,432.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300751 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Maxwell Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQVG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,078.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300015 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aier Eye Hospital Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,437.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>300395 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Hubei Feilihua Quartz Glass Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VC817P6</x:t>
   </x:si>
   <x:si>
-    <x:t>36,900</x:t>
-[...41 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>34,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,111.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300223 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingenic Semiconductor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHJJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$469,729.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300017 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wangsu Science &amp; Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138SD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$457,778.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300207 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunwoda Electronic Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13BZ08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$450,557.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>300803 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Compass Technology Development</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YG5DBJ7</x:t>
   </x:si>
   <x:si>
-    <x:t>32,865</x:t>
-[...59 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>30,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$448,388.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300724 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Sc New Energy Technology Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PF5F036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,302.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300548 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadex Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D7K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,053.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300054 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Dinglong Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138W72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,337.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301358 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunan Yuneng New Energy Battery Materia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G92FS65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,518.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>300339 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Hoperun Software Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DR31</x:t>
   </x:si>
   <x:si>
-    <x:t>67,400</x:t>
-[...23 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>63,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$368,118.31</x:t>
   </x:si>
   <x:si>
     <x:t>300115 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shenzhen Everwin Precision Technology C</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F139P67</x:t>
   </x:si>
   <x:si>
-    <x:t>83,600</x:t>
-[...38 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>78,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,312.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300782 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maxscend Microelectronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC80L30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,780.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300661 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sg Micro Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKWCC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,263.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>300666 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Konfoong Materials International Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JN03482</x:t>
   </x:si>
   <x:si>
-    <x:t>18,200</x:t>
-[...2 lines deleted...]
-    <x:t>$400,617.41</x:t>
+    <x:t>17,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,748.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300346 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Nata Opto-Electronic Material C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,792.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300037 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Capchem Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138V83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,101.11</x:t>
   </x:si>
   <x:si>
     <x:t>300316 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Jingsheng Mechanical &amp; Electri</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DKX3</x:t>
   </x:si>
   <x:si>
-    <x:t>$390,855.51</x:t>
-[...17 lines deleted...]
-    <x:t>$386,358.37</x:t>
+    <x:t>$324,205.95</x:t>
   </x:si>
   <x:si>
     <x:t>300347 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Hangzhou Tigermed Consulting Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13DR59</x:t>
   </x:si>
   <x:si>
-    <x:t>47,000</x:t>
-[...20 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>43,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,754.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300383 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Sinnet Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,300.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>300285 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Shandong Sinocera Functional Material C</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHL98</x:t>
   </x:si>
   <x:si>
-    <x:t>72,500</x:t>
-[...17 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>67,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,105.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300763 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ginlong Technologies Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5D9P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,272.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300454 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sangfor Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,022.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300567 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuhan Jingce Electronic Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC7L7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,377.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300759 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pharmaron Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R08YHZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,518.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300432 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mianyang Fulin Precision Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHRC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,872.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300255 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hebei Changshan Biochemical Pharmaceuti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CGH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$290,351.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300677 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intco Medical Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC80JF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,126.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>301236 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Isoftstone Information Technology Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BWNBPZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>54,200</x:t>
-[...122 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>50,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$285,885.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300866 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anker Innovations Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97H08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,849.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300458 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All Winner Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DW21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,646.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300251 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Enlight Media Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CG90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,691.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300073 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Easpring Material Technology Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDHC25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,404.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300496 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thunder Software Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13F1V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,997.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300373 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yangzhou Yangjie Electronic Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DS20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,767.46</x:t>
   </x:si>
   <x:si>
     <x:t>300748 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Jl Mag Rare-Earth Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PF5F1K5</x:t>
   </x:si>
   <x:si>
-    <x:t>60,000</x:t>
-[...47 lines deleted...]
-    <x:t>BBG00F13DW21</x:t>
+    <x:t>56,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,042.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300001 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qingdao Tgood Electric Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,892.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300012 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Testing International Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138RK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,861.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300919 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cngr Advanced Material Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y510B9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,901.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300142 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walvax Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,809.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300003 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lepu Medical Technology Beijing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,525.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300002 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beijing Ultrapower Software Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138PG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>154,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,733.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300024 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siasun Robot &amp; Automation Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F138SL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,108.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300699 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weihai Guangwei Composites Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJGFK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,304.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301269 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empyrean Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBM91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,152.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300832 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen New Industries Biomedical Engi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97D07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,977.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300122 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chongqing Zhifei Biological Products Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139TV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,238.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300972 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fujian Wanchen Biotechnology Group Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ882H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,706.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300896 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imeik Technology Development Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97SS4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,117.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300999 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yihai Kerry Arawana Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DCM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,604.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300627 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shanghai Huace Navigation Technology Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG5DDR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,256.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300487 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sunresin New Materials Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYKW7J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,016.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300628 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yealink Network Technology Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JN03348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,469.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300253 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winning Health Technology Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13CGF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>147,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,598.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301611 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzhou Kematek Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSLVDP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,768.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300413 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mango Excellent Media Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13DSW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,539.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301536 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigmastar Technology Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MV7GKX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,710.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300144 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Songcheng Performance Development Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,682.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300765 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cspc Innovation Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2FQX85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,301.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300558 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Betta Pharmaceuticals Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1LL7F9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,913.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300146 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By-Health Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13B078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,240.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300676 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bgi Genomics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJFCZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,153.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301200 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Han's Cnc Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWNBMF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,793.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300679 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electric Connector Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJFDL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,102.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300100 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shuanglin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F139J43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,942.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300718 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Changsheng Sliding Bearings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FR9V056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,034.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300601 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenzhen Kangtai Biological Products Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC7X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,909.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300735 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dbg Technology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJGMT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,316.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301165 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ruijie Networks Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB0XG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,745.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300979 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huali Industrial Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y513M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,997.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300529 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jafron Biomedical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,621.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300957 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Botanee Bio-Technology Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013Y512B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,503.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301301 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yili Chuanning Biotechnology Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRBBQV7</x:t>
   </x:si>
   <x:si>
     <x:t>52,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$295,875.77</x:t>
-[...503 lines deleted...]
-    <x:t>$143,746.16</x:t>
+    <x:t>$84,778.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300888 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Winner Medical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011C97MD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,975.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301498 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gambol Pet Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J941ZG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,651.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>132,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,915.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
-    <x:t>300558 C2</x:t>
-[...265 lines deleted...]
-  <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-14,663</x:t>
   </x:si>
   <x:si>
-    <x:t>$-2,126.53</x:t>
+    <x:t>$-2,124.08</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-75,594.69</x:t>
-[...2 lines deleted...]
-    <x:t>-0.11%</x:t>
+    <x:t>$-81,407.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1804,51 +1801,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R903b44a6eed849c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R576ca31b23fb4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec7d782f7df74388" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda04636aeaf7456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R616e8a8c2dce4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Read439b2dad1489f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I105"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2225,254 +2222,254 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
@@ -2573,312 +2570,312 @@
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
@@ -2909,382 +2906,382 @@
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
@@ -3298,619 +3295,619 @@
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
@@ -3936,254 +3933,254 @@
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="F74" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="F75" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="D76" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="F76" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="D78" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>439</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="D80" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="F80" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
@@ -4226,80 +4223,80 @@
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>463</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
@@ -4313,578 +4310,578 @@
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="D87" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="F87" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="D88" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="F88" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="D89" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="F89" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="E91" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="E91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>512</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="D93" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="F93" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="D94" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="F94" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>533</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="D98" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="F98" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="F99" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
+      <x:c r="H99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
         <x:v>562</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E102" s="1" t="s">
+      <x:c r="G102" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="F102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
         <x:v>568</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E103" s="1" t="s">
+      <x:c r="G103" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="F103" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G103" s="1" t="s">
+      <x:c r="H103" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F104" s="1" t="s">
+      <x:c r="G104" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="G104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="2" t="s">
-        <x:v>578</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I105" s="2" t="s">
         <x:v>1</x:v>
       </x:c>