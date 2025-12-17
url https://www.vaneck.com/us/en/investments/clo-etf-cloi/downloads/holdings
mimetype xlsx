--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d016f26c744100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5ddbfa499d4a16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20251203" sheetId="1" r:id="R4e89a1a0a3604450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20251215" sheetId="1" r:id="R1f75b7bf79e84c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1498" uniqueCount="885">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/03/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1525" uniqueCount="902">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/15/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -55,2646 +55,2697 @@
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VFQVYK5</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>45,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$44,935,573.95</x:t>
-[...2 lines deleted...]
-    <x:t>3.57%</x:t>
+    <x:t>$44,990,939.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/26/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RF3D3T4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,957,946.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQW8</x:t>
   </x:si>
   <x:si>
     <x:t>5.508</x:t>
   </x:si>
   <x:si>
     <x:t>37,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,257,519.20</x:t>
-[...17 lines deleted...]
-    <x:t>2.38%</x:t>
+    <x:t>$37,325,339.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Vi Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4XMKT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,831,568.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CSZ35</x:t>
   </x:si>
   <x:si>
     <x:t>5.284</x:t>
   </x:si>
   <x:si>
     <x:t>26,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,903,997.08</x:t>
-[...2 lines deleted...]
-    <x:t>2.14%</x:t>
+    <x:t>$26,950,307.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R72KND0</x:t>
   </x:si>
   <x:si>
     <x:t>4.994</x:t>
   </x:si>
   <x:si>
     <x:t>26,489,709</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,669,011.86</x:t>
-[...2 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>$26,712,582.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 64 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6CQP12</x:t>
   </x:si>
   <x:si>
     <x:t>5.570</x:t>
   </x:si>
   <x:si>
     <x:t>25,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,215,761.25</x:t>
-[...5 lines deleted...]
-    <x:t>Agl Clo 5 Ltd</x:t>
+    <x:t>$25,261,102.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CP2G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,717,705.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 36 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNJ4B93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,239,215.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sagard-Halseypoint Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7RWBK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,233,475.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rr 20 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9H8LS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,224,959.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Rock Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SH21RR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,168,441.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRF7WV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,206,090.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Us Clo 2025-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y66P6N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,757,942.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4S0QD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,147,405.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Clo 2020-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVB14Y3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,665,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,818,675.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozlm Xix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NWVC9N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,791,041.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Four Us Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5QZRP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,768,308.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozlm Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RB95P24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,595,536.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 37 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCYNSK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,858,359.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XG3KDH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,649,394.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sagard-Halseypoint Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0ZR822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,623,498.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 39 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,428,038.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 28 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0365Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,352,432.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRVD218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,240,640.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5XGQX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,980,962.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QYHYKX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,650,450.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 40 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0PKF25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,382,878.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7RWBL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,175,636.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3YX861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,134,113.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSTB426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,033,042.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVRTYG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,903,129.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01Q0RTM92</x:t>
-[...484 lines deleted...]
-  <x:si>
     <x:t>BBG01WYBC4P7</x:t>
   </x:si>
   <x:si>
     <x:t>5.584</x:t>
   </x:si>
   <x:si>
     <x:t>12,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,595,895.91</x:t>
-[...2 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>$12,619,151.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RZTPMX5</x:t>
   </x:si>
   <x:si>
     <x:t>5.805</x:t>
   </x:si>
   <x:si>
     <x:t>12,325,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,449,939.74</x:t>
-[...2 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>$12,472,739.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Generate Clo 22 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VRPSMP9</x:t>
   </x:si>
   <x:si>
     <x:t>6.071</x:t>
   </x:si>
   <x:si>
     <x:t>12,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,303,602.70</x:t>
-[...2 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$12,347,638.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2022-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NQ56966</x:t>
   </x:si>
   <x:si>
     <x:t>5.324</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,113,285.41</x:t>
-[...2 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>$12,135,555.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 34 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QRG7R63</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,080,543.74</x:t>
+    <x:t>$12,102,419.66</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R9K56M2</x:t>
   </x:si>
   <x:si>
     <x:t>5.855</x:t>
   </x:si>
   <x:si>
     <x:t>11,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,609,237.71</x:t>
-[...2 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$11,631,220.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WN3NFT6</x:t>
   </x:si>
   <x:si>
     <x:t>5.958</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,605,771.00</x:t>
+    <x:t>$11,627,057.42</x:t>
   </x:si>
   <x:si>
     <x:t>Sycamore Tree Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QJ5H4K0</x:t>
   </x:si>
   <x:si>
     <x:t>5.274</x:t>
   </x:si>
   <x:si>
     <x:t>11,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,111,337.18</x:t>
-[...2 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>$11,139,003.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0R83Q8</x:t>
   </x:si>
   <x:si>
     <x:t>5.557</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,103,634.49</x:t>
+    <x:t>$11,123,274.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Arini Us Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XP34KN8</x:t>
   </x:si>
   <x:si>
-    <x:t>5.000</x:t>
-[...2 lines deleted...]
-    <x:t>$11,032,833.17</x:t>
+    <x:t>5.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,050,917.17</x:t>
   </x:si>
   <x:si>
     <x:t>Symphony Clo 42 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LF1YCB7</x:t>
   </x:si>
   <x:si>
     <x:t>5.412</x:t>
   </x:si>
   <x:si>
     <x:t>10,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,707,747.20</x:t>
-[...2 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>$10,725,225.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2017-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCKRF98</x:t>
   </x:si>
   <x:si>
     <x:t>5.258</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,687,546.93</x:t>
+    <x:t>$10,705,171.13</x:t>
   </x:si>
   <x:si>
     <x:t>610 Funding Clo 2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N9ZB9S9</x:t>
   </x:si>
   <x:si>
     <x:t>5.234</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,677,130.38</x:t>
+    <x:t>$10,695,296.80</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxvi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011MN8LY9</x:t>
   </x:si>
   <x:si>
     <x:t>5.796</x:t>
   </x:si>
   <x:si>
     <x:t>10,510,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,601,479.71</x:t>
-[...2 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>$10,616,025.73</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WN40DL2</x:t>
   </x:si>
   <x:si>
     <x:t>10,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,593,299.57</x:t>
+    <x:t>$10,612,372.61</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 61 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P3G1K53</x:t>
   </x:si>
   <x:si>
     <x:t>5.462</x:t>
   </x:si>
   <x:si>
     <x:t>10,375,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,473,312.30</x:t>
-[...2 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>$10,490,779.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo 2025r-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RF66173</x:t>
   </x:si>
   <x:si>
     <x:t>5.539</x:t>
   </x:si>
   <x:si>
     <x:t>10,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,240,309.38</x:t>
-[...2 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>$10,258,682.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2020-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q6JJYT7</x:t>
   </x:si>
   <x:si>
     <x:t>6.960</x:t>
   </x:si>
   <x:si>
     <x:t>10,130,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,213,978.65</x:t>
+    <x:t>$10,237,631.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NWVC9R2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,158,329.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2016-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KXRCZN3</x:t>
   </x:si>
   <x:si>
     <x:t>5.866</x:t>
   </x:si>
   <x:si>
-    <x:t>10,000,000</x:t>
-[...11 lines deleted...]
-    <x:t>$10,135,467.65</x:t>
+    <x:t>$10,154,507.62</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon Investment Partners 46 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120T0TG9</x:t>
   </x:si>
   <x:si>
     <x:t>5.326</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,098,013.79</x:t>
-[...2 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>$10,113,967.62</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2024-1 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MC32D36</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,096,418.96</x:t>
+    <x:t>$10,113,470.42</x:t>
   </x:si>
   <x:si>
     <x:t>Generate Clo 9 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QVSZJ41</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,093,915.62</x:t>
+    <x:t>$10,112,327.08</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 32 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5YNLF8</x:t>
   </x:si>
   <x:si>
     <x:t>5.965</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,080,266.45</x:t>
+    <x:t>$10,099,961.15</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxxiii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014RM1VF6</x:t>
   </x:si>
   <x:si>
     <x:t>5.758</x:t>
   </x:si>
   <x:si>
     <x:t>9,900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,975,178.74</x:t>
-[...2 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>$9,993,427.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Ocean Trails Clo Xi</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RRPTH96</x:t>
   </x:si>
   <x:si>
     <x:t>5.434</x:t>
   </x:si>
   <x:si>
     <x:t>9,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,872,716.06</x:t>
+    <x:t>$9,890,527.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Tcw Clo 2019-1 Amr Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/16/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01224WHX4</x:t>
   </x:si>
   <x:si>
     <x:t>5.802</x:t>
   </x:si>
   <x:si>
     <x:t>9,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,186,599.13</x:t>
-[...2 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>$9,203,754.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxviii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S0SWCR4</x:t>
   </x:si>
   <x:si>
     <x:t>5.834</x:t>
   </x:si>
   <x:si>
     <x:t>9,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,073,306.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>$9,090,872.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XM4BPR6</x:t>
   </x:si>
   <x:si>
     <x:t>8,779,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,851,987.68</x:t>
-[...2 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>$8,878,624.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RN4W8G5</x:t>
   </x:si>
   <x:si>
     <x:t>5.784</x:t>
   </x:si>
   <x:si>
     <x:t>8,650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,729,114.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>$8,745,023.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Allegro Clo Xii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NR72J63</x:t>
   </x:si>
   <x:si>
     <x:t>5.310</x:t>
   </x:si>
   <x:si>
     <x:t>8,625,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,699,342.76</x:t>
+    <x:t>$8,720,974.14</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4Q6</x:t>
   </x:si>
   <x:si>
     <x:t>8,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,570,007.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>$8,586,537.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Tcw Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QYF8FN3</x:t>
   </x:si>
   <x:si>
     <x:t>5.984</x:t>
   </x:si>
   <x:si>
     <x:t>8,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,295,749.63</x:t>
-[...2 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>$8,311,500.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage Capital Clo 17 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S83Z165</x:t>
   </x:si>
   <x:si>
     <x:t>5.355</x:t>
   </x:si>
   <x:si>
     <x:t>7,875,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,919,183.47</x:t>
-[...2 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>$7,933,412.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Wellfleet Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WGCRZ25</x:t>
   </x:si>
   <x:si>
     <x:t>7,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,816,220.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>$7,841,678.20</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 35 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V9X64P6</x:t>
   </x:si>
   <x:si>
     <x:t>6.072</x:t>
   </x:si>
   <x:si>
     <x:t>7,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,716,249.75</x:t>
-[...2 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>$7,732,240.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012Y72MT9</x:t>
   </x:si>
   <x:si>
     <x:t>7.320</x:t>
   </x:si>
   <x:si>
     <x:t>7,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,358,342.12</x:t>
-[...2 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$7,377,248.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R72KNH6</x:t>
   </x:si>
   <x:si>
     <x:t>6.834</x:t>
   </x:si>
   <x:si>
     <x:t>7,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,066,058.27</x:t>
-[...2 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>$7,082,159.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 9 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0KYJ14</x:t>
   </x:si>
   <x:si>
     <x:t>5.620</x:t>
   </x:si>
   <x:si>
     <x:t>6,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,014,085.60</x:t>
+    <x:t>$7,026,841.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01247STY3</x:t>
   </x:si>
   <x:si>
     <x:t>7.246</x:t>
   </x:si>
   <x:si>
     <x:t>6,780,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,809,308.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$6,826,044.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 40 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MTS6B60</x:t>
   </x:si>
   <x:si>
     <x:t>6,350,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,402,252.07</x:t>
-[...2 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>$6,413,735.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRF7WT6</x:t>
   </x:si>
   <x:si>
     <x:t>5.227</x:t>
   </x:si>
   <x:si>
     <x:t>6,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,249,240.30</x:t>
-[...2 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>$6,269,331.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2016-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M1728Q6</x:t>
   </x:si>
   <x:si>
     <x:t>5.916</x:t>
   </x:si>
   <x:si>
     <x:t>6,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,061,081.28</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$6,072,217.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Us Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LBJN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,065,331.59</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N9ZB9T8</x:t>
   </x:si>
   <x:si>
     <x:t>5.734</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,053,684.04</x:t>
-[...8 lines deleted...]
-    <x:t>$6,053,662.71</x:t>
+    <x:t>$6,064,558.92</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2021-2 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X70HJ71</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,047,753.37</x:t>
+    <x:t>$6,056,742.25</x:t>
   </x:si>
   <x:si>
     <x:t>Ocp Clo 2019-17 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N91YR27</x:t>
   </x:si>
   <x:si>
     <x:t>5,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,011,578.57</x:t>
+    <x:t>$6,021,333.48</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S55T071</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,994,436.62</x:t>
+    <x:t>$6,004,792.48</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 54 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0116RXBM5</x:t>
   </x:si>
   <x:si>
     <x:t>5.286</x:t>
   </x:si>
   <x:si>
     <x:t>5,900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,951,947.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>$5,961,783.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 31 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RPYN3W0</x:t>
   </x:si>
   <x:si>
     <x:t>5,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,780,225.32</x:t>
-[...2 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>$5,790,770.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WGCRZ43</x:t>
   </x:si>
   <x:si>
     <x:t>7.655</x:t>
   </x:si>
   <x:si>
     <x:t>5,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,556,765.12</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$5,570,919.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Brant Point Clo 2024-4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MVCBML5</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,553,771.09</x:t>
+    <x:t>$5,563,611.40</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Washington Clo 2019-1</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0BB174</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,548,882.21</x:t>
+    <x:t>$5,558,889.35</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0KYHY2</x:t>
   </x:si>
   <x:si>
     <x:t>5.230</x:t>
   </x:si>
   <x:si>
     <x:t>5,275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,327,652.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>$5,351,818.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RZTPMT0</x:t>
   </x:si>
   <x:si>
     <x:t>4.915</x:t>
   </x:si>
   <x:si>
     <x:t>5,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,327,444.81</x:t>
+    <x:t>$5,336,270.26</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 95 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SLLQC66</x:t>
   </x:si>
   <x:si>
     <x:t>6.939</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,255,573.40</x:t>
+    <x:t>$5,267,959.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Marble Point Clo Xxii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VYL7YL1</x:t>
   </x:si>
   <x:si>
     <x:t>5.558</x:t>
   </x:si>
   <x:si>
     <x:t>5,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,237,971.16</x:t>
+    <x:t>$5,247,246.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Point Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRLQB06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,189,087.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Blue Clo 2024-V Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N0T70X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,154,366.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wehle Park Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0XTN74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,076,897.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR037G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,996,399.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2WWRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,543,844.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY0JC24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,541,237.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,300,411.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RBC2445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,244,631.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Avenue Institutional Advisers Clo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WV443B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,039,534.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ticp Clo Vii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LY535T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,741,754.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon 66 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YT42PN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,608,323.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,592,612.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Creeksource 2024-1 Dunes Creek Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R394984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,542,099.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 45a Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDQCP43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,360,195.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 41 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD04Z58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,329,548.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xvii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1H65Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,295,852.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WJ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,223,968.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NWVC9Q3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,161,926.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 30 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QN9KS75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,103,542.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Core Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QQXPBF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,028,811.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PV7JB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,015,878.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polus Us Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX6PBF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,002,250.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rad Clo 22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRJN935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,926,450.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCKGYN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,913,887.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aimco Clo 24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR6LW80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,747,574.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xx</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YDPJPB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,680,670.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generate Clo 12 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9WGJ90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,569,728.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riserva Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z9DNCZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,562,618.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon Investment Partners 28 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLY41T4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,527,490.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 30 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N91XCZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,527,262.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRG7R72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,325,717.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WHW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,311,838.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wise Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNMP9Q9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,276,082.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y7GKX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,233,384.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2019-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ2VKN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,174,416.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitebox Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZW0ZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,123,710.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polus Us Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6DHMR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,107,415.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 15 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VFRRYT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,066,219.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palmer Square Clo 2023-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQRQV73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,034,271.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Lxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZH3DC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,033,765.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK387M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,031,459.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL8WPS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,025,242.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thl Credit Wind River 2017-3 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W90PR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,023,811.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SH21RS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,022,201.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Lx Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JBLZ84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,022,102.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF2B4C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,021,546.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N52DT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,971,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,989,488.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD04Z76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,879,709.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tiaa Clo I Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG4LV20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,758,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,774,774.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,774,325.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 29 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K4T3V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,734,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,753,414.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LV7F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,745,984.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,547,083.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WL3Q1F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,520,569.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hps Loan Management 2023-18 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VT8KMW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,519,723.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cbam 2017-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116QZFG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,516,915.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1ST182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,510,861.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0PKF61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,503,845.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo 2018-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LV7BZR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,373,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,385,693.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arini Us Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W17QR76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,289,850.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Voya Clo 2018-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K5THQX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,270,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,281,469.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,276,261.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halseypoint Clo 7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF453M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,214,716.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WLS7XL0</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,193,584.92</x:t>
-[...902 lines deleted...]
-    <x:t>$1,210,804.27</x:t>
+    <x:t>$1,200,000.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011MN8LX0</x:t>
   </x:si>
   <x:si>
     <x:t>5.316</x:t>
   </x:si>
   <x:si>
     <x:t>1,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,109,145.10</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$1,110,972.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 104 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PJHT2P2</x:t>
   </x:si>
   <x:si>
     <x:t>5.489</x:t>
   </x:si>
   <x:si>
     <x:t>1,075,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,078,145.53</x:t>
+    <x:t>$1,080,065.10</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2WWRH1</x:t>
   </x:si>
   <x:si>
     <x:t>10.357</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,065,176.18</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$1,069,358.87</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2023-1 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VC46JL7</x:t>
   </x:si>
   <x:si>
     <x:t>5.908</x:t>
   </x:si>
   <x:si>
     <x:t>1,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,012,105.31</x:t>
+    <x:t>$1,013,985.63</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxiii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112K8TL4</x:t>
   </x:si>
   <x:si>
     <x:t>5.336</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,009,486.55</x:t>
+    <x:t>$1,011,115.27</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RF66191</x:t>
   </x:si>
   <x:si>
     <x:t>5.989</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,006,896.40</x:t>
+    <x:t>$1,008,796.72</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 27 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R6M2S28</x:t>
   </x:si>
   <x:si>
     <x:t>10.155</x:t>
   </x:si>
   <x:si>
-    <x:t>$990,372.59</x:t>
+    <x:t>$993,916.44</x:t>
   </x:si>
   <x:si>
     <x:t>Tci-Symphony Clo 2017-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012N0YY97</x:t>
   </x:si>
   <x:si>
     <x:t>560,312</x:t>
   </x:si>
   <x:si>
-    <x:t>$564,698.90</x:t>
+    <x:t>$565,626.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 64 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KDHTN29</x:t>
   </x:si>
   <x:si>
     <x:t>5.116</x:t>
   </x:si>
   <x:si>
     <x:t>338,383</x:t>
   </x:si>
   <x:si>
-    <x:t>$340,908.78</x:t>
+    <x:t>$341,460.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xviii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JG0WZ70</x:t>
   </x:si>
   <x:si>
     <x:t>5.266</x:t>
   </x:si>
   <x:si>
     <x:t>291,716</x:t>
   </x:si>
   <x:si>
-    <x:t>$293,937.63</x:t>
+    <x:t>$294,400.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>1,867,786</x:t>
-[...2 lines deleted...]
-    <x:t>$1,867,785.73</x:t>
+    <x:t>-2,407,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-2,407,505.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-36,296,507.28</x:t>
-[...2 lines deleted...]
-    <x:t>-2.89%</x:t>
+    <x:t>$-6,059,009.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2722,65 +2773,65 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49ae7fa0318347e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R949d20e935704e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e89a1a0a3604450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c24ffdfd7a04ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R60b420e6540142e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1f75b7bf79e84c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J166"/>
+  <x:dimension ref="A1:J169"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
-    <x:col min="8" max="8" width="22" customWidth="1"/>
+    <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
@@ -2874,92 +2925,92 @@
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="C5" s="1" t="s">
+      <x:c r="D5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="D5" s="1" t="s">
+      <x:c r="E5" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F5" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="E5" s="1" t="s">
+      <x:c r="H5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F5" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G5" s="1" t="s">
+      <x:c r="I5" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J5" s="1" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="D6" s="1" t="s">
+      <x:c r="E6" s="1" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
@@ -3133,328 +3184,328 @@
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="I15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="H17" s="1" t="s">
+      <x:c r="I17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="H18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="H19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="H20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
@@ -3642,54 +3693,54 @@
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
@@ -3741,179 +3792,179 @@
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="H34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="H35" s="1" t="s">
+      <x:c r="I35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
@@ -4003,51 +4054,51 @@
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
@@ -4146,243 +4197,243 @@
       <x:c r="B44" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
@@ -4442,662 +4493,662 @@
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="I54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
@@ -5106,2980 +5157,3076 @@
       <x:c r="B74" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J79" s="1" t="s">
         <x:v>460</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="H90" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J90" s="1" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J92" s="1" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J94" s="1" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J98" s="1" t="s">
         <x:v>551</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="H105" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="I105" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
         <x:v>583</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J108" s="1" t="s">
         <x:v>605</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="I110" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J110" s="1" t="s">
         <x:v>615</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J113" s="1" t="s">
         <x:v>629</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H116" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J116" s="1" t="s">
         <x:v>644</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="F118" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G118" s="1" t="s">
+      <x:c r="H118" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="H118" s="1" t="s">
+      <x:c r="I118" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J118" s="1" t="s">
         <x:v>661</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
+      <x:c r="E119" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="E119" s="1" t="s">
+      <x:c r="F119" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
         <x:v>665</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>660</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>661</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="I121" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J121" s="1" t="s">
         <x:v>673</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J122" s="1" t="s">
         <x:v>673</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H124" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="I124" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J124" s="1" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="H126" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="I126" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J126" s="1" t="s">
         <x:v>695</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G129" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="H129" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="I129" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J129" s="1" t="s">
         <x:v>711</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="E130" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="I132" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J132" s="1" t="s">
         <x:v>725</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="I142" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J142" s="1" t="s">
         <x:v>770</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="F146" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="D146" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E146" s="1" t="s">
+      <x:c r="H146" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="I146" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J146" s="1" t="s">
         <x:v>788</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="H150" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="I150" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J150" s="1" t="s">
         <x:v>808</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="H153" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="I153" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J153" s="1" t="s">
         <x:v>823</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F156" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G156" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="F156" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="F158" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="H158" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="I158" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J158" s="1" t="s">
         <x:v>846</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="C163" s="1" t="s">
+      <x:c r="E163" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="D163" s="1" t="s">
+      <x:c r="F163" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G163" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="H163" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="E163" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G164" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="H164" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
-      <x:c r="C164" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F164" s="1" t="s">
+      <x:c r="I164" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J164" s="1" t="s">
         <x:v>877</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="C165" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10" ht="15" customHeight="1">
-      <x:c r="A166" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B166" s="2" t="s">
+      <x:c r="A166" s="1">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="F166" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="I166" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J166" s="1" t="s">
+        <x:v>891</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A167" s="1">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B167" s="1" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="H167" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="I167" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J167" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A168" s="1">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B168" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F168" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="G168" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H168" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="I168" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J168" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A169" s="2" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="B169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C166" s="2" t="s">
+      <x:c r="C169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D166" s="2" t="s">
+      <x:c r="D169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E166" s="2" t="s">
+      <x:c r="E169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F166" s="2" t="s">
+      <x:c r="F169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G166" s="2" t="s">
+      <x:c r="G169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H166" s="2" t="s">
+      <x:c r="H169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I166" s="2" t="s">
+      <x:c r="I169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J166" s="2" t="s">
+      <x:c r="J169" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A166:J166"/>
+    <x:mergeCell ref="A169:J169"/>
   </x:mergeCells>
 </x:worksheet>
 </file>