--- v1 (2025-12-17)
+++ v2 (2026-01-15)
@@ -1,2751 +1,2709 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5ddbfa499d4a16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774a660aa27b43dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20251215" sheetId="1" r:id="R1f75b7bf79e84c1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20260114" sheetId="1" r:id="R258563e507cc47c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1525" uniqueCount="902">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/15/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1489" uniqueCount="888">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/14/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
-    <x:t>12/18/2025</x:t>
-[...2 lines deleted...]
-    <x:t>BBG01VFQVYK5</x:t>
+    <x:t>01/27/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XG1J8F2</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>45,000,000</x:t>
-[...20 lines deleted...]
-    <x:t>3.11%</x:t>
+    <x:t>63,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,925,450.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQW8</x:t>
   </x:si>
   <x:si>
     <x:t>5.508</x:t>
   </x:si>
   <x:si>
     <x:t>37,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,325,339.96</x:t>
+    <x:t>$37,550,262.34</x:t>
   </x:si>
   <x:si>
     <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Regatta Vi Funding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X4XMKT9</x:t>
   </x:si>
   <x:si>
     <x:t>5.206</x:t>
   </x:si>
   <x:si>
     <x:t>36,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$36,831,568.99</x:t>
-[...2 lines deleted...]
-    <x:t>2.80%</x:t>
+    <x:t>$37,025,473.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocean Trails Clo Xv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG6SDW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,008,750.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CSZ35</x:t>
   </x:si>
   <x:si>
     <x:t>5.284</x:t>
   </x:si>
   <x:si>
     <x:t>26,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,950,307.69</x:t>
-[...2 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>$27,069,728.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R72KND0</x:t>
   </x:si>
   <x:si>
     <x:t>4.994</x:t>
   </x:si>
   <x:si>
     <x:t>26,489,709</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,712,582.48</x:t>
-[...2 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>$26,824,316.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 64 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6CQP12</x:t>
   </x:si>
   <x:si>
     <x:t>5.570</x:t>
   </x:si>
   <x:si>
     <x:t>25,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,261,102.58</x:t>
-[...2 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>$25,380,893.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CP2G7</x:t>
   </x:si>
   <x:si>
     <x:t>5.294</x:t>
   </x:si>
   <x:si>
     <x:t>22,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,717,705.67</x:t>
+    <x:t>$22,819,683.73</x:t>
   </x:si>
   <x:si>
     <x:t>1.72%</x:t>
   </x:si>
   <x:si>
+    <x:t>Sagard-Halseypoint Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7RWBK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,356,904.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rr 20 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9H8LS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,020,691.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kkr Clo 36 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WNJ4B93</x:t>
   </x:si>
   <x:si>
     <x:t>5.655</x:t>
   </x:si>
   <x:si>
-    <x:t>22,000,000</x:t>
-[...32 lines deleted...]
-    <x:t>$22,224,959.79</x:t>
+    <x:t>$22,018,239.55</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Rock Clo Ii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SH21RR4</x:t>
   </x:si>
   <x:si>
     <x:t>5.484</x:t>
   </x:si>
   <x:si>
     <x:t>21,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,168,441.89</x:t>
-[...2 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>$21,284,012.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRF7WV3</x:t>
   </x:si>
   <x:si>
     <x:t>5.607</x:t>
   </x:si>
   <x:si>
     <x:t>20,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,206,090.89</x:t>
+    <x:t>$20,339,206.72</x:t>
   </x:si>
   <x:si>
     <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Icg Us Clo 2025-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/18/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y66P6N8</x:t>
   </x:si>
   <x:si>
-    <x:t>1.250</x:t>
+    <x:t>5.006</x:t>
   </x:si>
   <x:si>
     <x:t>18,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,757,942.70</x:t>
+    <x:t>$18,873,463.15</x:t>
   </x:si>
   <x:si>
     <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4S0QD9</x:t>
   </x:si>
   <x:si>
     <x:t>5.384</x:t>
   </x:si>
   <x:si>
     <x:t>17,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,147,405.82</x:t>
+    <x:t>$17,240,549.39</x:t>
   </x:si>
   <x:si>
     <x:t>1.30%</x:t>
   </x:si>
   <x:si>
+    <x:t>Capital Four Us Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5QZRP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,860,267.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Canyon Clo 2020-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RVB14Y3</x:t>
   </x:si>
   <x:si>
     <x:t>5.435</x:t>
   </x:si>
   <x:si>
     <x:t>16,665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,818,675.39</x:t>
-[...2 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>$16,684,039.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Ozlm Xix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NWVC9N6</x:t>
   </x:si>
   <x:si>
     <x:t>5.255</x:t>
   </x:si>
   <x:si>
     <x:t>16,625,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,791,041.27</x:t>
-[...20 lines deleted...]
-    <x:t>$16,768,308.20</x:t>
+    <x:t>$16,635,290.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Ozlm Xiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RB95P24</x:t>
   </x:si>
   <x:si>
     <x:t>5.745</x:t>
   </x:si>
   <x:si>
     <x:t>16,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,595,536.29</x:t>
-[...2 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>$16,454,473.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 37 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SCYNSK0</x:t>
   </x:si>
   <x:si>
     <x:t>5.534</x:t>
   </x:si>
   <x:si>
     <x:t>15,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,858,359.58</x:t>
+    <x:t>$15,947,771.60</x:t>
   </x:si>
   <x:si>
     <x:t>1.20%</x:t>
   </x:si>
   <x:si>
+    <x:t>Sagard-Halseypoint Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0ZR822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,722,256.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bluemountain Clo Xxx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG3KDH3</x:t>
   </x:si>
   <x:si>
     <x:t>5.505</x:t>
   </x:si>
   <x:si>
     <x:t>14,475,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,649,394.01</x:t>
-[...20 lines deleted...]
-    <x:t>$14,623,498.04</x:t>
+    <x:t>$14,512,908.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 28 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0365Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,419,751.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRVD218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,314,924.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 39 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB5WZX8</x:t>
   </x:si>
   <x:si>
     <x:t>5.905</x:t>
   </x:si>
   <x:si>
     <x:t>14,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,428,038.71</x:t>
-[...44 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>$14,278,642.71</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQX7</x:t>
   </x:si>
   <x:si>
     <x:t>5.858</x:t>
   </x:si>
   <x:si>
     <x:t>13,850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,980,962.90</x:t>
+    <x:t>$14,050,221.90</x:t>
   </x:si>
   <x:si>
     <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2021-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QYHYKX8</x:t>
   </x:si>
   <x:si>
     <x:t>5.555</x:t>
   </x:si>
   <x:si>
     <x:t>13,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,650,450.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>$13,525,424.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 40 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0PKF25</x:t>
   </x:si>
   <x:si>
     <x:t>6.055</x:t>
   </x:si>
   <x:si>
     <x:t>13,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,382,878.68</x:t>
-[...2 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>$13,243,720.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X7RWBL6</x:t>
   </x:si>
   <x:si>
     <x:t>5.930</x:t>
   </x:si>
   <x:si>
     <x:t>13,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,175,636.76</x:t>
-[...2 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>$13,237,924.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSTB426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,092,885.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R3YX861</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,134,113.78</x:t>
-[...20 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>$13,020,923.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xviii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VVRTYG3</x:t>
   </x:si>
   <x:si>
     <x:t>5.634</x:t>
   </x:si>
   <x:si>
     <x:t>12,775,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,903,129.53</x:t>
-[...2 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$12,963,930.43</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4P7</x:t>
   </x:si>
   <x:si>
     <x:t>5.584</x:t>
   </x:si>
   <x:si>
     <x:t>12,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,619,151.91</x:t>
+    <x:t>$12,681,448.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.96%</x:t>
   </x:si>
   <x:si>
+    <x:t>Generate Clo 22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRPSMP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,415,294.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RZTPMX5</x:t>
   </x:si>
   <x:si>
     <x:t>5.805</x:t>
   </x:si>
   <x:si>
     <x:t>12,325,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,472,739.11</x:t>
-[...23 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>$12,347,261.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2022-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NQ56966</x:t>
   </x:si>
   <x:si>
     <x:t>5.324</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,135,555.17</x:t>
+    <x:t>$12,189,027.57</x:t>
   </x:si>
   <x:si>
     <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 34 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QRG7R63</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,102,419.66</x:t>
+    <x:t>$12,161,915.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN3NFT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,680,612.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R9K56M2</x:t>
   </x:si>
   <x:si>
     <x:t>5.855</x:t>
   </x:si>
   <x:si>
-    <x:t>11,500,000</x:t>
-[...20 lines deleted...]
-    <x:t>$11,627,057.42</x:t>
+    <x:t>$11,514,485.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Sycamore Tree Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QJ5H4K0</x:t>
   </x:si>
   <x:si>
     <x:t>5.274</x:t>
   </x:si>
   <x:si>
     <x:t>11,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,139,003.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>$11,188,496.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0R83Q8</x:t>
   </x:si>
   <x:si>
     <x:t>5.557</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,123,274.44</x:t>
-[...2 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>$11,175,932.81</x:t>
   </x:si>
   <x:si>
     <x:t>Arini Us Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>01/15/2039</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG01XP34KN8</x:t>
   </x:si>
   <x:si>
     <x:t>5.190</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,050,917.17</x:t>
+    <x:t>$11,118,314.17</x:t>
   </x:si>
   <x:si>
     <x:t>Symphony Clo 42 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LF1YCB7</x:t>
   </x:si>
   <x:si>
     <x:t>5.412</x:t>
   </x:si>
   <x:si>
     <x:t>10,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,725,225.29</x:t>
+    <x:t>$10,774,893.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2017-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCKRF98</x:t>
   </x:si>
   <x:si>
     <x:t>5.258</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,705,171.13</x:t>
+    <x:t>$10,751,945.22</x:t>
   </x:si>
   <x:si>
     <x:t>610 Funding Clo 2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N9ZB9S9</x:t>
   </x:si>
   <x:si>
     <x:t>5.234</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,695,296.80</x:t>
+    <x:t>$10,751,445.35</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxvi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011MN8LY9</x:t>
   </x:si>
   <x:si>
     <x:t>5.796</x:t>
   </x:si>
   <x:si>
     <x:t>10,510,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,616,025.73</x:t>
+    <x:t>$10,667,104.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WN40DL2</x:t>
   </x:si>
   <x:si>
     <x:t>10,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,612,372.61</x:t>
+    <x:t>$10,662,727.46</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 61 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P3G1K53</x:t>
   </x:si>
   <x:si>
     <x:t>5.462</x:t>
   </x:si>
   <x:si>
     <x:t>10,375,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,490,779.07</x:t>
-[...2 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>$10,535,488.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2020-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6JJYT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,316,441.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo 2025r-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RF66173</x:t>
   </x:si>
   <x:si>
     <x:t>5.539</x:t>
   </x:si>
   <x:si>
     <x:t>10,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,258,682.84</x:t>
-[...20 lines deleted...]
-    <x:t>$10,237,631.53</x:t>
+    <x:t>$10,308,905.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generate Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVSZJ41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,187,040.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2024-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MC32D36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,157,874.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 32 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5YNLF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,155,682.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2016-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXRCZN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,042,929.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014RM1VF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,039,901.40</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NWVC9R2</x:t>
   </x:si>
   <x:si>
     <x:t>7.405</x:t>
   </x:si>
   <x:si>
-    <x:t>10,000,000</x:t>
-[...92 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$10,027,936.82</x:t>
   </x:si>
   <x:si>
     <x:t>Ocean Trails Clo Xi</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RRPTH96</x:t>
   </x:si>
   <x:si>
     <x:t>5.434</x:t>
   </x:si>
   <x:si>
     <x:t>9,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,890,527.36</x:t>
+    <x:t>$9,939,867.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Tcw Clo 2019-1 Amr Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/16/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01224WHX4</x:t>
   </x:si>
   <x:si>
     <x:t>5.802</x:t>
   </x:si>
   <x:si>
     <x:t>9,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,203,754.79</x:t>
+    <x:t>$9,247,526.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxviii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S0SWCR4</x:t>
   </x:si>
   <x:si>
     <x:t>5.834</x:t>
   </x:si>
   <x:si>
     <x:t>9,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,090,872.38</x:t>
+    <x:t>$9,134,999.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XM4BPR6</x:t>
   </x:si>
   <x:si>
     <x:t>8,779,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,878,624.46</x:t>
+    <x:t>$8,919,239.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RN4W8G5</x:t>
   </x:si>
   <x:si>
     <x:t>5.784</x:t>
   </x:si>
   <x:si>
     <x:t>8,650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,745,023.50</x:t>
+    <x:t>$8,785,058.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Allegro Clo Xii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NR72J63</x:t>
   </x:si>
   <x:si>
     <x:t>5.310</x:t>
   </x:si>
   <x:si>
     <x:t>8,625,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,720,974.14</x:t>
+    <x:t>$8,759,346.48</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4Q6</x:t>
   </x:si>
   <x:si>
     <x:t>8,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,586,537.91</x:t>
+    <x:t>$8,628,128.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Tcw Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QYF8FN3</x:t>
   </x:si>
   <x:si>
     <x:t>5.984</x:t>
   </x:si>
   <x:si>
     <x:t>8,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,311,500.30</x:t>
+    <x:t>$8,351,131.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage Capital Clo 17 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S83Z165</x:t>
   </x:si>
   <x:si>
     <x:t>5.355</x:t>
   </x:si>
   <x:si>
     <x:t>7,875,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,933,412.39</x:t>
-[...2 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>$7,875,391.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 35 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,774,033.60</x:t>
   </x:si>
   <x:si>
     <x:t>Wellfleet Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WGCRZ25</x:t>
   </x:si>
   <x:si>
     <x:t>7,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,841,678.20</x:t>
-[...20 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$7,769,453.05</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012Y72MT9</x:t>
   </x:si>
   <x:si>
     <x:t>7.320</x:t>
   </x:si>
   <x:si>
     <x:t>7,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,377,248.11</x:t>
+    <x:t>$7,438,554.57</x:t>
   </x:si>
   <x:si>
     <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R72KNH6</x:t>
   </x:si>
   <x:si>
     <x:t>6.834</x:t>
   </x:si>
   <x:si>
     <x:t>7,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,082,159.30</x:t>
+    <x:t>$7,125,099.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 9 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0KYJ14</x:t>
   </x:si>
   <x:si>
     <x:t>5.620</x:t>
   </x:si>
   <x:si>
     <x:t>6,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,026,841.07</x:t>
+    <x:t>$7,070,968.71</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01247STY3</x:t>
   </x:si>
   <x:si>
     <x:t>7.246</x:t>
   </x:si>
   <x:si>
     <x:t>6,780,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,826,044.27</x:t>
+    <x:t>$6,880,747.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 40 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MTS6B60</x:t>
   </x:si>
   <x:si>
     <x:t>6,350,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,413,735.92</x:t>
+    <x:t>$6,442,956.72</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRF7WT6</x:t>
   </x:si>
   <x:si>
     <x:t>5.227</x:t>
   </x:si>
   <x:si>
     <x:t>6,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,269,331.09</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$6,299,197.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Us Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LBJN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,094,713.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N9ZB9T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,092,241.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2021-2 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,085,634.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocp Clo 2019-17 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N91YR27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,046,303.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S55T071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,031,149.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2016-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M1728Q6</x:t>
   </x:si>
   <x:si>
     <x:t>5.916</x:t>
   </x:si>
   <x:si>
-    <x:t>6,000,000</x:t>
-[...56 lines deleted...]
-    <x:t>$6,004,792.48</x:t>
+    <x:t>$6,009,986.03</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 54 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0116RXBM5</x:t>
   </x:si>
   <x:si>
     <x:t>5.286</x:t>
   </x:si>
   <x:si>
     <x:t>5,900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,961,783.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>$5,909,037.84</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 31 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RPYN3W0</x:t>
   </x:si>
   <x:si>
     <x:t>5,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,790,770.54</x:t>
+    <x:t>$5,822,623.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
+    <x:t>Brant Point Clo 2024-4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVCBML5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,589,518.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fort Washington Clo 2019-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0BB174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,585,722.20</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG01WGCRZ43</x:t>
   </x:si>
   <x:si>
     <x:t>7.655</x:t>
   </x:si>
   <x:si>
-    <x:t>5,500,000</x:t>
-[...26 lines deleted...]
-    <x:t>$5,558,889.35</x:t>
+    <x:t>$5,509,529.44</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0KYHY2</x:t>
   </x:si>
   <x:si>
     <x:t>5.230</x:t>
   </x:si>
   <x:si>
     <x:t>5,275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,351,818.61</x:t>
-[...2 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>$5,360,581.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 95 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLLQC66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,322,214.86</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RZTPMT0</x:t>
   </x:si>
   <x:si>
     <x:t>4.915</x:t>
   </x:si>
   <x:si>
     <x:t>5,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,336,270.26</x:t>
-[...17 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>$5,294,978.33</x:t>
   </x:si>
   <x:si>
     <x:t>Marble Point Clo Xxii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VYL7YL1</x:t>
   </x:si>
   <x:si>
     <x:t>5.558</x:t>
   </x:si>
   <x:si>
     <x:t>5,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,247,246.19</x:t>
+    <x:t>$5,266,172.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Blue Clo 2024-V Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N0T70X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,176,961.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wehle Park Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0XTN74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,103,912.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Point Clo 9 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TRLQB06</x:t>
   </x:si>
   <x:si>
     <x:t>6.088</x:t>
   </x:si>
   <x:si>
-    <x:t>5,000,000</x:t>
-[...35 lines deleted...]
-    <x:t>$5,076,897.76</x:t>
+    <x:t>$5,029,065.53</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RR037G3</x:t>
   </x:si>
   <x:si>
     <x:t>7.005</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,996,399.72</x:t>
-[...2 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>$5,006,545.58</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2WWRF3</x:t>
   </x:si>
   <x:si>
     <x:t>5.657</x:t>
   </x:si>
   <x:si>
     <x:t>4,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,543,844.96</x:t>
+    <x:t>$4,565,280.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Midocean Credit Clo Xi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/18/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QY0JC24</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,541,237.69</x:t>
+    <x:t>$4,560,767.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RBC2445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,264,941.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S83Z174</x:t>
   </x:si>
   <x:si>
     <x:t>4,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,300,411.14</x:t>
-[...20 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>$4,261,429.49</x:t>
   </x:si>
   <x:si>
     <x:t>Park Avenue Institutional Advisers Clo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WV443B2</x:t>
   </x:si>
   <x:si>
     <x:t>4,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,039,534.39</x:t>
+    <x:t>$4,058,226.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
+    <x:t>Silver Rock Clo V Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2DT4T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,003,000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ticp Clo Vii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LY535T7</x:t>
   </x:si>
   <x:si>
     <x:t>3,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,741,754.30</x:t>
+    <x:t>$3,704,559.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 66 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YT42PN1</x:t>
   </x:si>
   <x:si>
     <x:t>5.652</x:t>
   </x:si>
   <x:si>
     <x:t>3,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,608,323.43</x:t>
+    <x:t>$3,635,925.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB5WZY7</x:t>
   </x:si>
   <x:si>
     <x:t>7.155</x:t>
   </x:si>
   <x:si>
     <x:t>3,575,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,592,612.03</x:t>
+    <x:t>$3,580,357.98</x:t>
   </x:si>
   <x:si>
     <x:t>Creeksource 2024-1 Dunes Creek Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R394984</x:t>
   </x:si>
   <x:si>
     <x:t>3,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,542,099.55</x:t>
+    <x:t>$3,509,517.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xvii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1H65Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,315,831.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 41 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD04Z58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,300,856.95</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 45a Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WDQCP43</x:t>
   </x:si>
   <x:si>
     <x:t>6.044</x:t>
   </x:si>
   <x:si>
     <x:t>3,275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,360,195.97</x:t>
-[...38 lines deleted...]
-    <x:t>$3,295,852.22</x:t>
+    <x:t>$3,293,942.24</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01224WJ06</x:t>
   </x:si>
   <x:si>
     <x:t>7.783</x:t>
   </x:si>
   <x:si>
     <x:t>3,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,223,968.59</x:t>
+    <x:t>$3,247,850.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NWVC9Q3</x:t>
   </x:si>
   <x:si>
     <x:t>5.955</x:t>
   </x:si>
   <x:si>
     <x:t>3,125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,161,926.39</x:t>
+    <x:t>$3,129,488.77</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage Capital Clo 30 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QN9KS75</x:t>
   </x:si>
   <x:si>
     <x:t>3,075,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,103,542.28</x:t>
+    <x:t>$3,117,765.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Agl Core Clo 8 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QQXPBF2</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,028,811.79</x:t>
-[...2 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>$3,043,241.89</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PV7JB08</x:t>
   </x:si>
   <x:si>
     <x:t>5.889</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,015,878.16</x:t>
+    <x:t>$3,033,690.56</x:t>
   </x:si>
   <x:si>
     <x:t>Polus Us Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>01/20/2039</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG01YX6PBF6</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,002,250.00</x:t>
+    <x:t>5.687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,006,041.29</x:t>
   </x:si>
   <x:si>
     <x:t>Rad Clo 22 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YRJN935</x:t>
   </x:si>
   <x:si>
+    <x:t>5.682</x:t>
+  </x:si>
+  <x:si>
     <x:t>2,925,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,926,450.80</x:t>
+    <x:t>$2,963,493.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YCKGYN9</x:t>
   </x:si>
   <x:si>
     <x:t>2,900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,913,887.35</x:t>
+    <x:t>$2,927,443.08</x:t>
   </x:si>
   <x:si>
     <x:t>Aimco Clo 24 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TR6LW80</x:t>
   </x:si>
   <x:si>
     <x:t>6.147</x:t>
   </x:si>
   <x:si>
     <x:t>2,650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,747,574.43</x:t>
+    <x:t>$2,767,561.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Midocean Credit Clo Xx</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YDPJPB6</x:t>
   </x:si>
   <x:si>
+    <x:t>4.961</x:t>
+  </x:si>
+  <x:si>
     <x:t>2,680,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,680,670.00</x:t>
+    <x:t>$2,694,980.09</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Generate Clo 12 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W9WGJ90</x:t>
   </x:si>
   <x:si>
     <x:t>6.283</x:t>
   </x:si>
   <x:si>
     <x:t>2,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,569,728.54</x:t>
-[...17 lines deleted...]
-    <x:t>$2,562,618.06</x:t>
+    <x:t>$2,584,577.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
+    <x:t>Kkr Clo 30 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N91XCZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,543,240.72</x:t>
+  </x:si>
+  <x:si>
     <x:t>Octagon Investment Partners 28 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MLY41T4</x:t>
   </x:si>
   <x:si>
     <x:t>5.585</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,527,490.28</x:t>
-[...11 lines deleted...]
-    <x:t>$2,527,262.33</x:t>
+    <x:t>$2,538,779.05</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QRG7R72</x:t>
   </x:si>
   <x:si>
     <x:t>5.708</x:t>
   </x:si>
   <x:si>
     <x:t>2,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,325,717.00</x:t>
+    <x:t>$2,337,223.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01224WHW5</x:t>
   </x:si>
   <x:si>
     <x:t>5.151</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,311,838.89</x:t>
+    <x:t>$2,321,619.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Wise Clo 2023-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WNMP9Q9</x:t>
   </x:si>
   <x:si>
     <x:t>2,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,276,082.35</x:t>
-[...2 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>$2,287,711.92</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxxi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011Y7GKX5</x:t>
   </x:si>
   <x:si>
     <x:t>7.370</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,233,384.32</x:t>
+    <x:t>$2,252,028.55</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2019-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NJ2VKN9</x:t>
   </x:si>
   <x:si>
     <x:t>5.335</x:t>
   </x:si>
   <x:si>
     <x:t>2,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,174,416.35</x:t>
+    <x:t>$2,154,846.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polus Us Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6DHMR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,123,972.51</x:t>
   </x:si>
   <x:si>
     <x:t>Whitebox Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZW0ZF0</x:t>
   </x:si>
   <x:si>
     <x:t>2,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,123,710.99</x:t>
-[...17 lines deleted...]
-    <x:t>$2,107,415.78</x:t>
+    <x:t>$2,102,747.30</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage Capital Clo 15 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VFRRYT9</x:t>
   </x:si>
   <x:si>
     <x:t>6.311</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,066,219.55</x:t>
+    <x:t>$2,081,759.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK387M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,053,509.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Palmer Square Clo 2023-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TQRQV73</x:t>
   </x:si>
   <x:si>
     <x:t>6.084</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,034,271.42</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$2,044,796.15</x:t>
   </x:si>
   <x:si>
     <x:t>Madison Park Funding Lxiii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TZH3DC4</x:t>
   </x:si>
   <x:si>
     <x:t>6.020</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,033,765.20</x:t>
-[...11 lines deleted...]
-    <x:t>$2,031,459.90</x:t>
+    <x:t>$2,044,218.47</x:t>
   </x:si>
   <x:si>
     <x:t>Tcw Clo 2023-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VL8WPS8</x:t>
   </x:si>
   <x:si>
     <x:t>5.615</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,025,242.23</x:t>
+    <x:t>$2,035,709.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SH21RS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,031,997.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF2B4C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,031,470.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Lx Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JBLZ84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,031,382.24</x:t>
   </x:si>
   <x:si>
     <x:t>Thl Credit Wind River 2017-3 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W90PR74</x:t>
   </x:si>
   <x:si>
     <x:t>6.105</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,023,811.88</x:t>
-[...29 lines deleted...]
-    <x:t>$2,021,546.08</x:t>
+    <x:t>$2,002,791.14</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 24 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011N52DT7</x:t>
   </x:si>
   <x:si>
     <x:t>5.226</x:t>
   </x:si>
   <x:si>
     <x:t>1,971,401</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,989,488.11</x:t>
+    <x:t>$1,997,945.50</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VD04Z76</x:t>
   </x:si>
   <x:si>
     <x:t>7.505</x:t>
   </x:si>
   <x:si>
     <x:t>1,850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,879,709.05</x:t>
+    <x:t>$1,855,783.95</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG01X70HJ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,782,859.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tiaa Clo I Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MG4LV20</x:t>
   </x:si>
   <x:si>
     <x:t>5.134</x:t>
   </x:si>
   <x:si>
     <x:t>1,758,673</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,774,774.09</x:t>
-[...11 lines deleted...]
-    <x:t>$1,774,325.16</x:t>
+    <x:t>$1,780,833.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LV7F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,754,622.60</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 29 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011K4T3V3</x:t>
   </x:si>
   <x:si>
     <x:t>5.236</x:t>
   </x:si>
   <x:si>
     <x:t>1,734,426</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,753,414.81</x:t>
-[...11 lines deleted...]
-    <x:t>$1,745,984.31</x:t>
+    <x:t>$1,736,904.35</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V9X64Q5</x:t>
   </x:si>
   <x:si>
     <x:t>6.322</x:t>
   </x:si>
   <x:si>
     <x:t>1,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,547,083.26</x:t>
+    <x:t>$1,555,616.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
+    <x:t>Hps Loan Management 2023-18 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VT8KMW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,530,170.78</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brant Point Clo 2025-8 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WL3Q1F1</x:t>
   </x:si>
   <x:si>
     <x:t>5.662</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,520,569.02</x:t>
-[...14 lines deleted...]
-    <x:t>$1,519,723.73</x:t>
+    <x:t>$1,530,115.37</x:t>
   </x:si>
   <x:si>
     <x:t>Cbam 2017-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0116QZFG3</x:t>
   </x:si>
   <x:si>
     <x:t>5.993</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,516,915.82</x:t>
+    <x:t>$1,524,338.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 10 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S1ST182</x:t>
   </x:si>
   <x:si>
     <x:t>5.315</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,510,861.67</x:t>
-[...11 lines deleted...]
-    <x:t>$1,503,845.92</x:t>
+    <x:t>$1,519,142.44</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo 2018-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LV7BZR3</x:t>
   </x:si>
   <x:si>
     <x:t>5.048</x:t>
   </x:si>
   <x:si>
     <x:t>1,373,399</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,385,693.72</x:t>
-[...8 lines deleted...]
-    <x:t>7.537</x:t>
+    <x:t>$1,390,920.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Voya Clo 2018-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K5THQX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,270,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,287,031.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.905</x:t>
   </x:si>
   <x:si>
     <x:t>1,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,289,850.21</x:t>
-[...29 lines deleted...]
-    <x:t>$1,276,261.19</x:t>
+    <x:t>$1,251,864.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Halseypoint Clo 7 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VF453M9</x:t>
   </x:si>
   <x:si>
     <x:t>6.530</x:t>
   </x:si>
   <x:si>
     <x:t>1,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,214,716.45</x:t>
-[...11 lines deleted...]
-    <x:t>$1,200,000.00</x:t>
+    <x:t>$1,220,964.09</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011MN8LX0</x:t>
   </x:si>
   <x:si>
     <x:t>5.316</x:t>
   </x:si>
   <x:si>
     <x:t>1,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,110,972.22</x:t>
+    <x:t>$1,116,377.67</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 104 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PJHT2P2</x:t>
   </x:si>
   <x:si>
     <x:t>5.489</x:t>
   </x:si>
   <x:si>
     <x:t>1,075,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,080,065.10</x:t>
+    <x:t>$1,085,416.60</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2WWRH1</x:t>
   </x:si>
   <x:si>
     <x:t>10.357</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,069,358.87</x:t>
+    <x:t>$1,079,021.41</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2023-1 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VC46JL7</x:t>
   </x:si>
   <x:si>
     <x:t>5.908</x:t>
   </x:si>
   <x:si>
     <x:t>1,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,013,985.63</x:t>
+    <x:t>$1,018,716.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RF66191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,971.52</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxiii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112K8TL4</x:t>
   </x:si>
   <x:si>
     <x:t>5.336</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,011,115.27</x:t>
-[...8 lines deleted...]
-    <x:t>$1,008,796.72</x:t>
+    <x:t>$1,001,625.23</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 27 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R6M2S28</x:t>
   </x:si>
   <x:si>
     <x:t>10.155</x:t>
   </x:si>
   <x:si>
-    <x:t>$993,916.44</x:t>
+    <x:t>$981,623.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Tci-Symphony Clo 2017-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012N0YY97</x:t>
   </x:si>
   <x:si>
     <x:t>560,312</x:t>
   </x:si>
   <x:si>
-    <x:t>$565,626.62</x:t>
+    <x:t>$560,502.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 64 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KDHTN29</x:t>
   </x:si>
   <x:si>
     <x:t>5.116</x:t>
   </x:si>
   <x:si>
     <x:t>338,383</x:t>
   </x:si>
   <x:si>
-    <x:t>$341,460.80</x:t>
+    <x:t>$342,825.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xviii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JG0WZ70</x:t>
   </x:si>
   <x:si>
     <x:t>5.266</x:t>
   </x:si>
   <x:si>
     <x:t>291,716</x:t>
   </x:si>
   <x:si>
-    <x:t>$294,400.98</x:t>
+    <x:t>$295,567.37</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>-2,407,505</x:t>
-[...5 lines deleted...]
-    <x:t>-0.18%</x:t>
+    <x:t>827,154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$827,154.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-6,059,009.03</x:t>
-[...2 lines deleted...]
-    <x:t>-0.46%</x:t>
+    <x:t>$-424,160.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2773,56 +2731,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c24ffdfd7a04ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R60b420e6540142e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1f75b7bf79e84c1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832d832989b5494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5a0190ea86454afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R258563e507cc47c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J169"/>
+  <x:dimension ref="A1:J165"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
@@ -2925,3612 +2883,3612 @@
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J65" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J78" s="1" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="E81" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H81" s="1" t="s">
+      <x:c r="I81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J81" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="H86" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J86" s="1" t="s">
         <x:v>490</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D87" s="1" t="s">
+      <x:c r="E87" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>492</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J89" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J94" s="1" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>554</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>549</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J99" s="1" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="F100" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="H100" s="1" t="s">
+      <x:c r="I100" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J100" s="1" t="s">
         <x:v>564</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="H101" s="1" t="s">
+      <x:c r="I101" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J101" s="1" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="H102" s="1" t="s">
+      <x:c r="I102" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J102" s="1" t="s">
         <x:v>575</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="F103" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G103" s="1" t="s">
+      <x:c r="H103" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="H103" s="1" t="s">
+      <x:c r="I103" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J103" s="1" t="s">
         <x:v>582</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="F104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="H104" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G105" s="1" t="s">
+      <x:c r="H105" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="H105" s="1" t="s">
+      <x:c r="I105" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
         <x:v>591</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="H106" s="1" t="s">
+      <x:c r="I106" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>597</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="D107" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="E107" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="E107" s="1" t="s">
+      <x:c r="F107" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="F107" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G107" s="1" t="s">
+      <x:c r="H107" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="H107" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D108" s="1" t="s">
+      <x:c r="E108" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="E108" s="1" t="s">
+      <x:c r="F108" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="F108" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G108" s="1" t="s">
+      <x:c r="H108" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="H108" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
+      <x:c r="F109" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="F109" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G109" s="1" t="s">
+      <x:c r="H109" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="H109" s="1" t="s">
+      <x:c r="I109" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J109" s="1" t="s">
         <x:v>614</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="E110" s="1" t="s">
+      <x:c r="F110" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="F110" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G110" s="1" t="s">
+      <x:c r="H110" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="H110" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="D111" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
+      <x:c r="E111" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="E111" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G111" s="1" t="s">
+      <x:c r="H111" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="H111" s="1" t="s">
+      <x:c r="I111" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J111" s="1" t="s">
         <x:v>624</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="D113" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
         <x:v>632</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>636</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="D115" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="E115" s="1" t="s">
         <x:v>641</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
@@ -6544,1689 +6502,1561 @@
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
+      <x:c r="D121" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="D121" s="1" t="s">
+      <x:c r="E121" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="E121" s="1" t="s">
+      <x:c r="F121" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="F121" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D122" s="1" t="s">
+      <x:c r="F122" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="E122" s="1" t="s">
+      <x:c r="H122" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="F122" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H122" s="1" t="s">
+      <x:c r="I122" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J122" s="1" t="s">
         <x:v>682</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="H123" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="H123" s="1" t="s">
+      <x:c r="I123" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J123" s="1" t="s">
         <x:v>686</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
         <x:v>689</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>685</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="D126" s="1" t="s">
+      <x:c r="E126" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="E126" s="1" t="s">
+      <x:c r="F126" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
         <x:v>699</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>693</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="F127" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G127" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H127" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="I127" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J127" s="1" t="s">
         <x:v>701</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H129" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="H129" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="E130" s="1" t="s">
+      <x:c r="F130" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H130" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="F130" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H130" s="1" t="s">
+      <x:c r="I130" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J130" s="1" t="s">
         <x:v>720</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="D132" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="E132" s="1" t="s">
+      <x:c r="F132" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G132" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H132" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="F132" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="E133" s="1" t="s">
+      <x:c r="F133" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G133" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H133" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="F133" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G134" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H134" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G135" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H135" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="C135" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H136" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="E136" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
         <x:v>745</x:v>
       </x:c>
-      <x:c r="C137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
+      <x:c r="F137" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G137" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H137" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="E137" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
         <x:v>749</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="E139" s="1" t="s">
+      <x:c r="F139" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="F139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G139" s="1" t="s">
+      <x:c r="H139" s="1" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="H139" s="1" t="s">
+      <x:c r="I139" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J139" s="1" t="s">
         <x:v>758</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="F140" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G140" s="1" t="s">
+      <x:c r="H140" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="H140" s="1" t="s">
+      <x:c r="I140" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J140" s="1" t="s">
         <x:v>762</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
+      <x:c r="D141" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
+      <x:c r="E141" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="E141" s="1" t="s">
+      <x:c r="F141" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="F141" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G141" s="1" t="s">
+      <x:c r="H141" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
-      <x:c r="H141" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="E142" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G142" s="1" t="s">
+      <x:c r="H142" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="H142" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
+      <x:c r="D143" s="1" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="E143" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
+      <x:c r="F143" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="F143" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G143" s="1" t="s">
+      <x:c r="H143" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="H143" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="C144" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D144" s="1" t="s">
+      <x:c r="F144" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G144" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="E144" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G144" s="1" t="s">
+      <x:c r="H144" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="H144" s="1" t="s">
+      <x:c r="I144" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J144" s="1" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="H148" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="I148" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J148" s="1" t="s">
         <x:v>798</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="H150" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="I150" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J150" s="1" t="s">
         <x:v>810</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H152" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="I152" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J152" s="1" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G154" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="H154" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="I154" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J154" s="1" t="s">
         <x:v>831</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>863</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>877</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>886</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10" ht="15" customHeight="1">
-      <x:c r="A165" s="1">
-[...40 lines deleted...]
-      <x:c r="D166" s="1" t="s">
+      <x:c r="A165" s="2" t="s">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="E166" s="1" t="s">
-[...86 lines deleted...]
-      <x:c r="B169" s="2" t="s">
+      <x:c r="B165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C169" s="2" t="s">
+      <x:c r="C165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D169" s="2" t="s">
+      <x:c r="D165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E169" s="2" t="s">
+      <x:c r="E165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F169" s="2" t="s">
+      <x:c r="F165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G169" s="2" t="s">
+      <x:c r="G165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H169" s="2" t="s">
+      <x:c r="H165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I169" s="2" t="s">
+      <x:c r="I165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J169" s="2" t="s">
+      <x:c r="J165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A169:J169"/>
+    <x:mergeCell ref="A165:J165"/>
   </x:mergeCells>
 </x:worksheet>
 </file>