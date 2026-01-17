--- v2 (2026-01-15)
+++ v3 (2026-01-17)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774a660aa27b43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b72010db0a54131" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20260114" sheetId="1" r:id="R258563e507cc47c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20260115" sheetId="1" r:id="R918e6e6de1ce4cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1489" uniqueCount="888">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/14/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1462" uniqueCount="878">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -55,2655 +55,2625 @@
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG1J8F2</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>63,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$62,925,450.21</x:t>
+    <x:t>$62,931,790.53</x:t>
   </x:si>
   <x:si>
     <x:t>4.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQW8</x:t>
   </x:si>
   <x:si>
     <x:t>5.508</x:t>
   </x:si>
   <x:si>
     <x:t>37,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,550,262.34</x:t>
+    <x:t>$37,563,323.32</x:t>
   </x:si>
   <x:si>
     <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Regatta Vi Funding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X4XMKT9</x:t>
   </x:si>
   <x:si>
     <x:t>5.206</x:t>
   </x:si>
   <x:si>
     <x:t>36,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,025,473.01</x:t>
+    <x:t>$37,051,338.89</x:t>
   </x:si>
   <x:si>
     <x:t>2.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Ocean Trails Clo Xv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZG6SDW6</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>35,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$35,008,750.00</x:t>
+    <x:t>$35,018,338.06</x:t>
   </x:si>
   <x:si>
     <x:t>2.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CSZ35</x:t>
   </x:si>
   <x:si>
     <x:t>5.284</x:t>
   </x:si>
   <x:si>
     <x:t>26,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,069,728.79</x:t>
+    <x:t>$27,076,504.98</x:t>
   </x:si>
   <x:si>
     <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R72KND0</x:t>
   </x:si>
   <x:si>
     <x:t>4.994</x:t>
   </x:si>
   <x:si>
     <x:t>26,489,709</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,824,316.96</x:t>
+    <x:t>$26,829,184.03</x:t>
   </x:si>
   <x:si>
     <x:t>2.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 64 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6CQP12</x:t>
   </x:si>
   <x:si>
     <x:t>5.570</x:t>
   </x:si>
   <x:si>
     <x:t>25,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,380,893.41</x:t>
+    <x:t>$25,390,361.44</x:t>
   </x:si>
   <x:si>
     <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CP2G7</x:t>
   </x:si>
   <x:si>
     <x:t>5.294</x:t>
   </x:si>
   <x:si>
     <x:t>22,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,819,683.73</x:t>
-[...2 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>$22,521,061.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Sagard-Halseypoint Clo 10 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X7RWBK7</x:t>
   </x:si>
   <x:si>
     <x:t>5.630</x:t>
   </x:si>
   <x:si>
     <x:t>22,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,356,904.24</x:t>
+    <x:t>$22,372,994.60</x:t>
   </x:si>
   <x:si>
     <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Rr 20 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S9H8LS5</x:t>
   </x:si>
   <x:si>
     <x:t>5.455</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,020,691.33</x:t>
+    <x:t>$22,029,328.68</x:t>
   </x:si>
   <x:si>
     <x:t>1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 36 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WNJ4B93</x:t>
   </x:si>
   <x:si>
     <x:t>5.655</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,018,239.55</x:t>
+    <x:t>$22,027,175.12</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Rock Clo Ii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SH21RR4</x:t>
   </x:si>
   <x:si>
     <x:t>5.484</x:t>
   </x:si>
   <x:si>
     <x:t>21,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,284,012.59</x:t>
+    <x:t>$21,295,842.84</x:t>
   </x:si>
   <x:si>
     <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRF7WV3</x:t>
   </x:si>
   <x:si>
     <x:t>5.607</x:t>
   </x:si>
   <x:si>
     <x:t>20,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,339,206.72</x:t>
+    <x:t>$20,353,181.92</x:t>
   </x:si>
   <x:si>
     <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Icg Us Clo 2025-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/18/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y66P6N8</x:t>
   </x:si>
   <x:si>
     <x:t>5.006</x:t>
   </x:si>
   <x:si>
     <x:t>18,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,873,463.15</x:t>
+    <x:t>$18,884,039.06</x:t>
   </x:si>
   <x:si>
     <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4S0QD9</x:t>
   </x:si>
   <x:si>
     <x:t>5.384</x:t>
   </x:si>
   <x:si>
     <x:t>17,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,240,549.39</x:t>
+    <x:t>$17,236,360.04</x:t>
   </x:si>
   <x:si>
     <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Four Us Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y5QZRP6</x:t>
   </x:si>
   <x:si>
     <x:t>5.058</x:t>
   </x:si>
   <x:si>
     <x:t>16,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,860,267.94</x:t>
+    <x:t>$16,868,969.63</x:t>
   </x:si>
   <x:si>
     <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Clo 2020-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RVB14Y3</x:t>
   </x:si>
   <x:si>
     <x:t>5.435</x:t>
   </x:si>
   <x:si>
     <x:t>16,665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,684,039.85</x:t>
+    <x:t>$16,680,615.28</x:t>
   </x:si>
   <x:si>
     <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Ozlm Xix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NWVC9N6</x:t>
   </x:si>
   <x:si>
     <x:t>5.255</x:t>
   </x:si>
   <x:si>
     <x:t>16,625,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,635,290.20</x:t>
+    <x:t>$16,642,822.17</x:t>
   </x:si>
   <x:si>
     <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Ozlm Xiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RB95P24</x:t>
   </x:si>
   <x:si>
     <x:t>5.745</x:t>
   </x:si>
   <x:si>
     <x:t>16,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,454,473.75</x:t>
+    <x:t>$16,462,799.42</x:t>
   </x:si>
   <x:si>
     <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 37 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SCYNSK0</x:t>
   </x:si>
   <x:si>
     <x:t>5.534</x:t>
   </x:si>
   <x:si>
     <x:t>15,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,947,771.60</x:t>
+    <x:t>$15,956,559.43</x:t>
   </x:si>
   <x:si>
     <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Sagard-Halseypoint Clo 8 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0ZR822</x:t>
   </x:si>
   <x:si>
     <x:t>5.228</x:t>
   </x:si>
   <x:si>
     <x:t>14,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,722,256.70</x:t>
+    <x:t>$14,724,362.55</x:t>
   </x:si>
   <x:si>
     <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG3KDH3</x:t>
   </x:si>
   <x:si>
     <x:t>5.505</x:t>
   </x:si>
   <x:si>
     <x:t>14,475,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,512,908.63</x:t>
+    <x:t>$14,517,902.45</x:t>
   </x:si>
   <x:si>
     <x:t>1.09%</x:t>
   </x:si>
   <x:si>
+    <x:t>Bluemountain Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRVD218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,319,276.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 39 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,298,209.48</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kkr Clo 28 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y0365Z1</x:t>
   </x:si>
   <x:si>
     <x:t>5.521</x:t>
   </x:si>
   <x:si>
     <x:t>14,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,419,751.56</x:t>
-[...35 lines deleted...]
-    <x:t>$14,278,642.71</x:t>
+    <x:t>$14,254,178.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQX7</x:t>
   </x:si>
   <x:si>
     <x:t>5.858</x:t>
   </x:si>
   <x:si>
     <x:t>13,850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,050,221.90</x:t>
+    <x:t>$14,055,314.84</x:t>
   </x:si>
   <x:si>
     <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2021-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QYHYKX8</x:t>
   </x:si>
   <x:si>
     <x:t>5.555</x:t>
   </x:si>
   <x:si>
     <x:t>13,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,525,424.45</x:t>
+    <x:t>$13,531,936.64</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 40 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0PKF25</x:t>
   </x:si>
   <x:si>
     <x:t>6.055</x:t>
   </x:si>
   <x:si>
     <x:t>13,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,243,720.80</x:t>
+    <x:t>$13,250,258.40</x:t>
   </x:si>
   <x:si>
     <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X7RWBL6</x:t>
   </x:si>
   <x:si>
     <x:t>5.930</x:t>
   </x:si>
   <x:si>
     <x:t>13,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,237,924.96</x:t>
+    <x:t>$13,247,489.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3YX861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,022,724.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVRTYG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,968,817.03</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PSTB426</x:t>
   </x:si>
   <x:si>
     <x:t>6.994</x:t>
   </x:si>
   <x:si>
     <x:t>12,850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,092,885.69</x:t>
-[...29 lines deleted...]
-    <x:t>$12,963,930.43</x:t>
+    <x:t>$12,866,901.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4P7</x:t>
   </x:si>
   <x:si>
     <x:t>5.584</x:t>
   </x:si>
   <x:si>
     <x:t>12,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,681,448.16</x:t>
+    <x:t>$12,683,399.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Generate Clo 22 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VRPSMP9</x:t>
   </x:si>
   <x:si>
     <x:t>6.071</x:t>
   </x:si>
   <x:si>
     <x:t>12,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,415,294.74</x:t>
+    <x:t>$12,423,496.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RZTPMX5</x:t>
   </x:si>
   <x:si>
     <x:t>5.805</x:t>
   </x:si>
   <x:si>
     <x:t>12,325,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,347,261.88</x:t>
+    <x:t>$12,356,891.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2022-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NQ56966</x:t>
   </x:si>
   <x:si>
     <x:t>5.324</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,189,027.57</x:t>
+    <x:t>$12,193,430.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 34 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QRG7R63</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,161,915.45</x:t>
+    <x:t>$12,166,739.45</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WN3NFT6</x:t>
   </x:si>
   <x:si>
     <x:t>5.958</x:t>
   </x:si>
   <x:si>
     <x:t>11,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,680,612.73</x:t>
+    <x:t>$11,683,539.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R9K56M2</x:t>
   </x:si>
   <x:si>
     <x:t>5.855</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,514,485.70</x:t>
+    <x:t>$11,521,853.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Sycamore Tree Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QJ5H4K0</x:t>
   </x:si>
   <x:si>
     <x:t>5.274</x:t>
   </x:si>
   <x:si>
     <x:t>11,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,188,496.83</x:t>
+    <x:t>$11,192,473.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0R83Q8</x:t>
   </x:si>
   <x:si>
     <x:t>5.557</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,175,932.81</x:t>
+    <x:t>$11,179,764.89</x:t>
   </x:si>
   <x:si>
     <x:t>Arini Us Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XP34KN8</x:t>
   </x:si>
   <x:si>
     <x:t>5.190</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,118,314.17</x:t>
+    <x:t>$11,123,123.00</x:t>
   </x:si>
   <x:si>
     <x:t>Symphony Clo 42 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LF1YCB7</x:t>
   </x:si>
   <x:si>
     <x:t>5.412</x:t>
   </x:si>
   <x:si>
     <x:t>10,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,774,893.62</x:t>
+    <x:t>$10,776,328.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2017-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCKRF98</x:t>
   </x:si>
   <x:si>
     <x:t>5.258</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,751,945.22</x:t>
+    <x:t>$10,755,740.60</x:t>
   </x:si>
   <x:si>
     <x:t>610 Funding Clo 2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N9ZB9S9</x:t>
   </x:si>
   <x:si>
     <x:t>5.234</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,751,445.35</x:t>
+    <x:t>$10,753,559.00</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxvi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011MN8LY9</x:t>
   </x:si>
   <x:si>
     <x:t>5.796</x:t>
   </x:si>
   <x:si>
     <x:t>10,510,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,667,104.76</x:t>
+    <x:t>$10,668,786.38</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WN40DL2</x:t>
   </x:si>
   <x:si>
     <x:t>10,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,662,727.46</x:t>
+    <x:t>$10,666,708.26</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 61 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P3G1K53</x:t>
   </x:si>
   <x:si>
     <x:t>5.462</x:t>
   </x:si>
   <x:si>
     <x:t>10,375,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,535,488.66</x:t>
+    <x:t>$10,537,737.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
+    <x:t>Sound Point Clo 2025r-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RF66173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,314,463.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bain Capital Credit Clo 2020-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q6JJYT7</x:t>
   </x:si>
   <x:si>
     <x:t>6.960</x:t>
   </x:si>
   <x:si>
     <x:t>10,130,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,316,441.24</x:t>
-[...20 lines deleted...]
-    <x:t>$10,308,905.60</x:t>
+    <x:t>$10,309,383.95</x:t>
   </x:si>
   <x:si>
     <x:t>Generate Clo 9 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QVSZJ41</x:t>
   </x:si>
   <x:si>
     <x:t>10,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,187,040.75</x:t>
+    <x:t>$10,192,245.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2024-1 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MC32D36</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,157,874.09</x:t>
+    <x:t>$10,160,317.54</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 32 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5YNLF8</x:t>
   </x:si>
   <x:si>
     <x:t>5.965</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,155,682.90</x:t>
+    <x:t>$10,157,309.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2016-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KXRCZN3</x:t>
   </x:si>
   <x:si>
     <x:t>5.866</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,042,929.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$10,081,979.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NWVC9R2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,047,854.55</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxxiii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014RM1VF6</x:t>
   </x:si>
   <x:si>
     <x:t>5.758</x:t>
   </x:si>
   <x:si>
     <x:t>9,900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,039,901.40</x:t>
-[...8 lines deleted...]
-    <x:t>$10,027,936.82</x:t>
+    <x:t>$10,042,257.05</x:t>
   </x:si>
   <x:si>
     <x:t>Ocean Trails Clo Xi</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RRPTH96</x:t>
   </x:si>
   <x:si>
     <x:t>5.434</x:t>
   </x:si>
   <x:si>
     <x:t>9,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,939,867.42</x:t>
+    <x:t>$9,937,348.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Tcw Clo 2019-1 Amr Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/16/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01224WHX4</x:t>
   </x:si>
   <x:si>
     <x:t>5.802</x:t>
   </x:si>
   <x:si>
     <x:t>9,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,247,526.94</x:t>
+    <x:t>$9,249,889.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxviii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S0SWCR4</x:t>
   </x:si>
   <x:si>
     <x:t>5.834</x:t>
   </x:si>
   <x:si>
     <x:t>9,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,134,999.68</x:t>
+    <x:t>$9,136,935.29</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XM4BPR6</x:t>
   </x:si>
   <x:si>
     <x:t>8,779,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,919,239.33</x:t>
+    <x:t>$8,922,481.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RN4W8G5</x:t>
   </x:si>
   <x:si>
     <x:t>5.784</x:t>
   </x:si>
   <x:si>
     <x:t>8,650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,785,058.87</x:t>
+    <x:t>$8,787,080.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Allegro Clo Xii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NR72J63</x:t>
   </x:si>
   <x:si>
     <x:t>5.310</x:t>
   </x:si>
   <x:si>
     <x:t>8,625,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,759,346.48</x:t>
+    <x:t>$8,762,516.16</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4Q6</x:t>
   </x:si>
   <x:si>
     <x:t>8,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,628,128.70</x:t>
+    <x:t>$8,631,435.77</x:t>
   </x:si>
   <x:si>
     <x:t>0.65%</x:t>
   </x:si>
   <x:si>
-    <x:t>Tcw Clo 2021-1 Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>BBG01QYF8FN3</x:t>
+    <x:t>Anchorage Capital Clo 17 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,881,501.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 35 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,776,941.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wellfleet Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WGCRZ25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,772,252.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012Y72MT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,454,570.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R72KNH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,127,345.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0KYJ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,072,011.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01247STY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,895,435.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 40 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MTS6B60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,444,418.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRF7WT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,302,341.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Us Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LBJN0</x:t>
   </x:si>
   <x:si>
     <x:t>5.984</x:t>
   </x:si>
   <x:si>
-    <x:t>8,200,000</x:t>
-[...166 lines deleted...]
-  <x:si>
     <x:t>6,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,094,713.79</x:t>
+    <x:t>$6,096,167.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N9ZB9T8</x:t>
   </x:si>
   <x:si>
     <x:t>5.734</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,092,241.12</x:t>
+    <x:t>$6,093,628.87</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2021-2 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X70HJ71</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,085,634.45</x:t>
+    <x:t>$6,087,904.53</x:t>
   </x:si>
   <x:si>
     <x:t>Ocp Clo 2019-17 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N91YR27</x:t>
   </x:si>
   <x:si>
     <x:t>5,950,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,046,303.84</x:t>
+    <x:t>$6,047,123.69</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S55T071</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,031,149.19</x:t>
+    <x:t>$6,032,474.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2016-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M1728Q6</x:t>
   </x:si>
   <x:si>
     <x:t>5.916</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,009,986.03</x:t>
+    <x:t>$6,017,662.60</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 54 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0116RXBM5</x:t>
   </x:si>
   <x:si>
     <x:t>5.286</x:t>
   </x:si>
   <x:si>
     <x:t>5,900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,909,037.84</x:t>
+    <x:t>$5,917,179.42</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 31 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RPYN3W0</x:t>
   </x:si>
   <x:si>
     <x:t>5,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,822,623.90</x:t>
+    <x:t>$5,821,127.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Brant Point Clo 2024-4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MVCBML5</x:t>
   </x:si>
   <x:si>
     <x:t>5,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,589,518.41</x:t>
+    <x:t>$5,591,512.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Washington Clo 2019-1</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0BB174</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,585,722.20</x:t>
+    <x:t>$5,588,203.38</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WGCRZ43</x:t>
   </x:si>
   <x:si>
     <x:t>7.655</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,509,529.44</x:t>
+    <x:t>$5,508,977.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0KYHY2</x:t>
   </x:si>
   <x:si>
     <x:t>5.230</x:t>
   </x:si>
   <x:si>
     <x:t>5,275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,360,581.98</x:t>
+    <x:t>$5,363,284.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 95 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SLLQC66</x:t>
   </x:si>
   <x:si>
     <x:t>6.939</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,322,214.86</x:t>
+    <x:t>$5,333,691.94</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RZTPMT0</x:t>
   </x:si>
   <x:si>
     <x:t>4.915</x:t>
   </x:si>
   <x:si>
     <x:t>5,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,294,978.33</x:t>
+    <x:t>$5,295,654.64</x:t>
   </x:si>
   <x:si>
     <x:t>Marble Point Clo Xxii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VYL7YL1</x:t>
   </x:si>
   <x:si>
     <x:t>5.558</x:t>
   </x:si>
   <x:si>
     <x:t>5,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,266,172.37</x:t>
+    <x:t>$5,268,467.59</x:t>
   </x:si>
   <x:si>
     <x:t>Park Blue Clo 2024-V Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N0T70X0</x:t>
   </x:si>
   <x:si>
     <x:t>5.338</x:t>
   </x:si>
   <x:si>
     <x:t>5,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,176,961.33</x:t>
+    <x:t>$5,178,462.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Wehle Park Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X0XTN74</x:t>
   </x:si>
   <x:si>
     <x:t>5.849</x:t>
   </x:si>
   <x:si>
     <x:t>5,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,103,912.93</x:t>
+    <x:t>$5,107,555.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Point Clo 9 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TRLQB06</x:t>
   </x:si>
   <x:si>
     <x:t>6.088</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,029,065.53</x:t>
+    <x:t>$5,031,551.05</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RR037G3</x:t>
   </x:si>
   <x:si>
     <x:t>7.005</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,006,545.58</x:t>
+    <x:t>$5,009,331.16</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2WWRF3</x:t>
   </x:si>
   <x:si>
     <x:t>5.657</x:t>
   </x:si>
   <x:si>
     <x:t>4,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,565,280.52</x:t>
+    <x:t>$4,566,419.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Midocean Credit Clo Xi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/18/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QY0JC24</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,560,767.84</x:t>
+    <x:t>$4,561,670.40</x:t>
   </x:si>
   <x:si>
     <x:t>Tcw Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RBC2445</x:t>
   </x:si>
   <x:si>
     <x:t>5.884</x:t>
   </x:si>
   <x:si>
     <x:t>4,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,264,941.19</x:t>
+    <x:t>$4,265,951.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S83Z174</x:t>
   </x:si>
   <x:si>
     <x:t>4,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,261,429.49</x:t>
+    <x:t>$4,263,879.13</x:t>
   </x:si>
   <x:si>
     <x:t>Park Avenue Institutional Advisers Clo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WV443B2</x:t>
   </x:si>
   <x:si>
     <x:t>4,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,058,226.52</x:t>
+    <x:t>$4,059,293.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Rock Clo V Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z2DT4T9</x:t>
   </x:si>
   <x:si>
     <x:t>$4,003,000.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Ticp Clo Vii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LY535T7</x:t>
   </x:si>
   <x:si>
     <x:t>3,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,704,559.28</x:t>
+    <x:t>$3,707,738.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 66 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YT42PN1</x:t>
   </x:si>
   <x:si>
     <x:t>5.652</x:t>
   </x:si>
   <x:si>
     <x:t>3,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,635,925.47</x:t>
+    <x:t>$3,636,440.30</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB5WZY7</x:t>
   </x:si>
   <x:si>
     <x:t>7.155</x:t>
   </x:si>
   <x:si>
     <x:t>3,575,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,580,357.98</x:t>
+    <x:t>$3,582,091.25</x:t>
   </x:si>
   <x:si>
     <x:t>Creeksource 2024-1 Dunes Creek Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R394984</x:t>
   </x:si>
   <x:si>
     <x:t>3,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,509,517.52</x:t>
+    <x:t>$3,511,216.37</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xvii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1H65Q1</x:t>
   </x:si>
   <x:si>
     <x:t>7.134</x:t>
   </x:si>
   <x:si>
     <x:t>3,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,315,831.16</x:t>
+    <x:t>$3,317,524.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 41 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VD04Z58</x:t>
   </x:si>
   <x:si>
     <x:t>5.605</x:t>
   </x:si>
   <x:si>
     <x:t>3,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,300,856.95</x:t>
+    <x:t>$3,302,796.60</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 45a Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WDQCP43</x:t>
   </x:si>
   <x:si>
     <x:t>6.044</x:t>
   </x:si>
   <x:si>
     <x:t>3,275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,293,942.24</x:t>
+    <x:t>$3,296,147.44</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01224WJ06</x:t>
   </x:si>
   <x:si>
     <x:t>7.783</x:t>
   </x:si>
   <x:si>
     <x:t>3,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,247,850.78</x:t>
+    <x:t>$3,245,771.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NWVC9Q3</x:t>
   </x:si>
   <x:si>
     <x:t>5.955</x:t>
   </x:si>
   <x:si>
     <x:t>3,125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,129,488.77</x:t>
+    <x:t>$3,132,030.94</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage Capital Clo 30 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QN9KS75</x:t>
   </x:si>
   <x:si>
     <x:t>3,075,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,117,765.29</x:t>
+    <x:t>$3,118,473.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Agl Core Clo 8 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QQXPBF2</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,043,241.89</x:t>
+    <x:t>$3,043,687.60</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PV7JB08</x:t>
   </x:si>
   <x:si>
     <x:t>5.889</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,033,690.56</x:t>
+    <x:t>$3,034,463.31</x:t>
   </x:si>
   <x:si>
     <x:t>Polus Us Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YX6PBF6</x:t>
   </x:si>
   <x:si>
     <x:t>5.687</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,006,041.29</x:t>
+    <x:t>$3,006,515.20</x:t>
   </x:si>
   <x:si>
     <x:t>Rad Clo 22 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YRJN935</x:t>
   </x:si>
   <x:si>
     <x:t>5.682</x:t>
   </x:si>
   <x:si>
     <x:t>2,925,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,963,493.42</x:t>
+    <x:t>$2,963,917.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YCKGYN9</x:t>
   </x:si>
   <x:si>
     <x:t>2,900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,927,443.08</x:t>
+    <x:t>$2,928,396.93</x:t>
   </x:si>
   <x:si>
     <x:t>Aimco Clo 24 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TR6LW80</x:t>
   </x:si>
   <x:si>
     <x:t>6.147</x:t>
   </x:si>
   <x:si>
     <x:t>2,650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,767,561.50</x:t>
+    <x:t>$2,769,183.24</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Midocean Credit Clo Xx</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YDPJPB6</x:t>
   </x:si>
   <x:si>
     <x:t>4.961</x:t>
   </x:si>
   <x:si>
     <x:t>2,680,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,694,980.09</x:t>
+    <x:t>$2,696,458.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>Generate Clo 12 Ltd</x:t>
-[...5 lines deleted...]
-    <x:t>6.283</x:t>
+    <x:t>Kkr Clo 30 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N91XCZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.732</x:t>
   </x:si>
   <x:si>
     <x:t>2,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,584,577.48</x:t>
+    <x:t>$2,543,611.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
-    <x:t>Kkr Clo 30 Ltd</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Octagon Investment Partners 28 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MLY41T4</x:t>
   </x:si>
   <x:si>
     <x:t>5.585</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,538,779.05</x:t>
+    <x:t>$2,539,531.93</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QRG7R72</x:t>
   </x:si>
   <x:si>
     <x:t>5.708</x:t>
   </x:si>
   <x:si>
     <x:t>2,300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,337,223.10</x:t>
+    <x:t>$2,338,436.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01224WHW5</x:t>
   </x:si>
   <x:si>
     <x:t>5.151</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,321,619.28</x:t>
+    <x:t>$2,322,169.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Wise Clo 2023-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WNMP9Q9</x:t>
   </x:si>
   <x:si>
     <x:t>2,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,287,711.92</x:t>
+    <x:t>$2,289,746.20</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxxi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011Y7GKX5</x:t>
   </x:si>
   <x:si>
     <x:t>7.370</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,252,028.55</x:t>
+    <x:t>$2,250,225.65</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2019-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NJ2VKN9</x:t>
   </x:si>
   <x:si>
     <x:t>5.335</x:t>
   </x:si>
   <x:si>
     <x:t>2,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,154,846.49</x:t>
+    <x:t>$2,155,606.03</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Polus Us Clo Ii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6DHMR9</x:t>
   </x:si>
   <x:si>
     <x:t>9.034</x:t>
   </x:si>
   <x:si>
     <x:t>2,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,123,972.51</x:t>
+    <x:t>$2,126,140.20</x:t>
   </x:si>
   <x:si>
     <x:t>Whitebox Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZW0ZF0</x:t>
   </x:si>
   <x:si>
     <x:t>2,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,102,747.30</x:t>
+    <x:t>$2,104,190.69</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage Capital Clo 15 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VFRRYT9</x:t>
   </x:si>
   <x:si>
     <x:t>6.311</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,081,759.88</x:t>
+    <x:t>$2,083,084.49</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XK387M9</x:t>
   </x:si>
   <x:si>
     <x:t>7.668</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,053,509.00</x:t>
+    <x:t>$2,055,804.97</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Palmer Square Clo 2023-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TQRQV73</x:t>
   </x:si>
   <x:si>
     <x:t>6.084</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,044,796.15</x:t>
+    <x:t>$2,046,144.18</x:t>
   </x:si>
   <x:si>
     <x:t>Madison Park Funding Lxiii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TZH3DC4</x:t>
   </x:si>
   <x:si>
     <x:t>6.020</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,044,218.47</x:t>
+    <x:t>$2,045,492.91</x:t>
   </x:si>
   <x:si>
     <x:t>Tcw Clo 2023-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VL8WPS8</x:t>
   </x:si>
   <x:si>
     <x:t>5.615</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,035,709.25</x:t>
+    <x:t>$2,037,041.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF2B4C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,032,790.50</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SH21RS3</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,031,997.27</x:t>
-[...11 lines deleted...]
-    <x:t>$2,031,470.81</x:t>
+    <x:t>$2,032,561.74</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Lx Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/18/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010JBLZ84</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,031,382.24</x:t>
+    <x:t>$2,031,840.24</x:t>
   </x:si>
   <x:si>
     <x:t>Thl Credit Wind River 2017-3 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W90PR74</x:t>
   </x:si>
   <x:si>
     <x:t>6.105</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,002,791.14</x:t>
+    <x:t>$2,003,584.46</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 24 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011N52DT7</x:t>
   </x:si>
   <x:si>
     <x:t>5.226</x:t>
   </x:si>
   <x:si>
     <x:t>1,971,401</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,997,945.50</x:t>
+    <x:t>$1,998,379.54</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VD04Z76</x:t>
   </x:si>
   <x:si>
     <x:t>7.505</x:t>
   </x:si>
   <x:si>
     <x:t>1,850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,855,783.95</x:t>
+    <x:t>$1,856,497.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X70HJ80</x:t>
   </x:si>
   <x:si>
     <x:t>1,755,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,782,859.20</x:t>
+    <x:t>$1,783,540.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Tiaa Clo I Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MG4LV20</x:t>
   </x:si>
   <x:si>
     <x:t>5.134</x:t>
   </x:si>
   <x:si>
     <x:t>1,758,673</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,780,833.94</x:t>
+    <x:t>$1,781,084.77</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxvi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R3LV7F3</x:t>
   </x:si>
   <x:si>
     <x:t>1,725,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,754,622.60</x:t>
+    <x:t>$1,755,490.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,556,214.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hps Loan Management 2023-18 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VT8KMW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,531,721.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WL3Q1F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,531,195.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cbam 2017-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116QZFG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,524,696.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1ST182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,519,953.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo 2018-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LV7BZR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,373,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,172.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Voya Clo 2018-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K5THQX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,270,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,287,293.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,252,777.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halseypoint Clo 7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF453M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,221,776.51</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 29 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011K4T3V3</x:t>
   </x:si>
   <x:si>
     <x:t>5.236</x:t>
   </x:si>
   <x:si>
-    <x:t>1,734,426</x:t>
-[...146 lines deleted...]
-    <x:t>$1,220,964.09</x:t>
+    <x:t>1,195,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,199,551.01</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011MN8LX0</x:t>
   </x:si>
   <x:si>
     <x:t>5.316</x:t>
   </x:si>
   <x:si>
     <x:t>1,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,116,377.67</x:t>
+    <x:t>$1,116,523.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 104 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PJHT2P2</x:t>
   </x:si>
   <x:si>
     <x:t>5.489</x:t>
   </x:si>
   <x:si>
     <x:t>1,075,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,085,416.60</x:t>
+    <x:t>$1,085,684.77</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2WWRH1</x:t>
   </x:si>
   <x:si>
     <x:t>10.357</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,079,021.41</x:t>
+    <x:t>$1,079,432.49</x:t>
   </x:si>
   <x:si>
     <x:t>Wind River 2023-1 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VC46JL7</x:t>
   </x:si>
   <x:si>
     <x:t>5.908</x:t>
   </x:si>
   <x:si>
     <x:t>1,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,018,716.95</x:t>
-[...8 lines deleted...]
-    <x:t>$1,013,971.52</x:t>
+    <x:t>$1,019,363.06</x:t>
   </x:si>
   <x:si>
     <x:t>Sound Point Clo Xxiii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112K8TL4</x:t>
   </x:si>
   <x:si>
     <x:t>5.336</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,001,625.23</x:t>
+    <x:t>$1,003,111.54</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 27 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R6M2S28</x:t>
   </x:si>
   <x:si>
     <x:t>10.155</x:t>
   </x:si>
   <x:si>
-    <x:t>$981,623.07</x:t>
+    <x:t>$986,704.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
+    <x:t>Dryden 64 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KDHTN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>338,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,897.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG0WZ70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,607.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tci-Symphony Clo 2017-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012N0YY97</x:t>
   </x:si>
   <x:si>
-    <x:t>560,312</x:t>
-[...47 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>149,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,277.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>827,154</x:t>
-[...5 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>17,724,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,724,590.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-424,160.90</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$-3,711,862.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2731,56 +2701,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832d832989b5494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5a0190ea86454afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R258563e507cc47c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b46ceb9e224b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc188c681e4ff4598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R918e6e6de1ce4cd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J165"/>
+  <x:dimension ref="A1:J162"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
@@ -3579,4484 +3549,4388 @@
       <x:c r="B26" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J68" s="1" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="H69" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="H70" s="1" t="s">
+      <x:c r="I70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J70" s="1" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>452</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J81" s="1" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J85" s="1" t="s">
         <x:v>486</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="H86" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H86" s="1" t="s">
+      <x:c r="I86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J86" s="1" t="s">
         <x:v>494</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J88" s="1" t="s">
         <x:v>499</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E93" s="1" t="s">
+      <x:c r="H93" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J93" s="1" t="s">
         <x:v>527</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J96" s="1" t="s">
         <x:v>543</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J98" s="1" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J103" s="1" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>594</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J109" s="1" t="s">
         <x:v>611</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="H111" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="I111" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J111" s="1" t="s">
         <x:v>621</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="H115" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="I115" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J115" s="1" t="s">
         <x:v>641</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E119" s="1" t="s">
+      <x:c r="H119" s="1" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J119" s="1" t="s">
         <x:v>665</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J122" s="1" t="s">
         <x:v>679</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="H125" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="I125" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J125" s="1" t="s">
         <x:v>694</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G129" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="H129" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="I129" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J129" s="1" t="s">
         <x:v>713</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F133" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G133" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="H133" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="F133" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="H139" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="I139" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J139" s="1" t="s">
         <x:v>755</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="I142" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J142" s="1" t="s">
         <x:v>770</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>770</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="H145" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="I145" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J145" s="1" t="s">
         <x:v>785</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="I147" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J147" s="1" t="s">
         <x:v>797</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="H149" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="I149" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J149" s="1" t="s">
         <x:v>808</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="F152" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="H152" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="I152" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J152" s="1" t="s">
         <x:v>824</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="E155" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>876</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
-      <x:c r="A162" s="1">
-[...26 lines deleted...]
-      <x:c r="J162" s="1" t="s">
+      <x:c r="A162" s="2" t="s">
         <x:v>877</x:v>
       </x:c>
-    </x:row>
-[...68 lines deleted...]
-      <x:c r="B165" s="2" t="s">
+      <x:c r="B162" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C165" s="2" t="s">
+      <x:c r="C162" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D165" s="2" t="s">
+      <x:c r="D162" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E165" s="2" t="s">
+      <x:c r="E162" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F165" s="2" t="s">
+      <x:c r="F162" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G165" s="2" t="s">
+      <x:c r="G162" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H165" s="2" t="s">
+      <x:c r="H162" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I165" s="2" t="s">
+      <x:c r="I162" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J165" s="2" t="s">
+      <x:c r="J162" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A165:J165"/>
+    <x:mergeCell ref="A162:J162"/>
   </x:mergeCells>
 </x:worksheet>
 </file>