--- v3 (2026-01-17)
+++ v4 (2026-02-14)
@@ -1,2679 +1,2637 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b72010db0a54131" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000e84d061634228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20260115" sheetId="1" r:id="R918e6e6de1ce4cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20260212" sheetId="1" r:id="R3bccfb6b368b484f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1462" uniqueCount="878">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1489" uniqueCount="864">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
-    <x:t>01/27/2026</x:t>
-[...2 lines deleted...]
-    <x:t>BBG01XG1J8F2</x:t>
+    <x:t>03/24/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YKHNF05</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>63,000,000</x:t>
-[...5 lines deleted...]
-    <x:t>4.74%</x:t>
+    <x:t>100,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,808,052.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 2026-22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZWBNK65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,628,047.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQW8</x:t>
   </x:si>
   <x:si>
-    <x:t>5.508</x:t>
+    <x:t>5.318</x:t>
   </x:si>
   <x:si>
     <x:t>37,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,563,323.32</x:t>
-[...2 lines deleted...]
-    <x:t>2.83%</x:t>
+    <x:t>$37,193,574.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Regatta Vi Funding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X4XMKT9</x:t>
   </x:si>
   <x:si>
     <x:t>5.206</x:t>
   </x:si>
   <x:si>
     <x:t>36,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,051,338.89</x:t>
-[...2 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>$36,681,372.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Ocean Trails Clo Xv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZG6SDW6</x:t>
   </x:si>
   <x:si>
-    <x:t>5.000</x:t>
+    <x:t>4.932</x:t>
   </x:si>
   <x:si>
     <x:t>35,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$35,018,338.06</x:t>
-[...2 lines deleted...]
-    <x:t>2.64%</x:t>
+    <x:t>$35,238,285.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CSZ35</x:t>
   </x:si>
   <x:si>
-    <x:t>5.284</x:t>
+    <x:t>5.068</x:t>
   </x:si>
   <x:si>
     <x:t>26,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,076,504.98</x:t>
-[...2 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>$26,823,812.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon 64 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6CQP12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,162,969.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CP2G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,610,004.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R72KND0</x:t>
   </x:si>
   <x:si>
-    <x:t>4.994</x:t>
-[...17 lines deleted...]
-    <x:t>BBG01V6CQP12</x:t>
+    <x:t>4.778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,458,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,550,019.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sagard-Halseypoint Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7RWBK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,495,711.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 36 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNJ4B93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,144,594.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Rock Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SH21RR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,104,791.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRF7WV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,183,165.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Us Clo 2025-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y66P6N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,964,033.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4S0QD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,079,995.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Four Us Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5QZRP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,999,755.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Clo 2020-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVB14Y3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,665,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,760,393.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozlm Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RB95P24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,551,002.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 37 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCYNSK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,827,213.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sagard-Halseypoint Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0ZR822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,585,564.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XG3KDH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,573,422.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 39 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,355,490.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 28 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0365Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,309,162.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRVD218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,168,470.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5XGQX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,910,669.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QYHYKX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,590,074.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 40 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0PKF25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,307,168.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7RWBL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,283,634.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3YX861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,072,126.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSTB426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,920,733.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVRTYG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,837,677.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBC4P7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,565,144.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RZTPMX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,406,967.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generate Clo 22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRPSMP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,119,258.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2022-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ56966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,077,039.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 34 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRG7R63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,064,424.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9K56M2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,570,197.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN3NFT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,565,794.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arini Us Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XP34KN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,174,038.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sycamore Tree Clo 2021-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJ5H4K0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,086,682.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0R83Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,069,424.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZWBNK74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,005,500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2017-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCKRF98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,663,491.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symphony Clo 42 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LF1YCB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,660,276.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N9ZB9S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,637,465.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN40DL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,569,756.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN8LY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,562,922.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 61 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P3G1K53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,439,264.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo 2025r-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RF66173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,368,901.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2016-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXRCZN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,114,198.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2020-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6JJYT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,092,841.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generate Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVSZJ41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,087,512.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2024-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MC32D36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,058,660.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 32 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5YNLF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,045,592.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014RM1VF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,946,091.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocean Trails Clo Xi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRPTH96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,841,369.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2019-1 Amr Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WHX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,290,199.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S0SWCR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,042,301.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XM4BPR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,779,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,833,351.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RN4W8G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,701,202.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegro Clo Xii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NR72J63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,677,469.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bridge Street Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZT45167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,564,721.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBC4Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,541,523.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 17 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,915,757.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wellfleet Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WGCRZ25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,803,037.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 35 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,539,753.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012Y72MT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,316,164.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R72KNH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,042,424.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0KYJ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,002,577.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01247STY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,757,757.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 40 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MTS6B60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,382,667.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRF7WT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,263,782.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2016-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M1728Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,042,003.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Us Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LBJN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,033,217.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2021-2 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,032,904.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N9ZB9T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,023,290.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocp Clo 2019-17 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N91YR27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,991,294.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SR0CQN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,979,486.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S55T071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,976,782.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon 54 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116RXBM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,938,512.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 31 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RPYN3W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,764,424.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2024-4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVCBML5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,535,074.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fort Washington Clo 2019-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0BB174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,533,365.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WGCRZ43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,518,706.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 95 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLLQC66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,331,613.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RZTPMT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,326,244.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0KYHY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,314,120.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marble Point Clo Xxii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYL7YL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,221,819.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Blue Clo 2024-V Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N0T70X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,132,889.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wehle Park Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0XTN74</x:t>
   </x:si>
   <x:si>
     <x:t>5.570</x:t>
   </x:si>
   <x:si>
-    <x:t>25,000,000</x:t>
-[...47 lines deleted...]
-    <x:t>Rr 20 Ltd</x:t>
+    <x:t>5,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,053,975.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Point Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRLQB06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,052,715.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR037G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,030,082.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2WWRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,521,114.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY0JC24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,518,668.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Menlo Clo Iv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZZVK4D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,501,989.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,280,800.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RBC2445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,222,423.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2022-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6WSF73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,165,917.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Avenue Institutional Advisers Clo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WV443B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,019,575.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Rock Clo V Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2DT4T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,016,738.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon 66 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YT42PN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,651,503.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,595,543.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Creeksource 2024-1 Dunes Creek Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R394984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,526,131.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 41 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD04Z58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,316,436.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 45a Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDQCP43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,309,097.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xvii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1H65Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,272,824.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WJ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,257,274.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 30 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QN9KS75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,088,644.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PV7JB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,047,436.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polus Us Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX6PBF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,028,313.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Core Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QQXPBF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,015,211.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Xvi Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZX066Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,002,580.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rad Clo 22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRJN935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,975,238.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCKGYN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,910,922.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xx</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YDPJPB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,707,729.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aimco Clo 24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR6LW80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,681,051.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon Investment Partners 28 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLY41T4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,513,196.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harvest Us Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZL0WSN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,510,064.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WHW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,331,201.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRG7R72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,315,845.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wise Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNMP9Q9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,271,614.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2019-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2037</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01S9H8LS5</x:t>
-[...149 lines deleted...]
-    <x:t>Ozlm Xix Ltd</x:t>
+    <x:t>BBG01NJ2VKN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,164,049.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y7GKX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,126,498.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitebox Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZW0ZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,112,909.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polus Us Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6DHMR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,031,325.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palmer Square Clo 2023-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQRQV73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,030,749.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Lxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZH3DC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,023,125.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF2B4C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,022,909.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL8WPS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,018,173.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 15 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VFRRYT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,018,108.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thl Credit Wind River 2017-3 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W90PR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,012,496.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SH21RS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,011,072.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK387M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,010,238.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD04Z76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,865,244.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,764,703.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LV7F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,739,617.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WL3Q1F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,544,189.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hps Loan Management 2023-18 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VT8KMW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,514,335.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cbam 2017-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116QZFG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,510,604.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1ST182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,509,970.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,040.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N52DT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,493,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,500,482.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,262,819.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halseypoint Clo 7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF453M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,215,502.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 29 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K4T3V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,195,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,203,731.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carlyle Us Clo 2021-7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQZPY63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,157,549.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN8LX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,107,241.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 104 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PJHT2P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,090,092.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2WWRH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,035,437.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2023-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC46JL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,681.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxiii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112K8TL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,006,741.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,134.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegro Clo Xv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9H5PG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,094.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 27 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2035</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01NWVC9N6</x:t>
-[...1982 lines deleted...]
-    <x:t>$1,519,953.41</x:t>
+    <x:t>BBG01R6M2S28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$983,131.49</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo 2018-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LV7BZR3</x:t>
   </x:si>
   <x:si>
-    <x:t>5.048</x:t>
-[...8 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>4.858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>873,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$878,371.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Voya Clo 2018-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K5THQX4</x:t>
   </x:si>
   <x:si>
-    <x:t>5.096</x:t>
-[...137 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>4.879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>711,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$714,244.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Xii Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PV7RV05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$701,975.27</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 64 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KDHTN29</x:t>
   </x:si>
   <x:si>
-    <x:t>5.116</x:t>
-[...26 lines deleted...]
-    <x:t>$295,607.70</x:t>
+    <x:t>4.899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,142.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Tci-Symphony Clo 2017-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012N0YY97</x:t>
   </x:si>
   <x:si>
+    <x:t>4.864</x:t>
+  </x:si>
+  <x:si>
     <x:t>149,253</x:t>
   </x:si>
   <x:si>
-    <x:t>$149,277.12</x:t>
+    <x:t>$149,884.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>17,724,590</x:t>
-[...5 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>-15,078,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-15,078,279.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,711,862.10</x:t>
-[...2 lines deleted...]
-    <x:t>-0.28%</x:t>
+    <x:t>$-4,829,151.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2701,65 +2659,65 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b46ceb9e224b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc188c681e4ff4598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R918e6e6de1ce4cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96be8efcec3b4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd9221c1f73ac44f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bccfb6b368b484f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J162"/>
+  <x:dimension ref="A1:J165"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
-    <x:col min="8" max="8" width="21" customWidth="1"/>
+    <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
@@ -3080,296 +3038,296 @@
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
@@ -3406,4531 +3364,4627 @@
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H22" s="1" t="s">
+      <x:c r="I22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="H23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="H24" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="I25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="H34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="H36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="H37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="H38" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="I39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="H41" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="I42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="I43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="H47" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J74" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
-      <x:c r="A162" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B162" s="2" t="s">
+      <x:c r="A162" s="1">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B162" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H162" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="I162" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J162" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A163" s="1">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B163" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F163" s="1" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="G163" s="1" t="s">
+        <x:v>856</x:v>
+      </x:c>
+      <x:c r="H163" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="I163" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J163" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A164" s="1">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="B164" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="G164" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H164" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="I164" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J164" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A165" s="2" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="B165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C162" s="2" t="s">
+      <x:c r="C165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D162" s="2" t="s">
+      <x:c r="D165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E162" s="2" t="s">
+      <x:c r="E165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F162" s="2" t="s">
+      <x:c r="F165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G162" s="2" t="s">
+      <x:c r="G165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H162" s="2" t="s">
+      <x:c r="H165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I162" s="2" t="s">
+      <x:c r="I165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J162" s="2" t="s">
+      <x:c r="J165" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A162:J162"/>
+    <x:mergeCell ref="A165:J165"/>
   </x:mergeCells>
 </x:worksheet>
 </file>