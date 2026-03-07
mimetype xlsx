--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -1,2637 +1,2661 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000e84d061634228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7305b16a67c64c33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20260212" sheetId="1" r:id="R3bccfb6b368b484f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20260305" sheetId="1" r:id="R0c6fa8ff4d9d4680"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1489" uniqueCount="864">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1498" uniqueCount="872">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YKHNF05</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>100,200,000</x:t>
-[...5 lines deleted...]
-    <x:t>7.31%</x:t>
+    <x:t>95,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,226,722.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Anchorage Capital Clo 2026-22 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZWBNK65</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>63,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$63,628,047.60</x:t>
-[...2 lines deleted...]
-    <x:t>4.66%</x:t>
+    <x:t>$63,707,416.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Signal Peak Clo 4 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQW8</x:t>
   </x:si>
   <x:si>
     <x:t>5.318</x:t>
   </x:si>
   <x:si>
     <x:t>37,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,193,574.11</x:t>
-[...2 lines deleted...]
-    <x:t>2.73%</x:t>
+    <x:t>$37,229,581.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Regatta Vi Funding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X4XMKT9</x:t>
   </x:si>
   <x:si>
     <x:t>5.206</x:t>
   </x:si>
   <x:si>
     <x:t>36,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$36,681,372.76</x:t>
-[...2 lines deleted...]
-    <x:t>2.69%</x:t>
+    <x:t>$36,611,070.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Ocean Trails Clo Xv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZG6SDW6</x:t>
   </x:si>
   <x:si>
     <x:t>4.932</x:t>
   </x:si>
   <x:si>
     <x:t>35,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$35,238,285.54</x:t>
-[...2 lines deleted...]
-    <x:t>2.58%</x:t>
+    <x:t>$35,147,044.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cqs Us Clo 6 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0208VCY93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,748,019.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CSZ35</x:t>
   </x:si>
   <x:si>
     <x:t>5.068</x:t>
   </x:si>
   <x:si>
     <x:t>26,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,823,812.90</x:t>
+    <x:t>$26,763,714.34</x:t>
   </x:si>
   <x:si>
     <x:t>1.97%</x:t>
   </x:si>
   <x:si>
     <x:t>Octagon 64 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6CQP12</x:t>
   </x:si>
   <x:si>
     <x:t>5.370</x:t>
   </x:si>
   <x:si>
     <x:t>25,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,162,969.83</x:t>
-[...2 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>$25,168,427.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R72KND0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,458,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,593,475.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4CP2G7</x:t>
   </x:si>
   <x:si>
     <x:t>5.071</x:t>
   </x:si>
   <x:si>
     <x:t>22,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,610,004.23</x:t>
+    <x:t>$22,573,580.31</x:t>
   </x:si>
   <x:si>
     <x:t>1.66%</x:t>
   </x:si>
   <x:si>
-    <x:t>Trinitas Clo Xix Ltd</x:t>
-[...14 lines deleted...]
-    <x:t>$22,550,019.53</x:t>
+    <x:t>Sagard-Halseypoint Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7RWBK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,412,975.70</x:t>
   </x:si>
   <x:si>
     <x:t>1.65%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sagard-Halseypoint Clo 10 Ltd</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Kkr Clo 36 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WNJ4B93</x:t>
   </x:si>
   <x:si>
     <x:t>5.422</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,144,594.81</x:t>
-[...2 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>$22,190,397.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Rock Clo Ii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SH21RR4</x:t>
   </x:si>
   <x:si>
     <x:t>5.268</x:t>
   </x:si>
   <x:si>
     <x:t>21,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,104,791.60</x:t>
+    <x:t>$21,038,259.07</x:t>
   </x:si>
   <x:si>
     <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Sculptor Clo Xxix Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRF7WV3</x:t>
   </x:si>
   <x:si>
     <x:t>5.419</x:t>
   </x:si>
   <x:si>
     <x:t>20,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,183,165.33</x:t>
+    <x:t>$20,112,549.33</x:t>
   </x:si>
   <x:si>
     <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Icg Us Clo 2025-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/18/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y66P6N8</x:t>
   </x:si>
   <x:si>
     <x:t>5.006</x:t>
   </x:si>
   <x:si>
     <x:t>18,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,964,033.33</x:t>
-[...2 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>$18,917,027.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4S0QD9</x:t>
   </x:si>
   <x:si>
     <x:t>5.168</x:t>
   </x:si>
   <x:si>
     <x:t>17,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,079,995.75</x:t>
+    <x:t>$16,908,473.41</x:t>
   </x:si>
   <x:si>
     <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Four Us Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y5QZRP6</x:t>
   </x:si>
   <x:si>
     <x:t>5.058</x:t>
   </x:si>
   <x:si>
     <x:t>16,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,999,755.72</x:t>
+    <x:t>$16,905,329.16</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Clo 2020-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RVB14Y3</x:t>
   </x:si>
   <x:si>
     <x:t>5.202</x:t>
   </x:si>
   <x:si>
     <x:t>16,665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,760,393.10</x:t>
+    <x:t>$16,702,759.04</x:t>
   </x:si>
   <x:si>
     <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Ozlm Xiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RB95P24</x:t>
   </x:si>
   <x:si>
     <x:t>5.512</x:t>
   </x:si>
   <x:si>
     <x:t>16,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,551,002.86</x:t>
-[...2 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>$16,542,596.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Clo 37 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SCYNSK0</x:t>
   </x:si>
   <x:si>
     <x:t>15,700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,827,213.94</x:t>
+    <x:t>$15,751,272.27</x:t>
   </x:si>
   <x:si>
     <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Sagard-Halseypoint Clo 8 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0ZR822</x:t>
   </x:si>
   <x:si>
     <x:t>5.057</x:t>
   </x:si>
   <x:si>
     <x:t>14,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,585,564.74</x:t>
+    <x:t>$14,539,336.18</x:t>
   </x:si>
   <x:si>
     <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG3KDH3</x:t>
   </x:si>
   <x:si>
     <x:t>5.272</x:t>
   </x:si>
   <x:si>
     <x:t>14,475,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,573,422.64</x:t>
+    <x:t>$14,487,737.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 28 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0365Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,312,555.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 39 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB5WZX8</x:t>
   </x:si>
   <x:si>
     <x:t>5.672</x:t>
   </x:si>
   <x:si>
     <x:t>14,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,355,490.25</x:t>
+    <x:t>$14,259,356.58</x:t>
   </x:si>
   <x:si>
     <x:t>1.05%</x:t>
   </x:si>
   <x:si>
-    <x:t>Kkr Clo 28 Ltd</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Bluemountain Clo Xxxi Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XRVD218</x:t>
   </x:si>
   <x:si>
     <x:t>14,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,168,470.68</x:t>
+    <x:t>$14,147,895.74</x:t>
   </x:si>
   <x:si>
     <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X5XGQX7</x:t>
   </x:si>
   <x:si>
     <x:t>5.668</x:t>
   </x:si>
   <x:si>
     <x:t>13,850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,910,669.30</x:t>
+    <x:t>$13,875,813.63</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2021-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QYHYKX8</x:t>
   </x:si>
   <x:si>
     <x:t>5.322</x:t>
   </x:si>
   <x:si>
     <x:t>13,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,590,074.13</x:t>
+    <x:t>$13,561,786.38</x:t>
   </x:si>
   <x:si>
     <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Lcm 40 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R0PKF25</x:t>
   </x:si>
   <x:si>
     <x:t>5.822</x:t>
   </x:si>
   <x:si>
     <x:t>13,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,307,168.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$13,194,325.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X7RWBL6</x:t>
   </x:si>
   <x:si>
     <x:t>5.930</x:t>
   </x:si>
   <x:si>
     <x:t>13,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,283,634.07</x:t>
-[...2 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>$13,134,891.77</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R3YX861</x:t>
   </x:si>
   <x:si>
     <x:t>5.022</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,072,126.06</x:t>
+    <x:t>$13,061,175.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.96%</x:t>
   </x:si>
   <x:si>
+    <x:t>Trinitas Clo Xviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVRTYG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,774,240.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bain Capital Credit Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PSTB426</x:t>
   </x:si>
   <x:si>
     <x:t>6.771</x:t>
   </x:si>
   <x:si>
     <x:t>12,850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,920,733.10</x:t>
-[...20 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>$12,708,654.46</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBC4P7</x:t>
   </x:si>
   <x:si>
     <x:t>5.368</x:t>
   </x:si>
   <x:si>
     <x:t>12,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,565,144.01</x:t>
-[...2 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$12,592,407.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RZTPMX5</x:t>
   </x:si>
   <x:si>
     <x:t>5.572</x:t>
   </x:si>
   <x:si>
     <x:t>12,325,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,406,967.31</x:t>
+    <x:t>$12,368,629.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Generate Clo 22 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VRPSMP9</x:t>
   </x:si>
   <x:si>
     <x:t>5.849</x:t>
   </x:si>
   <x:si>
     <x:t>12,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,119,258.92</x:t>
+    <x:t>$12,094,182.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>Rockford Tower Clo 2022-3 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NQ56966</x:t>
   </x:si>
   <x:si>
     <x:t>5.108</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,077,039.59</x:t>
+    <x:t>$12,052,361.00</x:t>
   </x:si>
   <x:si>
     <x:t>Columbia Cent Clo 34 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QRG7R63</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,064,424.79</x:t>
-[...2 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>$12,035,074.93</x:t>
   </x:si>
   <x:si>
     <x:t>Canyon Clo 2020-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R9K56M2</x:t>
   </x:si>
   <x:si>
     <x:t>5.622</x:t>
   </x:si>
   <x:si>
     <x:t>11,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,570,197.82</x:t>
+    <x:t>$11,543,823.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Trinitas Clo Xiv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WN3NFT6</x:t>
   </x:si>
   <x:si>
     <x:t>5.768</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,565,794.17</x:t>
+    <x:t>$11,518,387.48</x:t>
   </x:si>
   <x:si>
     <x:t>Arini Us Clo Iii Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XP34KN8</x:t>
   </x:si>
   <x:si>
     <x:t>5.190</x:t>
   </x:si>
   <x:si>
     <x:t>11,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,174,038.33</x:t>
+    <x:t>$11,135,829.83</x:t>
   </x:si>
   <x:si>
     <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Sycamore Tree Clo 2021-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QJ5H4K0</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,086,682.67</x:t>
+    <x:t>$11,045,314.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Bluemountain Clo Xxxv Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0R83Q8</x:t>
   </x:si>
   <x:si>
     <x:t>5.369</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,069,424.55</x:t>
+    <x:t>$11,038,734.91</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZWBNK74</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,005,500.00</x:t>
+    <x:t>$10,911,576.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symphony Clo 42 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LF1YCB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,666,328.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Bain Capital Credit Clo 2017-2 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCKRF98</x:t>
   </x:si>
   <x:si>
-    <x:t>10,600,000</x:t>
-[...2 lines deleted...]
-    <x:t>$10,663,491.75</x:t>
+    <x:t>$10,636,656.21</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
-    <x:t>Symphony Clo 42 Ltd</x:t>
-[...11 lines deleted...]
-    <x:t>$10,660,276.53</x:t>
+    <x:t>Sound Point Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN8LY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,596,045.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN40DL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,557,599.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 61 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P3G1K53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,451,695.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo 2025r-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RF66173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,190,877.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2016-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXRCZN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,095,242.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generate Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVSZJ41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,077,075.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2024-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MC32D36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,071,258.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 32 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5YNLF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,007,269.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2020-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6JJYT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,978,430.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014RM1VF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,971,504.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocean Trails Clo Xi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRPTH96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,808,427.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2019-1 Amr Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WHX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,187,740.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S0SWCR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,009,297.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XM4BPR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,779,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,778,831.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RN4W8G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,671,912.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegro Clo Xii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NR72J63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,661,260.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bridge Street Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZT45167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,572,894.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBC4Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,523,732.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 17 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,907,787.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wellfleet Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WGCRZ25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,795,829.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 35 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,540,485.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012Y72MT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,320,404.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0KYJ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,001,774.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R72KNH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,935,333.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01247STY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,728,775.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 40 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MTS6B60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,396,917.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRF7WT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,221,966.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2016-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M1728Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,058,218.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2021-2 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,016,361.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Us Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LBJN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,010,324.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocp Clo 2019-17 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N91YR27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,995,447.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon 54 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116RXBM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,941,704.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S55T071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,939,797.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 31 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RPYN3W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,757,058.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2024-4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVCBML5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,525,429.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fort Washington Clo 2019-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0BB174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,521,541.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WGCRZ43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,506,945.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RZTPMT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,325,880.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Xxvii Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LBKJCY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,316,798.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0KYHY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,295,683.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marble Point Clo Xxii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYL7YL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,224,198.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 95 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLLQC66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,183,246.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Blue Clo 2024-V Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N0T70X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,118,242.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Point Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRLQB06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,041,031.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wehle Park Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0XTN74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,998,465.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR037G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,953,259.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY0JC24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,521,393.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2WWRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,506,392.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Menlo Clo Iv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZZVK4D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,500,616.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,262,243.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RBC2445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,212,217.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2022-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6WSF73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,173,042.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Avenue Institutional Advisers Clo</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2034</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01N9ZB9S9</x:t>
-[...494 lines deleted...]
-    <x:t>BBG01N9ZB9T8</x:t>
+    <x:t>BBG01WV443B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,029,455.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Rock Clo V Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2DT4T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,979,750.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon 66 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YT42PN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,620,929.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,567,179.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Creeksource 2024-1 Dunes Creek Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R394984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,515,910.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 41 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD04Z58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,315,257.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 45a Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDQCP43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,303,254.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xvii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1H65Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,222,057.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WJ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,184,425.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 30 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QN9KS75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,090,027.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Core Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QQXPBF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,473.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PV7JB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,999,236.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Xvi Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZX066Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,999,152.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polus Us Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX6PBF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,995,029.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rad Clo 22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRJN935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,934,639.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCKGYN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,895,224.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xx</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YDPJPB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,701,032.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aimco Clo 24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR6LW80</x:t>
   </x:si>
   <x:si>
     <x:t>5.518</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,023,290.13</x:t>
-[...11 lines deleted...]
-    <x:t>$5,991,294.12</x:t>
+    <x:t>2,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,675,888.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon Investment Partners 28 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLY41T4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,507,894.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harvest Us Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZL0WSN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,487,692.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRG7R72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,316,677.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WHW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,305,391.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wise Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNMP9Q9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,257,541.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2019-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ2VKN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,160,960.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y7GKX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,137,752.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitebox Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZW0ZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,103,252.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polus Us Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6DHMR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,030,345.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thl Credit Wind River 2017-3 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W90PR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,009,905.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL8WPS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,008,582.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palmer Square Clo 2023-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQRQV73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,003,751.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK387M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,003,684.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SH21RS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,003,021.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Lxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZH3DC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,000,609.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barings Clo Ltd 2024-I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0208W55G4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,000,000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 15 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VFRRYT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,996,979.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF2B4C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,993,637.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD04Z76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,848,613.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,757,579.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LV7F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,738,829.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WL3Q1F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,537,286.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cbam 2017-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116QZFG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,513,911.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N52DT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,493,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,504,569.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1ST182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,503,997.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,497,208.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hps Loan Management 2023-18 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VT8KMW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,485,950.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,280,768.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 29 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K4T3V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,195,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,206,610.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halseypoint Clo 7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF453M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,202,229.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carlyle Us Clo 2021-7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQZPY63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,154,442.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN8LX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,107,059.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 104 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PJHT2P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,075,596.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxiii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112K8TL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,129.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2WWRH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,631.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,492.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegro Clo Xv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9H5PG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,687.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XG1J862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$997,281.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2023-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC46JL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$996,029.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 27 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6M2S28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$959,854.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo 2018-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LV7BZR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>873,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$880,573.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SR0CQN1</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,979,486.66</x:t>
-[...1124 lines deleted...]
-    <x:t>$714,244.71</x:t>
+    <x:t>715,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$714,067.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Regatta Xii Funding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PV7RV05</x:t>
   </x:si>
   <x:si>
     <x:t>4.772</x:t>
   </x:si>
   <x:si>
     <x:t>700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$701,975.27</x:t>
+    <x:t>$705,081.72</x:t>
   </x:si>
   <x:si>
     <x:t>Dryden 64 Clo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KDHTN29</x:t>
   </x:si>
   <x:si>
     <x:t>4.899</x:t>
   </x:si>
   <x:si>
     <x:t>245,994</x:t>
   </x:si>
   <x:si>
-    <x:t>$247,142.13</x:t>
+    <x:t>$247,805.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Tci-Symphony Clo 2017-1 Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012N0YY97</x:t>
   </x:si>
   <x:si>
     <x:t>4.864</x:t>
   </x:si>
   <x:si>
     <x:t>149,253</x:t>
   </x:si>
   <x:si>
-    <x:t>$149,884.88</x:t>
+    <x:t>$150,379.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>-15,078,279</x:t>
-[...5 lines deleted...]
-    <x:t>-1.11%</x:t>
+    <x:t>1,089,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,089,023.09</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-4,829,151.26</x:t>
-[...2 lines deleted...]
-    <x:t>-0.35%</x:t>
+    <x:t>$-41,514,272.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.06%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2659,56 +2683,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96be8efcec3b4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd9221c1f73ac44f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bccfb6b368b484f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re04c3253f82544ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2e80103c8c8b484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c6fa8ff4d9d4680" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J165"/>
+  <x:dimension ref="A1:J166"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
@@ -2948,249 +2972,249 @@
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F9" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="H9" s="1" t="s">
+      <x:c r="I9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J9" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="H10" s="1" t="s">
+      <x:c r="I10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J10" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="H11" s="1" t="s">
+      <x:c r="I11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="s">
+      <x:c r="I12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J12" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
@@ -3283,510 +3307,510 @@
       <x:c r="B19" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
@@ -3795,4196 +3819,4228 @@
       <x:c r="B35" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="H37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="H40" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H41" s="1" t="s">
+      <x:c r="I41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H44" s="1" t="s">
+      <x:c r="I44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J64" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J78" s="1" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J85" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="F96" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H96" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J96" s="1" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J108" s="1" t="s">
         <x:v>587</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="H113" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J113" s="1" t="s">
         <x:v>612</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="F125" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="I126" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J126" s="1" t="s">
         <x:v>680</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G129" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="F129" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="H130" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="I130" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J130" s="1" t="s">
         <x:v>696</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="I142" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J142" s="1" t="s">
         <x:v>747</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="H148" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="I148" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J148" s="1" t="s">
         <x:v>775</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G154" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="F154" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="H155" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="I155" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J155" s="1" t="s">
         <x:v>807</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="I161" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J161" s="1" t="s">
         <x:v>842</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10" ht="15" customHeight="1">
-      <x:c r="A165" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B165" s="2" t="s">
+      <x:c r="A165" s="1">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="B165" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H165" s="1" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="I165" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J165" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A166" s="2" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="B166" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C165" s="2" t="s">
+      <x:c r="C166" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D165" s="2" t="s">
+      <x:c r="D166" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E165" s="2" t="s">
+      <x:c r="E166" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F165" s="2" t="s">
+      <x:c r="F166" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G165" s="2" t="s">
+      <x:c r="G166" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H165" s="2" t="s">
+      <x:c r="H166" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I165" s="2" t="s">
+      <x:c r="I166" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J165" s="2" t="s">
+      <x:c r="J166" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A165:J165"/>
+    <x:mergeCell ref="A166:J166"/>
   </x:mergeCells>
 </x:worksheet>
 </file>