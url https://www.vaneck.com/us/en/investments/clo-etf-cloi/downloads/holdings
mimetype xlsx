--- v5 (2026-03-07)
+++ v6 (2026-03-30)
@@ -1,2661 +1,2670 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7305b16a67c64c33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fcc336e3c44f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20260305" sheetId="1" r:id="R0c6fa8ff4d9d4680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CLOI_asof_20260326" sheetId="1" r:id="Rb793e2f6eb184b36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1498" uniqueCount="872">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1507" uniqueCount="875">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>Anchorage Capital Clo 2026-22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZWBNK65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,787,956.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5XGQW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,263,036.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Vi Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4XMKT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,750,250.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocean Trails Clo Xv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG6SDW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,231,573.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cqs Us Clo 6 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0208VCY93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,800,829.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuberger Berman Loan Advisers Clo 38 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CSZ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,833,351.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon 64 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6CQP12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,224,360.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R72KND0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,458,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,656,830.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuberger Berman Loan Advisers Clo 42 L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4CP2G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,632,691.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sagard-Halseypoint Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7RWBK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,533,761.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 36 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNJ4B93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,256,396.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Rock Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SH21RR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,087,814.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRF7WV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,163,633.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Us Clo 2025-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y66P6N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,973,765.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Four Us Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5QZRP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,032,337.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4S0QD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,948,771.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Clo 2020-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RVB14Y3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,665,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,759,930.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozlm Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RB95P24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,591,820.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 37 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SCYNSK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,781,729.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sagard-Halseypoint Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0ZR822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,616,125.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XG3KDH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,522,179.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 28 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y0365Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,345,045.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 39 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,315,769.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRVD218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,183,509.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5XGQX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,910,207.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QYHYKX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,589,456.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7RWBL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,346,951.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 40 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0PKF25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,343,964.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3YX861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,129,822.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVRTYG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,912,622.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBC4P7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,621,409.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSTB426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,614,924.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RZTPMX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,397,870.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generate Clo 22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VRPSMP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,132,009.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2022-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ56966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,099,022.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 34 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRG7R63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,066,181.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R9K56M2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,572,373.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN3NFT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,549,008.28</x:t>
+  </x:si>
+  <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
-    <x:t>03/24/2026</x:t>
-[...713 lines deleted...]
-    <x:t>$11,543,823.85</x:t>
+    <x:t>05/19/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZJ6W163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,438,499.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arini Us Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XP34KN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,177,085.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.85%</x:t>
   </x:si>
   <x:si>
-    <x:t>Trinitas Clo Xiv Ltd</x:t>
-[...26 lines deleted...]
-    <x:t>$11,135,829.83</x:t>
+    <x:t>Sycamore Tree Clo 2021-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJ5H4K0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,113,968.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0R83Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,061,219.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZWBNK74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,985,540.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symphony Clo 42 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LF1YCB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,705,526.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.82%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sycamore Tree Clo 2021-1 Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$11,045,314.80</x:t>
+    <x:t>Bain Capital Credit Clo 2017-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCKRF98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,703,026.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN8LY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,628,716.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.81%</x:t>
   </x:si>
   <x:si>
-    <x:t>Bluemountain Clo Xxxv Ltd</x:t>
-[...17 lines deleted...]
-    <x:t>$10,911,576.49</x:t>
+    <x:t>Rockford Tower Clo 2022-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN40DL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,581,382.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 61 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P3G1K53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,483,589.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
-    <x:t>Symphony Clo 42 Ltd</x:t>
-[...29 lines deleted...]
-    <x:t>$10,636,656.21</x:t>
+    <x:t>Sound Point Clo 2025r-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RF66173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,210,828.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sound Point Clo Xxvi Ltd</x:t>
-[...41 lines deleted...]
-    <x:t>$10,451,695.17</x:t>
+    <x:t>Canyon Capital Clo 2016-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXRCZN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,126,526.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.77%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sound Point Clo 2025r-1 Ltd</x:t>
-[...14 lines deleted...]
-    <x:t>$10,190,877.67</x:t>
+    <x:t>Generate Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVSZJ41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,107,558.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2024-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MC32D36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,101,146.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 32 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X5YNLF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,032,925.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2020-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6JJYT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,841,258.21</x:t>
   </x:si>
   <x:si>
     <x:t>0.75%</x:t>
   </x:si>
   <x:si>
-    <x:t>Canyon Capital Clo 2016-1 Ltd</x:t>
-[...74 lines deleted...]
-    <x:t>BBG014RM1VF6</x:t>
+    <x:t>Ocean Trails Clo Xi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRPTH96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,830,885.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2019-1 Amr Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/16/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WHX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,215,801.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxviii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S0SWCR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,031,032.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XM4BPR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,779,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,799,197.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegro Clo Xii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NR72J63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,714,051.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RN4W8G5</x:t>
   </x:si>
   <x:si>
     <x:t>5.568</x:t>
   </x:si>
   <x:si>
-    <x:t>9,900,000</x:t>
-[...74 lines deleted...]
-    <x:t>$8,778,831.97</x:t>
+    <x:t>8,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,692,497.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bridge Street Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZT45167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,594,397.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBC4Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,544,625.29</x:t>
   </x:si>
   <x:si>
     <x:t>0.65%</x:t>
   </x:si>
   <x:si>
-    <x:t>Rockford Tower Clo 2020-1 Ltd</x:t>
-[...41 lines deleted...]
-    <x:t>$8,572,894.82</x:t>
+    <x:t>Anchorage Capital Clo 17 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,931,860.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wellfleet Clo 2021-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WGCRZ25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,814,405.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 35 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,574,914.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012Y72MT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,149,493.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0KYJ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,033,942.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R72KNH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,964,133.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01247STY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,535,134.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 40 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MTS6B60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,419,556.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRF7WT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,249,901.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2016-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M1728Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,077,055.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Icg Us Clo 2021-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LBJN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,066,223.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2021-2 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,030,033.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocp Clo 2019-17 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N91YR27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,008,086.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Us Clo 2024-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02155WXL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,003,000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon 54 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116RXBM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,955,953.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S55T071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,952,656.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbia Cent Clo 31 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RPYN3W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,771,654.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2024-4 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVCBML5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,543,091.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fort Washington Clo 2019-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0BB174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,536,051.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WGCRZ43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,390,431.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RZTPMT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,337,706.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Xxvii Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LBKJCY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,333,173.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R0KYHY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,328,673.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marble Point Clo Xxii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYL7YL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,236,794.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 95 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SLLQC66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,205,225.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Park Blue Clo 2024-V Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N0T70X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,144,660.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Point Clo 9 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRLQB06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,054,086.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wehle Park Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0XTN74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,025,770.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RR037G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,976,031.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY0JC24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,532,960.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bain Capital Credit Clo 2021-7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2WWRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,511,893.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Menlo Clo Iv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZZVK4D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,506,568.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,279,721.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2020-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RBC2445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,222,957.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2022-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6WSF73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,184,272.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Rock Clo V Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2DT4T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,043,767.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XG1J862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,997,598.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon 66 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YT42PN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,665,091.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Creeksource 2024-1 Dunes Creek Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R394984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,527,038.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,517,894.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 41 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD04Z58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,322,876.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 45a Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDQCP43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,314,638.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinitas Clo Xvii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1H65Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,236,562.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WJ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,199,190.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 30 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QN9KS75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,099,626.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polus Us Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX6PBF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,041,939.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agl Core Clo 8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QQXPBF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,016,204.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockford Tower Clo 2019-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PV7JB08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,009,256.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Xvi Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZX066Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,006,210.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rad Clo 22 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRJN935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,975,153.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxix Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCKGYN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,901,076.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xx</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YDPJPB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,705,028.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aimco Clo 24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TR6LW80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,684,187.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octagon Investment Partners 28 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MLY41T4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,513,229.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harvest Us Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZL0WSN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,494,575.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midocean Credit Clo Xiv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02118H169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,431,062.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRG7R72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,323,768.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01224WHW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,313,489.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wise Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WNMP9Q9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,264,779.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canyon Capital Clo 2019-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ2VKN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,169,301.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxxi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Y7GKX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,149,266.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitebox Clo Iii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZW0ZF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,110,286.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polus Us Clo Ii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6DHMR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,039,958.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anchorage Capital Clo 15 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VFRRYT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,026,908.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palmer Square Clo 2023-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TQRQV73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,025,670.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison Park Funding Lxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZH3DC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,024,152.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF2B4C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,022,336.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thl Credit Wind River 2017-3 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W90PR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,015,140.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo Xxxiii Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK387M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,012,648.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tcw Clo 2023-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL8WPS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,012,635.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SH21RS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,008,152.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barings Clo Ltd 2024-I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0208W55G4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,002,793.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD04Z76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,856,743.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X70HJ80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,761,890.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculptor Clo Xxvi Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3LV7F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,744,014.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brant Point Clo 2025-8 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WL3Q1F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,546,764.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cbam 2017-2 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116QZFG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,518,557.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Signal Peak Clo 10 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S1ST182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,508,569.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 24 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011N52DT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,493,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,937.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V9X64Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,501,573.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aimco Clo Series 2018-B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02171GLR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,501,500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hps Loan Management 2023-18 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VT8KMW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,501,296.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5WZZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,253,165.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Halseypoint Clo 7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF453M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,212,935.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lcm 29 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K4T3V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,195,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,209,289.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carlyle Us Clo 2021-7 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQZPY63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,160,092.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011MN8LX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,109,744.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 104 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PJHT2P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,075,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,463.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wind River 2023-1 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/25/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC46JL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,011,393.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sound Point Clo Xxiii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112K8TL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,009,569.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S83Z156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,889.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegro Clo Xv Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9H5PG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,634.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02118H114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,000,750.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Clo 27 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R6M2S28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$956,030.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2WWRH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$913,141.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluemountain Clo 2018-3 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LV7BZR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>873,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$882,606.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regatta Xii Funding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PV7RV05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,860.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dryden 64 Clo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KDHTN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,461.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tci-Symphony Clo 2017-1 Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012N0YY97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,770.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,219,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,219,956.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01WYBC4Q6</x:t>
-[...1453 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-41,514,272.65</x:t>
-[...2 lines deleted...]
-    <x:t>-3.06%</x:t>
+    <x:t>$-11,407,690.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2683,56 +2692,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re04c3253f82544ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2e80103c8c8b484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c6fa8ff4d9d4680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b95db24e7547ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5fa8d17017334dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb793e2f6eb184b36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:J166"/>
+  <x:dimension ref="A1:J167"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="22" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
@@ -2824,5223 +2833,5255 @@
       <x:c r="A4" s="1">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="H20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="H27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="H29" s="1" t="s">
+      <x:c r="I29" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="I32" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="H36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="H38" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="H41" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="I42" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="I43" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="I44" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="I45" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D49" s="1" t="s">
+      <x:c r="I49" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="I51" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J51" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="I52" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J52" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="I53" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="I56" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="H59" s="1" t="s">
+      <x:c r="I59" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J59" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="I60" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J60" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="I61" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="I62" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J62" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="H63" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J65" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="H66" s="1" t="s">
+      <x:c r="I66" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="I68" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J68" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="I69" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="H70" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="I71" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J71" s="1" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G72" s="1" t="s">
+      <x:c r="I72" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J72" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="I73" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J73" s="1" t="s">
         <x:v>422</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J74" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="F75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G75" s="1" t="s">
+      <x:c r="I75" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J82" s="1" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J89" s="1" t="s">
         <x:v>495</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="H90" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J91" s="1" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="H92" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J93" s="1" t="s">
         <x:v>518</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="I96" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J96" s="1" t="s">
         <x:v>534</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J98" s="1" t="s">
         <x:v>542</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D99" s="1" t="s">
+      <x:c r="I99" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J99" s="1" t="s">
         <x:v>547</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="F100" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="I101" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J101" s="1" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J102" s="1" t="s">
         <x:v>561</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="H103" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
+      <x:c r="I103" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J103" s="1" t="s">
         <x:v>568</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="H104" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
+      <x:c r="I104" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J104" s="1" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="H105" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="I106" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>584</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="H107" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D108" s="1" t="s">
+      <x:c r="H108" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="E108" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
+      <x:c r="I109" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J109" s="1" t="s">
         <x:v>599</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="H110" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D111" s="1" t="s">
+      <x:c r="H111" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="E111" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G111" s="1" t="s">
+      <x:c r="I111" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J111" s="1" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G112" s="1" t="s">
+      <x:c r="I112" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J112" s="1" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="H113" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G113" s="1" t="s">
+      <x:c r="I113" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J113" s="1" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="H114" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G114" s="1" t="s">
+      <x:c r="I114" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J114" s="1" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="F115" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="H115" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="E115" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="I116" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J116" s="1" t="s">
         <x:v>634</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D117" s="1" t="s">
+      <x:c r="H117" s="1" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="E117" s="1" t="s">
+      <x:c r="I117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J117" s="1" t="s">
         <x:v>640</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
+      <x:c r="F118" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
+      <x:c r="H118" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="E118" s="1" t="s">
+      <x:c r="I118" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J118" s="1" t="s">
         <x:v>647</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="E119" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
+      <x:c r="F119" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="E119" s="1" t="s">
+      <x:c r="H119" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="F119" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G119" s="1" t="s">
+      <x:c r="I119" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J119" s="1" t="s">
         <x:v>654</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
+      <x:c r="E120" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
+      <x:c r="F120" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="H120" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="E120" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G120" s="1" t="s">
+      <x:c r="I120" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J120" s="1" t="s">
         <x:v>654</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="E121" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I121" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="F122" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J122" s="1" t="s">
         <x:v>667</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="H123" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I123" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="I124" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J124" s="1" t="s">
         <x:v>675</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="H125" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I125" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="H126" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
+      <x:c r="I126" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J126" s="1" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F127" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G127" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="C127" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D127" s="1" t="s">
+      <x:c r="H127" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="E127" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I127" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D128" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="E128" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="F128" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G128" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="H128" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="C128" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I128" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D129" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G129" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="H129" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="I129" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J129" s="1" t="s">
         <x:v>701</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D130" s="1" t="s">
+      <x:c r="F130" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="H130" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="E130" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I130" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="E131" s="1" t="s">
+      <x:c r="F131" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G131" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="H131" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="F131" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I131" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="H136" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="F136" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I136" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F137" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G137" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="H137" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="F137" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I137" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G138" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="H138" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G138" s="1" t="s">
+      <x:c r="I138" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J138" s="1" t="s">
         <x:v>735</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:10" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="H139" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D139" s="1" t="s">
+      <x:c r="I139" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J139" s="1" t="s">
         <x:v>739</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D140" s="1" t="s">
+      <x:c r="H140" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="E140" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I140" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="H141" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
+      <x:c r="I141" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J141" s="1" t="s">
         <x:v>749</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
+      <x:c r="F142" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I142" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="H143" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I143" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="F144" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G144" s="1" t="s">
         <x:v>764</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>745</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="H145" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="I145" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J145" s="1" t="s">
         <x:v>766</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F146" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="H146" s="1" t="s">
         <x:v>772</x:v>
       </x:c>
-      <x:c r="F146" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I146" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="C147" s="1" t="s">
+      <x:c r="F147" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I147" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="H148" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="I148" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J148" s="1" t="s">
         <x:v>782</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="F149" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="H149" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
+      <x:c r="I149" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J149" s="1" t="s">
         <x:v>787</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
+      <x:c r="H150" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
-      <x:c r="F150" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I150" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="C151" s="1" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
         <x:v>797</x:v>
       </x:c>
-      <x:c r="C151" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D151" s="1" t="s">
+      <x:c r="F151" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G151" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
+      <x:c r="H151" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="F151" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I151" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C152" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="F152" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="C152" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D152" s="1" t="s">
+      <x:c r="H152" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="E152" s="1" t="s">
+      <x:c r="I152" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J152" s="1" t="s">
         <x:v>804</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G153" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="E153" s="1" t="s">
+      <x:c r="H153" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="F153" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I153" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G154" s="1" t="s">
         <x:v>813</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>805</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
+      <x:c r="E158" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F158" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="H158" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="E158" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I158" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="C159" s="1" t="s">
+      <x:c r="E159" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="D159" s="1" t="s">
+      <x:c r="F159" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="H159" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="E159" s="1" t="s">
+      <x:c r="I159" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J159" s="1" t="s">
         <x:v>834</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="C161" s="1" t="s">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="C161" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I161" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H162" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="C162" s="1" t="s">
+      <x:c r="I162" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J162" s="1" t="s">
         <x:v>850</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="F163" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G163" s="1" t="s">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="H163" s="1" t="s">
         <x:v>856</x:v>
       </x:c>
-      <x:c r="C163" s="1" t="s">
+      <x:c r="I163" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J163" s="1" t="s">
         <x:v>857</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="E164" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="G164" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="H164" s="1" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="C164" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F164" s="1" t="s">
+      <x:c r="I164" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J164" s="1" t="s">
         <x:v>864</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="C165" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F165" s="1" t="s">
+      <x:c r="H165" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="G165" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="H165" s="1" t="s">
+      <x:c r="I165" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J165" s="1" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="I165" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J165" s="1" t="s">
+    </x:row>
+    <x:row r="166" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A166" s="1">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B166" s="1" t="s">
         <x:v>870</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A166" s="2" t="s">
+      <x:c r="C166" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F166" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="B166" s="2" t="s">
+      <x:c r="G166" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="I166" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="J166" s="1" t="s">
+        <x:v>873</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:10" ht="15" customHeight="1">
+      <x:c r="A167" s="2" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="B167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C166" s="2" t="s">
+      <x:c r="C167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D166" s="2" t="s">
+      <x:c r="D167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E166" s="2" t="s">
+      <x:c r="E167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F166" s="2" t="s">
+      <x:c r="F167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G166" s="2" t="s">
+      <x:c r="G167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H166" s="2" t="s">
+      <x:c r="H167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I166" s="2" t="s">
+      <x:c r="I167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J166" s="2" t="s">
+      <x:c r="J167" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
-    <x:mergeCell ref="A166:J166"/>
+    <x:mergeCell ref="A167:J167"/>
   </x:mergeCells>
 </x:worksheet>
 </file>