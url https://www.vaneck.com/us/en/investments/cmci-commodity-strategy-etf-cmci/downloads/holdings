--- v0 (2025-12-15)
+++ v1 (2026-01-11)
@@ -1,354 +1,327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca0d4e7e32f4d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba34de411194a17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CMCI_asof_20251212" sheetId="1" r:id="R38710221a3ae4d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CMCI_asof_20260108" sheetId="1" r:id="R6a0ae6b4e64042bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="103">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/12/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="94">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>912797PM3</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S6Z6VD4</x:t>
   </x:si>
   <x:si>
     <x:t>350,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$347,739.53</x:t>
+    <x:t>$348,583.94</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>13.41%</x:t>
+    <x:t>14.38%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RV1</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WX1MT01</x:t>
   </x:si>
   <x:si>
     <x:t>325,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$322,449.18</x:t>
-[...2 lines deleted...]
-    <x:t>12.44%</x:t>
+    <x:t>$323,257.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.34%</x:t>
   </x:si>
   <x:si>
     <x:t>912797PD3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RV9W4F5</x:t>
   </x:si>
   <x:si>
-    <x:t>275,000</x:t>
-[...5 lines deleted...]
-    <x:t>10.57%</x:t>
+    <x:t>250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,680.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.30%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RU3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRWM2K7</x:t>
   </x:si>
   <x:si>
-    <x:t>250,000</x:t>
-[...5 lines deleted...]
-    <x:t>9.57%</x:t>
+    <x:t>$248,820.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797SX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YQ45NL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,604.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.92%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RK5</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W7BW7N0</x:t>
   </x:si>
   <x:si>
-    <x:t>200,000</x:t>
-[...20 lines deleted...]
-    <x:t>6.45%</x:t>
+    <x:t>150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,705.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.18%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RL3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WCQ4B44</x:t>
   </x:si>
   <x:si>
-    <x:t>150,000</x:t>
-[...11 lines deleted...]
-    <x:t>BBG01VXS1ZJ3</x:t>
+    <x:t>$149,602.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797RT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WH843H3</x:t>
   </x:si>
   <x:si>
     <x:t>125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,613.99</x:t>
-[...14 lines deleted...]
-    <x:t>4.79%</x:t>
+    <x:t>$124,581.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SD0</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG1J862</x:t>
   </x:si>
   <x:si>
-    <x:t>$123,692.19</x:t>
-[...2 lines deleted...]
-    <x:t>4.77%</x:t>
+    <x:t>$123,990.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
   </x:si>
   <x:si>
     <x:t>912797QX8</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VBK92P2</x:t>
   </x:si>
   <x:si>
-    <x:t>$122,852.13</x:t>
-[...2 lines deleted...]
-    <x:t>4.74%</x:t>
+    <x:t>$123,163.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
   </x:si>
   <x:si>
     <x:t>912797PV3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SR0CQN1</x:t>
   </x:si>
   <x:si>
     <x:t>100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,079.58</x:t>
-[...2 lines deleted...]
-    <x:t>3.82%</x:t>
+    <x:t>$99,329.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
   </x:si>
   <x:si>
     <x:t>912797QD2</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T8LCHN4</x:t>
   </x:si>
   <x:si>
-    <x:t>$98,816.52</x:t>
-[...2 lines deleted...]
-    <x:t>3.81%</x:t>
+    <x:t>$99,054.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SV0</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YFVD558</x:t>
   </x:si>
   <x:si>
-    <x:t>$98,482.06</x:t>
-[...2 lines deleted...]
-    <x:t>3.80%</x:t>
+    <x:t>$98,724.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SW8</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YKHNF78</x:t>
   </x:si>
   <x:si>
     <x:t>40,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,367.29</x:t>
-[...8 lines deleted...]
-    <x:t>BBG01VPVQGC7</x:t>
+    <x:t>$39,463.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797SB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X05YWJ6</x:t>
   </x:si>
   <x:si>
     <x:t>25,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,954.94</x:t>
-[...11 lines deleted...]
-    <x:t>$24,786.40</x:t>
+    <x:t>$24,849.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Cmci Tr Swap</x:t>
   </x:si>
   <x:si>
-    <x:t>1,520</x:t>
+    <x:t>1,383</x:t>
   </x:si>
   <x:si>
     <x:t>Swap</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>2593033.85</x:t>
+    <x:t>2426320.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,227.92</x:t>
-[...2 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$53,193.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -376,56 +349,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recfb29a2537345a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5d6c6123bd464a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R38710221a3ae4d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c2a5936b7944d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbf2c250749fe411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6a0ae6b4e64042bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I23"/>
+  <x:dimension ref="A1:I21"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="15" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -582,512 +555,454 @@
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F7" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I7" s="1" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="G19" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A21" s="1">
-[...11 lines deleted...]
-      <x:c r="E21" s="1" t="s">
+      <x:c r="A21" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...66 lines deleted...]
-      <x:c r="I23" s="2" t="s">
+      <x:c r="B21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I21" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A23:I23"/>
+    <x:mergeCell ref="A21:I21"/>
   </x:mergeCells>
 </x:worksheet>
 </file>