--- v1 (2026-01-11)
+++ v2 (2026-01-19)
@@ -1,327 +1,339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba34de411194a17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e5fedc4ec34175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CMCI_asof_20260108" sheetId="1" r:id="R6a0ae6b4e64042bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CMCI_asof_20260115" sheetId="1" r:id="Rcd372679716e46eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="94">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="98">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>912797PM3</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S6Z6VD4</x:t>
   </x:si>
   <x:si>
     <x:t>350,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$348,583.94</x:t>
+    <x:t>$348,815.51</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>14.38%</x:t>
+    <x:t>14.22%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RV1</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WX1MT01</x:t>
   </x:si>
   <x:si>
     <x:t>325,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$323,257.19</x:t>
-[...2 lines deleted...]
-    <x:t>13.34%</x:t>
+    <x:t>$323,450.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.18%</x:t>
   </x:si>
   <x:si>
     <x:t>912797PD3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RV9W4F5</x:t>
   </x:si>
   <x:si>
     <x:t>250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$249,680.60</x:t>
-[...2 lines deleted...]
-    <x:t>10.30%</x:t>
+    <x:t>$249,852.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.18%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RU3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRWM2K7</x:t>
   </x:si>
   <x:si>
-    <x:t>$248,820.84</x:t>
-[...2 lines deleted...]
-    <x:t>10.27%</x:t>
+    <x:t>$248,980.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.15%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SX6</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YQ45NL8</x:t>
   </x:si>
   <x:si>
     <x:t>170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$167,604.94</x:t>
-[...2 lines deleted...]
-    <x:t>6.92%</x:t>
+    <x:t>$167,688.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.84%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RK5</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W7BW7N0</x:t>
   </x:si>
   <x:si>
     <x:t>150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$149,705.00</x:t>
-[...2 lines deleted...]
-    <x:t>6.18%</x:t>
+    <x:t>$149,807.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.11%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RL3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WCQ4B44</x:t>
   </x:si>
   <x:si>
-    <x:t>$149,602.50</x:t>
-[...2 lines deleted...]
-    <x:t>6.17%</x:t>
+    <x:t>$149,702.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.10%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RT6</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WH843H3</x:t>
   </x:si>
   <x:si>
     <x:t>125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,581.55</x:t>
-[...2 lines deleted...]
-    <x:t>5.14%</x:t>
+    <x:t>$124,665.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SD0</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG1J862</x:t>
   </x:si>
   <x:si>
-    <x:t>$123,990.60</x:t>
-[...2 lines deleted...]
-    <x:t>5.12%</x:t>
+    <x:t>$124,061.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
   </x:si>
   <x:si>
     <x:t>912797QX8</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VBK92P2</x:t>
   </x:si>
   <x:si>
-    <x:t>$123,163.87</x:t>
-[...2 lines deleted...]
-    <x:t>5.08%</x:t>
+    <x:t>$123,223.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.02%</x:t>
   </x:si>
   <x:si>
     <x:t>912797PV3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SR0CQN1</x:t>
   </x:si>
   <x:si>
     <x:t>100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,329.65</x:t>
-[...2 lines deleted...]
-    <x:t>4.10%</x:t>
+    <x:t>$99,386.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
   </x:si>
   <x:si>
     <x:t>912797QD2</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T8LCHN4</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,054.12</x:t>
-[...2 lines deleted...]
-    <x:t>4.09%</x:t>
+    <x:t>$99,107.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SV0</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YFVD558</x:t>
   </x:si>
   <x:si>
-    <x:t>$98,724.00</x:t>
-[...2 lines deleted...]
-    <x:t>4.07%</x:t>
+    <x:t>$98,770.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SW8</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YKHNF78</x:t>
   </x:si>
   <x:si>
     <x:t>40,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,463.31</x:t>
-[...2 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>$39,482.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797RF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VV08ZZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,321.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SB4</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X05YWJ6</x:t>
   </x:si>
   <x:si>
     <x:t>25,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,849.18</x:t>
-[...2 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>$24,864.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Cmci Tr Swap</x:t>
   </x:si>
   <x:si>
     <x:t>1,383</x:t>
   </x:si>
   <x:si>
     <x:t>Swap</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>2426320.42</x:t>
+    <x:t>2456754.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,193.71</x:t>
-[...2 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>$42,157.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -349,56 +361,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c2a5936b7944d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbf2c250749fe411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6a0ae6b4e64042bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6fa9c8a4b64335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3054d3fca5ee411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd372679716e46eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I21"/>
+  <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="15" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -874,135 +886,164 @@
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F20" s="1" t="s">
+      <x:c r="G20" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A21" s="2" t="s">
+      <x:c r="A21" s="1">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="B21" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I21" s="2" t="s">
+      <x:c r="D21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A22" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H22" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A21:I21"/>
+    <x:mergeCell ref="A22:I22"/>
   </x:mergeCells>
 </x:worksheet>
 </file>