--- v2 (2026-01-19)
+++ v3 (2026-02-16)
@@ -1,339 +1,339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e5fedc4ec34175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e574aacac64b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CMCI_asof_20260115" sheetId="1" r:id="Rcd372679716e46eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CMCI_asof_20260212" sheetId="1" r:id="Ra96e77c30e174c00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="98">
   <x:si>
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+    <x:t>Daily Holdings (%)  02/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>912797PM3</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S6Z6VD4</x:t>
   </x:si>
   <x:si>
     <x:t>350,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$348,815.51</x:t>
+    <x:t>$349,790.64</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>14.22%</x:t>
+    <x:t>14.05%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RV1</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WX1MT01</x:t>
   </x:si>
   <x:si>
     <x:t>325,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$323,450.83</x:t>
-[...8 lines deleted...]
-    <x:t>BBG01RV9W4F5</x:t>
+    <x:t>$324,346.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797RG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WCQ4BD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,925.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797RU3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRWM2K7</x:t>
   </x:si>
   <x:si>
     <x:t>250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$249,852.19</x:t>
-[...14 lines deleted...]
-    <x:t>10.15%</x:t>
+    <x:t>$249,675.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZJ6W190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,100.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDC8DQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,379.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.92%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SX6</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YQ45NL8</x:t>
   </x:si>
   <x:si>
     <x:t>170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$167,688.42</x:t>
-[...35 lines deleted...]
-    <x:t>BBG01WH843H3</x:t>
+    <x:t>$168,128.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797QX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VBK92P2</x:t>
   </x:si>
   <x:si>
     <x:t>125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,665.78</x:t>
-[...2 lines deleted...]
-    <x:t>5.08%</x:t>
+    <x:t>$123,537.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZZ4GDQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,803.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797PV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SR0CQN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,658.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SD0</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG1J862</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,061.88</x:t>
-[...29 lines deleted...]
-    <x:t>4.05%</x:t>
+    <x:t>$99,516.40</x:t>
   </x:si>
   <x:si>
     <x:t>912797QD2</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T8LCHN4</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,107.81</x:t>
-[...2 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>$99,377.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.99%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SV0</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YFVD558</x:t>
   </x:si>
   <x:si>
-    <x:t>$98,770.83</x:t>
-[...2 lines deleted...]
-    <x:t>4.03%</x:t>
+    <x:t>$99,035.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.98%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SW8</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YKHNF78</x:t>
   </x:si>
   <x:si>
     <x:t>40,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,482.27</x:t>
-[...2 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>$39,588.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RF6</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VV08ZZ1</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,321.52</x:t>
-[...2 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>$39,428.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SB4</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X05YWJ6</x:t>
   </x:si>
   <x:si>
     <x:t>25,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,864.22</x:t>
-[...2 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>$24,932.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Cmci Tr Swap</x:t>
   </x:si>
   <x:si>
     <x:t>1,383</x:t>
   </x:si>
   <x:si>
     <x:t>Swap</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>2456754.50</x:t>
+    <x:t>2495093.56</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$42,157.29</x:t>
-[...2 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>$-63,311.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -361,51 +361,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6fa9c8a4b64335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3054d3fca5ee411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd372679716e46eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbbce12aa06b4be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R76dbfe7ad59c4b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra96e77c30e174c00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="15" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -567,80 +567,80 @@
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
@@ -654,225 +654,225 @@
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">