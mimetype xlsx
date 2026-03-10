--- v3 (2026-02-16)
+++ v4 (2026-03-10)
@@ -1,339 +1,357 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e574aacac64b37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9787e85fba44a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CMCI_asof_20260212" sheetId="1" r:id="Ra96e77c30e174c00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CMCI_asof_20260306" sheetId="1" r:id="Rcdc587cc70ee4bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="98">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="104">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>912797PM3</x:t>
+    <x:t>912797TY3</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01S6Z6VD4</x:t>
-[...2 lines deleted...]
-    <x:t>350,000</x:t>
+    <x:t>BBG020BMV733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>325,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$349,790.64</x:t>
+    <x:t>$319,594.41</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>14.05%</x:t>
-[...14 lines deleted...]
-    <x:t>13.03%</x:t>
+    <x:t>11.85%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RG4</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WCQ4BD4</x:t>
   </x:si>
   <x:si>
     <x:t>300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$294,925.00</x:t>
-[...8 lines deleted...]
-    <x:t>BBG01WRWM2K7</x:t>
+    <x:t>$295,590.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZJ6W190</x:t>
   </x:si>
   <x:si>
     <x:t>250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$249,675.45</x:t>
-[...14 lines deleted...]
-    <x:t>9.88%</x:t>
+    <x:t>$246,651.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.15%</x:t>
   </x:si>
   <x:si>
     <x:t>912797TN7</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZDC8DQ5</x:t>
   </x:si>
   <x:si>
     <x:t>175,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$172,379.52</x:t>
-[...2 lines deleted...]
-    <x:t>6.92%</x:t>
+    <x:t>$172,769.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797RS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WX1MT38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,966.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.38%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SX6</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YQ45NL8</x:t>
   </x:si>
   <x:si>
     <x:t>170,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$168,128.72</x:t>
-[...2 lines deleted...]
-    <x:t>6.75%</x:t>
+    <x:t>$168,531.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z6JJ8C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,243.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797SP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y56BT09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,261.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
   </x:si>
   <x:si>
     <x:t>912797QX8</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VBK92P2</x:t>
   </x:si>
   <x:si>
-    <x:t>125,000</x:t>
-[...5 lines deleted...]
-    <x:t>4.96%</x:t>
+    <x:t>$123,833.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>912797TW7</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZZ4GDQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>$122,803.49</x:t>
-[...2 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>$123,080.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02037XBS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,998.29</x:t>
   </x:si>
   <x:si>
     <x:t>912797PV3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SR0CQN1</x:t>
   </x:si>
   <x:si>
     <x:t>100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,658.11</x:t>
-[...2 lines deleted...]
-    <x:t>4.00%</x:t>
+    <x:t>$99,899.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SD0</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XG1J862</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,516.40</x:t>
+    <x:t>$99,757.58</x:t>
   </x:si>
   <x:si>
     <x:t>912797QD2</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T8LCHN4</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,377.85</x:t>
-[...2 lines deleted...]
-    <x:t>3.99%</x:t>
+    <x:t>$99,616.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SV0</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YFVD558</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,035.25</x:t>
-[...2 lines deleted...]
-    <x:t>3.98%</x:t>
+    <x:t>$99,274.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.68%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SW8</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YKHNF78</x:t>
   </x:si>
   <x:si>
     <x:t>40,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,588.04</x:t>
-[...2 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>$39,683.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RF6</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VV08ZZ1</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,428.98</x:t>
-[...2 lines deleted...]
-    <x:t>1.58%</x:t>
+    <x:t>$39,516.81</x:t>
   </x:si>
   <x:si>
     <x:t>912797SB4</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X05YWJ6</x:t>
   </x:si>
   <x:si>
     <x:t>25,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,932.22</x:t>
-[...2 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>$24,992.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>Cmci Tr Swap</x:t>
   </x:si>
   <x:si>
     <x:t>1,383</x:t>
   </x:si>
   <x:si>
     <x:t>Swap</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>2495093.56</x:t>
+    <x:t>2703759.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-63,311.59</x:t>
-[...2 lines deleted...]
-    <x:t>-2.54%</x:t>
+    <x:t>$175,773.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.52%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -361,56 +379,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbbce12aa06b4be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R76dbfe7ad59c4b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra96e77c30e174c00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R584a2fd1aa544228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R89a17703231c4fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcdc587cc70ee4bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I22"/>
+  <x:dimension ref="A1:I24"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="15" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -741,309 +759,367 @@
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A22" s="1">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B22" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F21" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="G21" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="H21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I21" s="1" t="s">
+      <x:c r="G22" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A22" s="2" t="s">
+      <x:c r="H22" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B22" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I22" s="2" t="s">
+      <x:c r="I22" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A23" s="1">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A24" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B24" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C24" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D24" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E24" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F24" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G24" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H24" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I24" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A22:I22"/>
+    <x:mergeCell ref="A24:I24"/>
   </x:mergeCells>
 </x:worksheet>
 </file>