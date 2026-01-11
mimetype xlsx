--- v0 (2025-12-18)
+++ v1 (2026-01-11)
@@ -1,522 +1,540 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f73e26ada29441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eda7eb8f41646b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20251217" sheetId="1" r:id="R0ed44f588f5b4bd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260108" sheetId="1" r:id="Rc103f32e24c14772"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="159">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/17/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="165">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>912797RV1</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WX1MT01</x:t>
   </x:si>
   <x:si>
-    <x:t>25,197,000</x:t>
+    <x:t>24,823,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,006,890.40</x:t>
+    <x:t>$24,689,886.66</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>36.80%</x:t>
+    <x:t>35.16%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RL3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WCQ4B44</x:t>
   </x:si>
   <x:si>
     <x:t>23,716,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,600,975.27</x:t>
-[...2 lines deleted...]
-    <x:t>34.73%</x:t>
+    <x:t>$23,653,152.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.68%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SG3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X7RGB43</x:t>
   </x:si>
   <x:si>
     <x:t>16,766,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,710,695.17</x:t>
-[...11 lines deleted...]
-    <x:t>BBG01M46KC94</x:t>
+    <x:t>$16,747,849.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YTX7QH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,311,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,299,803.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GCJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold 100 Oz Futr  Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N2CR1W2</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>
     <x:t>Future</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>15746040.00</x:t>
+    <x:t>16178040.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>COH6</x:t>
-[...5 lines deleted...]
-    <x:t>BBG00KZYT199</x:t>
+    <x:t>COJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brent Crude Futr  Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KZYT1B6</x:t>
   </x:si>
   <x:si>
     <x:t>97</x:t>
   </x:si>
   <x:si>
-    <x:t>5761800.00</x:t>
-[...8 lines deleted...]
-    <x:t>BBG01BPYL758</x:t>
+    <x:t>5964530.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HGH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copper Future     Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YMWRQ03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5941412.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ny Harb Ulsd Fut  Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BPYL785</x:t>
   </x:si>
   <x:si>
     <x:t>64</x:t>
   </x:si>
   <x:si>
-    <x:t>5749094.40</x:t>
-[...41 lines deleted...]
-    <x:t>4995648.00</x:t>
+    <x:t>5675443.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wti Crude Future  Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JSLLV81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5533440.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XBH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gasoline Rbob Fut Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BPY93J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5087678.40</x:t>
   </x:si>
   <x:si>
     <x:t>SIH6</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Future     Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MLPGBK7</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
-    <x:t>3679555.00</x:t>
-[...8 lines deleted...]
-    <x:t>BBG00XPQY059</x:t>
+    <x:t>4132920.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LXG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Zinc Future   Feb26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y1SPSG6</x:t>
   </x:si>
   <x:si>
     <x:t>38</x:t>
   </x:si>
   <x:si>
-    <x:t>2915673.50</x:t>
-[...8 lines deleted...]
-    <x:t>BBG00B096BK2</x:t>
+    <x:t>2959164.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAG26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Pri Alum Futr Feb26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8LJBH7</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>2522887.50</x:t>
+    <x:t>2695393.75</x:t>
   </x:si>
   <x:si>
     <x:t>LCM6</x:t>
   </x:si>
   <x:si>
     <x:t>Live Cattle Futr  Jun26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RJ2T7M3</x:t>
   </x:si>
   <x:si>
     <x:t>26</x:t>
   </x:si>
   <x:si>
-    <x:t>2316600.00</x:t>
-[...8 lines deleted...]
-    <x:t>BBG01S0JR6P5</x:t>
+    <x:t>2405312.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cattle Feeder Fut Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1PD968</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
-    <x:t>1707650.00</x:t>
+    <x:t>1788650.00</x:t>
   </x:si>
   <x:si>
     <x:t>KCU6</x:t>
   </x:si>
   <x:si>
     <x:t>Coffee 'C' Future Sep26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLQF0W4</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>1645612.50</x:t>
+    <x:t>1777912.50</x:t>
   </x:si>
   <x:si>
     <x:t>LHG6</x:t>
   </x:si>
   <x:si>
     <x:t>Lean Hogs Future  Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P649L66</x:t>
   </x:si>
   <x:si>
     <x:t>48</x:t>
   </x:si>
   <x:si>
-    <x:t>1593600.00</x:t>
-[...8 lines deleted...]
-    <x:t>BBG00N1YH923</x:t>
+    <x:t>1648896.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QSG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low Su Gasoil G   Feb26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB72ZC8</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>1352450.00</x:t>
+    <x:t>1340350.00</x:t>
   </x:si>
   <x:si>
     <x:t>S H6</x:t>
   </x:si>
   <x:si>
     <x:t>Soybean Future    Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K2PX8B0</x:t>
   </x:si>
   <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
-    <x:t>1282500.00</x:t>
-[...14 lines deleted...]
-    <x:t>1018980.00</x:t>
+    <x:t>1273500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPG26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Copper Future Feb26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8LJBG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>954508.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGH26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natural Gas Futr  Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005N1T0P1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929940.00</x:t>
   </x:si>
   <x:si>
     <x:t>PLJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Platinum Future   Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HFY5GP2</x:t>
   </x:si>
   <x:si>
-    <x:t>9</x:t>
-[...17 lines deleted...]
-    <x:t>881479.50</x:t>
+    <x:t>8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>907000.00</x:t>
   </x:si>
   <x:si>
     <x:t>CCH6</x:t>
   </x:si>
   <x:si>
     <x:t>Cocoa Future      Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M7CWWS0</x:t>
   </x:si>
   <x:si>
     <x:t>12</x:t>
   </x:si>
   <x:si>
-    <x:t>717360.00</x:t>
+    <x:t>729240.00</x:t>
   </x:si>
   <x:si>
     <x:t>BOH6</x:t>
   </x:si>
   <x:si>
     <x:t>Soybean Oil Futr  Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KJ7X6J8</x:t>
   </x:si>
   <x:si>
-    <x:t>647460.00</x:t>
+    <x:t>652740.00</x:t>
   </x:si>
   <x:si>
     <x:t>C H6</x:t>
   </x:si>
   <x:si>
     <x:t>Corn Future       Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KJ7X993</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
-    <x:t>550625.00</x:t>
-[...8 lines deleted...]
-    <x:t>BBG01Q9V3ZX6</x:t>
+    <x:t>557500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Tin Future    Feb26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QLJK7P1</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>422570.00</x:t>
+    <x:t>436940.00</x:t>
   </x:si>
   <x:si>
     <x:t>JOH6</x:t>
   </x:si>
   <x:si>
     <x:t>Fcoj-A Future     Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G48LMW4</x:t>
   </x:si>
   <x:si>
-    <x:t>231450.00</x:t>
+    <x:t>326100.00</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>2,409,181</x:t>
+    <x:t>477,694</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,409,180.83</x:t>
-[...2 lines deleted...]
-    <x:t>3.55%</x:t>
+    <x:t>$477,694.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-77</x:t>
   </x:si>
   <x:si>
-    <x:t>$-102.69</x:t>
+    <x:t>$-103.02</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$222,469.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>$3,357,144.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -544,56 +562,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2b9514b1c743b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c04d8f4d35f4a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ed44f588f5b4bd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965e399b91604514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06f6bb25736d48b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc103f32e24c14772" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I33"/>
+  <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -744,808 +762,837 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D7" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I7" s="1" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A33" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I33" s="2" t="s">
+      <x:c r="A33" s="1">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A34" s="2" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A33:I33"/>
+    <x:mergeCell ref="A34:I34"/>
   </x:mergeCells>
 </x:worksheet>
 </file>