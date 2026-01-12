--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,540 +1,540 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eda7eb8f41646b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2242ef5e0eb94c5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260108" sheetId="1" r:id="Rc103f32e24c14772"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260109" sheetId="1" r:id="R82f39d1b7dd04043"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="165">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>912797RV1</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WX1MT01</x:t>
   </x:si>
   <x:si>
     <x:t>24,823,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,689,886.66</x:t>
+    <x:t>$24,696,860.44</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>35.16%</x:t>
+    <x:t>34.80%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RL3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WCQ4B44</x:t>
   </x:si>
   <x:si>
     <x:t>23,716,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,653,152.60</x:t>
-[...2 lines deleted...]
-    <x:t>33.68%</x:t>
+    <x:t>$23,660,109.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33.33%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SG3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X7RGB43</x:t>
   </x:si>
   <x:si>
     <x:t>16,766,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,747,849.46</x:t>
-[...2 lines deleted...]
-    <x:t>23.85%</x:t>
+    <x:t>$16,752,817.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.60%</x:t>
   </x:si>
   <x:si>
     <x:t>912797TG2</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YTX7QH7</x:t>
   </x:si>
   <x:si>
     <x:t>1,311,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,299,803.43</x:t>
-[...2 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>$1,300,183.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>GCJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Gold 100 Oz Futr  Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N2CR1W2</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>
     <x:t>Future</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>16178040.00</x:t>
+    <x:t>16324920.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>COJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Brent Crude Futr  Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KZYT1B6</x:t>
   </x:si>
   <x:si>
     <x:t>97</x:t>
   </x:si>
   <x:si>
-    <x:t>5964530.00</x:t>
+    <x:t>6090630.00</x:t>
   </x:si>
   <x:si>
     <x:t>HGH6</x:t>
   </x:si>
   <x:si>
     <x:t>Copper Future     Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YMWRQ03</x:t>
   </x:si>
   <x:si>
     <x:t>41</x:t>
   </x:si>
   <x:si>
-    <x:t>5941412.50</x:t>
+    <x:t>6050062.50</x:t>
   </x:si>
   <x:si>
     <x:t>HOH6</x:t>
   </x:si>
   <x:si>
     <x:t>Ny Harb Ulsd Fut  Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BPYL785</x:t>
   </x:si>
   <x:si>
     <x:t>64</x:t>
   </x:si>
   <x:si>
-    <x:t>5675443.20</x:t>
+    <x:t>5724096.00</x:t>
   </x:si>
   <x:si>
     <x:t>CLH6</x:t>
   </x:si>
   <x:si>
     <x:t>Wti Crude Future  Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JSLLV81</x:t>
   </x:si>
   <x:si>
     <x:t>96</x:t>
   </x:si>
   <x:si>
-    <x:t>5533440.00</x:t>
+    <x:t>5658240.00</x:t>
   </x:si>
   <x:si>
     <x:t>XBH6</x:t>
   </x:si>
   <x:si>
     <x:t>Gasoline Rbob Fut Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BPY93J6</x:t>
   </x:si>
   <x:si>
     <x:t>68</x:t>
   </x:si>
   <x:si>
-    <x:t>5087678.40</x:t>
+    <x:t>5156508.00</x:t>
   </x:si>
   <x:si>
     <x:t>SIH6</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Future     Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MLPGBK7</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
-    <x:t>4132920.00</x:t>
+    <x:t>4363755.00</x:t>
   </x:si>
   <x:si>
     <x:t>LXG6</x:t>
   </x:si>
   <x:si>
     <x:t>Lme Zinc Future   Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y1SPSG6</x:t>
   </x:si>
   <x:si>
     <x:t>38</x:t>
   </x:si>
   <x:si>
-    <x:t>2959164.50</x:t>
+    <x:t>2976882.00</x:t>
   </x:si>
   <x:si>
     <x:t>LAG26</x:t>
   </x:si>
   <x:si>
     <x:t>Lme Pri Alum Futr Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8LJBH7</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>2695393.75</x:t>
+    <x:t>2737253.75</x:t>
   </x:si>
   <x:si>
     <x:t>LCM6</x:t>
   </x:si>
   <x:si>
     <x:t>Live Cattle Futr  Jun26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RJ2T7M3</x:t>
   </x:si>
   <x:si>
     <x:t>26</x:t>
   </x:si>
   <x:si>
-    <x:t>2405312.00</x:t>
+    <x:t>2389400.00</x:t>
   </x:si>
   <x:si>
     <x:t>FCH6</x:t>
   </x:si>
   <x:si>
     <x:t>Cattle Feeder Fut Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T1PD968</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
-    <x:t>1788650.00</x:t>
+    <x:t>1773500.00</x:t>
   </x:si>
   <x:si>
     <x:t>KCU6</x:t>
   </x:si>
   <x:si>
     <x:t>Coffee 'C' Future Sep26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLQF0W4</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>1777912.50</x:t>
+    <x:t>1713337.50</x:t>
   </x:si>
   <x:si>
     <x:t>LHG6</x:t>
   </x:si>
   <x:si>
     <x:t>Lean Hogs Future  Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P649L66</x:t>
   </x:si>
   <x:si>
     <x:t>48</x:t>
   </x:si>
   <x:si>
-    <x:t>1648896.00</x:t>
+    <x:t>1637760.00</x:t>
   </x:si>
   <x:si>
     <x:t>QSG6</x:t>
   </x:si>
   <x:si>
     <x:t>Low Su Gasoil G   Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NB72ZC8</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>1340350.00</x:t>
+    <x:t>1389850.00</x:t>
   </x:si>
   <x:si>
     <x:t>S H6</x:t>
   </x:si>
   <x:si>
     <x:t>Soybean Future    Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K2PX8B0</x:t>
   </x:si>
   <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
-    <x:t>1273500.00</x:t>
+    <x:t>1275000.00</x:t>
   </x:si>
   <x:si>
     <x:t>LPG26</x:t>
   </x:si>
   <x:si>
     <x:t>Lme Copper Future Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8LJBG8</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>954508.50</x:t>
+    <x:t>975903.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Platinum Future   Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HFY5GP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>918680.00</x:t>
   </x:si>
   <x:si>
     <x:t>NGH26</x:t>
   </x:si>
   <x:si>
     <x:t>Natural Gas Futr  Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005N1T0P1</x:t>
   </x:si>
   <x:si>
     <x:t>33</x:t>
   </x:si>
   <x:si>
-    <x:t>929940.00</x:t>
-[...14 lines deleted...]
-    <x:t>907000.00</x:t>
+    <x:t>869220.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soybean Oil Futr  Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ7X6J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>655908.00</x:t>
   </x:si>
   <x:si>
     <x:t>CCH6</x:t>
   </x:si>
   <x:si>
     <x:t>Cocoa Future      Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M7CWWS0</x:t>
   </x:si>
   <x:si>
     <x:t>12</x:t>
   </x:si>
   <x:si>
-    <x:t>729240.00</x:t>
-[...11 lines deleted...]
-    <x:t>652740.00</x:t>
+    <x:t>641400.00</x:t>
   </x:si>
   <x:si>
     <x:t>C H6</x:t>
   </x:si>
   <x:si>
     <x:t>Corn Future       Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KJ7X993</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
-    <x:t>557500.00</x:t>
+    <x:t>557187.50</x:t>
   </x:si>
   <x:si>
     <x:t>LTG6</x:t>
   </x:si>
   <x:si>
     <x:t>Lme Tin Future    Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QLJK7P1</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>436940.00</x:t>
+    <x:t>455150.00</x:t>
   </x:si>
   <x:si>
     <x:t>JOH6</x:t>
   </x:si>
   <x:si>
     <x:t>Fcoj-A Future     Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G48LMW4</x:t>
   </x:si>
   <x:si>
-    <x:t>326100.00</x:t>
+    <x:t>305475.00</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>477,694</x:t>
+    <x:t>477,716</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$477,694.41</x:t>
-[...2 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>$477,716.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-77</x:t>
   </x:si>
   <x:si>
-    <x:t>$-103.02</x:t>
+    <x:t>$-102.84</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,357,144.46</x:t>
-[...2 lines deleted...]
-    <x:t>4.78%</x:t>
+    <x:t>$4,089,608.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -562,51 +562,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965e399b91604514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06f6bb25736d48b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc103f32e24c14772" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2b1c145ff4a4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdc7df07e20d249f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R82f39d1b7dd04043" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1319,80 +1319,80 @@
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">