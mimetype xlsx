--- v2 (2026-01-12)
+++ v3 (2026-01-16)
@@ -1,540 +1,537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2242ef5e0eb94c5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb6ded7146b47db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260109" sheetId="1" r:id="R82f39d1b7dd04043"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260114" sheetId="1" r:id="Ra02ff1f380f94ce5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="165">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="164">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/14/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>912797RV1</x:t>
   </x:si>
   <x:si>
     <x:t>United States Treasury Bill</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WX1MT01</x:t>
   </x:si>
   <x:si>
     <x:t>24,823,000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,696,860.44</x:t>
+    <x:t>$24,703,141.15</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>34.80%</x:t>
+    <x:t>33.49%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RL3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WCQ4B44</x:t>
   </x:si>
   <x:si>
     <x:t>23,716,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,660,109.21</x:t>
-[...2 lines deleted...]
-    <x:t>33.33%</x:t>
+    <x:t>$23,666,680.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.08%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SG3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X7RGB43</x:t>
   </x:si>
   <x:si>
     <x:t>16,766,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,752,817.23</x:t>
-[...2 lines deleted...]
-    <x:t>23.60%</x:t>
+    <x:t>$16,757,698.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.72%</x:t>
   </x:si>
   <x:si>
     <x:t>912797TG2</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YTX7QH7</x:t>
   </x:si>
   <x:si>
     <x:t>1,311,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,300,183.07</x:t>
-[...2 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>$1,300,458.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>GCJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Gold 100 Oz Futr  Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N2CR1W2</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>
     <x:t>Future</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>16324920.00</x:t>
+    <x:t>16812360.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>COJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Brent Crude Futr  Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KZYT1B6</x:t>
   </x:si>
   <x:si>
-    <x:t>97</x:t>
-[...2 lines deleted...]
-    <x:t>6090630.00</x:t>
+    <x:t>99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6517170.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ny Harb Ulsd Fut  Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BPYL785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6291885.60</x:t>
   </x:si>
   <x:si>
     <x:t>HGH6</x:t>
   </x:si>
   <x:si>
     <x:t>Copper Future     Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YMWRQ03</x:t>
   </x:si>
   <x:si>
     <x:t>41</x:t>
   </x:si>
   <x:si>
-    <x:t>6050062.50</x:t>
-[...14 lines deleted...]
-    <x:t>5724096.00</x:t>
+    <x:t>6206887.50</x:t>
   </x:si>
   <x:si>
     <x:t>CLH6</x:t>
   </x:si>
   <x:si>
     <x:t>Wti Crude Future  Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JSLLV81</x:t>
   </x:si>
   <x:si>
-    <x:t>96</x:t>
-[...2 lines deleted...]
-    <x:t>5658240.00</x:t>
+    <x:t>98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6064240.00</x:t>
   </x:si>
   <x:si>
     <x:t>XBH6</x:t>
   </x:si>
   <x:si>
     <x:t>Gasoline Rbob Fut Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BPY93J6</x:t>
   </x:si>
   <x:si>
     <x:t>68</x:t>
   </x:si>
   <x:si>
-    <x:t>5156508.00</x:t>
+    <x:t>5313588.00</x:t>
   </x:si>
   <x:si>
     <x:t>SIH6</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Future     Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MLPGBK7</x:t>
   </x:si>
   <x:si>
-    <x:t>11</x:t>
-[...2 lines deleted...]
-    <x:t>4363755.00</x:t>
+    <x:t>10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4569250.00</x:t>
   </x:si>
   <x:si>
     <x:t>LXG6</x:t>
   </x:si>
   <x:si>
     <x:t>Lme Zinc Future   Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y1SPSG6</x:t>
   </x:si>
   <x:si>
     <x:t>38</x:t>
   </x:si>
   <x:si>
-    <x:t>2976882.00</x:t>
+    <x:t>3098995.00</x:t>
   </x:si>
   <x:si>
     <x:t>LAG26</x:t>
   </x:si>
   <x:si>
     <x:t>Lme Pri Alum Futr Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8LJBH7</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>2737253.75</x:t>
+    <x:t>2779175.00</x:t>
   </x:si>
   <x:si>
     <x:t>LCM6</x:t>
   </x:si>
   <x:si>
     <x:t>Live Cattle Futr  Jun26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RJ2T7M3</x:t>
   </x:si>
   <x:si>
     <x:t>26</x:t>
   </x:si>
   <x:si>
-    <x:t>2389400.00</x:t>
+    <x:t>2416232.00</x:t>
   </x:si>
   <x:si>
     <x:t>FCH6</x:t>
   </x:si>
   <x:si>
     <x:t>Cattle Feeder Fut Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T1PD968</x:t>
   </x:si>
   <x:si>
-    <x:t>10</x:t>
-[...2 lines deleted...]
-    <x:t>1773500.00</x:t>
+    <x:t>1798500.00</x:t>
   </x:si>
   <x:si>
     <x:t>KCU6</x:t>
   </x:si>
   <x:si>
     <x:t>Coffee 'C' Future Sep26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLQF0W4</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>1713337.50</x:t>
+    <x:t>1713075.00</x:t>
   </x:si>
   <x:si>
     <x:t>LHG6</x:t>
   </x:si>
   <x:si>
     <x:t>Lean Hogs Future  Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P649L66</x:t>
   </x:si>
   <x:si>
     <x:t>48</x:t>
   </x:si>
   <x:si>
-    <x:t>1637760.00</x:t>
+    <x:t>1645440.00</x:t>
   </x:si>
   <x:si>
     <x:t>QSG6</x:t>
   </x:si>
   <x:si>
     <x:t>Low Su Gasoil G   Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NB72ZC8</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>1389850.00</x:t>
+    <x:t>1450350.00</x:t>
   </x:si>
   <x:si>
     <x:t>S H6</x:t>
   </x:si>
   <x:si>
     <x:t>Soybean Future    Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K2PX8B0</x:t>
   </x:si>
   <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
-    <x:t>1275000.00</x:t>
+    <x:t>1251000.00</x:t>
   </x:si>
   <x:si>
     <x:t>LPG26</x:t>
   </x:si>
   <x:si>
     <x:t>Lme Copper Future Feb26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8LJBG8</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>975903.00</x:t>
+    <x:t>990122.25</x:t>
   </x:si>
   <x:si>
     <x:t>PLJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Platinum Future   Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HFY5GP2</x:t>
   </x:si>
   <x:si>
     <x:t>8</x:t>
   </x:si>
   <x:si>
-    <x:t>918680.00</x:t>
+    <x:t>954320.00</x:t>
   </x:si>
   <x:si>
     <x:t>NGH26</x:t>
   </x:si>
   <x:si>
     <x:t>Natural Gas Futr  Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005N1T0P1</x:t>
   </x:si>
   <x:si>
     <x:t>33</x:t>
   </x:si>
   <x:si>
-    <x:t>869220.00</x:t>
+    <x:t>897270.00</x:t>
   </x:si>
   <x:si>
     <x:t>BOH6</x:t>
   </x:si>
   <x:si>
     <x:t>Soybean Oil Futr  Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KJ7X6J8</x:t>
   </x:si>
   <x:si>
-    <x:t>655908.00</x:t>
+    <x:t>672936.00</x:t>
   </x:si>
   <x:si>
     <x:t>CCH6</x:t>
   </x:si>
   <x:si>
     <x:t>Cocoa Future      Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M7CWWS0</x:t>
   </x:si>
   <x:si>
     <x:t>12</x:t>
   </x:si>
   <x:si>
-    <x:t>641400.00</x:t>
+    <x:t>610800.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Tin Future    Feb26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QLJK7P1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>533910.20</x:t>
   </x:si>
   <x:si>
     <x:t>C H6</x:t>
   </x:si>
   <x:si>
     <x:t>Corn Future       Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KJ7X993</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
-    <x:t>557187.50</x:t>
-[...14 lines deleted...]
-    <x:t>455150.00</x:t>
+    <x:t>527500.00</x:t>
   </x:si>
   <x:si>
     <x:t>JOH6</x:t>
   </x:si>
   <x:si>
     <x:t>Fcoj-A Future     Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G48LMW4</x:t>
   </x:si>
   <x:si>
-    <x:t>305475.00</x:t>
+    <x:t>296475.00</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>477,716</x:t>
+    <x:t>697,724</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$477,716.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>$697,724.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-77</x:t>
   </x:si>
   <x:si>
-    <x:t>$-102.84</x:t>
+    <x:t>$-103.13</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,089,608.40</x:t>
-[...2 lines deleted...]
-    <x:t>5.76%</x:t>
+    <x:t>$6,646,461.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -562,51 +559,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2b1c145ff4a4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdc7df07e20d249f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R82f39d1b7dd04043" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra232f83a08a74198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbb6b347a61a54432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra02ff1f380f94ce5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1087,503 +1084,503 @@
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
+      <x:c r="G31" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>