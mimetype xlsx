--- v3 (2026-01-16)
+++ v4 (2026-02-08)
@@ -1,537 +1,531 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb6ded7146b47db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R166a22c80a8f49ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260114" sheetId="1" r:id="Ra02ff1f380f94ce5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260205" sheetId="1" r:id="Rc2c87a648be546a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="164">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/14/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="162">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>912797TL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z977S07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,973,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,625,600.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>40.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YTX7QH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,836,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,669,664.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.36%</x:t>
+  </x:si>
+  <x:si>
     <x:t>912797RV1</x:t>
   </x:si>
   <x:si>
-    <x:t>United States Treasury Bill</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG01WX1MT01</x:t>
   </x:si>
   <x:si>
     <x:t>24,823,000</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...53 lines deleted...]
-    <x:t>1.76%</x:t>
+    <x:t>$24,755,791.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.37%</x:t>
   </x:si>
   <x:si>
     <x:t>GCJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Gold 100 Oz Futr  Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N2CR1W2</x:t>
   </x:si>
   <x:si>
-    <x:t>36</x:t>
+    <x:t>42</x:t>
   </x:si>
   <x:si>
     <x:t>Future</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>16812360.00</x:t>
+    <x:t>20535900.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>COJ6</x:t>
-[...116 lines deleted...]
-    <x:t>2779175.00</x:t>
+    <x:t>COK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brent Crude Futr  May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KZYT1C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9913040.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ny Harb Ulsd Fut  Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BPYL7D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9102933.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wti Crude Future  Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JSLLVC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9073440.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XBJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gasoline Rbob Fut Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BPY93T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8121708.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HGK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copper Future     May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z9FN8P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7641400.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silver Future     May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH1JBB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4250455.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LXH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Zinc Future   Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YCZ4XJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4119300.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAH26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Pri Alum Futr Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BGLKZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3544716.50</x:t>
   </x:si>
   <x:si>
     <x:t>LCM6</x:t>
   </x:si>
   <x:si>
     <x:t>Live Cattle Futr  Jun26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RJ2T7M3</x:t>
   </x:si>
   <x:si>
-    <x:t>26</x:t>
-[...2 lines deleted...]
-    <x:t>2416232.00</x:t>
+    <x:t>37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3436560.00</x:t>
   </x:si>
   <x:si>
     <x:t>FCH6</x:t>
   </x:si>
   <x:si>
     <x:t>Cattle Feeder Fut Mar26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T1PD968</x:t>
   </x:si>
   <x:si>
-    <x:t>1798500.00</x:t>
+    <x:t>14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2548560.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lean Hogs Future  Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6YJ3Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2400472.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QSH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low Su Gasoil G   Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NKZ67Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2323900.00</x:t>
   </x:si>
   <x:si>
     <x:t>KCU6</x:t>
   </x:si>
   <x:si>
     <x:t>Coffee 'C' Future Sep26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLQF0W4</x:t>
   </x:si>
   <x:si>
-    <x:t>14</x:t>
-[...56 lines deleted...]
-    <x:t>BBG00B8LJBG8</x:t>
+    <x:t>18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1934212.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soybean Future    May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K2PX8F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1801600.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGJ26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natural Gas Futr  Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005N1T0L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1532260.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soybean Oil Futr  May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ7X6Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1011060.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPH26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Copper Future Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BGLKZ83</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>990122.25</x:t>
+    <x:t>964695.75</x:t>
   </x:si>
   <x:si>
     <x:t>PLJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Platinum Future   Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HFY5GP2</x:t>
   </x:si>
   <x:si>
-    <x:t>8</x:t>
-[...11 lines deleted...]
-    <x:t>BBG005N1T0P1</x:t>
+    <x:t>9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>931770.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corn Future       May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ7X9F6</x:t>
   </x:si>
   <x:si>
     <x:t>33</x:t>
   </x:si>
   <x:si>
-    <x:t>897270.00</x:t>
-[...35 lines deleted...]
-    <x:t>BBG01QLJK7P1</x:t>
+    <x:t>730950.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cocoa Future      May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N58JN31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>687040.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Tin Future    Mar26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R2V8YD1</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>533910.20</x:t>
-[...26 lines deleted...]
-    <x:t>296475.00</x:t>
+    <x:t>463780.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JOK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fcoj-A Future     May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GVXXCJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315412.50</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>697,724</x:t>
+    <x:t>4,045,364</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$697,724.39</x:t>
-[...2 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>$4,045,364.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-77</x:t>
   </x:si>
   <x:si>
-    <x:t>$-103.13</x:t>
+    <x:t>$-103.67</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,646,461.60</x:t>
-[...2 lines deleted...]
-    <x:t>9.01%</x:t>
+    <x:t>$1,479,263.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -559,56 +553,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra232f83a08a74198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbb6b347a61a54432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra02ff1f380f94ce5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25154715d56d43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1cb2f5cee0564648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc2c87a648be546a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I34"/>
+  <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -759,837 +753,808 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A33" s="1">
-[...17 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="A33" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="H33" s="1" t="s">
-[...31 lines deleted...]
-      <x:c r="I34" s="2" t="s">
+      <x:c r="B33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A34:I34"/>
+    <x:mergeCell ref="A33:I33"/>
   </x:mergeCells>
 </x:worksheet>
 </file>