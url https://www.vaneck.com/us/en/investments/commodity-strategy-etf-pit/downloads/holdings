--- v4 (2026-02-08)
+++ v5 (2026-03-01)
@@ -1,531 +1,546 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R166a22c80a8f49ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree645d99e3d646be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260205" sheetId="1" r:id="Rc2c87a648be546a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260226" sheetId="1" r:id="R9a025f35cef249b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="162">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="167">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>912797TG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YTX7QH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,623,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,432,184.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>38.42%</x:t>
+  </x:si>
+  <x:si>
     <x:t>912797TL1</x:t>
   </x:si>
   <x:si>
-    <x:t>United States Treasury Bill</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG01Z977S07</x:t>
   </x:si>
   <x:si>
-    <x:t>39,973,000</x:t>
-[...26 lines deleted...]
-    <x:t>28.36%</x:t>
+    <x:t>45,786,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,481,364.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36.08%</x:t>
   </x:si>
   <x:si>
     <x:t>912797RV1</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WX1MT01</x:t>
   </x:si>
   <x:si>
-    <x:t>24,823,000</x:t>
-[...5 lines deleted...]
-    <x:t>25.37%</x:t>
+    <x:t>25,023,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,008,069.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797SP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y56BT09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>554,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,185.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>GCJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Gold 100 Oz Futr  Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N2CR1W2</x:t>
   </x:si>
   <x:si>
-    <x:t>42</x:t>
+    <x:t>54</x:t>
   </x:si>
   <x:si>
     <x:t>Future</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>20535900.00</x:t>
+    <x:t>28048680.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>COK6</x:t>
   </x:si>
   <x:si>
     <x:t>Brent Crude Futr  May26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KZYT1C5</x:t>
   </x:si>
   <x:si>
-    <x:t>148</x:t>
-[...2 lines deleted...]
-    <x:t>9913040.00</x:t>
+    <x:t>184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13034560.00</x:t>
   </x:si>
   <x:si>
     <x:t>HOJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Ny Harb Ulsd Fut  Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BPYL7D9</x:t>
   </x:si>
   <x:si>
-    <x:t>93</x:t>
-[...17 lines deleted...]
-    <x:t>9073440.00</x:t>
+    <x:t>117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12411781.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wti Crude Future  May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JSLLVG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11719800.00</x:t>
   </x:si>
   <x:si>
     <x:t>XBJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Gasoline Rbob Fut Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BPY93T5</x:t>
   </x:si>
   <x:si>
-    <x:t>90</x:t>
-[...2 lines deleted...]
-    <x:t>8121708.00</x:t>
+    <x:t>110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10412094.00</x:t>
   </x:si>
   <x:si>
     <x:t>HGK6</x:t>
   </x:si>
   <x:si>
     <x:t>Copper Future     May26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z9FN8P9</x:t>
   </x:si>
   <x:si>
-    <x:t>52</x:t>
-[...2 lines deleted...]
-    <x:t>7641400.00</x:t>
+    <x:t>64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9608000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LXJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Zinc Future   Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YR0YX32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5231281.00</x:t>
   </x:si>
   <x:si>
     <x:t>SIK6</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Future     May26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NH1JBB0</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
-    <x:t>4250455.00</x:t>
-[...23 lines deleted...]
-    <x:t>BBG00BGLKZ92</x:t>
+    <x:t>4817120.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAJ26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Pri Alum Futr Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BNJRHL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4663935.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LCM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Live Cattle Futr  Jun26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RJ2T7M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4201200.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QSJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low Su Gasoil G   Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NW3N8S4</x:t>
   </x:si>
   <x:si>
     <x:t>47</x:t>
   </x:si>
   <x:si>
-    <x:t>3544716.50</x:t>
-[...8 lines deleted...]
-    <x:t>BBG01RJ2T7M3</x:t>
+    <x:t>3481525.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cattle Feeder Fut Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THFTHM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3228750.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lean Hogs Future  Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6YJ3Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2795316.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soybean Future    May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K2PX8F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2327000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCU6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coffee 'C' Future Sep26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLQF0W4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2251837.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGJ26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natural Gas Futr  Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005N1T0L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1639660.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soybean Oil Futr  May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ7X6Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1408128.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Platinum Future   Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HFY5GP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1007820.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPJ26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Copper Future Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BNJRHK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>996060.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corn Future       May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ7X9F6</x:t>
   </x:si>
   <x:si>
     <x:t>37</x:t>
   </x:si>
   <x:si>
-    <x:t>3436560.00</x:t>
-[...149 lines deleted...]
-    <x:t>730950.00</x:t>
+    <x:t>820475.00</x:t>
   </x:si>
   <x:si>
     <x:t>CCK6</x:t>
   </x:si>
   <x:si>
     <x:t>Cocoa Future      May26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01N58JN31</x:t>
   </x:si>
   <x:si>
-    <x:t>16</x:t>
-[...11 lines deleted...]
-    <x:t>BBG01R2V8YD1</x:t>
+    <x:t>20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>612600.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Tin Future    Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RK6BQ67</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>463780.00</x:t>
+    <x:t>544140.00</x:t>
   </x:si>
   <x:si>
     <x:t>JOK6</x:t>
   </x:si>
   <x:si>
     <x:t>Fcoj-A Future     May26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVXXCJ3</x:t>
   </x:si>
   <x:si>
     <x:t>13</x:t>
   </x:si>
   <x:si>
-    <x:t>315412.50</x:t>
+    <x:t>363870.00</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>4,045,364</x:t>
+    <x:t>1,176,836</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,045,364.33</x:t>
-[...2 lines deleted...]
-    <x:t>4.15%</x:t>
+    <x:t>$1,176,836.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-77</x:t>
   </x:si>
   <x:si>
-    <x:t>$-103.67</x:t>
+    <x:t>$-103.56</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,479,263.05</x:t>
-[...2 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>$5,398,440.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -553,56 +568,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25154715d56d43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1cb2f5cee0564648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc2c87a648be546a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R767116b8261341a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5f05c3f84b39436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a025f35cef249b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I33"/>
+  <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -753,808 +768,837 @@
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D7" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I7" s="1" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D8" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="E8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="H30" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A33" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I33" s="2" t="s">
+      <x:c r="A33" s="1">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A34" s="2" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A33:I33"/>
+    <x:mergeCell ref="A34:I34"/>
   </x:mergeCells>
 </x:worksheet>
 </file>