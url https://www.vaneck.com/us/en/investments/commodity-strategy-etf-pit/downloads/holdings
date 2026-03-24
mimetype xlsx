--- v5 (2026-03-01)
+++ v6 (2026-03-24)
@@ -1,546 +1,543 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree645d99e3d646be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e58262225c4821" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260226" sheetId="1" r:id="R9a025f35cef249b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PIT_asof_20260320" sheetId="1" r:id="R6c994437278c4a39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="167">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="166">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>912797SX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States Treasury Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YQ45NL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,697,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,280,639.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>912797TL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z977S07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,280,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,045,273.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.53%</x:t>
+  </x:si>
+  <x:si>
     <x:t>912797TG2</x:t>
   </x:si>
   <x:si>
-    <x:t>United States Treasury Bill</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG01YTX7QH7</x:t>
   </x:si>
   <x:si>
-    <x:t>48,623,000</x:t>
-[...41 lines deleted...]
-    <x:t>19.84%</x:t>
+    <x:t>50,126,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,050,706.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.35%</x:t>
   </x:si>
   <x:si>
     <x:t>912797SP3</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y56BT09</x:t>
   </x:si>
   <x:si>
-    <x:t>554,000</x:t>
-[...17 lines deleted...]
-    <x:t>54</x:t>
+    <x:t>6,689,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,658,732.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GCM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold 100 Oz Futr  Jun26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VM4FSL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66</x:t>
   </x:si>
   <x:si>
     <x:t>Future</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
-    <x:t>28048680.00</x:t>
+    <x:t>30423360.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>COK6</x:t>
-[...26 lines deleted...]
-    <x:t>12411781.20</x:t>
+    <x:t>HOK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ny Harb Ulsd Fut  May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BPYL7H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26015010.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brent Crude Futr  Jun26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KZYT1D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24048660.00</x:t>
   </x:si>
   <x:si>
     <x:t>CLK6</x:t>
   </x:si>
   <x:si>
     <x:t>Wti Crude Future  May26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JSLLVG2</x:t>
   </x:si>
   <x:si>
-    <x:t>180</x:t>
-[...17 lines deleted...]
-    <x:t>10412094.00</x:t>
+    <x:t>210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20628300.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XBK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gasoline Rbob Fut May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BPY9440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17510434.20</x:t>
   </x:si>
   <x:si>
     <x:t>HGK6</x:t>
   </x:si>
   <x:si>
     <x:t>Copper Future     May26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z9FN8P9</x:t>
   </x:si>
   <x:si>
+    <x:t>84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11286450.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QSJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Low Su Gasoil G   Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NW3N8S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7012200.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LCM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Live Cattle Futr  Jun26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RJ2T7M3</x:t>
+  </x:si>
+  <x:si>
     <x:t>64</x:t>
   </x:si>
   <x:si>
-    <x:t>9608000.00</x:t>
+    <x:t>5975808.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAJ26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Pri Alum Futr Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BNJRHL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5858568.00</x:t>
   </x:si>
   <x:si>
     <x:t>LXJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Lme Zinc Future   Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YR0YX32</x:t>
   </x:si>
   <x:si>
-    <x:t>62</x:t>
-[...2 lines deleted...]
-    <x:t>5231281.00</x:t>
+    <x:t>73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5583478.00</x:t>
   </x:si>
   <x:si>
     <x:t>SIK6</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Future     May26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NH1JBB0</x:t>
   </x:si>
   <x:si>
-    <x:t>11</x:t>
-[...41 lines deleted...]
-    <x:t>BBG00NW3N8S4</x:t>
+    <x:t>13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4528160.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cattle Feeder Fut Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THFTHM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4389750.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lean Hogs Future  Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6YJ3Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3979808.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCU6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coffee 'C' Future Sep26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLQF0W4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3158100.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soybean Future    May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K2PX8F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2845062.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGK26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natural Gas Futr  May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005N1T0H0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2114160.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soybean Oil Futr  May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ7X6Q0</x:t>
   </x:si>
   <x:si>
     <x:t>47</x:t>
   </x:si>
   <x:si>
-    <x:t>3481525.00</x:t>
-[...53 lines deleted...]
-    <x:t>BBG01JLQF0W4</x:t>
+    <x:t>1847382.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Platinum Future   Jul26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HFY5GW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1295970.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corn Future       May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJ7X9F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1070650.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPJ26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lme Copper Future Apr26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BNJRHK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>890675.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cocoa Future      May26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N58JN31</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>2251837.50</x:t>
-[...89 lines deleted...]
-    <x:t>612600.00</x:t>
+    <x:t>716100.00</x:t>
   </x:si>
   <x:si>
     <x:t>LTJ6</x:t>
   </x:si>
   <x:si>
     <x:t>Lme Tin Future    Apr26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RK6BQ67</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>544140.00</x:t>
+    <x:t>431540.00</x:t>
   </x:si>
   <x:si>
     <x:t>JOK6</x:t>
   </x:si>
   <x:si>
     <x:t>Fcoj-A Future     May26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVXXCJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>13</x:t>
-[...2 lines deleted...]
-    <x:t>363870.00</x:t>
+    <x:t>14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339150.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>-77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-101.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...23 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>-4,376,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-4,376,535.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,398,440.43</x:t>
-[...2 lines deleted...]
-    <x:t>4.28%</x:t>
+    <x:t>$20,374,114.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.13%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -568,51 +565,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R767116b8261341a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5f05c3f84b39436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a025f35cef249b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re78b970b55854aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R85ee387eeb21403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c994437278c4a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="37" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1296,300 +1293,300 @@
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
+      <x:c r="G31" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>