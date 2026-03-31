--- v0 (2026-02-28)
+++ v1 (2026-03-31)
@@ -1,252 +1,255 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5597dc6132aa4e2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c729d2b24394c92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUC_asof_20260226" sheetId="1" r:id="Ra88239c67c1e45d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUC_asof_20260330" sheetId="1" r:id="Racdffebcd44147dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="70">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="71">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>XLC US</x:t>
+    <x:t>XLC</x:t>
   </x:si>
   <x:si>
     <x:t>State Street Communication Services Sel</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L5F9F38</x:t>
   </x:si>
   <x:si>
-    <x:t>2,610</x:t>
+    <x:t>197,055</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$304,639.20</x:t>
+    <x:t>$21,274,057.80</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>59.63%</x:t>
-[...2 lines deleted...]
-    <x:t>GOOGL US</x:t>
+    <x:t>60.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOGL</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009S39JX6</x:t>
   </x:si>
   <x:si>
-    <x:t>244</x:t>
-[...8 lines deleted...]
-    <x:t>META US</x:t>
+    <x:t>18,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,038,417.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MM2P62</x:t>
   </x:si>
   <x:si>
-    <x:t>88</x:t>
-[...8 lines deleted...]
-    <x:t>GOOG US</x:t>
+    <x:t>6,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,563,708.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOG</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009S3NB30</x:t>
   </x:si>
   <x:si>
-    <x:t>166</x:t>
-[...8 lines deleted...]
-    <x:t>NFLX US</x:t>
+    <x:t>12,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,423,263.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFLX</x:t>
   </x:si>
   <x:si>
     <x:t>Netflix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CL9VN6</x:t>
   </x:si>
   <x:si>
-    <x:t>180</x:t>
-[...8 lines deleted...]
-    <x:t>DIS US</x:t>
+    <x:t>13,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,263,462.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HS77T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,263.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS</x:t>
   </x:si>
   <x:si>
     <x:t>Walt Disney Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH4R78</x:t>
   </x:si>
   <x:si>
-    <x:t>28</x:t>
-[...26 lines deleted...]
-    <x:t>T US</x:t>
+    <x:t>2,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,392.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T</x:t>
   </x:si>
   <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJK37</x:t>
   </x:si>
   <x:si>
-    <x:t>52</x:t>
-[...5 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>3,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,990.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
+    <x:t>77,176</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-.08</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$77,175.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-11.16</x:t>
+    <x:t>$-815.20</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -277,62 +280,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da805d8ffa14f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R519fc080b69b40c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra88239c67c1e45d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201e0b8823004c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re526e80826ee4c16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Racdffebcd44147dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I14"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="12" customWidth="1"/>
+    <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -628,97 +631,97 @@
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E14" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F14" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G14" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H14" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I14" s="2" t="s">
         <x:v>1</x:v>
       </x:c>