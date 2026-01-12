--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -1,204 +1,204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1fc74c25544d3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072407b4984849c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260108" sheetId="1" r:id="R860404ad02af4d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260109" sheetId="1" r:id="R3257b6f4926a4236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary Select Sector Sp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ1MF9</x:t>
   </x:si>
   <x:si>
     <x:t>124,588</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,314,356.96</x:t>
+    <x:t>$15,499,993.08</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>69.94%</x:t>
+    <x:t>69.99%</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
     <x:t>19,518</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,807,088.22</x:t>
-[...2 lines deleted...]
-    <x:t>21.95%</x:t>
+    <x:t>$4,828,362.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.80%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
     <x:t>2,913</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,269,485.40</x:t>
-[...2 lines deleted...]
-    <x:t>5.80%</x:t>
+    <x:t>$1,296,314.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.85%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
     <x:t>1,051</x:t>
   </x:si>
   <x:si>
-    <x:t>$377,897.56</x:t>
-[...2 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>$393,746.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>MCD US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNSZP1</x:t>
   </x:si>
   <x:si>
     <x:t>402</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,169.76</x:t>
-[...2 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>$123,542.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>3,066</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,065.84</x:t>
+    <x:t>$3,066.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-289.54</x:t>
+    <x:t>$-354.46</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -229,51 +229,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56091b436bc544d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0bea501cdc6a4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R860404ad02af4d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fabafb2ef86466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5ff7cc21ccd94fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3257b6f4926a4236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I11"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">