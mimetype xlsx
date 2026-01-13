--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -1,204 +1,204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072407b4984849c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1a03422db141a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260109" sheetId="1" r:id="R3257b6f4926a4236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260112" sheetId="1" r:id="R0700897fa8574426"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
   <x:si>
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary Select Sector Sp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ1MF9</x:t>
   </x:si>
   <x:si>
     <x:t>124,588</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,499,993.08</x:t>
+    <x:t>$15,513,697.76</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>69.99%</x:t>
+    <x:t>70.03%</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
     <x:t>19,518</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,828,362.84</x:t>
-[...2 lines deleted...]
-    <x:t>21.80%</x:t>
+    <x:t>$4,810,601.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.72%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
     <x:t>2,913</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,296,314.13</x:t>
-[...2 lines deleted...]
-    <x:t>5.85%</x:t>
+    <x:t>$1,307,820.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.90%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
     <x:t>1,051</x:t>
   </x:si>
   <x:si>
-    <x:t>$393,746.64</x:t>
+    <x:t>$394,061.94</x:t>
   </x:si>
   <x:si>
     <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>MCD US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNSZP1</x:t>
   </x:si>
   <x:si>
     <x:t>402</x:t>
   </x:si>
   <x:si>
-    <x:t>$123,542.64</x:t>
+    <x:t>$123,313.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>3,066</x:t>
+    <x:t>3,138</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,066.13</x:t>
+    <x:t>$3,138.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-354.46</x:t>
+    <x:t>$-607.48</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -229,51 +229,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fabafb2ef86466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5ff7cc21ccd94fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3257b6f4926a4236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66cebd70b9d4e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcba0a72155e74d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0700897fa8574426" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I11"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">