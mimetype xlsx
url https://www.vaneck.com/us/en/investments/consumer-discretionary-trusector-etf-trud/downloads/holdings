--- v2 (2026-01-13)
+++ v3 (2026-01-15)
@@ -1,204 +1,204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1a03422db141a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5def5dd47b4091" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260112" sheetId="1" r:id="R0700897fa8574426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260114" sheetId="1" r:id="R561dd974fd4b4156"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
   <x:si>
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+    <x:t>Daily Holdings (%)  01/14/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary Select Sector Sp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ1MF9</x:t>
   </x:si>
   <x:si>
-    <x:t>124,588</x:t>
+    <x:t>135,354</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,513,697.76</x:t>
+    <x:t>$16,547,026.50</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>70.03%</x:t>
+    <x:t>70.35%</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>19,518</x:t>
-[...5 lines deleted...]
-    <x:t>21.72%</x:t>
+    <x:t>21,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,018,163.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.33%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,913</x:t>
-[...5 lines deleted...]
-    <x:t>5.90%</x:t>
+    <x:t>3,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,390,068.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.91%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
-    <x:t>1,051</x:t>
-[...5 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>1,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,334.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>MCD US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNSZP1</x:t>
   </x:si>
   <x:si>
-    <x:t>402</x:t>
-[...5 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,652.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>3,138</x:t>
+    <x:t>3,134</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,138.14</x:t>
+    <x:t>$3,134.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-607.48</x:t>
+    <x:t>$-727.64</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -229,51 +229,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66cebd70b9d4e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcba0a72155e74d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0700897fa8574426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re406217ea69d4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R350d65dee30b4e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R561dd974fd4b4156" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I11"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">