--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,204 +1,204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5def5dd47b4091" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddcb2a8ceeae44a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260114" sheetId="1" r:id="R561dd974fd4b4156"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260204" sheetId="1" r:id="Re94243e8fecc4748"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
   <x:si>
-    <x:t>Daily Holdings (%)  01/14/2026</x:t>
+    <x:t>Daily Holdings (%)  02/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary Select Sector Sp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ1MF9</x:t>
   </x:si>
   <x:si>
-    <x:t>135,354</x:t>
+    <x:t>133,816</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,547,026.50</x:t>
+    <x:t>$16,071,301.60</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>70.35%</x:t>
+    <x:t>70.48%</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>21,205</x:t>
-[...5 lines deleted...]
-    <x:t>21.33%</x:t>
+    <x:t>20,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,884,402.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.42%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
-    <x:t>3,165</x:t>
-[...5 lines deleted...]
-    <x:t>5.91%</x:t>
+    <x:t>3,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,270,405.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.57%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
-    <x:t>1,142</x:t>
-[...5 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>1,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$437,148.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>MCD US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNSZP1</x:t>
   </x:si>
   <x:si>
-    <x:t>437</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,834.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>3,134</x:t>
+    <x:t>1,297</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,134.18</x:t>
+    <x:t>$1,297.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-727.64</x:t>
+    <x:t>$-262.45</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -229,51 +229,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re406217ea69d4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R350d65dee30b4e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R561dd974fd4b4156" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211087b8995c47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raa941a1888ef4e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re94243e8fecc4748" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I11"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">