--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,207 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddcb2a8ceeae44a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf63e10a6c1094bf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260204" sheetId="1" r:id="Re94243e8fecc4748"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260224" sheetId="1" r:id="Rf3a64fcab8a94687"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
   <x:si>
-    <x:t>Daily Holdings (%)  02/04/2026</x:t>
+    <x:t>Daily Holdings (%)  02/24/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary Select Sector Sp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ1MF9</x:t>
   </x:si>
   <x:si>
-    <x:t>133,816</x:t>
+    <x:t>109,208</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,071,301.60</x:t>
+    <x:t>$12,748,941.92</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>70.48%</x:t>
+    <x:t>71.49%</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>20,964</x:t>
-[...5 lines deleted...]
-    <x:t>21.42%</x:t>
+    <x:t>17,108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,568,044.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.01%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
-    <x:t>3,129</x:t>
-[...5 lines deleted...]
-    <x:t>5.57%</x:t>
+    <x:t>2,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,045,147.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.86%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
-    <x:t>1,129</x:t>
-[...5 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,106.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>MCD US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNSZP1</x:t>
   </x:si>
   <x:si>
-    <x:t>432</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,233.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>1,297</x:t>
+    <x:t>1,591</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,297.12</x:t>
+    <x:t>$1,590.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-262.45</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$-1,269.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -229,51 +229,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211087b8995c47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raa941a1888ef4e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re94243e8fecc4748" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd29bf3b8d854139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf02433cd565f4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3a64fcab8a94687" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I11"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">