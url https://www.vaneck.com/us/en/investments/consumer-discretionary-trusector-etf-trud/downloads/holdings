--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,207 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf63e10a6c1094bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe3b29b855a4eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260224" sheetId="1" r:id="Rf3a64fcab8a94687"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUD_asof_20260317" sheetId="1" r:id="Rbdf2746fd0fb4ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
   <x:si>
-    <x:t>Daily Holdings (%)  02/24/2026</x:t>
+    <x:t>Daily Holdings (%)  03/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary Select Sector Sp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ1MF9</x:t>
   </x:si>
   <x:si>
-    <x:t>109,208</x:t>
+    <x:t>153,810</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,748,941.92</x:t>
+    <x:t>$17,408,215.80</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>71.49%</x:t>
+    <x:t>70.66%</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>17,108</x:t>
-[...5 lines deleted...]
-    <x:t>20.01%</x:t>
+    <x:t>24,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,185,674.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.05%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,553</x:t>
-[...5 lines deleted...]
-    <x:t>5.86%</x:t>
+    <x:t>3,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,436,174.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.83%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
-    <x:t>921</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>1,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$443,176.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>MCD US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNSZP1</x:t>
   </x:si>
   <x:si>
-    <x:t>352</x:t>
-[...2 lines deleted...]
-    <x:t>$117,233.60</x:t>
+    <x:t>497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,171.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>1,591</x:t>
+    <x:t>325</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,590.54</x:t>
+    <x:t>$325.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,672.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -229,51 +229,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd29bf3b8d854139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf02433cd565f4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3a64fcab8a94687" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1767a78e6f3f4656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R46cdbdb6f25e4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbdf2746fd0fb4ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I11"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">