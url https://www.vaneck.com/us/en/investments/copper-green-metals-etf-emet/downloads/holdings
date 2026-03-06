--- v0 (2026-02-13)
+++ v1 (2026-03-06)
@@ -1,1125 +1,1134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a6a6772df9d404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf18b614391449a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMET_asof_20260212" sheetId="1" r:id="R71ca9410e7a64972"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMET_asof_20260304" sheetId="1" r:id="R07904a1e86264233"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="360">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="363">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>FCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Freeport-Mcmoran Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJDB15</x:t>
   </x:si>
   <x:si>
     <x:t>47,065</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,919,912.60</x:t>
+    <x:t>$3,102,995.45</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.25%</x:t>
+    <x:t>8.60%</x:t>
   </x:si>
   <x:si>
     <x:t>GLEN LN</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MM1KV4</x:t>
   </x:si>
   <x:si>
     <x:t>431,429</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,912,128.52</x:t>
-[...2 lines deleted...]
-    <x:t>8.23%</x:t>
+    <x:t>$3,042,837.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMEXICOB MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Mexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQC9K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,367,064.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.56%</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
     <x:t>49,862</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,434,592.41</x:t>
-[...20 lines deleted...]
-    <x:t>6.52%</x:t>
+    <x:t>$2,341,482.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.49%</x:t>
   </x:si>
   <x:si>
     <x:t>TECK US</x:t>
   </x:si>
   <x:si>
     <x:t>Teck Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJTT0</x:t>
   </x:si>
   <x:si>
     <x:t>33,403</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,956,413.71</x:t>
-[...2 lines deleted...]
-    <x:t>5.53%</x:t>
+    <x:t>$1,853,866.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ANTO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Antofagasta Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4SC9</x:t>
   </x:si>
   <x:si>
     <x:t>28,427</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,445,982.80</x:t>
-[...2 lines deleted...]
-    <x:t>4.09%</x:t>
+    <x:t>$1,538,682.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valterra Platinum Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTXNT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,442,765.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>SCCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSHH72</x:t>
   </x:si>
   <x:si>
-    <x:t>6,721</x:t>
-[...23 lines deleted...]
-    <x:t>3.59%</x:t>
+    <x:t>6,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,388,548.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
   </x:si>
   <x:si>
     <x:t>BOL SS</x:t>
   </x:si>
   <x:si>
     <x:t>Boliden Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VT85</x:t>
   </x:si>
   <x:si>
     <x:t>17,232</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,251,119.66</x:t>
-[...2 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>$1,254,798.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
   </x:si>
   <x:si>
     <x:t>FM CN</x:t>
   </x:si>
   <x:si>
     <x:t>First Quantum Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX7818</x:t>
   </x:si>
   <x:si>
     <x:t>42,557</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,145,097.35</x:t>
-[...2 lines deleted...]
-    <x:t>3.24%</x:t>
+    <x:t>$1,177,058.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
   </x:si>
   <x:si>
     <x:t>LUN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K1XDF3</x:t>
   </x:si>
   <x:si>
     <x:t>39,228</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,015,713.41</x:t>
-[...2 lines deleted...]
-    <x:t>2.87%</x:t>
+    <x:t>$1,125,477.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
   </x:si>
   <x:si>
     <x:t>5713 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Metal Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB13F8</x:t>
   </x:si>
   <x:si>
     <x:t>14,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$955,089.77</x:t>
-[...2 lines deleted...]
-    <x:t>2.70%</x:t>
+    <x:t>$1,021,063.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
     <x:t>47,476</x:t>
   </x:si>
   <x:si>
-    <x:t>$839,971.81</x:t>
+    <x:t>$854,847.74</x:t>
   </x:si>
   <x:si>
     <x:t>2.37%</x:t>
   </x:si>
   <x:si>
+    <x:t>ALB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albemarle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ26K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$776,598.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
     <x:t>KGH PW</x:t>
   </x:si>
   <x:si>
     <x:t>Kghm Polska Miedz Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ6JT5</x:t>
   </x:si>
   <x:si>
     <x:t>8,428</x:t>
   </x:si>
   <x:si>
-    <x:t>$757,744.28</x:t>
-[...20 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>$711,632.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
   </x:si>
   <x:si>
     <x:t>HBM US</x:t>
   </x:si>
   <x:si>
     <x:t>Hudbay Minerals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PM99H6</x:t>
   </x:si>
   <x:si>
     <x:t>26,948</x:t>
   </x:si>
   <x:si>
-    <x:t>$684,209.72</x:t>
-[...2 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>$668,310.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSCDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$654,193.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>600111 C1</x:t>
   </x:si>
   <x:si>
     <x:t>China Northern Rare Earth Group High-Te</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HF84</x:t>
   </x:si>
   <x:si>
     <x:t>80,168</x:t>
   </x:si>
   <x:si>
-    <x:t>$661,049.36</x:t>
-[...2 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>$654,162.70</x:t>
   </x:si>
   <x:si>
     <x:t>SBSW US</x:t>
   </x:si>
   <x:si>
     <x:t>Sibanye Stillwater Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RRGP445</x:t>
   </x:si>
   <x:si>
     <x:t>40,811</x:t>
   </x:si>
   <x:si>
-    <x:t>$654,200.33</x:t>
-[...20 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>$616,246.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPH SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northam Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0125542Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$494,723.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLN524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$492,432.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mp Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJGL0F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,562.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603799 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zhejiang Huayou Cobalt Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCQD422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,513.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zangge Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZPFNP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,016.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capstone Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017Z2HFP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,124.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>AMMN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Amman Mineral Internasional Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVLB759</x:t>
   </x:si>
   <x:si>
     <x:t>1,072,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$490,755.69</x:t>
-[...89 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>$389,634.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>IVN CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ivanhoe Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003CSCHG0</x:t>
   </x:si>
   <x:si>
     <x:t>35,689</x:t>
   </x:si>
   <x:si>
-    <x:t>$438,025.82</x:t>
-[...17 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>$378,327.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>1208 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Mmg Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCSPD0</x:t>
   </x:si>
   <x:si>
     <x:t>298,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$385,856.29</x:t>
-[...2 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>$372,791.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>600362 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangxi Copper Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HNM1</x:t>
   </x:si>
   <x:si>
     <x:t>46,003</x:t>
   </x:si>
   <x:si>
-    <x:t>$369,489.95</x:t>
-[...2 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>$369,680.57</x:t>
   </x:si>
   <x:si>
     <x:t>NDA GR</x:t>
   </x:si>
   <x:si>
     <x:t>Aurubis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKM37</x:t>
   </x:si>
   <x:si>
     <x:t>1,828</x:t>
   </x:si>
   <x:si>
-    <x:t>$351,218.85</x:t>
+    <x:t>$355,344.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>SQM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKK4S1</x:t>
   </x:si>
   <x:si>
     <x:t>4,751</x:t>
   </x:si>
   <x:si>
-    <x:t>$333,092.61</x:t>
-[...2 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>$342,167.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandfire Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JTYKD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,092.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000426 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F1366Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,572.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000630 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tongling Nonferrous Metals Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136D67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,232.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>JMAT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson Matthey Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDNS10</x:t>
   </x:si>
   <x:si>
     <x:t>10,065</x:t>
   </x:si>
   <x:si>
-    <x:t>$318,536.11</x:t>
-[...38 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>$269,331.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>002460 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Ganfeng Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137VQ4</x:t>
   </x:si>
   <x:si>
     <x:t>26,820</x:t>
   </x:si>
   <x:si>
-    <x:t>$256,052.76</x:t>
-[...17 lines deleted...]
-    <x:t>$254,111.89</x:t>
+    <x:t>$263,149.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>601168 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Western Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709J9C1</x:t>
   </x:si>
   <x:si>
     <x:t>52,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$250,469.71</x:t>
-[...2 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>$253,166.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002466 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tianqi Lithium Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137W64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,974.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>5711 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Mitsubishi Materials Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGFBD6</x:t>
   </x:si>
   <x:si>
     <x:t>7,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$241,240.57</x:t>
+    <x:t>$243,972.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.68%</x:t>
   </x:si>
   <x:si>
-    <x:t>002466 C2</x:t>
-[...11 lines deleted...]
-    <x:t>$239,433.82</x:t>
+    <x:t>000960 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Tin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136QV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,809.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDKA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merdeka Copper Gold Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NVSB85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,013,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,103.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>NGEX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Ngex Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NZJ2JH7</x:t>
   </x:si>
   <x:si>
     <x:t>9,595</x:t>
   </x:si>
   <x:si>
-    <x:t>$203,563.44</x:t>
-[...17 lines deleted...]
-    <x:t>$196,746.20</x:t>
+    <x:t>$206,798.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000831 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Minmetals Rare Earth Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBJC942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,912.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.56%</x:t>
   </x:si>
   <x:si>
-    <x:t>000831 C2</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>IGO AU</x:t>
   </x:si>
   <x:si>
     <x:t>Igo Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB1BP9</x:t>
   </x:si>
   <x:si>
     <x:t>31,355</x:t>
   </x:si>
   <x:si>
-    <x:t>$190,937.95</x:t>
-[...20 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>$175,422.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600497 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Chihong Zinc &amp; Germanium Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HSP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,873.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>1258 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Nonferrous Mining Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002ZGM195</x:t>
   </x:si>
   <x:si>
     <x:t>95,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$186,608.80</x:t>
+    <x:t>$165,761.66</x:t>
   </x:si>
   <x:si>
     <x:t>600392 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Shenghe Resources Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L1KMZR6</x:t>
   </x:si>
   <x:si>
     <x:t>38,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$171,207.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$160,559.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000878 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yunnan Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136N65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,514.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F21113</x:t>
   </x:si>
   <x:si>
     <x:t>141,278</x:t>
   </x:si>
   <x:si>
-    <x:t>$170,967.51</x:t>
+    <x:t>$155,248.57</x:t>
   </x:si>
   <x:si>
     <x:t>002340 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Gem Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137M20</x:t>
   </x:si>
   <x:si>
     <x:t>112,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$156,883.51</x:t>
-[...35 lines deleted...]
-    <x:t>$145,160.24</x:t>
+    <x:t>$151,883.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>002240 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Chengxin Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JN039H1</x:t>
   </x:si>
   <x:si>
     <x:t>19,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,232.97</x:t>
+    <x:t>$110,464.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
+    <x:t>ILU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iluka Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13PJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,212.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lithium Americas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLDH7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,586.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
     <x:t>300073 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Easpring Material Technology Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHC25</x:t>
   </x:si>
   <x:si>
     <x:t>11,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$91,927.17</x:t>
-[...17 lines deleted...]
-    <x:t>$84,557.50</x:t>
+    <x:t>$86,338.24</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
-    <x:t>ILU AU</x:t>
-[...14 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>440,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>MNOD LI</x:t>
   </x:si>
   <x:si>
-    <x:t>Gmk Norilskiy Nickel Pao</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG000KRLH06</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>12,942</x:t>
+    <x:t>21,332</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,942.12</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$21,332.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4,346</x:t>
   </x:si>
   <x:si>
-    <x:t>$630.64</x:t>
+    <x:t>$630.34</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>385</x:t>
   </x:si>
   <x:si>
-    <x:t>$525.70</x:t>
+    <x:t>$514.57</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>$3.34</x:t>
+    <x:t>$3.27</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,600.36</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-478.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1147,51 +1156,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61252ebe0f074e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb5c82e8ec54c4caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71ca9410e7a64972" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6121264f3b514e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7fffc9c20405429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07904a1e86264233" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I66"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1771,283 +1780,283 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
@@ -2090,254 +2099,254 @@
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
@@ -2380,723 +2389,723 @@
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="2" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I66" s="2" t="s">
         <x:v>1</x:v>
       </x:c>