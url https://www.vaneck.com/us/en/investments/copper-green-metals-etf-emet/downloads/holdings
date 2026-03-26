--- v1 (2026-03-06)
+++ v2 (2026-03-26)
@@ -1,1134 +1,1140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf18b614391449a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485d3e6fa3184056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMET_asof_20260304" sheetId="1" r:id="R07904a1e86264233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="EMET_asof_20260324" sheetId="1" r:id="Rdb1d6ef0ae91418f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="363">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="540" uniqueCount="365">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/24/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>FCX US</x:t>
+    <x:t>GLEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MM1KV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,770,363.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCX</x:t>
   </x:si>
   <x:si>
     <x:t>Freeport-Mcmoran Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJDB15</x:t>
   </x:si>
   <x:si>
-    <x:t>47,065</x:t>
-[...29 lines deleted...]
-    <x:t>8.44%</x:t>
+    <x:t>44,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,528,722.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglo American Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWF7M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,219,497.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.21%</x:t>
   </x:si>
   <x:si>
     <x:t>GMEXICOB MF</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Mexico Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQC9K4</x:t>
   </x:si>
   <x:si>
-    <x:t>195,200</x:t>
-[...26 lines deleted...]
-    <x:t>TECK US</x:t>
+    <x:t>195,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,011,978.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECK</x:t>
   </x:si>
   <x:si>
     <x:t>Teck Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJTT0</x:t>
   </x:si>
   <x:si>
-    <x:t>33,403</x:t>
-[...5 lines deleted...]
-    <x:t>5.14%</x:t>
+    <x:t>32,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,595,147.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.18%</x:t>
   </x:si>
   <x:si>
     <x:t>ANTO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Antofagasta Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4SC9</x:t>
   </x:si>
   <x:si>
-    <x:t>28,427</x:t>
-[...5 lines deleted...]
-    <x:t>4.27%</x:t>
+    <x:t>27,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,256,964.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albemarle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ26K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,136,016.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSHH72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,054,568.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOL SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boliden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VT85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,043,447.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Quantum Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX7818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$980,454.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K1XDF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$931,333.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>VAL SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Valterra Platinum Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTXNT5</x:t>
   </x:si>
   <x:si>
-    <x:t>13,928</x:t>
-[...77 lines deleted...]
-    <x:t>3.12%</x:t>
+    <x:t>12,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$918,498.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>5713 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sumitomo Metal Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB13F8</x:t>
   </x:si>
   <x:si>
-    <x:t>14,200</x:t>
-[...5 lines deleted...]
-    <x:t>2.83%</x:t>
+    <x:t>14,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$815,846.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSCDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$633,900.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
-    <x:t>47,476</x:t>
-[...23 lines deleted...]
-    <x:t>2.15%</x:t>
+    <x:t>49,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$628,196.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>KGH PW</x:t>
   </x:si>
   <x:si>
     <x:t>Kghm Polska Miedz Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ6JT5</x:t>
   </x:si>
   <x:si>
-    <x:t>8,428</x:t>
-[...8 lines deleted...]
-    <x:t>HBM US</x:t>
+    <x:t>8,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,673.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLS AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pilbara Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLN524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,720.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600111 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Northern Rare Earth Group High-Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HF84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,964.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HBM</x:t>
   </x:si>
   <x:si>
     <x:t>Hudbay Minerals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PM99H6</x:t>
   </x:si>
   <x:si>
-    <x:t>26,948</x:t>
-[...41 lines deleted...]
-    <x:t>SBSW US</x:t>
+    <x:t>26,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,689.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mp Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJGL0F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$432,981.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBSW</x:t>
   </x:si>
   <x:si>
     <x:t>Sibanye Stillwater Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RRGP445</x:t>
   </x:si>
   <x:si>
-    <x:t>40,811</x:t>
-[...5 lines deleted...]
-    <x:t>1.71%</x:t>
+    <x:t>37,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,125.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>NPH SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Northam Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0125542Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>20,116</x:t>
-[...38 lines deleted...]
-    <x:t>1.34%</x:t>
+    <x:t>20,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,866.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000408 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zangge Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017ZPFNP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$374,550.26</x:t>
   </x:si>
   <x:si>
     <x:t>603799 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Zhejiang Huayou Cobalt Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCQD422</x:t>
   </x:si>
   <x:si>
-    <x:t>41,730</x:t>
-[...23 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>41,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,499.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SQM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKK4S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,071.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>CS CN</x:t>
   </x:si>
   <x:si>
     <x:t>Capstone Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017Z2HFP1</x:t>
   </x:si>
   <x:si>
-    <x:t>42,331</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>44,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,285.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVN CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivanhoe Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003CSCHG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,619.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600362 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangxi Copper Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HNM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,678.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDA GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurubis Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGKM37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,342.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1208 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mmg Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSPD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,760.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>AMMN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Amman Mineral Internasional Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GVLB759</x:t>
   </x:si>
   <x:si>
-    <x:t>1,072,500</x:t>
-[...92 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>1,050,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,680.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002460 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ganfeng Lithium Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137VQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,977.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JMAT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson Matthey Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDNS10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,222.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002466 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tianqi Lithium Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137W64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,694.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>SFR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Sandfire Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JTYKD9</x:t>
   </x:si>
   <x:si>
-    <x:t>22,534</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>22,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,771.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>000426 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Mongolia Xingye Silver&amp;Tin Mining Co Lt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F1366Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>39,400</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>38,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,880.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>000630 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Tongling Nonferrous Metals Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F136D67</x:t>
   </x:si>
   <x:si>
-    <x:t>247,300</x:t>
-[...41 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>242,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,043.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5711 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsubishi Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGFBD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,800.65</x:t>
   </x:si>
   <x:si>
     <x:t>601168 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Western Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709J9C1</x:t>
   </x:si>
   <x:si>
-    <x:t>52,800</x:t>
-[...41 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>51,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,203.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igo Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB1BP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,964.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDKA IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merdeka Copper Gold Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NVSB85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>992,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,968.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601212 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baiyin Nonferrous Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCQBNQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>161,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,484.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liontown Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F21113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,595.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NGEX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngex Minerals Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NZJ2JH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,830.99</x:t>
   </x:si>
   <x:si>
     <x:t>000960 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Yunnan Tin Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F136QV0</x:t>
   </x:si>
   <x:si>
-    <x:t>36,485</x:t>
-[...41 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>35,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,170.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>000831 C2</x:t>
   </x:si>
   <x:si>
     <x:t>China Minmetals Rare Earth Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBJC942</x:t>
   </x:si>
   <x:si>
-    <x:t>23,500</x:t>
-[...23 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>23,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,190.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1258 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Nonferrous Mining Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002ZGM195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,837.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002340 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gem Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137M20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,613.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>600497 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Yunnan Chihong Zinc &amp; Germanium Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HSP7</x:t>
   </x:si>
   <x:si>
-    <x:t>111,800</x:t>
-[...20 lines deleted...]
-    <x:t>$165,761.66</x:t>
+    <x:t>109,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,454.56</x:t>
   </x:si>
   <x:si>
     <x:t>600392 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Shenghe Resources Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L1KMZR6</x:t>
   </x:si>
   <x:si>
-    <x:t>38,800</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>38,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,140.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>000878 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Yunnan Copper Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F136N65</x:t>
   </x:si>
   <x:si>
-    <x:t>44,400</x:t>
-[...38 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>43,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,263.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>002240 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Chengxin Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JN039H1</x:t>
   </x:si>
   <x:si>
-    <x:t>19,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>19,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,748.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13PJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>21,288</x:t>
-[...2 lines deleted...]
-    <x:t>$98,212.00</x:t>
+    <x:t>21,909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,195.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lithium Americas Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLDH7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,865.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
-    <x:t>LAC US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>300073 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Beijing Easpring Material Technology Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDHC25</x:t>
   </x:si>
   <x:si>
-    <x:t>11,200</x:t>
-[...5 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>11,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,892.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>GMKN RM</x:t>
   </x:si>
   <x:si>
-    <x:t>Gmk Norilskiy Nickel Pao</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG004731489</x:t>
   </x:si>
   <x:si>
     <x:t>440,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>21,332</x:t>
+    <x:t>102,808</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,332.20</x:t>
-[...11 lines deleted...]
-    <x:t>$630.34</x:t>
+    <x:t>$102,807.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>385</x:t>
   </x:si>
   <x:si>
-    <x:t>$514.57</x:t>
+    <x:t>$515.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-PLN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5.03</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>$3.27</x:t>
+    <x:t>$3.25</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-478.30</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$-68,938.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1156,56 +1162,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6121264f3b514e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7fffc9c20405429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07904a1e86264233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4191086e35054abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdc217488b8a24115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdb1d6ef0ae91418f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I66"/>
+  <x:dimension ref="A1:I67"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1780,428 +1786,428 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
@@ -2360,761 +2366,790 @@
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="G65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A66" s="1">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="H65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I65" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A66" s="2" t="s">
+      <x:c r="G66" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="B66" s="2" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A67" s="2" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="B67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C66" s="2" t="s">
+      <x:c r="C67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D66" s="2" t="s">
+      <x:c r="D67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E66" s="2" t="s">
+      <x:c r="E67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F66" s="2" t="s">
+      <x:c r="F67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G66" s="2" t="s">
+      <x:c r="G67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H66" s="2" t="s">
+      <x:c r="H67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I66" s="2" t="s">
+      <x:c r="I67" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A66:I66"/>
+    <x:mergeCell ref="A67:I67"/>
   </x:mergeCells>
 </x:worksheet>
 </file>