--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,555 +1,552 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b3c79f28eef498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R434acfb5768f4e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20251203" sheetId="1" r:id="Rf52a5f8ba1e84371"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20251217" sheetId="1" r:id="R082cedfea0f4451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="170">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/03/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="169">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/17/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>CIFR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,411,253</x:t>
+    <x:t>1,582,233</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,291,643.39</x:t>
+    <x:t>$22,768,332.87</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.53%</x:t>
+    <x:t>6.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,214,696.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.58%</x:t>
   </x:si>
   <x:si>
     <x:t>IREN US</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>573,485</x:t>
-[...5 lines deleted...]
-    <x:t>7.22%</x:t>
+    <x:t>642,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,719,357.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018SLC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,699,336.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hut 8 Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8H39V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,929,263.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.20%</x:t>
   </x:si>
   <x:si>
     <x:t>APLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
-    <x:t>846,767</x:t>
-[...23 lines deleted...]
-    <x:t>6.43%</x:t>
+    <x:t>949,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,899,934.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.19%</x:t>
   </x:si>
   <x:si>
     <x:t>BMNR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitmine Immersion Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWFL03</x:t>
   </x:si>
   <x:si>
-    <x:t>632,496</x:t>
-[...5 lines deleted...]
-    <x:t>6.09%</x:t>
+    <x:t>709,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,805,647.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.16%</x:t>
   </x:si>
   <x:si>
     <x:t>CLSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleanspark Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MB89V6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,433,513</x:t>
-[...5 lines deleted...]
-    <x:t>5.95%</x:t>
+    <x:t>1,608,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,462,974.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
   </x:si>
   <x:si>
     <x:t>WULF US</x:t>
   </x:si>
   <x:si>
     <x:t>Terawulf Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0122MC900</x:t>
   </x:si>
   <x:si>
-    <x:t>1,362,835</x:t>
-[...41 lines deleted...]
-    <x:t>5.31%</x:t>
+    <x:t>1,528,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,690,009.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.24%</x:t>
   </x:si>
   <x:si>
     <x:t>CRCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Circle Internet Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T61V2V3</x:t>
   </x:si>
   <x:si>
-    <x:t>182,655</x:t>
-[...5 lines deleted...]
-    <x:t>4.51%</x:t>
+    <x:t>204,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,226,892.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
   </x:si>
   <x:si>
     <x:t>RIOT US</x:t>
   </x:si>
   <x:si>
     <x:t>Riot Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ4512</x:t>
   </x:si>
   <x:si>
-    <x:t>974,149</x:t>
-[...5 lines deleted...]
-    <x:t>4.36%</x:t>
+    <x:t>1,092,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,164,178.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.20%</x:t>
   </x:si>
   <x:si>
     <x:t>GLXY US</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120SWLS0</x:t>
   </x:si>
   <x:si>
-    <x:t>551,321</x:t>
-[...5 lines deleted...]
-    <x:t>4.27%</x:t>
+    <x:t>618,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,108,030.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQJPZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,086,977.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
   </x:si>
   <x:si>
     <x:t>CORZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L5GH011</x:t>
   </x:si>
   <x:si>
-    <x:t>899,180</x:t>
-[...23 lines deleted...]
-    <x:t>4.22%</x:t>
+    <x:t>1,008,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,689,416.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bullish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8QW0N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>306,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,920,871.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3350 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metaplanet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QCBL87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,058,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,708,866.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Figure Technology Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NGH78G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>313,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,694,255.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.46%</x:t>
   </x:si>
   <x:si>
     <x:t>BTDR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitdeer Technologies Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0142Q8P97</x:t>
   </x:si>
   <x:si>
-    <x:t>1,019,007</x:t>
-[...41 lines deleted...]
-    <x:t>3.27%</x:t>
+    <x:t>1,144,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,167,030.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>863 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bc Technology Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002WJ3406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,719,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,432,541.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>MARA US</x:t>
   </x:si>
   <x:si>
     <x:t>Mara Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K7WBT8</x:t>
   </x:si>
   <x:si>
-    <x:t>906,570</x:t>
-[...41 lines deleted...]
-    <x:t>2.83%</x:t>
+    <x:t>1,017,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,099,703.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>BTBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bit Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM2HVP5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,925,222</x:t>
-[...5 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>3,281,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,465,220.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>GEMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Gemini Space Station Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VZB6S81</x:t>
   </x:si>
   <x:si>
-    <x:t>152,363</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>170,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,888,478.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>OWLS US</x:t>
   </x:si>
   <x:si>
     <x:t>Obook Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KW3WJ88</x:t>
   </x:si>
   <x:si>
-    <x:t>41,365</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>46,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,867.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-716.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...35 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>-26,093,501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-26,093,501.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-7.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-804,265.85</x:t>
-[...2 lines deleted...]
-    <x:t>-0.23%</x:t>
+    <x:t>$26,472,486.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.84%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -577,62 +574,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c82df7b39944823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re1546ec8e3544ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf52a5f8ba1e84371" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9133dd07114db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb98c1dcf1f244f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R082cedfea0f4451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="15" customWidth="1"/>
+    <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -795,723 +792,723 @@
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F30" s="1" t="s">
+      <x:c r="G30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>