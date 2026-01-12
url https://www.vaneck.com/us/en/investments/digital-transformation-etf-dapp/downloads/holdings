--- v1 (2025-12-19)
+++ v2 (2026-01-12)
@@ -1,552 +1,513 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R434acfb5768f4e3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb88c30efd0fe4246" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20251217" sheetId="1" r:id="R082cedfea0f4451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260108" sheetId="1" r:id="R4cc1b83e924b4998"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="169">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/17/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="156">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>XYZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018SLC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>396,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,789,042.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQJPZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,907,065.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,578,444.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iren Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010J28KQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>486,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,216,422.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hut 8 Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8H39V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,164,861.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSJYS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>574,391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,346,048.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Circle Internet Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T61V2V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>222,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,221,585.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitmine Immersion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWFL03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>572,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,916,558.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3350 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metaplanet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QCBL87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,353,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,123,402.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riot Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ4512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,028,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,567,529.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Figure Technology Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NGH78G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266,547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,566,344.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Core Scientific Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5GH011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>924,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,419,425.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CIFR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,582,233</x:t>
-[...116 lines deleted...]
-    <x:t>6.16%</x:t>
+    <x:t>866,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,347,261.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mara Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001K7WBT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,351,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,114,368.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLXY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galaxy Digital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120SWLS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>542,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,838,748.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.02%</x:t>
   </x:si>
   <x:si>
     <x:t>CLSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleanspark Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MB89V6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,608,273</x:t>
-[...5 lines deleted...]
-    <x:t>5.47%</x:t>
+    <x:t>1,102,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,219,754.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
   </x:si>
   <x:si>
     <x:t>WULF US</x:t>
   </x:si>
   <x:si>
     <x:t>Terawulf Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0122MC900</x:t>
   </x:si>
   <x:si>
-    <x:t>1,528,955</x:t>
-[...95 lines deleted...]
-    <x:t>4.06%</x:t>
+    <x:t>1,016,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,052,039.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitdeer Technologies Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0142Q8P97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>962,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,285,409.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>863 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bc Technology Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002WJ3406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,266,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,943,847.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>BLSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bullish</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W8QW0N1</x:t>
   </x:si>
   <x:si>
-    <x:t>306,545</x:t>
-[...95 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>221,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,695,360.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>BTBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bit Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM2HVP5</x:t>
   </x:si>
   <x:si>
-    <x:t>3,281,838</x:t>
-[...41 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>2,332,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,155,715.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>495,568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$495,568.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>229</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash Bal</x:t>
-[...2 lines deleted...]
-    <x:t>$268.91</x:t>
+    <x:t>$266.89</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-988</x:t>
   </x:si>
   <x:si>
-    <x:t>$-716.70</x:t>
+    <x:t>$-712.64</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>-USD CASH-</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,472,486.41</x:t>
-[...2 lines deleted...]
-    <x:t>7.84%</x:t>
+    <x:t>$-10,600.82</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -574,62 +535,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9133dd07114db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb98c1dcf1f244f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R082cedfea0f4451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f97546243c04a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb423cce5a3cb4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4cc1b83e924b4998" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I31"/>
+  <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="18" customWidth="1"/>
+    <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -792,254 +753,254 @@
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
@@ -1299,225 +1260,167 @@
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A29" s="1">
-[...81 lines deleted...]
-      <x:c r="I31" s="2" t="s">
+      <x:c r="A29" s="2" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="B29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A31:I31"/>
+    <x:mergeCell ref="A29:I29"/>
   </x:mergeCells>
 </x:worksheet>
 </file>