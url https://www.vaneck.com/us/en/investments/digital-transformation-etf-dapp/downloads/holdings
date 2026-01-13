--- v2 (2026-01-12)
+++ v3 (2026-01-13)
@@ -1,513 +1,519 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb88c30efd0fe4246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0c07d0133f4214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260108" sheetId="1" r:id="R4cc1b83e924b4998"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260109" sheetId="1" r:id="R955e945ad77648e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="156">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="158">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XYZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Block Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018SLC07</x:t>
   </x:si>
   <x:si>
-    <x:t>396,081</x:t>
+    <x:t>393,897</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,789,042.96</x:t>
+    <x:t>$27,395,536.35</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.08%</x:t>
+    <x:t>7.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,939,751.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.22%</x:t>
   </x:si>
   <x:si>
     <x:t>MSTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQJPZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>155,160</x:t>
-[...23 lines deleted...]
-    <x:t>7.44%</x:t>
+    <x:t>154,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,276,648.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.03%</x:t>
   </x:si>
   <x:si>
     <x:t>IREN US</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>486,349</x:t>
-[...5 lines deleted...]
-    <x:t>6.46%</x:t>
+    <x:t>483,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,262,547.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSJYS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>571,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,523,079.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.23%</x:t>
   </x:si>
   <x:si>
     <x:t>HUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Hut 8 Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K8H39V2</x:t>
   </x:si>
   <x:si>
-    <x:t>347,970</x:t>
-[...23 lines deleted...]
-    <x:t>5.33%</x:t>
+    <x:t>346,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,776,361.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3350 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metaplanet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QCBL87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,323,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,102,838.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
   </x:si>
   <x:si>
     <x:t>CRCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Circle Internet Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T61V2V3</x:t>
   </x:si>
   <x:si>
-    <x:t>222,785</x:t>
-[...5 lines deleted...]
-    <x:t>5.30%</x:t>
+    <x:t>221,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,367,075.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.32%</x:t>
   </x:si>
   <x:si>
     <x:t>BMNR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitmine Immersion Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWFL03</x:t>
   </x:si>
   <x:si>
-    <x:t>572,780</x:t>
-[...23 lines deleted...]
-    <x:t>4.98%</x:t>
+    <x:t>569,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,122,296.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Core Scientific Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5GH011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>919,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,756,836.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
   </x:si>
   <x:si>
     <x:t>RIOT US</x:t>
   </x:si>
   <x:si>
     <x:t>Riot Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ4512</x:t>
   </x:si>
   <x:si>
-    <x:t>1,028,918</x:t>
-[...5 lines deleted...]
-    <x:t>4.53%</x:t>
+    <x:t>1,023,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,675,638.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
   </x:si>
   <x:si>
     <x:t>FIGR US</x:t>
   </x:si>
   <x:si>
     <x:t>Figure Technology Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NGH78G1</x:t>
   </x:si>
   <x:si>
-    <x:t>266,547</x:t>
-[...20 lines deleted...]
-    <x:t>4.48%</x:t>
+    <x:t>265,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,395,323.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
   </x:si>
   <x:si>
     <x:t>CIFR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
-    <x:t>866,904</x:t>
-[...5 lines deleted...]
-    <x:t>4.17%</x:t>
+    <x:t>862,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,336,723.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
   </x:si>
   <x:si>
     <x:t>MARA US</x:t>
   </x:si>
   <x:si>
     <x:t>Mara Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K7WBT8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,351,951</x:t>
-[...5 lines deleted...]
-    <x:t>4.10%</x:t>
+    <x:t>1,344,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,740,779.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.98%</x:t>
   </x:si>
   <x:si>
     <x:t>GLXY US</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120SWLS0</x:t>
   </x:si>
   <x:si>
-    <x:t>542,696</x:t>
-[...5 lines deleted...]
-    <x:t>4.02%</x:t>
+    <x:t>539,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,459,818.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WULF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terawulf Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0122MC900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,010,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,242,501.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
   </x:si>
   <x:si>
     <x:t>CLSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleanspark Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MB89V6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,102,565</x:t>
-[...23 lines deleted...]
-    <x:t>3.79%</x:t>
+    <x:t>1,096,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,729,819.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
   </x:si>
   <x:si>
     <x:t>BTDR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitdeer Technologies Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0142Q8P97</x:t>
   </x:si>
   <x:si>
-    <x:t>962,098</x:t>
-[...5 lines deleted...]
-    <x:t>3.28%</x:t>
+    <x:t>956,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,012,376.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.19%</x:t>
   </x:si>
   <x:si>
     <x:t>863 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Bc Technology Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WJ3406</x:t>
   </x:si>
   <x:si>
-    <x:t>4,266,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.89%</x:t>
+    <x:t>4,242,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,148,467.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
   </x:si>
   <x:si>
     <x:t>BLSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bullish</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W8QW0N1</x:t>
   </x:si>
   <x:si>
-    <x:t>221,256</x:t>
-[...5 lines deleted...]
-    <x:t>2.53%</x:t>
+    <x:t>220,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,449,075.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
   </x:si>
   <x:si>
     <x:t>BTBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bit Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM2HVP5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,332,903</x:t>
-[...5 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>2,319,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,080,736.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>495,568</x:t>
+    <x:t>2,250,657</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$495,568.32</x:t>
-[...2 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>$2,250,657.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>229</x:t>
   </x:si>
   <x:si>
-    <x:t>$266.89</x:t>
+    <x:t>$266.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-988</x:t>
   </x:si>
   <x:si>
-    <x:t>$-712.64</x:t>
+    <x:t>$-711.12</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-10,600.82</x:t>
+    <x:t>$-1,768,804.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -535,51 +541,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f97546243c04a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb423cce5a3cb4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4cc1b83e924b4998" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fceb278451c4da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R42791cdef1f24c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R955e945ad77648e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -956,462 +962,462 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>