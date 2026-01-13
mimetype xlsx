--- v3 (2026-01-13)
+++ v4 (2026-01-13)
@@ -1,519 +1,519 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0c07d0133f4214" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69843101ba594178" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260109" sheetId="1" r:id="R955e945ad77648e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260112" sheetId="1" r:id="R6678f7ccfebe4be3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="158">
   <x:si>
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XYZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Block Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018SLC07</x:t>
   </x:si>
   <x:si>
     <x:t>393,897</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,395,536.35</x:t>
+    <x:t>$27,675,203.22</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.93%</x:t>
+    <x:t>7.81%</x:t>
   </x:si>
   <x:si>
     <x:t>COIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Coinbase Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGF7771</x:t>
   </x:si>
   <x:si>
     <x:t>103,579</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,939,751.62</x:t>
-[...2 lines deleted...]
-    <x:t>7.22%</x:t>
+    <x:t>$25,167,625.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.10%</x:t>
   </x:si>
   <x:si>
     <x:t>MSTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQJPZ0</x:t>
   </x:si>
   <x:si>
     <x:t>154,304</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,276,648.32</x:t>
-[...2 lines deleted...]
-    <x:t>7.03%</x:t>
+    <x:t>$25,032,737.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.06%</x:t>
   </x:si>
   <x:si>
     <x:t>IREN US</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
     <x:t>483,653</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,262,547.59</x:t>
-[...2 lines deleted...]
-    <x:t>6.45%</x:t>
+    <x:t>$24,342,255.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.87%</x:t>
   </x:si>
   <x:si>
     <x:t>APLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
     <x:t>571,207</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,523,079.76</x:t>
-[...2 lines deleted...]
-    <x:t>6.23%</x:t>
+    <x:t>$21,825,819.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.16%</x:t>
   </x:si>
   <x:si>
     <x:t>HUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Hut 8 Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K8H39V2</x:t>
   </x:si>
   <x:si>
     <x:t>346,042</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,776,361.68</x:t>
-[...2 lines deleted...]
-    <x:t>6.02%</x:t>
+    <x:t>$21,139,705.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.96%</x:t>
   </x:si>
   <x:si>
     <x:t>3350 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Metaplanet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QCBL87</x:t>
   </x:si>
   <x:si>
     <x:t>5,323,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,102,838.42</x:t>
-[...2 lines deleted...]
-    <x:t>5.53%</x:t>
+    <x:t>$19,394,762.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
   </x:si>
   <x:si>
     <x:t>CRCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Circle Internet Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T61V2V3</x:t>
   </x:si>
   <x:si>
     <x:t>221,557</x:t>
   </x:si>
   <x:si>
     <x:t>$18,367,075.30</x:t>
   </x:si>
   <x:si>
-    <x:t>5.32%</x:t>
+    <x:t>5.18%</x:t>
   </x:si>
   <x:si>
     <x:t>BMNR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitmine Immersion Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWFL03</x:t>
   </x:si>
   <x:si>
     <x:t>569,604</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,122,296.24</x:t>
-[...2 lines deleted...]
-    <x:t>4.96%</x:t>
+    <x:t>$17,731,772.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riot Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ4512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,023,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,831,870.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
   </x:si>
   <x:si>
     <x:t>CORZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L5GH011</x:t>
   </x:si>
   <x:si>
     <x:t>919,302</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,756,836.28</x:t>
-[...20 lines deleted...]
-    <x:t>4.54%</x:t>
+    <x:t>$16,069,398.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIFR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cipher Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYHY0K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>862,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,241,928.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mara Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001K7WBT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,344,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,318,914.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WULF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terawulf Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0122MC900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,010,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,960,225.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.94%</x:t>
   </x:si>
   <x:si>
     <x:t>FIGR US</x:t>
   </x:si>
   <x:si>
     <x:t>Figure Technology Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NGH78G1</x:t>
   </x:si>
   <x:si>
     <x:t>265,071</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,395,323.68</x:t>
-[...38 lines deleted...]
-    <x:t>3.98%</x:t>
+    <x:t>$13,844,658.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
   </x:si>
   <x:si>
     <x:t>GLXY US</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120SWLS0</x:t>
   </x:si>
   <x:si>
     <x:t>539,688</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,459,818.72</x:t>
-[...20 lines deleted...]
-    <x:t>3.84%</x:t>
+    <x:t>$13,756,647.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
   </x:si>
   <x:si>
     <x:t>CLSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleanspark Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MB89V6</x:t>
   </x:si>
   <x:si>
     <x:t>1,096,453</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,729,819.33</x:t>
-[...2 lines deleted...]
-    <x:t>3.69%</x:t>
+    <x:t>$13,113,577.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
   </x:si>
   <x:si>
     <x:t>BTDR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitdeer Technologies Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0142Q8P97</x:t>
   </x:si>
   <x:si>
     <x:t>956,766</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,012,376.66</x:t>
-[...2 lines deleted...]
-    <x:t>3.19%</x:t>
+    <x:t>$11,739,518.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
   </x:si>
   <x:si>
     <x:t>863 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Bc Technology Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WJ3406</x:t>
   </x:si>
   <x:si>
     <x:t>4,242,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,148,467.07</x:t>
-[...2 lines deleted...]
-    <x:t>2.94%</x:t>
+    <x:t>$10,313,522.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>BLSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bullish</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W8QW0N1</x:t>
   </x:si>
   <x:si>
     <x:t>220,028</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,449,075.20</x:t>
-[...2 lines deleted...]
-    <x:t>2.45%</x:t>
+    <x:t>$8,801,120.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
   </x:si>
   <x:si>
     <x:t>BTBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bit Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM2HVP5</x:t>
   </x:si>
   <x:si>
     <x:t>2,319,971</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,080,736.49</x:t>
-[...2 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>$5,266,334.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>2,250,657</x:t>
+    <x:t>530,037</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,250,657.43</x:t>
-[...2 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$530,036.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>229</x:t>
   </x:si>
   <x:si>
-    <x:t>$266.31</x:t>
+    <x:t>$267.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-988</x:t>
   </x:si>
   <x:si>
-    <x:t>$-711.12</x:t>
+    <x:t>$-711.92</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,768,804.39</x:t>
-[...2 lines deleted...]
-    <x:t>-0.51%</x:t>
+    <x:t>$-57,766.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -541,51 +541,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fceb278451c4da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R42791cdef1f24c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R955e945ad77648e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc99ec8218047c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R75862d093c794a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6678f7ccfebe4be3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">