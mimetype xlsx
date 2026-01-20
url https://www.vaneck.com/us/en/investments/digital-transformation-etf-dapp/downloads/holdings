--- v4 (2026-01-13)
+++ v5 (2026-01-20)
@@ -1,516 +1,513 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69843101ba594178" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f80c79555e41ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260112" sheetId="1" r:id="R6678f7ccfebe4be3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260115" sheetId="1" r:id="Reae84f7d82bd4bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="158">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="157">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQJPZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,213,315.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.30%</x:t>
+  </x:si>
+  <x:si>
     <x:t>XYZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Block Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018SLC07</x:t>
   </x:si>
   <x:si>
-    <x:t>393,897</x:t>
-[...11 lines deleted...]
-    <x:t>7.81%</x:t>
+    <x:t>406,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,387,058.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iren Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010J28KQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>499,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,901,152.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.94%</x:t>
   </x:si>
   <x:si>
     <x:t>COIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Coinbase Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGF7771</x:t>
   </x:si>
   <x:si>
-    <x:t>103,579</x:t>
-[...41 lines deleted...]
-    <x:t>6.87%</x:t>
+    <x:t>106,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,571,375.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3350 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metaplanet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QCBL87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,494,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,241,738.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.69%</x:t>
   </x:si>
   <x:si>
     <x:t>APLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
-    <x:t>571,207</x:t>
-[...5 lines deleted...]
-    <x:t>6.16%</x:t>
+    <x:t>589,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,762,718.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.57%</x:t>
   </x:si>
   <x:si>
     <x:t>HUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Hut 8 Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K8H39V2</x:t>
   </x:si>
   <x:si>
-    <x:t>346,042</x:t>
-[...23 lines deleted...]
-    <x:t>5.47%</x:t>
+    <x:t>357,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,456,291.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitmine Immersion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWFL03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>587,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,147,423.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLXY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galaxy Digital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120SWLS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>556,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,817,918.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Figure Technology Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NGH78G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,770,327.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
   </x:si>
   <x:si>
     <x:t>CRCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Circle Internet Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T61V2V3</x:t>
   </x:si>
   <x:si>
-    <x:t>221,557</x:t>
-[...23 lines deleted...]
-    <x:t>5.00%</x:t>
+    <x:t>228,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,512,138.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69%</x:t>
   </x:si>
   <x:si>
     <x:t>RIOT US</x:t>
   </x:si>
   <x:si>
     <x:t>Riot Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ4512</x:t>
   </x:si>
   <x:si>
-    <x:t>1,023,214</x:t>
-[...5 lines deleted...]
-    <x:t>4.75%</x:t>
+    <x:t>1,056,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,498,118.84</x:t>
   </x:si>
   <x:si>
     <x:t>CORZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L5GH011</x:t>
   </x:si>
   <x:si>
-    <x:t>919,302</x:t>
-[...5 lines deleted...]
-    <x:t>4.53%</x:t>
+    <x:t>948,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,153,671.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
   </x:si>
   <x:si>
     <x:t>CIFR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
-    <x:t>862,100</x:t>
-[...5 lines deleted...]
-    <x:t>4.30%</x:t>
+    <x:t>889,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,587,946.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitdeer Technologies Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0142Q8P97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>987,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,068,105.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
   </x:si>
   <x:si>
     <x:t>MARA US</x:t>
   </x:si>
   <x:si>
     <x:t>Mara Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K7WBT8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,344,499</x:t>
-[...5 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>1,387,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,788,884.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.96%</x:t>
   </x:si>
   <x:si>
     <x:t>WULF US</x:t>
   </x:si>
   <x:si>
     <x:t>Terawulf Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0122MC900</x:t>
   </x:si>
   <x:si>
-    <x:t>1,010,878</x:t>
-[...41 lines deleted...]
-    <x:t>3.88%</x:t>
+    <x:t>1,043,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,428,631.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.87%</x:t>
   </x:si>
   <x:si>
     <x:t>CLSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleanspark Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MB89V6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,096,453</x:t>
-[...23 lines deleted...]
-    <x:t>3.31%</x:t>
+    <x:t>1,131,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,405,229.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.86%</x:t>
   </x:si>
   <x:si>
     <x:t>863 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Bc Technology Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WJ3406</x:t>
   </x:si>
   <x:si>
-    <x:t>4,242,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>4,380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,767,281.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>BLSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bullish</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W8QW0N1</x:t>
   </x:si>
   <x:si>
-    <x:t>220,028</x:t>
-[...5 lines deleted...]
-    <x:t>2.48%</x:t>
+    <x:t>227,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,561,255.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>BTBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bit Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM2HVP5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,319,971</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>2,394,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,530,902.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>530,037</x:t>
+    <x:t>526,047</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$530,036.63</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$526,047.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>229</x:t>
   </x:si>
   <x:si>
-    <x:t>$267.25</x:t>
+    <x:t>$265.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-988</x:t>
   </x:si>
   <x:si>
-    <x:t>$-711.92</x:t>
+    <x:t>$-710.94</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-57,766.08</x:t>
+    <x:t>$-68,923.46</x:t>
   </x:si>
   <x:si>
     <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -541,51 +538,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc99ec8218047c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R75862d093c794a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6678f7ccfebe4be3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce3a68e2d43e4192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8af09e191af4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reae84f7d82bd4bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -991,433 +988,433 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F28" s="1" t="s">
+      <x:c r="G28" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>