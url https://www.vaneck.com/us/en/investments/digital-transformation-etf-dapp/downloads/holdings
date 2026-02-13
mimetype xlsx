--- v5 (2026-01-20)
+++ v6 (2026-02-13)
@@ -1,516 +1,525 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f80c79555e41ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8209d5da07848df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260115" sheetId="1" r:id="Reae84f7d82bd4bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260211" sheetId="1" r:id="Rc39f5aeb70d94a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="157">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="160">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>MSTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQJPZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>159,226</x:t>
+    <x:t>171,746</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,213,315.66</x:t>
+    <x:t>$21,652,018.22</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.30%</x:t>
+    <x:t>7.77%</x:t>
   </x:si>
   <x:si>
     <x:t>XYZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Block Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018SLC07</x:t>
   </x:si>
   <x:si>
-    <x:t>406,455</x:t>
-[...5 lines deleted...]
-    <x:t>7.07%</x:t>
+    <x:t>376,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,234,174.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSJYS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>548,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,076,490.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.21%</x:t>
   </x:si>
   <x:si>
     <x:t>IREN US</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>499,155</x:t>
-[...5 lines deleted...]
-    <x:t>6.94%</x:t>
+    <x:t>464,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,818,294.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hut 8 Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8H39V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>332,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,684,580.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Core Scientific Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5GH011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>882,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,970,177.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WULF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terawulf Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0122MC900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>970,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,561,362.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.59%</x:t>
   </x:si>
   <x:si>
     <x:t>COIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Coinbase Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGF7771</x:t>
   </x:si>
   <x:si>
-    <x:t>106,868</x:t>
-[...5 lines deleted...]
-    <x:t>6.86%</x:t>
+    <x:t>98,881</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,148,569.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riot Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ4512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>982,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,542,598.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIFR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cipher Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYHY0K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>827,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,477,886.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Circle Internet Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T61V2V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,237,795.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
   </x:si>
   <x:si>
     <x:t>3350 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Metaplanet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QCBL87</x:t>
   </x:si>
   <x:si>
-    <x:t>5,494,000</x:t>
-[...41 lines deleted...]
-    <x:t>5.48%</x:t>
+    <x:t>5,080,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,983,757.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitdeer Technologies Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0142Q8P97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>918,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,016,196.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.96%</x:t>
   </x:si>
   <x:si>
     <x:t>BMNR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitmine Immersion Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWFL03</x:t>
   </x:si>
   <x:si>
-    <x:t>587,866</x:t>
-[...5 lines deleted...]
-    <x:t>4.86%</x:t>
+    <x:t>547,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,650,167.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.82%</x:t>
   </x:si>
   <x:si>
     <x:t>GLXY US</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120SWLS0</x:t>
   </x:si>
   <x:si>
-    <x:t>556,984</x:t>
-[...5 lines deleted...]
-    <x:t>4.78%</x:t>
+    <x:t>518,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,572,646.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanspark Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MB89V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,052,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,129,282.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mara Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001K7WBT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,283,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,703,154.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
   </x:si>
   <x:si>
     <x:t>FIGR US</x:t>
   </x:si>
   <x:si>
     <x:t>Figure Technology Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NGH78G1</x:t>
   </x:si>
   <x:si>
-    <x:t>273,558</x:t>
-[...146 lines deleted...]
-    <x:t>3.86%</x:t>
+    <x:t>254,533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,013,013.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
   </x:si>
   <x:si>
     <x:t>863 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Bc Technology Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WJ3406</x:t>
   </x:si>
   <x:si>
-    <x:t>4,380,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.89%</x:t>
+    <x:t>4,095,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,371,304.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.01%</x:t>
   </x:si>
   <x:si>
     <x:t>BLSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bullish</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W8QW0N1</x:t>
   </x:si>
   <x:si>
-    <x:t>227,089</x:t>
-[...5 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>211,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,736,020.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
   </x:si>
   <x:si>
     <x:t>BTBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bit Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM2HVP5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,394,330</x:t>
-[...8 lines deleted...]
-    <x:t>-USD CASH-</x:t>
+    <x:t>2,227,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,943,358.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitgo Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZK5P6M2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$845,575.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>526,047</x:t>
+    <x:t>229</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$526,047.13</x:t>
-[...11 lines deleted...]
-    <x:t>$265.42</x:t>
+    <x:t>$271.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-988</x:t>
   </x:si>
   <x:si>
-    <x:t>$-710.94</x:t>
+    <x:t>$-725.86</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-68,923.46</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$-856,897.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -538,51 +547,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce3a68e2d43e4192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8af09e191af4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reae84f7d82bd4bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16387cfe42494419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0d317b7c1ba6481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc39f5aeb70d94a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -988,433 +997,433 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>