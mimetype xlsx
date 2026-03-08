--- v6 (2026-02-13)
+++ v7 (2026-03-08)
@@ -1,525 +1,537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8209d5da07848df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26cffc1bfdcc4758" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260211" sheetId="1" r:id="Rc39f5aeb70d94a37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260305" sheetId="1" r:id="R68126da89ba844b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="160">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/11/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="164">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>XYZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018SLC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>357,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,090,775.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.64%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MSTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQJPZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>171,746</x:t>
-[...29 lines deleted...]
-    <x:t>7.27%</x:t>
+    <x:t>163,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,830,553.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Circle Internet Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T61V2V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>201,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,264,631.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,339,002.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iren Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010J28KQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>441,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,720,082.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hut 8 Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8H39V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,227,192.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
   </x:si>
   <x:si>
     <x:t>APLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
-    <x:t>548,538</x:t>
-[...41 lines deleted...]
-    <x:t>6.35%</x:t>
+    <x:t>521,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,650,985.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riot Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ4512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>934,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,574,986.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WULF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terawulf Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0122MC900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>923,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,057,807.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
   </x:si>
   <x:si>
     <x:t>CORZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L5GH011</x:t>
   </x:si>
   <x:si>
-    <x:t>882,818</x:t>
-[...59 lines deleted...]
-    <x:t>5.22%</x:t>
+    <x:t>839,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,430,384.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
   </x:si>
   <x:si>
     <x:t>CIFR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
-    <x:t>827,880</x:t>
-[...23 lines deleted...]
-    <x:t>4.39%</x:t>
+    <x:t>787,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,925,670.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLXY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galaxy Digital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120SWLS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>492,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,201,025.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.02%</x:t>
   </x:si>
   <x:si>
     <x:t>3350 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Metaplanet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QCBL87</x:t>
   </x:si>
   <x:si>
-    <x:t>5,080,800</x:t>
-[...5 lines deleted...]
-    <x:t>4.30%</x:t>
+    <x:t>4,832,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,962,602.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mara Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001K7WBT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,220,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,702,688.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitmine Immersion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWFL03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>520,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,584,218.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanspark Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MB89V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,001,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,961,492.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>863 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bc Technology Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002WJ3406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,434,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,167,488.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Figure Technology Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NGH78G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,623,630.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bullish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8QW0N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,035,623.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>BTDR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitdeer Technologies Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0142Q8P97</x:t>
   </x:si>
   <x:si>
-    <x:t>918,782</x:t>
-[...131 lines deleted...]
-    <x:t>2.42%</x:t>
+    <x:t>873,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,814,173.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
   </x:si>
   <x:si>
     <x:t>BTBT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bit Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM2HVP5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,227,886</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>2,118,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,643,546.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>BTGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitgo Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01ZK5P6M2</x:t>
   </x:si>
   <x:si>
-    <x:t>80,839</x:t>
-[...5 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>76,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$860,764.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>161,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,049.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>229</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash Bal</x:t>
-[...2 lines deleted...]
-    <x:t>$271.31</x:t>
+    <x:t>$264.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-988</x:t>
   </x:si>
   <x:si>
-    <x:t>$-725.86</x:t>
+    <x:t>$-721.80</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-856,897.95</x:t>
-[...2 lines deleted...]
-    <x:t>-0.31%</x:t>
+    <x:t>$32,361.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -547,56 +559,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16387cfe42494419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0d317b7c1ba6481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc39f5aeb70d94a37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838a5da3adb04d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra05db8ebd5714e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68126da89ba844b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I29"/>
+  <x:dimension ref="A1:I30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1353,86 +1365,115 @@
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A29" s="2" t="s">
+      <x:c r="A29" s="1">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="B29" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I29" s="2" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A30" s="2" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A29:I29"/>
+    <x:mergeCell ref="A30:I30"/>
   </x:mergeCells>
 </x:worksheet>
 </file>