--- v7 (2026-03-08)
+++ v8 (2026-03-28)
@@ -1,537 +1,519 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26cffc1bfdcc4758" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e28173893f42a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260305" sheetId="1" r:id="R68126da89ba844b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DAPP_asof_20260326" sheetId="1" r:id="Ra220c69a302e42d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="164">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="158">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>XYZ US</x:t>
+    <x:t>XYZ</x:t>
   </x:si>
   <x:si>
     <x:t>Block Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0018SLC07</x:t>
   </x:si>
   <x:si>
-    <x:t>357,536</x:t>
+    <x:t>392,328</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,090,775.68</x:t>
+    <x:t>$23,292,513.36</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.64%</x:t>
-[...2 lines deleted...]
-    <x:t>MSTR US</x:t>
+    <x:t>7.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,134,904.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Circle Internet Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T61V2V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,327,350.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iren Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010J28KQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,378,924.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMNR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitmine Immersion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWFL03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>903,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,590,074.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APLD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSJYS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>611,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,718,036.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cipher Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYHY0K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,010,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,505,711.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WULF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terawulf Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0122MC900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>937,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,384,715.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mara Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001K7WBT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,668,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,313,027.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hut 8 Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8H39V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>279,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,112,426.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQJPZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>163,297</x:t>
-[...98 lines deleted...]
-    <x:t>RIOT US</x:t>
+    <x:t>103,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,706,944.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Core Scientific Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5GH011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>862,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,616,411.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT</x:t>
   </x:si>
   <x:si>
     <x:t>Riot Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ4512</x:t>
   </x:si>
   <x:si>
-    <x:t>934,294</x:t>
-[...62 lines deleted...]
-    <x:t>GLXY US</x:t>
+    <x:t>963,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,487,641.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIGR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Figure Technology Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NGH78G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,292,533.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLXY</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120SWLS0</x:t>
   </x:si>
   <x:si>
-    <x:t>492,786</x:t>
-[...5 lines deleted...]
-    <x:t>4.02%</x:t>
+    <x:t>664,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,033,472.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanspark Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MB89V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,306,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,151,649.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
   </x:si>
   <x:si>
     <x:t>3350 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Metaplanet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QCBL87</x:t>
   </x:si>
   <x:si>
-    <x:t>4,832,100</x:t>
-[...59 lines deleted...]
-    <x:t>3.57%</x:t>
+    <x:t>6,040,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,277,877.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bullish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8QW0N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,733,001.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitdeer Technologies Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0142Q8P97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,032,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,990,714.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>863 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Bc Technology Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WJ3406</x:t>
   </x:si>
   <x:si>
-    <x:t>4,434,500</x:t>
-[...62 lines deleted...]
-    <x:t>BTBT US</x:t>
+    <x:t>4,659,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,281,784.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTBT</x:t>
   </x:si>
   <x:si>
     <x:t>Bit Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM2HVP5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,118,341</x:t>
-[...23 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>2,084,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,001,008.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-713.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...35 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>-23,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-23,929.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,361.12</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-48,301.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -559,56 +541,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838a5da3adb04d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra05db8ebd5714e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68126da89ba844b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c840c05b234402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Redfd84f5abce4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra220c69a302e42d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I30"/>
+  <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1284,196 +1266,167 @@
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+    </x:row>
+    <x:row r="29" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A29" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="H28" s="1" t="s">
-[...60 lines deleted...]
-      <x:c r="I30" s="2" t="s">
+      <x:c r="B29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A30:I30"/>
+    <x:mergeCell ref="A29:I29"/>
   </x:mergeCells>
 </x:worksheet>
 </file>