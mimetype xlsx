--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -1,1386 +1,1326 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14828275e62d4af0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red9e90228f0147f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DURA_asof_20251204" sheetId="1" r:id="R65184a4137af4028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DURA_asof_20260108" sheetId="1" r:id="R2bd49a7ce316484b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="628" uniqueCount="447">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="427">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>JNJ US</x:t>
-[...8 lines deleted...]
-    <x:t>11,682</x:t>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPD168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,423</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,365,371.36</x:t>
+    <x:t>$2,266,748.77</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.55%</x:t>
-[...17 lines deleted...]
-    <x:t>5.40%</x:t>
+    <x:t>5.29%</x:t>
   </x:si>
   <x:si>
     <x:t>XOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GZQ728</x:t>
   </x:si>
   <x:si>
-    <x:t>19,066</x:t>
-[...5 lines deleted...]
-    <x:t>5.24%</x:t>
+    <x:t>18,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,218,771.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.18%</x:t>
   </x:si>
   <x:si>
     <x:t>CVX US</x:t>
   </x:si>
   <x:si>
     <x:t>Chevron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K4ND22</x:t>
   </x:si>
   <x:si>
-    <x:t>13,524</x:t>
-[...5 lines deleted...]
-    <x:t>4.83%</x:t>
+    <x:t>13,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,205,612.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philip Morris International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J2XL74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,168,709.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HS77T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,012,839.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.70%</x:t>
   </x:si>
   <x:si>
     <x:t>KO US</x:t>
   </x:si>
   <x:si>
     <x:t>Coca-Cola Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMX289</x:t>
   </x:si>
   <x:si>
-    <x:t>28,425</x:t>
-[...23 lines deleted...]
-    <x:t>4.65%</x:t>
+    <x:t>28,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,953,320.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At&amp;T Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSJK37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,923,811.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>PEP US</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DH7JK6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,068</x:t>
-[...23 lines deleted...]
-    <x:t>4.43%</x:t>
+    <x:t>13,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,828,673.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altria Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP6LJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,680,465.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
   </x:si>
   <x:si>
     <x:t>AMGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBS2Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>4,440</x:t>
-[...23 lines deleted...]
-    <x:t>3.52%</x:t>
+    <x:t>4,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,321,100.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,307,089.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>MCD US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNSZP1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,942</x:t>
-[...23 lines deleted...]
-    <x:t>2.77%</x:t>
+    <x:t>4,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,263,010.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abbott Laboratories</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9ZXB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,070,384.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQH30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,307.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
   </x:si>
   <x:si>
     <x:t>GILD US</x:t>
   </x:si>
   <x:si>
     <x:t>Gilead Sciences Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKGBP2</x:t>
   </x:si>
   <x:si>
-    <x:t>8,269</x:t>
-[...5 lines deleted...]
-    <x:t>2.38%</x:t>
+    <x:t>8,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$978,754.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
-    <x:t>5,710</x:t>
-[...23 lines deleted...]
-    <x:t>2.29%</x:t>
+    <x:t>5,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$978,642.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH0106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$896,702.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>MDT US</x:t>
   </x:si>
   <x:si>
     <x:t>Medtronic Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNWG87</x:t>
   </x:si>
   <x:si>
-    <x:t>9,554</x:t>
-[...20 lines deleted...]
-    <x:t>2.21%</x:t>
+    <x:t>8,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$885,644.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHGDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$839,189.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>UNP US</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW3299</x:t>
   </x:si>
   <x:si>
-    <x:t>3,629</x:t>
-[...23 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>3,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,707.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honeywell International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H556T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,632.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSW2WN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$740,873.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
   </x:si>
   <x:si>
     <x:t>SBUX US</x:t>
   </x:si>
   <x:si>
     <x:t>Starbucks Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTQBF3</x:t>
   </x:si>
   <x:si>
-    <x:t>8,114</x:t>
-[...2 lines deleted...]
-    <x:t>$689,690.00</x:t>
+    <x:t>8,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738,948.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lowe's Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNDN65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,097.73</x:t>
   </x:si>
   <x:si>
     <x:t>1.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>BLK US</x:t>
-[...86 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>ADP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatic Data Processing Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JG0547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,375.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,948.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>D US</x:t>
   </x:si>
   <x:si>
     <x:t>Dominion Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGVW60</x:t>
   </x:si>
   <x:si>
-    <x:t>9,678</x:t>
-[...41 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>9,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$565,457.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>EOG US</x:t>
   </x:si>
   <x:si>
     <x:t>Eog Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZ9223</x:t>
   </x:si>
   <x:si>
-    <x:t>4,376</x:t>
-[...5 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>4,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,609.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colgate-Palmolive Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFQYY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,696.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air Products And Chemicals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC4JJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$443,029.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>SRE US</x:t>
   </x:si>
   <x:si>
     <x:t>Sempra</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2ZCH8</x:t>
   </x:si>
   <x:si>
-    <x:t>5,119</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>4,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$417,878.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>EXC US</x:t>
   </x:si>
   <x:si>
     <x:t>Exelon Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J6XT05</x:t>
   </x:si>
   <x:si>
-    <x:t>9,140</x:t>
-[...20 lines deleted...]
-    <x:t>$375,584.00</x:t>
+    <x:t>9,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$406,952.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Dynamics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK67C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,798.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.88%</x:t>
   </x:si>
   <x:si>
-    <x:t>GD US</x:t>
-[...47 lines deleted...]
-    <x:t>$325,036.80</x:t>
+    <x:t>BDX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Becton Dickinson &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCZYD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,005.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
-    <x:t>KVUE US</x:t>
-[...11 lines deleted...]
-    <x:t>$323,897.36</x:t>
+    <x:t>ED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consolidated Edison Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHLYS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,080.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>NSC US</x:t>
   </x:si>
   <x:si>
     <x:t>Norfolk Southern Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ5DS5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,092</x:t>
-[...35 lines deleted...]
-    <x:t>$298,134.32</x:t>
+    <x:t>1,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,336.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>TROW US</x:t>
   </x:si>
   <x:si>
     <x:t>T Rowe Price Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVMPN3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,538</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>2,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$285,647.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>WEC US</x:t>
   </x:si>
   <x:si>
     <x:t>Wec Energy Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWP7D9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,483</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>2,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,858.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3harris Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGFJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,940.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTVJ25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,533.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARES US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Management Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0068KVV91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,099.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American International Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBDZG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,855.80</x:t>
   </x:si>
   <x:si>
     <x:t>FE US</x:t>
   </x:si>
   <x:si>
     <x:t>Firstenergy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6M98</x:t>
   </x:si>
   <x:si>
-    <x:t>5,109</x:t>
-[...56 lines deleted...]
-    <x:t>$214,065.60</x:t>
+    <x:t>5,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,829.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dte Energy Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB29X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,037.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum! Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH3GZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,416.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>TRGP US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>HSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Hershey Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLHRS2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,063</x:t>
-[...20 lines deleted...]
-    <x:t>$187,867.68</x:t>
+    <x:t>1,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,474.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ppl Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRJL00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,672.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ameren Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X8C0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,121.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
-    <x:t>PPL US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CTSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cognizant Technology Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBDV81</x:t>
   </x:si>
   <x:si>
-    <x:t>2,099</x:t>
-[...23 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>1,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,789.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>EVRG US</x:t>
   </x:si>
   <x:si>
     <x:t>Evergy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H433CR2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,134</x:t>
-[...20 lines deleted...]
-    <x:t>$140,662.63</x:t>
+    <x:t>2,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,705.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerpoint Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FDBX90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,754.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atmos Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRNGM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,706.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garmin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C4LN67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,164.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
-    <x:t>TSN US</x:t>
-[...14 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>GPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genuine Parts Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKL348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,670.30</x:t>
   </x:si>
   <x:si>
     <x:t>LNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Alliant Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DW4Q75</x:t>
   </x:si>
   <x:si>
-    <x:t>1,965</x:t>
-[...23 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>2,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,558.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>MKC US</x:t>
   </x:si>
   <x:si>
     <x:t>Mccormick &amp; Co Inc/Md</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G6Y5W4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,564</x:t>
-[...5 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>1,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,498.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap-On Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT7JW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,787.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,361.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franklin Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD0TF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,672.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hasbro Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKVJK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,352.18</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLB4Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,434</x:t>
-[...17 lines deleted...]
-    <x:t>$93,309.00</x:t>
+    <x:t>1,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,263.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
-    <x:t>BEN US</x:t>
-[...14 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,793.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>RPRX US</x:t>
   </x:si>
   <x:si>
     <x:t>Royalty Pharma Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00V1L5YZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,103</x:t>
-[...20 lines deleted...]
-    <x:t>$80,385.90</x:t>
+    <x:t>$80,801.82</x:t>
   </x:si>
   <x:si>
     <x:t>IVZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BY2Y78</x:t>
   </x:si>
   <x:si>
-    <x:t>3,173</x:t>
-[...20 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>2,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,420.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>POR US</x:t>
   </x:si>
   <x:si>
     <x:t>Portland General Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCRMW7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,298</x:t>
-[...5 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>1,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,306.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNPM07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,976.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>NJR US</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPZVW9</x:t>
   </x:si>
   <x:si>
-    <x:t>930</x:t>
-[...35 lines deleted...]
-    <x:t>$34,742.40</x:t>
+    <x:t>998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,476.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wyndham Hotels &amp; Resorts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HCY3Q67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,274.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>WH US</x:t>
-[...11 lines deleted...]
-    <x:t>$23,438.16</x:t>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJ092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,172.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
-    <x:t>GNTX US</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>66,571</x:t>
+    <x:t>33,184</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$66,571.12</x:t>
-[...2 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$33,184.07</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$156,852.23</x:t>
+    <x:t>$-80,497.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1408,56 +1348,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd4e936598247e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5a0b114006644a53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R65184a4137af4028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08430b517e854838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf821f55f7b084831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2bd49a7ce316484b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I78"/>
+  <x:dimension ref="A1:I75"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="46" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2119,718 +2059,718 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
@@ -3018,703 +2958,616 @@
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="G73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+    </x:row>
+    <x:row r="75" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A75" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...109 lines deleted...]
-      <x:c r="B78" s="2" t="s">
+      <x:c r="B75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C78" s="2" t="s">
+      <x:c r="C75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D78" s="2" t="s">
+      <x:c r="D75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E78" s="2" t="s">
+      <x:c r="E75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F78" s="2" t="s">
+      <x:c r="F75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G78" s="2" t="s">
+      <x:c r="G75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H78" s="2" t="s">
+      <x:c r="H75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I78" s="2" t="s">
+      <x:c r="I75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A78:I78"/>
+    <x:mergeCell ref="A75:I75"/>
   </x:mergeCells>
 </x:worksheet>
 </file>