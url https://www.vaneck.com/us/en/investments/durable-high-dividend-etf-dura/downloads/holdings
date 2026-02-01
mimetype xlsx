--- v1 (2026-01-10)
+++ v2 (2026-02-01)
@@ -1,1326 +1,1335 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red9e90228f0147f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c156005d9d64c63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DURA_asof_20260108" sheetId="1" r:id="R2bd49a7ce316484b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DURA_asof_20260129" sheetId="1" r:id="Rf008a30aa1034f41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="427">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="430">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>XOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxon Mobil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GZQ728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,536,486.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philip Morris International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J2XL74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,429,265.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K4ND22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,370,981.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.33%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
     <x:t>20,423</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...62 lines deleted...]
-    <x:t>5.06%</x:t>
+    <x:t>$2,212,627.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMX289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,067,641.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At&amp;T Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSJK37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,000,222.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>VZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HS77T5</x:t>
   </x:si>
   <x:si>
     <x:t>49,614</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,012,839.98</x:t>
-[...38 lines deleted...]
-    <x:t>4.49%</x:t>
+    <x:t>$1,975,133.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.44%</x:t>
   </x:si>
   <x:si>
     <x:t>PEP US</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DH7JK6</x:t>
   </x:si>
   <x:si>
     <x:t>13,121</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,828,673.77</x:t>
-[...2 lines deleted...]
-    <x:t>4.27%</x:t>
+    <x:t>$1,950,961.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
   </x:si>
   <x:si>
     <x:t>MO US</x:t>
   </x:si>
   <x:si>
     <x:t>Altria Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP6LJ8</x:t>
   </x:si>
   <x:si>
     <x:t>30,062</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,680,465.80</x:t>
-[...2 lines deleted...]
-    <x:t>3.92%</x:t>
+    <x:t>$1,796,505.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,508,926.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
   </x:si>
   <x:si>
     <x:t>AMGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBS2Y0</x:t>
   </x:si>
   <x:si>
     <x:t>4,002</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,321,100.22</x:t>
+    <x:t>$1,372,445.88</x:t>
   </x:si>
   <x:si>
     <x:t>3.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>TXN US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>MCD US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNSZP1</x:t>
   </x:si>
   <x:si>
     <x:t>4,089</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,263,010.32</x:t>
-[...2 lines deleted...]
-    <x:t>2.95%</x:t>
+    <x:t>$1,290,120.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GILD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gilead Sciences Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKGBP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,131,890.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQH30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,091,633.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medtronic Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNWG87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$906,374.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>ABT US</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9ZXB4</x:t>
   </x:si>
   <x:si>
     <x:t>8,483</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,070,384.94</x:t>
-[...38 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>$899,961.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honeywell International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H556T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$868,738.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHGDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$864,726.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH0106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$825,335.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
     <x:t>5,381</x:t>
   </x:si>
   <x:si>
-    <x:t>$978,642.47</x:t>
-[...53 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>$819,095.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>UNP US</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW3299</x:t>
   </x:si>
   <x:si>
     <x:t>3,414</x:t>
   </x:si>
   <x:si>
-    <x:t>$784,707.90</x:t>
-[...17 lines deleted...]
-    <x:t>$784,632.52</x:t>
+    <x:t>$797,442.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starbucks Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTQBF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$786,714.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>BLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PSW2WN4</x:t>
   </x:si>
   <x:si>
     <x:t>681</x:t>
   </x:si>
   <x:si>
-    <x:t>$740,873.52</x:t>
+    <x:t>$768,018.18</x:t>
   </x:si>
   <x:si>
     <x:t>1.73%</x:t>
   </x:si>
   <x:si>
-    <x:t>SBUX US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>LOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Lowe's Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNDN65</x:t>
   </x:si>
   <x:si>
     <x:t>2,713</x:t>
   </x:si>
   <x:si>
-    <x:t>$695,097.73</x:t>
-[...2 lines deleted...]
-    <x:t>1.62%</x:t>
+    <x:t>$723,394.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$650,640.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>ADP US</x:t>
   </x:si>
   <x:si>
     <x:t>Automatic Data Processing Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JG0547</x:t>
   </x:si>
   <x:si>
     <x:t>2,433</x:t>
   </x:si>
   <x:si>
-    <x:t>$646,375.11</x:t>
-[...20 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>$598,445.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>D US</x:t>
   </x:si>
   <x:si>
     <x:t>Dominion Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGVW60</x:t>
   </x:si>
   <x:si>
     <x:t>9,783</x:t>
   </x:si>
   <x:si>
-    <x:t>$565,457.40</x:t>
-[...2 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>$595,099.89</x:t>
   </x:si>
   <x:si>
     <x:t>EOG US</x:t>
   </x:si>
   <x:si>
     <x:t>Eog Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZ9223</x:t>
   </x:si>
   <x:si>
     <x:t>4,903</x:t>
   </x:si>
   <x:si>
-    <x:t>$517,609.71</x:t>
-[...2 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>$549,528.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>CL US</x:t>
   </x:si>
   <x:si>
     <x:t>Colgate-Palmolive Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFQYY3</x:t>
   </x:si>
   <x:si>
     <x:t>5,536</x:t>
   </x:si>
   <x:si>
-    <x:t>$447,696.32</x:t>
-[...2 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>$471,888.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>APD US</x:t>
   </x:si>
   <x:si>
     <x:t>Air Products And Chemicals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC4JJ4</x:t>
   </x:si>
   <x:si>
     <x:t>1,696</x:t>
   </x:si>
   <x:si>
-    <x:t>$443,029.12</x:t>
-[...2 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>$434,209.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelon Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J6XT05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$415,944.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>SRE US</x:t>
   </x:si>
   <x:si>
     <x:t>Sempra</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2ZCH8</x:t>
   </x:si>
   <x:si>
     <x:t>4,747</x:t>
   </x:si>
   <x:si>
-    <x:t>$417,878.41</x:t>
-[...20 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>$413,463.70</x:t>
   </x:si>
   <x:si>
     <x:t>GD US</x:t>
   </x:si>
   <x:si>
     <x:t>General Dynamics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK67C7</x:t>
   </x:si>
   <x:si>
     <x:t>1,075</x:t>
   </x:si>
   <x:si>
-    <x:t>$377,798.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>$376,196.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consolidated Edison Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHLYS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,721.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>BDX US</x:t>
   </x:si>
   <x:si>
     <x:t>Becton Dickinson &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCZYD3</x:t>
   </x:si>
   <x:si>
     <x:t>1,584</x:t>
   </x:si>
   <x:si>
-    <x:t>$325,005.12</x:t>
-[...20 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>$318,526.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>NSC US</x:t>
   </x:si>
   <x:si>
     <x:t>Norfolk Southern Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ5DS5</x:t>
   </x:si>
   <x:si>
     <x:t>1,047</x:t>
   </x:si>
   <x:si>
-    <x:t>$303,336.84</x:t>
-[...2 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>$303,797.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wec Energy Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWP7D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,782.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTVJ25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,786.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3harris Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGFJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$284,103.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>TROW US</x:t>
   </x:si>
   <x:si>
     <x:t>T Rowe Price Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVMPN3</x:t>
   </x:si>
   <x:si>
     <x:t>2,631</x:t>
   </x:si>
   <x:si>
-    <x:t>$285,647.67</x:t>
-[...56 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>$275,781.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstenergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6M98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,288.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dte Energy Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB29X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,387.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American International Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBDZG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,228.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum! Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH3GZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,184.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,976.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ppl Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRJL00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,880.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>ARES US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Management Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0068KVV91</x:t>
   </x:si>
   <x:si>
     <x:t>1,332</x:t>
   </x:si>
   <x:si>
-    <x:t>$234,099.00</x:t>
-[...101 lines deleted...]
-    <x:t>$194,672.05</x:t>
+    <x:t>$202,051.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>AEE US</x:t>
   </x:si>
   <x:si>
     <x:t>Ameren Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9X8C0</x:t>
   </x:si>
   <x:si>
     <x:t>1,910</x:t>
   </x:si>
   <x:si>
-    <x:t>$190,121.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$198,200.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H433CR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,980.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genuine Parts Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKL348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,156.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>CTSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cognizant Technology Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBDV81</x:t>
   </x:si>
   <x:si>
     <x:t>1,863</x:t>
   </x:si>
   <x:si>
-    <x:t>$159,789.51</x:t>
-[...20 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$153,604.35</x:t>
   </x:si>
   <x:si>
     <x:t>CNP US</x:t>
   </x:si>
   <x:si>
     <x:t>Centerpoint Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FDBX90</x:t>
   </x:si>
   <x:si>
     <x:t>3,783</x:t>
   </x:si>
   <x:si>
-    <x:t>$143,754.00</x:t>
+    <x:t>$149,768.97</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>ATO US</x:t>
   </x:si>
   <x:si>
     <x:t>Atmos Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRNGM2</x:t>
   </x:si>
   <x:si>
     <x:t>860</x:t>
   </x:si>
   <x:si>
-    <x:t>$143,706.00</x:t>
+    <x:t>$142,760.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>GRMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Garmin Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C4LN67</x:t>
   </x:si>
   <x:si>
     <x:t>666</x:t>
   </x:si>
   <x:si>
-    <x:t>$142,164.36</x:t>
-[...17 lines deleted...]
-    <x:t>$140,670.30</x:t>
+    <x:t>$136,296.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>LNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Alliant Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DW4Q75</x:t>
   </x:si>
   <x:si>
     <x:t>2,007</x:t>
   </x:si>
   <x:si>
-    <x:t>$131,558.85</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$132,050.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap-On Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT7JW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,521.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,388.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>MKC US</x:t>
   </x:si>
   <x:si>
     <x:t>Mccormick &amp; Co Inc/Md</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G6Y5W4</x:t>
   </x:si>
   <x:si>
     <x:t>1,795</x:t>
   </x:si>
   <x:si>
-    <x:t>$120,498.35</x:t>
-[...38 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$110,069.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>BEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Franklin Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD0TF8</x:t>
   </x:si>
   <x:si>
     <x:t>3,995</x:t>
   </x:si>
   <x:si>
-    <x:t>$101,672.75</x:t>
+    <x:t>$103,390.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>HAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Hasbro Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKVJK4</x:t>
   </x:si>
   <x:si>
     <x:t>1,137</x:t>
   </x:si>
   <x:si>
-    <x:t>$101,352.18</x:t>
+    <x:t>$102,853.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,722.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLB4Q1</x:t>
   </x:si>
   <x:si>
     <x:t>1,521</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,263.86</x:t>
-[...17 lines deleted...]
-    <x:t>$82,793.94</x:t>
+    <x:t>$84,856.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>RPRX US</x:t>
   </x:si>
   <x:si>
     <x:t>Royalty Pharma Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00V1L5YZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$80,801.82</x:t>
+    <x:t>$82,006.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>IVZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BY2Y78</x:t>
   </x:si>
   <x:si>
     <x:t>2,774</x:t>
   </x:si>
   <x:si>
-    <x:t>$78,420.98</x:t>
-[...2 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$76,895.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>POR US</x:t>
   </x:si>
   <x:si>
     <x:t>Portland General Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCRMW7</x:t>
   </x:si>
   <x:si>
     <x:t>1,170</x:t>
   </x:si>
   <x:si>
-    <x:t>$57,306.60</x:t>
+    <x:t>$58,815.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>JHG US</x:t>
   </x:si>
   <x:si>
     <x:t>Janus Henderson Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSNPM07</x:t>
   </x:si>
   <x:si>
     <x:t>1,064</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,976.24</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$50,997.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>NJR US</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPZVW9</x:t>
   </x:si>
   <x:si>
     <x:t>998</x:t>
   </x:si>
   <x:si>
-    <x:t>$46,476.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$49,161.48</x:t>
   </x:si>
   <x:si>
     <x:t>WH US</x:t>
   </x:si>
   <x:si>
     <x:t>Wyndham Hotels &amp; Resorts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HCY3Q67</x:t>
   </x:si>
   <x:si>
     <x:t>415</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,274.70</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$30,216.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>GNTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Gentex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJ092</x:t>
   </x:si>
   <x:si>
     <x:t>1,101</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,172.68</x:t>
+    <x:t>$26,468.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>33,184</x:t>
+    <x:t>-41,964</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,184.07</x:t>
+    <x:t>$-41,964.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-80,497.83</x:t>
-[...2 lines deleted...]
-    <x:t>-0.19%</x:t>
+    <x:t>$72,565.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1348,62 +1357,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08430b517e854838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf821f55f7b084831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2bd49a7ce316484b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf8370018dd4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1d28f0dc56b34b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf008a30aa1034f41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I75"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="46" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="12" customWidth="1"/>
+    <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1914,515 +1923,515 @@
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
@@ -2668,225 +2677,225 @@
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
@@ -2929,80 +2938,80 @@
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
@@ -3016,549 +3025,549 @@
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="2" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>