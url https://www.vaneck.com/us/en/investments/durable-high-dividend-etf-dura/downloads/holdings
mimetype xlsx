--- v2 (2026-02-01)
+++ v3 (2026-02-24)
@@ -1,1335 +1,1329 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c156005d9d64c63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f7c5f024f245c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DURA_asof_20260129" sheetId="1" r:id="Rf008a30aa1034f41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DURA_asof_20260223" sheetId="1" r:id="R0a31251658434f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="430">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="428">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GZQ728</x:t>
   </x:si>
   <x:si>
-    <x:t>18,052</x:t>
+    <x:t>17,374</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,536,486.52</x:t>
+    <x:t>$2,619,304.24</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.70%</x:t>
+    <x:t>5.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K4ND22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,465,035.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.37%</x:t>
   </x:si>
   <x:si>
     <x:t>PM US</x:t>
   </x:si>
   <x:si>
     <x:t>Philip Morris International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J2XL74</x:t>
   </x:si>
   <x:si>
-    <x:t>13,656</x:t>
-[...23 lines deleted...]
-    <x:t>5.33%</x:t>
+    <x:t>13,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,460,632.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.36%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>20,423</x:t>
-[...5 lines deleted...]
-    <x:t>4.97%</x:t>
+    <x:t>19,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,433,929.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HS77T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,372,220.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At&amp;T Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSJK37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,184,803.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
   </x:si>
   <x:si>
     <x:t>KO US</x:t>
   </x:si>
   <x:si>
     <x:t>Coca-Cola Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMX289</x:t>
   </x:si>
   <x:si>
-    <x:t>28,158</x:t>
-[...41 lines deleted...]
-    <x:t>4.44%</x:t>
+    <x:t>27,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,183,176.00</x:t>
   </x:si>
   <x:si>
     <x:t>PEP US</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DH7JK6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,121</x:t>
-[...5 lines deleted...]
-    <x:t>4.38%</x:t>
+    <x:t>12,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,125,544.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>MO US</x:t>
   </x:si>
   <x:si>
     <x:t>Altria Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP6LJ8</x:t>
   </x:si>
   <x:si>
-    <x:t>30,062</x:t>
-[...5 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>28,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,986,692.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVV7G1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,936</x:t>
-[...5 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>6,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,467,785.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
   </x:si>
   <x:si>
     <x:t>AMGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBS2Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>4,002</x:t>
-[...5 lines deleted...]
-    <x:t>3.08%</x:t>
+    <x:t>3,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,461,905.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.19%</x:t>
   </x:si>
   <x:si>
     <x:t>MCD US</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNSZP1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,089</x:t>
-[...5 lines deleted...]
-    <x:t>2.90%</x:t>
+    <x:t>3,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,316,828.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
   </x:si>
   <x:si>
     <x:t>GILD US</x:t>
   </x:si>
   <x:si>
     <x:t>Gilead Sciences Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKGBP2</x:t>
   </x:si>
   <x:si>
-    <x:t>8,111</x:t>
-[...5 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>7,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,169,722.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>COP US</x:t>
   </x:si>
   <x:si>
     <x:t>Conocophillips</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQQH30</x:t>
   </x:si>
   <x:si>
-    <x:t>10,619</x:t>
-[...2 lines deleted...]
-    <x:t>$1,091,633.20</x:t>
+    <x:t>10,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,123,083.48</x:t>
   </x:si>
   <x:si>
     <x:t>2.45%</x:t>
   </x:si>
   <x:si>
+    <x:t>ABT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abbott Laboratories</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9ZXB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$936,961.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honeywell International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H556T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$890,328.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHGDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$879,706.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Pacific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW3299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$866,451.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MDT US</x:t>
   </x:si>
   <x:si>
     <x:t>Medtronic Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNWG87</x:t>
   </x:si>
   <x:si>
-    <x:t>8,974</x:t>
-[...59 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>8,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$851,694.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starbucks Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTQBF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$764,495.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CGC1X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$727,183.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lowe's Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNDN65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,336.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackrock Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PSW2WN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,582.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$659,772.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>BX US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH0106</x:t>
   </x:si>
   <x:si>
-    <x:t>5,774</x:t>
-[...113 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>5,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$629,043.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominion Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGVW60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,725.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ9223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,490.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colgate-Palmolive Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFQYY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,018.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>ADP US</x:t>
   </x:si>
   <x:si>
     <x:t>Automatic Data Processing Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JG0547</x:t>
   </x:si>
   <x:si>
-    <x:t>2,433</x:t>
-[...56 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>2,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$479,556.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>APD US</x:t>
   </x:si>
   <x:si>
     <x:t>Air Products And Chemicals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC4JJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,696</x:t>
-[...5 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>1,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$460,281.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EXC US</x:t>
   </x:si>
   <x:si>
     <x:t>Exelon Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J6XT05</x:t>
   </x:si>
   <x:si>
-    <x:t>9,366</x:t>
-[...2 lines deleted...]
-    <x:t>$415,944.06</x:t>
+    <x:t>9,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,523.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sempra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2ZCH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$427,658.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.93%</x:t>
   </x:si>
   <x:si>
-    <x:t>SRE US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>GD US</x:t>
   </x:si>
   <x:si>
     <x:t>General Dynamics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK67C7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,075</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>1,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,845.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>ED US</x:t>
   </x:si>
   <x:si>
     <x:t>Consolidated Edison Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHLYS1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,225</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>3,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,970.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norfolk Southern Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ5DS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,550.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wec Energy Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWP7D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,574.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTVJ25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,159.62</x:t>
   </x:si>
   <x:si>
     <x:t>BDX US</x:t>
   </x:si>
   <x:si>
     <x:t>Becton Dickinson &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCZYD3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,584</x:t>
-[...59 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>1,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,934.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>LHX US</x:t>
   </x:si>
   <x:si>
     <x:t>L3harris Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLGFJ9</x:t>
   </x:si>
   <x:si>
-    <x:t>798</x:t>
-[...5 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,747.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstenergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6M98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,458.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,381.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dte Energy Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB29X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,715.35</x:t>
   </x:si>
   <x:si>
     <x:t>TROW US</x:t>
   </x:si>
   <x:si>
     <x:t>T Rowe Price Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVMPN3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,631</x:t>
-[...41 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>2,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,627.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>AIG US</x:t>
   </x:si>
   <x:si>
     <x:t>American International Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBDZG3</x:t>
   </x:si>
   <x:si>
-    <x:t>3,002</x:t>
-[...2 lines deleted...]
-    <x:t>$223,228.72</x:t>
+    <x:t>2,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$231,062.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>YUM US</x:t>
   </x:si>
   <x:si>
     <x:t>Yum! Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3GZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,384</x:t>
-[...2 lines deleted...]
-    <x:t>$215,184.32</x:t>
+    <x:t>1,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,544.95</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
-    <x:t>HSY US</x:t>
-[...11 lines deleted...]
-    <x:t>$213,976.42</x:t>
+    <x:t>AEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ameren Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X8C0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,312.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>PPL US</x:t>
   </x:si>
   <x:si>
     <x:t>Ppl Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRJL00</x:t>
   </x:si>
   <x:si>
-    <x:t>5,615</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>5,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,353.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H433CR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,586.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRMN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garmin Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C4LN67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,391.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerpoint Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FDBX90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,162.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atmos Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRNGM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,464.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>ARES US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Management Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0068KVV91</x:t>
   </x:si>
   <x:si>
-    <x:t>1,332</x:t>
-[...38 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>1,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,764.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alliant Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DW4Q75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,930.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>GPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Genuine Parts Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKL348</x:t>
   </x:si>
   <x:si>
-    <x:t>1,110</x:t>
-[...5 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>1,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,175.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,354.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap-On Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT7JW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,857.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mccormick &amp; Co Inc/Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G6Y5W4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,591.60</x:t>
   </x:si>
   <x:si>
     <x:t>CTSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cognizant Technology Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBDV81</x:t>
   </x:si>
   <x:si>
-    <x:t>1,863</x:t>
-[...128 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>1,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,667.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hasbro Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKVJK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,507.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>BEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Franklin Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD0TF8</x:t>
   </x:si>
   <x:si>
-    <x:t>3,995</x:t>
-[...20 lines deleted...]
-    <x:t>$102,853.02</x:t>
+    <x:t>3,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,623.96</x:t>
   </x:si>
   <x:si>
     <x:t>CF US</x:t>
   </x:si>
   <x:si>
     <x:t>Cf Industries Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWJFZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,018</x:t>
-[...5 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,636.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royalty Pharma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V1L5YZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,848.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLB4Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,521</x:t>
-[...17 lines deleted...]
-    <x:t>$82,006.02</x:t>
+    <x:t>1,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,419.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BY2Y78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,285.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portland General Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCRMW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,409.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NJR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPZVW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,298.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNPM07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,840.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wyndham Hotels &amp; Resorts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HCY3Q67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,073.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJ092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,866.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,206.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,268.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
-  </x:si>
-[...133 lines deleted...]
-    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1357,62 +1351,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf8370018dd4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1d28f0dc56b34b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf008a30aa1034f41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree50e6a91a9f4439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R49a4330430d249b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0a31251658434f38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I75"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="46" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="13" customWidth="1"/>
+    <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1662,631 +1656,631 @@
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
@@ -2387,196 +2381,196 @@
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
@@ -2677,138 +2671,138 @@
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
@@ -2851,312 +2845,312 @@
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
@@ -3245,329 +3239,329 @@
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="F71" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="D73" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="F73" s="1" t="s">
+      <x:c r="G73" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="G73" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="2" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>