--- v3 (2026-02-24)
+++ v4 (2026-03-17)
@@ -1,1329 +1,1338 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f7c5f024f245c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d3bf46d1f74c3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DURA_asof_20260223" sheetId="1" r:id="R0a31251658434f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DURA_asof_20260313" sheetId="1" r:id="R0919108a1bc94ed3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="428">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/23/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="431">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GZQ728</x:t>
   </x:si>
   <x:si>
     <x:t>17,374</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,619,304.24</x:t>
+    <x:t>$2,712,428.88</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.71%</x:t>
+    <x:t>6.05%</x:t>
   </x:si>
   <x:si>
     <x:t>CVX US</x:t>
   </x:si>
   <x:si>
     <x:t>Chevron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K4ND22</x:t>
   </x:si>
   <x:si>
     <x:t>13,331</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,465,035.21</x:t>
-[...2 lines deleted...]
-    <x:t>5.37%</x:t>
+    <x:t>$2,623,807.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HS77T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,453,395.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
   </x:si>
   <x:si>
     <x:t>PM US</x:t>
   </x:si>
   <x:si>
     <x:t>Philip Morris International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J2XL74</x:t>
   </x:si>
   <x:si>
     <x:t>13,143</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,460,632.46</x:t>
-[...2 lines deleted...]
-    <x:t>5.36%</x:t>
+    <x:t>$2,295,556.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
     <x:t>19,657</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,433,929.74</x:t>
-[...20 lines deleted...]
-    <x:t>5.17%</x:t>
+    <x:t>$2,255,837.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.03%</x:t>
   </x:si>
   <x:si>
     <x:t>T US</x:t>
   </x:si>
   <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJK37</x:t>
   </x:si>
   <x:si>
     <x:t>76,606</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,184,803.12</x:t>
-[...2 lines deleted...]
-    <x:t>4.76%</x:t>
+    <x:t>$2,123,518.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.73%</x:t>
   </x:si>
   <x:si>
     <x:t>KO US</x:t>
   </x:si>
   <x:si>
     <x:t>Coca-Cola Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMX289</x:t>
   </x:si>
   <x:si>
     <x:t>27,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,183,176.00</x:t>
+    <x:t>$2,095,914.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
   </x:si>
   <x:si>
     <x:t>PEP US</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DH7JK6</x:t>
   </x:si>
   <x:si>
     <x:t>12,628</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,125,544.96</x:t>
-[...2 lines deleted...]
-    <x:t>4.63%</x:t>
+    <x:t>$2,018,964.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
   </x:si>
   <x:si>
     <x:t>MO US</x:t>
   </x:si>
   <x:si>
     <x:t>Altria Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP6LJ8</x:t>
   </x:si>
   <x:si>
     <x:t>28,801</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,986,692.98</x:t>
-[...2 lines deleted...]
-    <x:t>4.33%</x:t>
+    <x:t>$1,955,299.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBS2Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,411,007.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcdonald's Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNSZP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,284,946.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVV7G1</x:t>
   </x:si>
   <x:si>
     <x:t>6,676</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,467,785.36</x:t>
-[...38 lines deleted...]
-    <x:t>2.87%</x:t>
+    <x:t>$1,273,647.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQH30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,245,837.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
   </x:si>
   <x:si>
     <x:t>GILD US</x:t>
   </x:si>
   <x:si>
     <x:t>Gilead Sciences Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKGBP2</x:t>
   </x:si>
   <x:si>
     <x:t>7,807</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,169,722.81</x:t>
-[...20 lines deleted...]
-    <x:t>2.45%</x:t>
+    <x:t>$1,131,936.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHGDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$916,604.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>ABT US</x:t>
   </x:si>
   <x:si>
     <x:t>Abbott Laboratories</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9ZXB4</x:t>
   </x:si>
   <x:si>
     <x:t>8,127</x:t>
   </x:si>
   <x:si>
-    <x:t>$936,961.83</x:t>
-[...2 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>$877,959.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>HON US</x:t>
   </x:si>
   <x:si>
     <x:t>Honeywell International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H556T9</x:t>
   </x:si>
   <x:si>
     <x:t>3,663</x:t>
   </x:si>
   <x:si>
-    <x:t>$890,328.78</x:t>
-[...20 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>$858,973.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBUX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starbucks Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTQBF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$799,743.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>UNP US</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW3299</x:t>
   </x:si>
   <x:si>
     <x:t>3,285</x:t>
   </x:si>
   <x:si>
-    <x:t>$866,451.60</x:t>
-[...2 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>$796,415.40</x:t>
   </x:si>
   <x:si>
     <x:t>MDT US</x:t>
   </x:si>
   <x:si>
     <x:t>Medtronic Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNWG87</x:t>
   </x:si>
   <x:si>
     <x:t>8,637</x:t>
   </x:si>
   <x:si>
-    <x:t>$851,694.57</x:t>
-[...20 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>$752,628.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
     <x:t>5,179</x:t>
   </x:si>
   <x:si>
-    <x:t>$727,183.39</x:t>
-[...2 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>$672,337.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ9223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,519.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>LOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Lowe's Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNDN65</x:t>
   </x:si>
   <x:si>
     <x:t>2,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$713,336.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>$617,734.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>BLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackrock Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PSW2WN4</x:t>
   </x:si>
   <x:si>
     <x:t>656</x:t>
   </x:si>
   <x:si>
-    <x:t>$702,582.56</x:t>
-[...2 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>$606,216.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>MDLZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Mondelez International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D4LWF6</x:t>
   </x:si>
   <x:si>
     <x:t>10,927</x:t>
   </x:si>
   <x:si>
-    <x:t>$659,772.26</x:t>
-[...2 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>$599,783.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dominion Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGVW60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$595,122.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>BX US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH0106</x:t>
   </x:si>
   <x:si>
     <x:t>5,532</x:t>
   </x:si>
   <x:si>
-    <x:t>$629,043.72</x:t>
-[...17 lines deleted...]
-    <x:t>$604,725.45</x:t>
+    <x:t>$590,706.96</x:t>
   </x:si>
   <x:si>
     <x:t>1.32%</x:t>
   </x:si>
   <x:si>
-    <x:t>EOG US</x:t>
-[...14 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>ADP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatic Data Processing Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JG0547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,060.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>CL US</x:t>
   </x:si>
   <x:si>
     <x:t>Colgate-Palmolive Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFQYY3</x:t>
   </x:si>
   <x:si>
     <x:t>5,304</x:t>
   </x:si>
   <x:si>
-    <x:t>$515,018.40</x:t>
-[...17 lines deleted...]
-    <x:t>$479,556.63</x:t>
+    <x:t>$471,207.36</x:t>
   </x:si>
   <x:si>
     <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>APD US</x:t>
   </x:si>
   <x:si>
     <x:t>Air Products And Chemicals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC4JJ4</x:t>
   </x:si>
   <x:si>
     <x:t>1,625</x:t>
   </x:si>
   <x:si>
-    <x:t>$460,281.25</x:t>
+    <x:t>$467,967.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exelon Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J6XT05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$449,127.30</x:t>
   </x:si>
   <x:si>
     <x:t>1.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>EXC US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SRE US</x:t>
   </x:si>
   <x:si>
     <x:t>Sempra</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2ZCH8</x:t>
   </x:si>
   <x:si>
     <x:t>4,569</x:t>
   </x:si>
   <x:si>
-    <x:t>$427,658.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>$434,557.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>GD US</x:t>
   </x:si>
   <x:si>
     <x:t>General Dynamics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK67C7</x:t>
   </x:si>
   <x:si>
     <x:t>1,034</x:t>
   </x:si>
   <x:si>
-    <x:t>$360,845.32</x:t>
+    <x:t>$363,471.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ED US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consolidated Edison Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHLYS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,472.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>ED US</x:t>
-[...14 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>WEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wec Energy Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWP7D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,584.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>NSC US</x:t>
   </x:si>
   <x:si>
     <x:t>Norfolk Southern Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ5DS5</x:t>
   </x:si>
   <x:si>
     <x:t>1,008</x:t>
   </x:si>
   <x:si>
-    <x:t>$317,550.24</x:t>
-[...17 lines deleted...]
-    <x:t>$299,574.60</x:t>
+    <x:t>$291,684.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>SYY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sysco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTVJ25</x:t>
   </x:si>
   <x:si>
     <x:t>3,334</x:t>
   </x:si>
   <x:si>
-    <x:t>$298,159.62</x:t>
+    <x:t>$285,023.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3harris Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGFJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,681.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstenergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6M98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,990.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dte Energy Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB29X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,984.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>BDX US</x:t>
   </x:si>
   <x:si>
     <x:t>Becton Dickinson &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCZYD3</x:t>
   </x:si>
   <x:si>
     <x:t>1,524</x:t>
   </x:si>
   <x:si>
-    <x:t>$280,934.16</x:t>
-[...35 lines deleted...]
-    <x:t>$247,458.64</x:t>
+    <x:t>$242,864.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>HSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Hershey Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLHRS2</x:t>
   </x:si>
   <x:si>
     <x:t>1,081</x:t>
   </x:si>
   <x:si>
-    <x:t>$244,381.67</x:t>
-[...17 lines deleted...]
-    <x:t>$243,715.35</x:t>
+    <x:t>$234,674.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>TROW US</x:t>
   </x:si>
   <x:si>
     <x:t>T Rowe Price Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVMPN3</x:t>
   </x:si>
   <x:si>
     <x:t>2,532</x:t>
   </x:si>
   <x:si>
-    <x:t>$235,627.92</x:t>
-[...2 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>$221,018.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>AIG US</x:t>
   </x:si>
   <x:si>
     <x:t>American International Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBDZG3</x:t>
   </x:si>
   <x:si>
     <x:t>2,889</x:t>
   </x:si>
   <x:si>
-    <x:t>$231,062.22</x:t>
-[...2 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>$220,401.81</x:t>
   </x:si>
   <x:si>
     <x:t>YUM US</x:t>
   </x:si>
   <x:si>
     <x:t>Yum! Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3GZ2</x:t>
   </x:si>
   <x:si>
     <x:t>1,331</x:t>
   </x:si>
   <x:si>
-    <x:t>$221,544.95</x:t>
+    <x:t>$213,492.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
+    <x:t>PPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ppl Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRJL00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,108.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
     <x:t>AEE US</x:t>
   </x:si>
   <x:si>
     <x:t>Ameren Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9X8C0</x:t>
   </x:si>
   <x:si>
     <x:t>1,838</x:t>
   </x:si>
   <x:si>
-    <x:t>$204,312.08</x:t>
-[...20 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$205,929.52</x:t>
   </x:si>
   <x:si>
     <x:t>EVRG US</x:t>
   </x:si>
   <x:si>
     <x:t>Evergy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H433CR2</x:t>
   </x:si>
   <x:si>
     <x:t>2,041</x:t>
   </x:si>
   <x:si>
-    <x:t>$167,586.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>$168,647.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centerpoint Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FDBX90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,240.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atmos Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRNGM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,144.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>GRMN US</x:t>
   </x:si>
   <x:si>
     <x:t>Garmin Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C4LN67</x:t>
   </x:si>
   <x:si>
     <x:t>641</x:t>
   </x:si>
   <x:si>
-    <x:t>$158,391.10</x:t>
-[...35 lines deleted...]
-    <x:t>$150,464.16</x:t>
+    <x:t>$149,686.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
+    <x:t>LNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alliant Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DW4Q75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,630.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ARES US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Management Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0068KVV91</x:t>
   </x:si>
   <x:si>
     <x:t>1,281</x:t>
   </x:si>
   <x:si>
-    <x:t>$146,764.17</x:t>
-[...20 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>$130,354.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,465.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,108.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap-On Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT7JW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,030.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>GPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Genuine Parts Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKL348</x:t>
   </x:si>
   <x:si>
     <x:t>1,069</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,175.04</x:t>
-[...35 lines deleted...]
-    <x:t>$119,857.09</x:t>
+    <x:t>$113,036.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBDV81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,303.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hasbro Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKVJK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,179.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>MKC US</x:t>
   </x:si>
   <x:si>
     <x:t>Mccormick &amp; Co Inc/Md</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G6Y5W4</x:t>
   </x:si>
   <x:si>
     <x:t>1,720</x:t>
   </x:si>
   <x:si>
-    <x:t>$119,591.60</x:t>
-[...35 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>$100,258.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>BEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Franklin Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD0TF8</x:t>
   </x:si>
   <x:si>
     <x:t>3,828</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,623.96</x:t>
-[...14 lines deleted...]
-    <x:t>$93,636.45</x:t>
+    <x:t>$92,369.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royalty Pharma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V1L5YZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,195.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>RPRX US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLB4Q1</x:t>
   </x:si>
   <x:si>
     <x:t>1,463</x:t>
   </x:si>
   <x:si>
-    <x:t>$86,419.41</x:t>
+    <x:t>$80,084.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>IVZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BY2Y78</x:t>
   </x:si>
   <x:si>
     <x:t>2,669</x:t>
   </x:si>
   <x:si>
-    <x:t>$67,285.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$61,387.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>POR US</x:t>
   </x:si>
   <x:si>
     <x:t>Portland General Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCRMW7</x:t>
   </x:si>
   <x:si>
     <x:t>1,126</x:t>
   </x:si>
   <x:si>
-    <x:t>$60,409.90</x:t>
+    <x:t>$60,353.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>NJR US</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPZVW9</x:t>
   </x:si>
   <x:si>
     <x:t>961</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,298.18</x:t>
+    <x:t>$52,912.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janus Henderson Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNPM07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,383.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>JHG US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>WH US</x:t>
   </x:si>
   <x:si>
     <x:t>Wyndham Hotels &amp; Resorts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HCY3Q67</x:t>
   </x:si>
   <x:si>
     <x:t>398</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,073.80</x:t>
+    <x:t>$29,217.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>GNTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Gentex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJ092</x:t>
   </x:si>
   <x:si>
     <x:t>1,055</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,866.35</x:t>
+    <x:t>$22,123.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>23,207</x:t>
+    <x:t>110,483</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,206.76</x:t>
+    <x:t>$110,483.05</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$81,268.98</x:t>
-[...2 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$97,902.82</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1351,62 +1360,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree50e6a91a9f4439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R49a4330430d249b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0a31251658434f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R640eced8dbcb4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf24c4a9cc03d4c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0919108a1bc94ed3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I75"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="46" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="12" customWidth="1"/>
+    <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1656,399 +1665,399 @@
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
@@ -2526,341 +2535,341 @@
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
@@ -3048,520 +3057,520 @@
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="2" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I75" s="2" t="s">
         <x:v>1</x:v>
       </x:c>