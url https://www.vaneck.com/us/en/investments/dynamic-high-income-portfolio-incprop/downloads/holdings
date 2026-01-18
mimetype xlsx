--- v0 (2025-12-06)
+++ v1 (2026-01-18)
@@ -1,258 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814f1328f91a48fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e92a87edae54295" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="INCPROP_asof_20251031" sheetId="1" r:id="R490b8d644f624e7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="INCPROP_asof_20251231" sheetId="1" r:id="R4161f40ee6024849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="71">
-[...1 lines deleted...]
-    <x:t>Holdings 10/31/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="60">
+  <x:si>
+    <x:t>Holdings 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>IEF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares 7-10 Year Treasury Bond ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHR296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U.S. Treasuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.82%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ANGL</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Fallen Angel High Yield Bond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002VZY764</x:t>
   </x:si>
   <x:si>
-    <x:t>Fixed Income</x:t>
-[...2 lines deleted...]
-    <x:t>33.26%</x:t>
+    <x:t>HY Corporates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLTR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck IG Floating Rate ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001NKQWL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IG Corporates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck CLO ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0188ZYKG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLOs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares 20+ Year Treasury Bond ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJKYW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUNZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Merk Gold ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002WYN8V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Emerging Markets High Yield Bond ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002YJGGR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.97%</x:t>
   </x:si>
   <x:si>
     <x:t>EINC</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity Income</x:t>
-[...14 lines deleted...]
-    <x:t>8.65%</x:t>
+    <x:t>MLPs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>PFXF</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Preferred Securities ex Financials ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0034VZNP4</x:t>
   </x:si>
   <x:si>
-    <x:t>8.16%</x:t>
+    <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>BIZD</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck BDC Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00440GKJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>6.98%</x:t>
-[...119 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>Private Credit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLOB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck AA-BB CLO ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZXSTL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -280,62 +247,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb827367f4b5b4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re47c6d2247c34a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R490b8d644f624e7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ffe4f7b8d449c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90f7574f39bc4a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4161f40ee6024849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F19"/>
+  <x:dimension ref="A1:F15"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
-    <x:col min="3" max="3" width="76" customWidth="1"/>
+    <x:col min="3" max="3" width="58" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="20" customWidth="1"/>
+    <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
@@ -409,299 +376,219 @@
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
-      <x:c r="A15" s="1">
-[...25 lines deleted...]
-      <x:c r="C16" s="1" t="s">
+      <x:c r="A15" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
-[...65 lines deleted...]
-      <x:c r="F19" s="2" t="s">
+      <x:c r="B15" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C15" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D15" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E15" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
-    <x:mergeCell ref="A19:F19"/>
+    <x:mergeCell ref="A15:F15"/>
   </x:mergeCells>
 </x:worksheet>
 </file>