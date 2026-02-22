--- v1 (2026-01-18)
+++ v2 (2026-02-22)
@@ -1,225 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e92a87edae54295" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02e92b61c60472a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="INCPROP_asof_20251231" sheetId="1" r:id="R4161f40ee6024849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="INCPROP_asof_20260131" sheetId="1" r:id="R12048aebc396435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="60">
   <x:si>
-    <x:t>Holdings 12/31/2025</x:t>
+    <x:t>Holdings 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>IEF</x:t>
   </x:si>
   <x:si>
     <x:t>iShares 7-10 Year Treasury Bond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHR296</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Treasuries</x:t>
   </x:si>
   <x:si>
-    <x:t>32.82%</x:t>
+    <x:t>32.74%</x:t>
   </x:si>
   <x:si>
     <x:t>ANGL</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Fallen Angel High Yield Bond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002VZY764</x:t>
   </x:si>
   <x:si>
     <x:t>HY Corporates</x:t>
   </x:si>
   <x:si>
-    <x:t>12.93%</x:t>
+    <x:t>13.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck CLO ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0188ZYKG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLOs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.74%</x:t>
   </x:si>
   <x:si>
     <x:t>FLTR</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck IG Floating Rate ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001NKQWL5</x:t>
   </x:si>
   <x:si>
     <x:t>IG Corporates</x:t>
   </x:si>
   <x:si>
-    <x:t>11.45%</x:t>
-[...14 lines deleted...]
-    <x:t>11.43%</x:t>
+    <x:t>11.18%</x:t>
   </x:si>
   <x:si>
     <x:t>TLT</x:t>
   </x:si>
   <x:si>
     <x:t>iShares 20+ Year Treasury Bond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJKYW3</x:t>
   </x:si>
   <x:si>
-    <x:t>9.59%</x:t>
+    <x:t>9.48%</x:t>
   </x:si>
   <x:si>
     <x:t>OUNZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
     <x:t>Gold</x:t>
   </x:si>
   <x:si>
-    <x:t>5.18%</x:t>
+    <x:t>5.50%</x:t>
   </x:si>
   <x:si>
     <x:t>HYEM</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Emerging Markets High Yield Bond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002YJGGR4</x:t>
   </x:si>
   <x:si>
-    <x:t>3.97%</x:t>
+    <x:t>4.10%</x:t>
   </x:si>
   <x:si>
     <x:t>EINC</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
     <x:t>MLPs</x:t>
   </x:si>
   <x:si>
-    <x:t>3.05%</x:t>
+    <x:t>3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>PFXF</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Preferred Securities ex Financials ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0034VZNP4</x:t>
   </x:si>
   <x:si>
-    <x:t>3.03%</x:t>
+    <x:t>3.20%</x:t>
   </x:si>
   <x:si>
     <x:t>BIZD</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck BDC Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00440GKJ4</x:t>
   </x:si>
   <x:si>
     <x:t>Private Credit</x:t>
   </x:si>
   <x:si>
-    <x:t>2.96%</x:t>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>CLOB</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck AA-BB CLO ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZXSTL5</x:t>
   </x:si>
   <x:si>
-    <x:t>2.46%</x:t>
+    <x:t>2.44%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -247,51 +247,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ffe4f7b8d449c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R90f7574f39bc4a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4161f40ee6024849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1727c9d6f797465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra06cce38e27b4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R12048aebc396435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="58" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -496,91 +496,91 @@
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>