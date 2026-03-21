--- v2 (2026-02-22)
+++ v3 (2026-03-21)
@@ -1,225 +1,219 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02e92b61c60472a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b76fcdf9ff4e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="INCPROP_asof_20260131" sheetId="1" r:id="R12048aebc396435b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="INCPROP_asof_20260228" sheetId="1" r:id="Rff25085198414087"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="60">
-[...1 lines deleted...]
-    <x:t>Holdings 01/31/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="58">
+  <x:si>
+    <x:t>Holdings 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>IEF</x:t>
   </x:si>
   <x:si>
-    <x:t>iShares 7-10 Year Treasury Bond ETF</x:t>
+    <x:t>iShares 7-10 Year Treasury B</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHR296</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Treasuries</x:t>
   </x:si>
   <x:si>
-    <x:t>32.74%</x:t>
+    <x:t>32.50%</x:t>
   </x:si>
   <x:si>
     <x:t>ANGL</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck Fallen Angel High Yield Bond ETF</x:t>
+    <x:t>VanEck Fallen Angel High Yld</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002VZY764</x:t>
   </x:si>
   <x:si>
     <x:t>HY Corporates</x:t>
   </x:si>
   <x:si>
-    <x:t>13.32%</x:t>
+    <x:t>13.00%</x:t>
   </x:si>
   <x:si>
     <x:t>CLOI</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck CLO ETF</x:t>
+    <x:t>VanEck Clo ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0188ZYKG6</x:t>
   </x:si>
   <x:si>
     <x:t>CLOs</x:t>
   </x:si>
   <x:si>
-    <x:t>11.74%</x:t>
+    <x:t>11.50%</x:t>
   </x:si>
   <x:si>
     <x:t>FLTR</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck IG Floating Rate ETF</x:t>
+    <x:t>VanEck Ig Floating Rate ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001NKQWL5</x:t>
   </x:si>
   <x:si>
     <x:t>IG Corporates</x:t>
   </x:si>
   <x:si>
-    <x:t>11.18%</x:t>
+    <x:t>11.00%</x:t>
   </x:si>
   <x:si>
     <x:t>TLT</x:t>
   </x:si>
   <x:si>
-    <x:t>iShares 20+ Year Treasury Bond ETF</x:t>
+    <x:t>iShares 20+ Year Treasury Bd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJKYW3</x:t>
   </x:si>
   <x:si>
-    <x:t>9.48%</x:t>
+    <x:t>9.50%</x:t>
   </x:si>
   <x:si>
     <x:t>OUNZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
     <x:t>Gold</x:t>
   </x:si>
   <x:si>
-    <x:t>5.50%</x:t>
+    <x:t>5.00%</x:t>
   </x:si>
   <x:si>
     <x:t>HYEM</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck Emerging Markets High Yield Bond ETF</x:t>
+    <x:t>VanEck Emrg Mkts Hi Yld</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002YJGGR4</x:t>
   </x:si>
   <x:si>
-    <x:t>4.10%</x:t>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFXF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Pref Sec X-Financials</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0034VZNP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EINC</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
     <x:t>MLPs</x:t>
   </x:si>
   <x:si>
-    <x:t>3.25%</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BIZD</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck BDC Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00440GKJ4</x:t>
   </x:si>
   <x:si>
     <x:t>Private Credit</x:t>
   </x:si>
   <x:si>
-    <x:t>2.89%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CLOB</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck AA-BB CLO ETF</x:t>
+    <x:t>VanEck Aa-Bb Clo ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZXSTL5</x:t>
   </x:si>
   <x:si>
-    <x:t>2.44%</x:t>
+    <x:t>2.50%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -247,60 +241,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1727c9d6f797465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra06cce38e27b4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R12048aebc396435b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95e2dc3dd158439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra7dc890aaa8349b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rff25085198414087" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F15"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
-    <x:col min="3" max="3" width="58" customWidth="1"/>
+    <x:col min="3" max="3" width="38" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
@@ -476,119 +470,119 @@
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6" ht="15" customHeight="1">
       <x:c r="A15" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F15" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
     <x:mergeCell ref="A15:F15"/>
   </x:mergeCells>
 </x:worksheet>
 </file>